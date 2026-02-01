--- v0 (2025-12-05)
+++ v1 (2026-02-01)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://regioneemiliaromagna-my.sharepoint.com/personal/mariachiara_leonardi_regione_emilia-romagna_it/Documents/Desktop/TRASPARENZA/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="37" documentId="13_ncr:1_{CEFCC3A0-5312-42C6-9EBA-9DF175778135}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8E75E710-D776-43BB-8CFF-ACE69D09BD40}"/>
+  <xr:revisionPtr revIDLastSave="48" documentId="13_ncr:1_{CEFCC3A0-5312-42C6-9EBA-9DF175778135}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E6502BED-31C3-4487-B238-8958D82FAB2E}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Società controllate" sheetId="3" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Società controllate'!$A$1:$J$11</definedName>
   </definedNames>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="34">
   <si>
     <t>Denominazione Ente</t>
   </si>
   <si>
     <t>Tipologia incarico</t>
   </si>
   <si>
     <t xml:space="preserve">Decorrenza
 incarico </t>
   </si>
   <si>
     <t xml:space="preserve">Scadenza
 incarico </t>
   </si>
   <si>
     <t>Dichiarazione insussistenza cause di inconferibilità e di incompatribilità</t>
   </si>
   <si>
     <t>Nominativo (cognome e nome)</t>
   </si>
   <si>
     <t>Dichiarazioni annuali di insussistenza cause di  incompatibilità</t>
   </si>
   <si>
     <t>Amministratore Unico</t>
@@ -121,50 +121,53 @@
     <t>IACOVIELLO SAVINO</t>
   </si>
   <si>
     <t>gli amministratori resteranno in carica per tre esercizi ai sensi dell'art. 17.2 dello Statuto</t>
   </si>
   <si>
     <t>CONTE DAVIDE</t>
   </si>
   <si>
     <t>Dichiarazione_2025</t>
   </si>
   <si>
     <t>Presidente del CdA</t>
   </si>
   <si>
     <t>Approvazione del bilancio 2027</t>
   </si>
   <si>
     <t>LEPIDA S.c.p.A.</t>
   </si>
   <si>
     <t>BRIA FRANCESCA</t>
   </si>
   <si>
     <t>Approvazione del bilancio al 31/12/2027</t>
+  </si>
+  <si>
+    <t>Link al sito dell'Ente</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -666,73 +669,74 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/enti-controllati/societa-partecipate/dichiarazioni-inconf/dich_conf_incarico_2025_art-er_bria_francesca.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/enti-controllati/societa-partecipate/dichiarazioni-inconf/dichiarazione_nomina_core_marco.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/enti-controllati/societa-partecipate/dichiarazioni-inconf/dichiarazione_conf_incarico_lepida_conte_davide.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/enti-controllati/societa-partecipate/dichiarazioni-inconf/dichiarazione-dlgs_39amministratore_unico_fer_2023.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/enti-controllati/societa-partecipate/dichiarazioni-inconf/dichiarazione_cassani_davide_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/enti-controllati/societa-partecipate/dichiarazioni-inconf/dichiarazione_sulla_insuss-presidente-apt_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/enti-controllati/societa-partecipate/dichiarazioni-inconf/incompatibilita_falconi_mirella.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/enti-controllati/societa-partecipate/dichiarazioni-inconf/incompatibilita_iacoviello_savino.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/enti-controllati/societa-partecipate/dichiarazioni-inconf/dich_conf_incarico_2025_art-er_bria_francesca.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/enti-controllati/societa-partecipate/dichiarazioni-inconf/dichiarazione_nomina_core_marco.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/enti-controllati/societa-partecipate/dichiarazioni-inconf/dichiarazione_conf_incarico_lepida_conte_davide.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fer.it/societa-trasparente/organizzazione/titolari-di-incarichi-politici-di-amministrazione-di-direzione-o-di-governo/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/enti-controllati/societa-partecipate/dichiarazioni-inconf/dichiarazione-dlgs_39amministratore_unico_fer_2023.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/enti-controllati/societa-partecipate/dichiarazioni-inconf/dichiarazione_cassani_davide_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/enti-controllati/societa-partecipate/dichiarazioni-inconf/dichiarazione_sulla_insuss-presidente-apt_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aptservizi.portaletrasparenza.net/dettagli/personale/13/cassani-davide.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/enti-controllati/societa-partecipate/dichiarazioni-inconf/incompatibilita_falconi_mirella.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irst.emr.it/it/amministrazione-trasparente/organizzazione/titolari-di-incarichi-politici-di-amministrazione-di-direzione-o-di-governo/titolari-di-incarichi-di-amministrazione-di-direzione-o-di-governo" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/enti-controllati/societa-partecipate/dichiarazioni-inconf/incompatibilita_iacoviello_savino.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.irst.emr.it/it/amministrazione-trasparente/organizzazione/titolari-di-incarichi-politici-di-amministrazione-di-direzione-o-di-governo/titolari-di-incarichi-di-amministrazione-di-direzione-o-di-governo" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:R19"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="N10" sqref="N10"/>
+      <selection activeCell="M8" sqref="M8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="28.42578125" style="1" customWidth="1"/>
     <col min="2" max="2" width="25.42578125" style="1" customWidth="1"/>
     <col min="3" max="3" width="18.140625" style="1" customWidth="1"/>
     <col min="4" max="4" width="16.42578125" style="1" customWidth="1"/>
     <col min="5" max="5" width="33.5703125" style="1" customWidth="1"/>
     <col min="6" max="6" width="28.85546875" style="1" customWidth="1"/>
-    <col min="7" max="9" width="20.85546875" style="1" customWidth="1"/>
+    <col min="7" max="7" width="22.28515625" style="1" customWidth="1"/>
+    <col min="8" max="9" width="20.85546875" style="1" customWidth="1"/>
     <col min="10" max="10" width="19.140625" style="1" customWidth="1"/>
     <col min="11" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="25" t="s">
         <v>15</v>
       </c>
       <c r="B1" s="26"/>
       <c r="C1" s="26"/>
       <c r="D1" s="26"/>
       <c r="E1" s="26"/>
       <c r="F1" s="26"/>
       <c r="G1" s="26"/>
       <c r="H1" s="26"/>
       <c r="I1" s="26"/>
       <c r="J1" s="26"/>
     </row>
     <row r="2" spans="1:18" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="27"/>
       <c r="B2" s="28"/>
       <c r="C2" s="28"/>
       <c r="D2" s="28"/>
       <c r="E2" s="28"/>
       <c r="F2" s="28"/>
@@ -776,83 +780,87 @@
       <c r="F4" s="24"/>
       <c r="G4" s="24"/>
       <c r="H4" s="24"/>
       <c r="I4" s="24"/>
       <c r="J4" s="24"/>
     </row>
     <row r="5" spans="1:18" ht="66" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="6" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="12">
         <v>45103</v>
       </c>
       <c r="E5" s="13" t="s">
         <v>25</v>
       </c>
       <c r="F5" s="11" t="s">
         <v>21</v>
       </c>
-      <c r="G5" s="20"/>
+      <c r="G5" s="22" t="s">
+        <v>33</v>
+      </c>
       <c r="H5" s="7"/>
       <c r="I5" s="21"/>
       <c r="J5" s="22"/>
       <c r="K5" s="2"/>
       <c r="L5" s="2"/>
       <c r="M5" s="2"/>
       <c r="N5" s="2"/>
       <c r="O5" s="2"/>
       <c r="P5" s="2"/>
       <c r="Q5" s="2"/>
       <c r="R5" s="2"/>
     </row>
     <row r="6" spans="1:18" ht="68.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="6" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="12">
         <v>45103</v>
       </c>
       <c r="E6" s="13" t="s">
         <v>25</v>
       </c>
       <c r="F6" s="11" t="s">
         <v>21</v>
       </c>
-      <c r="G6" s="20"/>
+      <c r="G6" s="22" t="s">
+        <v>33</v>
+      </c>
       <c r="H6" s="21"/>
       <c r="I6" s="21"/>
       <c r="J6" s="22"/>
       <c r="K6" s="2"/>
       <c r="L6" s="2"/>
       <c r="M6" s="2"/>
       <c r="N6" s="2"/>
       <c r="O6" s="2"/>
       <c r="P6" s="2"/>
       <c r="Q6" s="2"/>
       <c r="R6" s="2"/>
     </row>
     <row r="7" spans="1:18" ht="68.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>26</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D7" s="12">
         <v>45818</v>
       </c>
@@ -899,74 +907,78 @@
       <c r="I8" s="10"/>
       <c r="J8" s="3"/>
     </row>
     <row r="9" spans="1:18" ht="84" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>12</v>
       </c>
       <c r="D9" s="12">
         <v>44686</v>
       </c>
       <c r="E9" s="12">
         <v>46139</v>
       </c>
       <c r="F9" s="11" t="s">
         <v>19</v>
       </c>
       <c r="G9" s="23" t="s">
         <v>21</v>
       </c>
-      <c r="H9" s="7"/>
+      <c r="H9" s="22" t="s">
+        <v>33</v>
+      </c>
       <c r="I9" s="7"/>
       <c r="J9" s="7"/>
     </row>
     <row r="10" spans="1:18" ht="47.25" x14ac:dyDescent="0.2">
       <c r="A10" s="14" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D10" s="12">
         <v>45050</v>
       </c>
       <c r="E10" s="12">
         <v>46146</v>
       </c>
       <c r="F10" s="18" t="s">
         <v>21</v>
       </c>
-      <c r="G10" s="10"/>
+      <c r="G10" s="10" t="s">
+        <v>33</v>
+      </c>
       <c r="H10" s="10"/>
       <c r="I10" s="10"/>
       <c r="J10" s="4"/>
     </row>
     <row r="11" spans="1:18" ht="41.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="12">
         <v>45842</v>
       </c>
       <c r="E11" s="19" t="s">
         <v>32</v>
       </c>
       <c r="F11" s="11" t="s">
         <v>27</v>
       </c>
       <c r="G11" s="15"/>
       <c r="H11" s="15"/>
@@ -987,53 +999,57 @@
       <c r="F15" s="8"/>
     </row>
     <row r="19" spans="3:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="C19" s="17"/>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="G3:J4"/>
     <mergeCell ref="A1:J2"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="F3:F4"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:C4"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F9" r:id="rId1" xr:uid="{B797911C-D757-4F7E-8CB3-C02D3998CB63}"/>
     <hyperlink ref="F10" r:id="rId2" xr:uid="{F62D32DA-7DD9-41A4-A586-5212400828A4}"/>
     <hyperlink ref="F8" r:id="rId3" xr:uid="{05A9248B-DB72-4E4E-A033-583728FA2328}"/>
     <hyperlink ref="F6" r:id="rId4" xr:uid="{8E1E4CD9-1331-4DD9-8A2B-AEF3D0044A69}"/>
     <hyperlink ref="F5" r:id="rId5" xr:uid="{E5D9649F-2E99-46D0-8AFC-CA30517B5AA7}"/>
     <hyperlink ref="G9" r:id="rId6" xr:uid="{8D7195A7-D317-48A7-B0BD-21DA9B37637A}"/>
     <hyperlink ref="F7" r:id="rId7" xr:uid="{53A34478-5F57-4DD7-B893-38CC2E5FD6DB}"/>
     <hyperlink ref="F11" r:id="rId8" xr:uid="{BB006F81-6ED1-4E70-89CD-8F9BEE259739}"/>
+    <hyperlink ref="G5" r:id="rId9" xr:uid="{2D0E88E8-BD9A-4D14-BFFE-0FB161CC66D7}"/>
+    <hyperlink ref="G6" r:id="rId10" xr:uid="{46C25F00-6375-4CEE-A196-320E754D6149}"/>
+    <hyperlink ref="H9" r:id="rId11" xr:uid="{86FEF711-938E-4760-AEC8-359A716D3BC9}"/>
+    <hyperlink ref="G10" r:id="rId12" xr:uid="{D9FF6E7F-E94A-4939-869B-D836BF2A2D36}"/>
   </hyperlinks>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
-  <pageSetup paperSize="9" scale="63" fitToHeight="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId9"/>
+  <pageSetup paperSize="9" scale="63" fitToHeight="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId13"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalli denominati</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>