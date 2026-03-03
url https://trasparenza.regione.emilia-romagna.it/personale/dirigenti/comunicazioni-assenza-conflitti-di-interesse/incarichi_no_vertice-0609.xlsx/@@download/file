--- v0 (2025-12-05)
+++ v1 (2026-03-03)
@@ -2,84 +2,85 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr filterPrivacy="1" codeName="Questa_cartella_di_lavoro"/>
-  <xr:revisionPtr revIDLastSave="79" documentId="8_{08FB1A40-7CD1-47A7-A5F9-FAB14D85CB45}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{673A6BDB-9143-43EB-9CE1-D1BDFAA325C0}"/>
+  <xr:revisionPtr revIDLastSave="151" documentId="13_ncr:1_{F3398937-82CE-4D96-AD8F-6120B72A7426}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{0A41AE7B-A74D-4958-A243-A98BFB020238}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="287" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Foglio1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="DelleGrottaglieAntonia.pdf">Foglio1!$K$81</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Foglio1!$A$1:$P$252</definedName>
+    <definedName name="DelleGrottaglieAntonia.pdf">Foglio1!$K$86</definedName>
     <definedName name="Print_Titles" localSheetId="0">Foglio1!$1:$4</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <fileRecoveryPr autoRecover="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2683" uniqueCount="1406">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2695" uniqueCount="1388">
   <si>
     <t>DIRIGENTI TITOLARI DI INCARICO DIRIGENZIALE
 AI SENSI DEL D.Lgs. n. 39/2013</t>
   </si>
   <si>
     <t>G/A</t>
   </si>
   <si>
     <t>COGNOME</t>
   </si>
   <si>
     <t>NOME</t>
   </si>
   <si>
     <t>TIPO DI INCARICO</t>
   </si>
   <si>
     <t>INT./EST.</t>
   </si>
   <si>
     <t>DESCRIZIONE INCARICO</t>
   </si>
   <si>
     <t>STRUTTURA ORGANIZZATIVA DI APPARTENENZA</t>
   </si>
@@ -518,53 +519,50 @@
   <si>
     <t>PINGHINI</t>
   </si>
   <si>
     <t>PIRAZZOLI</t>
   </si>
   <si>
     <t>MAURIZIO</t>
   </si>
   <si>
     <t>AGREA - AGENZIA REGIONALE PER LE EROGAZIONI IN AGRICOLTURA</t>
   </si>
   <si>
     <t>POTENA</t>
   </si>
   <si>
     <t>GIULIA</t>
   </si>
   <si>
     <t>PREDIERI</t>
   </si>
   <si>
     <t>PREVIATI</t>
   </si>
   <si>
-    <t>RACITI</t>
-[...1 lines deleted...]
-  <si>
     <t>RAGAZZINI</t>
   </si>
   <si>
     <t>RAMBALDI</t>
   </si>
   <si>
     <t>BRUNELLA</t>
   </si>
   <si>
     <t>PAOLO</t>
   </si>
   <si>
     <t>ROSSI</t>
   </si>
   <si>
     <t>ELENA</t>
   </si>
   <si>
     <t>RossiElena.pdf</t>
   </si>
   <si>
     <t>SANTANGELO</t>
   </si>
   <si>
     <t>GIOVANNI PIETRO</t>
@@ -719,116 +717,101 @@
   <si>
     <t>ESPRESSIONE DELL'INTESA DELLA REGIONE SULLE OPERE PUBBLICHE DI INTERESSE STATALE</t>
   </si>
   <si>
     <t>PappacenaAndrea_2021.pdf</t>
   </si>
   <si>
     <t>PELLEGRINI</t>
   </si>
   <si>
     <t>FEDERICA</t>
   </si>
   <si>
     <t>CAVICCHI</t>
   </si>
   <si>
     <t>RENATA</t>
   </si>
   <si>
     <t>V annualità</t>
   </si>
   <si>
     <t>CANDIDA</t>
   </si>
   <si>
-    <t>GovoniCandida_2022.pdf</t>
-[...1 lines deleted...]
-  <si>
     <t>DeLuigiFabio_2022.pdf</t>
   </si>
   <si>
     <t>LAURA</t>
   </si>
   <si>
     <t>Santangelo_dichAnnuale_2022</t>
   </si>
   <si>
     <t>PreviatiAnna_2022.pdf</t>
   </si>
   <si>
-    <t>NATALI</t>
-[...1 lines deleted...]
-  <si>
     <t>RICCARDO</t>
   </si>
   <si>
     <t>SETTORE ORGANIZZAZIONI DI MERCATO, QUALITA' E PROMOZIONI</t>
   </si>
   <si>
     <t>RESPONSABILE DI SETTORE</t>
   </si>
   <si>
     <t>ArmuzziRenzo_2022.pdf</t>
   </si>
   <si>
     <t>SETTORE FITOSANITARIO E DIFESA DELLE PRODUZIONI</t>
   </si>
   <si>
     <t>AREA AGRICOLTURA SOSTENIBILE</t>
   </si>
   <si>
     <t>RESPONSABILE DI AREA</t>
   </si>
   <si>
     <t>BriccolaniCatia_2022.pdf</t>
   </si>
   <si>
     <t>DosualdoDaniele_2022.pdf</t>
   </si>
   <si>
-    <t>RESPONSABILE DI AREA ad INTERIM</t>
-[...1 lines deleted...]
-  <si>
     <t>ManducaVittorio_2022.pdf</t>
   </si>
   <si>
     <t>AREA FINANZIAMENTI E PROCEDIMENTI COMUNITARI PARMA E PIACENZA</t>
   </si>
   <si>
     <t>DIRIGENTE DI AREA</t>
   </si>
   <si>
     <t>RESPONSABILE DI SETTORE ad INTERIM</t>
   </si>
   <si>
-    <t>CeveniniBarbara_2022.pdf</t>
-[...4 lines deleted...]
-  <si>
     <t>AnnoviCristiano_2022.pdf</t>
   </si>
   <si>
     <t>SETTORE SVILUPPO DELLE RISORSE UMANE, ORGANIZZAZIONE E COMUNICAZIONE DI SERVIZIO</t>
   </si>
   <si>
     <t>SETTORE PIANIFICAZIONE FINANZIARIA, CONTROLLO DI GESTIONE E PARTECIPATE</t>
   </si>
   <si>
     <t>SimoniTamara_2022.pdf</t>
   </si>
   <si>
     <t>CisbaniLuca_2022.pdf</t>
   </si>
   <si>
     <t>VerdiniEleonora_2022.pdf</t>
   </si>
   <si>
     <t>TommasiRoberto_2022.pdf</t>
   </si>
   <si>
     <t>SETTORE PATRIMONIO, LOGISTICA, SICUREZZA E APPROVVIGIONAMENTI</t>
   </si>
   <si>
     <t>MalossiElettra_2022.pdf</t>
@@ -908,140 +891,125 @@
   <si>
     <t>AmbrosiniCristina_2022.pdf</t>
   </si>
   <si>
     <t>IANNANTUONI</t>
   </si>
   <si>
     <t>AREA QUALITA' LEGISLATIVA E CONTRATTI PUBBLICI</t>
   </si>
   <si>
     <t>SETTORE AFFARI LEGISLATIVI E COORDINAMENTO COMMISSIONI ASSEMBLEARI</t>
   </si>
   <si>
     <t>SETTORE DIRITTI DEI CITTADINI</t>
   </si>
   <si>
     <t>IannantuoniMichelina_2022.pdf</t>
   </si>
   <si>
     <t>SETTORE FUNZIONAMENTO E GESTIONE</t>
   </si>
   <si>
     <t>MarescaLea_2022.pdf</t>
   </si>
   <si>
-    <t>ANDREANI</t>
-[...1 lines deleted...]
-  <si>
     <t>SARA</t>
   </si>
   <si>
     <t>DiegoliGiuseppe_2022.pdf</t>
   </si>
   <si>
     <t>MALATTIE INFETTIVE E PROGRAMMI DI PREVENZIONE COLLETTIVA</t>
   </si>
   <si>
     <t>MatteiGiovanna_2022.pdf</t>
   </si>
   <si>
     <t>Governo dei rapporti con gli Enti del SSR per la gestione del sistema unico dell’area amministrativo contabile</t>
   </si>
   <si>
     <t>CavicchiRenata_2022.pdf</t>
   </si>
   <si>
     <t>AREA RISORSE UMANE SSR</t>
   </si>
   <si>
     <t>CascioAntonio_2022.pdf</t>
   </si>
   <si>
-    <t>AndreaniSara_2022.pdf</t>
-[...1 lines deleted...]
-  <si>
     <t>SAPONARO</t>
   </si>
   <si>
     <t>ALESSIO</t>
   </si>
   <si>
     <t>CintoriChristian_2022.pdf</t>
   </si>
   <si>
     <t>VecchiElena_2022.pdf</t>
   </si>
   <si>
     <t>VECCHI</t>
   </si>
   <si>
     <t>PREVENZIONE INFEZIONI CORRELATE ALL'ASSISTENZA</t>
   </si>
   <si>
-    <t>INFANZIA E ADOLESCENZA. PARI OPPORTUNITA'. TERZO SETTORE</t>
-[...4 lines deleted...]
-  <si>
     <t>POSIZIONE ORGANIZZATIVA CON DELEGHE DIRIGENZIALI</t>
   </si>
   <si>
     <t>CONTRATTUALISTICA PUBBLICA</t>
   </si>
   <si>
     <t>COORDINAMENTO DELLE ATTIVITÀ DI MONITORAGGIO, EDUCAZIONE AI MEDIA E AIUTI ALLE IMPRESE DEL CORECOM EMILIA-ROMAGNA</t>
   </si>
   <si>
     <t>ParrucciMassimo.pdf</t>
   </si>
   <si>
     <t>AREA PROGRAMMAZIONE FINANZIARIA E GESTIONE DELLA SPESA</t>
   </si>
   <si>
     <t>FalangaGiuseppa.pdf</t>
   </si>
   <si>
     <t>SETTORE TUTELA DELL'AMBIENTE ED ECONOMIA CIRCOLARE - DIREZIONE GENERALE CURA DEL TERRITORIO E DELL'AMBIENTE</t>
   </si>
   <si>
     <t>GIOVANNI</t>
   </si>
   <si>
     <t>GHEDUZZI</t>
   </si>
   <si>
     <t>MARIA ROSA</t>
   </si>
   <si>
     <t>SANZIONI TRIBUTARIE</t>
   </si>
   <si>
-    <t>COORDINAMENTO DELLA SEGRETERIA DI DIREZIONE E PRESIDIO GIURIDICO PER IL SISTEMA DELLE CONFERENZE IN MATERIA DI POLITICHE FINANIARIE</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">DG POLITICHE FINANZIARIE – SETTORE BILANCIO E FINANZE </t>
   </si>
   <si>
     <t>FONTANA</t>
   </si>
   <si>
     <t xml:space="preserve">GESTIONE DEL CONTENZIOSO TRIBUTARIO </t>
   </si>
   <si>
     <t>FontanaLuca_2022.pdf</t>
   </si>
   <si>
     <t>GheduzziMariaRosa_2022.pdf</t>
   </si>
   <si>
     <t>TARUFFI</t>
   </si>
   <si>
     <t>TaruffiEleonora_2022.pdf</t>
   </si>
   <si>
     <t>PinghiniRoberto_2022.pdf</t>
   </si>
   <si>
     <t>ATTILI</t>
@@ -1148,65 +1116,56 @@
   <si>
     <t>ACCORDI DI INSEDIAMENTO, SVILUPPO E INNOVAZIONE E AZIONI PER L'ATTRAZIONE DEGLI INVESTIMENTI</t>
   </si>
   <si>
     <t>GalloniPaolo_2022.pdf</t>
   </si>
   <si>
     <t>CINTI</t>
   </si>
   <si>
     <t>CONTROLLI IN LOCO E ISPETTIVE VERSO I BENEFICIARI DEGLI INTERVENTI FSE, FESR, DEL LAVORO, DELLA FORMAZIONE E DELLE ATTIVITA' PRODUTTIVE</t>
   </si>
   <si>
     <t>CintiNicola_2022.pdf</t>
   </si>
   <si>
     <t>FalboLuigi_2022.pdf</t>
   </si>
   <si>
     <t>BertiPatrizia_2022.pdf</t>
   </si>
   <si>
     <t>ZAMBONI</t>
   </si>
   <si>
-    <t>AGENZIA REGIONALE PER LA SICUREZZA TERRITORIALE E LA PROTEZIONE CIVILE  - SETTORE SICUREZZA TERRITORIALE E PROTEZIONE CIVILE DISTRETTO RENO</t>
-[...4 lines deleted...]
-  <si>
     <t>ZamboniLorenza_2022.pdf</t>
   </si>
   <si>
     <t>MAZZINI</t>
   </si>
   <si>
-    <t>AGENZIA PER LA SICUREZZA TERRITORIALE E LA PROTEZIONE CIVILE - SETTORE SICUREZZA TERRITORIALE E PROTEZIONE CIVILE DISTRETTO RENO</t>
-[...1 lines deleted...]
-  <si>
     <t>MANUELLI</t>
   </si>
   <si>
     <t>SICUREZZA TERRITORIALE, RISCHIO IDRAULICO E SERVIZIO DI PIENA, IDICE E SILLARO (BO)</t>
   </si>
   <si>
     <t>ManuelliClaudia_2022.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FAIOLO </t>
   </si>
   <si>
     <t>DE SIMONE</t>
   </si>
   <si>
     <t>SICUREZZA TERRITORIALE; RISCHIO IDRAULICO E SERVIZIO DI PIENA (RE)</t>
   </si>
   <si>
     <t>MARI</t>
   </si>
   <si>
     <t>Pappacena_dichAnnuale_2022</t>
   </si>
   <si>
     <t>SETTORE TRIBUTI</t>
@@ -1415,53 +1374,50 @@
   <si>
     <t>AlbertiPatrizia_2023.pdf</t>
   </si>
   <si>
     <t>AREA SVILUPPO LOCALE PARTECIPATIVO</t>
   </si>
   <si>
     <t>AttiliBarbara_2023.pdf</t>
   </si>
   <si>
     <t>BONORETTI</t>
   </si>
   <si>
     <t>BonorettiGiovanni_2023.pdf</t>
   </si>
   <si>
     <t>SARNO</t>
   </si>
   <si>
     <t>GIAMPAOLO</t>
   </si>
   <si>
     <t>SarnoGiampaolo_2023.pdf</t>
   </si>
   <si>
-    <t>NataliRiccardo_2023.pdf</t>
-[...1 lines deleted...]
-  <si>
     <t>Casadei_dichAnnuale_2023</t>
   </si>
   <si>
     <t>MorolliChristian.pdf</t>
   </si>
   <si>
     <t>BENATTI</t>
   </si>
   <si>
     <t>AREA SETTORE VEGETALE</t>
   </si>
   <si>
     <t>01/02/2023</t>
   </si>
   <si>
     <t>BenattiNicola_2023.pdf</t>
   </si>
   <si>
     <t>DI SALVO</t>
   </si>
   <si>
     <t>VINCENZO</t>
   </si>
   <si>
     <t>AREA FINANZIAMENTI E PROCEDIMENTI COMUNITARI MODENA E REGGIO EMILIA</t>
@@ -1487,68 +1443,59 @@
   <si>
     <t>VERONICA</t>
   </si>
   <si>
     <t xml:space="preserve">AREA COOPERZIONE TERRITORIALE EUROPEA E COOPERZIONE ALLO SVILUPPO </t>
   </si>
   <si>
     <t>LenziVeronica_2023.pdf</t>
   </si>
   <si>
     <t>DERIU</t>
   </si>
   <si>
     <t>DeriuMicaela_2023.pdf</t>
   </si>
   <si>
     <t>MICAELA</t>
   </si>
   <si>
     <t>COMUNICAZIONE ALLA CITTADINANZA</t>
   </si>
   <si>
     <t>PRIORI</t>
   </si>
   <si>
-    <t>INTERCENT-ER</t>
-[...1 lines deleted...]
-  <si>
     <t>ELVIRA</t>
   </si>
   <si>
     <t>Canu_Elvira_2022.pdf</t>
   </si>
   <si>
     <t>IANNELLI</t>
   </si>
   <si>
-    <t>SETTORE SICUREZZA TERRITORIALE E PROTEZIONE CIVILE EMILIA - UT SICUREZZA TERRITORIALE E PROTEZIONE CIVILE PIACENZA</t>
-[...4 lines deleted...]
-  <si>
     <t>IannelliLaura_2023.pdf</t>
   </si>
   <si>
     <t>AREA BIBLIOTECHE E ARCHIVI</t>
   </si>
   <si>
     <t>LeombroniClaudio_2023.pdf</t>
   </si>
   <si>
     <t>SETTORE EDUCAZIONE, ISTRUZIONE, FORMAZIONE, LAVORO</t>
   </si>
   <si>
     <t>BergaminiFrancesca_2023.pdf</t>
   </si>
   <si>
     <t>AREA DELEGAZIONE DELLA REGIONE EMILIA-ROMAGNA PRESSO L'UNIONE EUROPEA</t>
   </si>
   <si>
     <t>BadielloLorenza_2023.pdf</t>
   </si>
   <si>
     <t>GAMBERINI</t>
   </si>
   <si>
     <t>MARIA</t>
@@ -1937,126 +1884,108 @@
   <si>
     <t>SETTORE CONTENZIOSO - LEGALE ADDETTO ALLA DIFESA IN GIUDIZIO DELL'ENTE ED ATTIVITA' STRAGIUDIZIALE - 6</t>
   </si>
   <si>
     <t>GentiliniDevis.pdf</t>
   </si>
   <si>
     <t>IannantuoniMichelina_2023.pdf</t>
   </si>
   <si>
     <t>MarescaLea_2023.pdf</t>
   </si>
   <si>
     <t>LaiRita.pdf</t>
   </si>
   <si>
     <t>GheduzziMariaRosa_2023.pdf</t>
   </si>
   <si>
     <t>FontanaLuca_2023.pdf</t>
   </si>
   <si>
     <t>GiovanniniMarco.pdf</t>
   </si>
   <si>
-    <t>CeveniniBarbara_2023.pdf</t>
-[...7 lines deleted...]
-  <si>
     <t>PreviatiAnna_2023.pdf</t>
   </si>
   <si>
     <t>Verdini_dichAnnuale_2023</t>
   </si>
   <si>
     <t>Aguglia_dichAnnuale_2023.pdf</t>
   </si>
   <si>
     <t>Forni_dichAnnuale_2023.pdf</t>
   </si>
   <si>
     <t>INCARICO DI ELEVATA QUALIFICAZIONE CON DELEGHE DIRIGENZIALI</t>
   </si>
   <si>
     <t xml:space="preserve">INCARICO DI ELEVATA QUALIFICAZIONE CON DELEGHE DIRIGENZIALI </t>
   </si>
   <si>
     <t>AMBIENTE CLIMA E SALUTE</t>
   </si>
   <si>
     <t>Angelini_dichAnnuale_2023.pdf</t>
   </si>
   <si>
     <t>Amadori_dichAnnuale_2023.pdf</t>
   </si>
   <si>
     <t>Vecchi_dichAnnuale_2023</t>
   </si>
   <si>
     <t>Cisbani_dichAnnuale_2023.pdf</t>
   </si>
   <si>
     <t>Cascio_dichAnnuale_2023.pdf</t>
   </si>
   <si>
     <t>Gamberini_dichAnnuale_2023.pdf</t>
   </si>
   <si>
     <t>Donatini_dichAnnuale_2023.pdf</t>
   </si>
   <si>
     <t>Gubiotti_dichAnnuale_2023.pdf</t>
   </si>
   <si>
-    <t>Andreani_dichAnnuale_2023.pdf</t>
-[...4 lines deleted...]
-  <si>
     <t>Cintori_dichAnnuale_2023.pdf</t>
   </si>
   <si>
     <t>Tugnetti_dichAnnuale_2023.pdf</t>
   </si>
   <si>
     <t>Bartoli_dichAnnuale_2023.pdf</t>
   </si>
   <si>
     <t>Diegoli_dichAnnuale_2023.pdf</t>
   </si>
   <si>
     <t>SETTORE PREVENZIONE COLLETTIVA E SANITA' PUBBLICA</t>
-  </si>
-[...1 lines deleted...]
-    <t>Raciti_dichAnnuale_2023.pdf</t>
   </si>
   <si>
     <t>Berti_dichAnnuale_2023.pdf</t>
   </si>
   <si>
     <t>Mattei_dichAnnuale_2023.pdf</t>
   </si>
   <si>
     <t>Bortoluzzi_dichAnnuale_2023.pdf</t>
   </si>
   <si>
     <t>Sangiorgi_dichAnnuale_2023.pdf</t>
   </si>
   <si>
     <t>Cavicchi_dichAnnuale_2023.pdf</t>
   </si>
   <si>
     <t>Predieri_dichAnnuale_2023.pdf</t>
   </si>
   <si>
     <t>SETTORE TECNICO E DI AUTORIZZAZIONE</t>
   </si>
   <si>
     <t>Tassinari_dichAnnuale_2023.pdf</t>
   </si>
@@ -2308,56 +2237,50 @@
   <si>
     <t>Galloni_dich_2023.pdf</t>
   </si>
   <si>
     <t>Potena_dich_2023.pdf</t>
   </si>
   <si>
     <t>Falbo_dich_2023.pdf</t>
   </si>
   <si>
     <t>DardiFulvia.pdf</t>
   </si>
   <si>
     <t>EQ “Gestione tecnico-contabile della gestione sanitaria accentrata (GSA) regionale””</t>
   </si>
   <si>
     <t xml:space="preserve">DIREZIONE GENERALE CURA DELLA PERSONA, SALUTE E WELFARE – SETTORE GESTIONE FINANZIARIA ED ECONOMIA DEL SSR - AREA BILANCI AZIENDE SANITARIE E BILANCIO CONSOLIDATO DEL SSR </t>
   </si>
   <si>
     <t>MORGAGNI</t>
   </si>
   <si>
     <t>MorgagniCatia.pdf</t>
   </si>
   <si>
-    <t>RESPONSABILE AREA “Bilanci aziende sanitarie e bilancio consolidato del SSR”</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">ANGELELLI </t>
   </si>
   <si>
     <t>AngelelliGiulia_2023.pdf</t>
   </si>
   <si>
     <t>AREA POLITICHE PER L'ABITARE</t>
   </si>
   <si>
     <t>AREA TERRITORIO, CITTA' E PAESAGGIO</t>
   </si>
   <si>
     <t>CAVALLARI</t>
   </si>
   <si>
     <t>IRENE</t>
   </si>
   <si>
     <t>CavallariIrene_2023.pdf</t>
   </si>
   <si>
     <t>LAVORI PUBBLICI E MANUTENZIONE DEL PATRIMONIO</t>
   </si>
   <si>
     <t>AntoniacciLoredana.pdf</t>
@@ -2392,86 +2315,80 @@
   <si>
     <t>GIUNTA REGIONALE E AGENZIE (ARPCIV, AGREA, INTERCENT-ER)</t>
   </si>
   <si>
     <t>"Responsabile della Prevenzione della Corruzione e della Trasparenza” (RPCT)" e “Gestore delle comunicazioni alla UIF"</t>
   </si>
   <si>
     <t>PalazziFrancescaRPCT.pdf</t>
   </si>
   <si>
     <t>Servello_dichAnnuale_2023.pdf</t>
   </si>
   <si>
     <t>Parrucci_dichAnnuale-23</t>
   </si>
   <si>
     <t>GovoniCristina.pdf</t>
   </si>
   <si>
     <t>ParisiDavide.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SETTORE PER LA GESTIONE TECNICA DEGLI INTERVENTI DI RICOSTRUZIONE E LA GESTIONE DEI CONTRATTI </t>
   </si>
   <si>
-    <t>AGENZIA REGIONALE PER LA RICOSTRUZIONE SISMA 2012</t>
-[...1 lines deleted...]
-  <si>
     <t>SaponaroAlessio.pdf</t>
   </si>
   <si>
     <t>AREA SALUTE MENTALE, DIPENDENZE PATOLOGICHE, SALUTE NELLE CARCERI</t>
   </si>
   <si>
     <t>Casadei_dichAnnuale_2024</t>
   </si>
   <si>
     <t>PirazzoliMaurizio,pdf</t>
   </si>
   <si>
     <t>ROMIO</t>
   </si>
   <si>
     <t>PASQUALE GIOVANNI FRANCESCO</t>
   </si>
   <si>
     <t>RomioPasqualeGF.pdf</t>
   </si>
   <si>
     <t>AREA DI PROGETTO RUP TECNOPOLO MANIFATTURA TABACCHI</t>
   </si>
   <si>
     <t>LAURENTI</t>
   </si>
   <si>
     <t>ARIANNA</t>
   </si>
   <si>
-    <t xml:space="preserve">LAVORI PUBBLICI </t>
-[...1 lines deleted...]
-  <si>
     <t>LaurentiArianna.pdf</t>
   </si>
   <si>
     <t>Malavolti_dichAnnuale_2024.pdf</t>
   </si>
   <si>
     <t>Dallai_dichAnnuale_2024.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AREA SICUREZZA E SEDI DI LAVORO </t>
   </si>
   <si>
     <t>COORDINAMENTO PROGRAMMAZIONE LAVORI PUBBLICI, AUTORIZZAZIONI E DIFESA DELLA COSTA</t>
   </si>
   <si>
     <t>BonorettiGiovanni.pdf</t>
   </si>
   <si>
     <t>SETTORE AGRICOLTURA CACCIA E PESCA AMBITI PARMA E PIACENZA</t>
   </si>
   <si>
     <t>RESPONSABILE DI SETTORE AD INTERIM</t>
   </si>
   <si>
     <t>Mari_dichAnnuale_2024.pdf</t>
@@ -2491,56 +2408,50 @@
   <si>
     <t>CANCEMI</t>
   </si>
   <si>
     <t>CancemiAlessandro.pdf</t>
   </si>
   <si>
     <t>ANALISI E DISEGNO PROCESSI DI TRASFORMAZIONE DIGITALE</t>
   </si>
   <si>
     <t>FANTINI</t>
   </si>
   <si>
     <t>FantiniKatia.pdf</t>
   </si>
   <si>
     <t>FaioloMonica.pdf</t>
   </si>
   <si>
     <t>MALFATTO</t>
   </si>
   <si>
     <t>MalfattoDavide.pdf</t>
   </si>
   <si>
-    <t xml:space="preserve">Q0001696 SICUREZZA TERRITORIALE, RISCHIO IDRAULICO E SERVIZIO DI PIENA </t>
-[...4 lines deleted...]
-  <si>
     <t>ALMERINDA</t>
   </si>
   <si>
     <t>DanieleAlmerinda.pdf</t>
   </si>
   <si>
     <t>GESTIONE TECNICO-FINANZIARIA DEGLI INTERVENTI IN CAMPO AMBIENTALE</t>
   </si>
   <si>
     <t>Angelelli_dichAnnuale_2024.pdf</t>
   </si>
   <si>
     <t>Barbieri_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t>01/08/2022</t>
   </si>
   <si>
     <t>Bartoli_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t>Capucci_dichAnnuale_2024.pdf</t>
   </si>
   <si>
     <t>DelleGrottaglie.pdf</t>
@@ -2659,53 +2570,50 @@
   <si>
     <t>Mele_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t>Fontana_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DG POLITICHE FINANZIARIE –SETTORE TRIBUTI  </t>
   </si>
   <si>
     <t>Gheduzzi_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t>Giovannini_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t>DG POLITICHE FINANZIARIE - SETTORE TRIBUTI</t>
   </si>
   <si>
     <t xml:space="preserve">DIREZIONE GENERALE POLITICHE FINANZIARIE </t>
   </si>
   <si>
     <t>Lodesani_dichAnnuale2024.pdf</t>
   </si>
   <si>
-    <t>Natali_dichAnnuale2024.pdf</t>
-[...1 lines deleted...]
-  <si>
     <t>Previati_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t>Manduca_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t>Dosualdo_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t>Piantini_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t>Tomasatti_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t>Benatti_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t>Bonoretti_dichAnnuale_2024.pdf</t>
   </si>
   <si>
     <t>Alberti_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t>Armuzzi_diichAnnuale2024.pdf</t>
@@ -2725,108 +2633,93 @@
   <si>
     <t>Casagrande_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t>Boncompagni_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t>Laghi_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t>Tassinari_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t>SUPPORTO TECNICO-GIURIDICO ALL'AULA E RACCORDO CON LE COMMISSIONI ASSEMBLEARI</t>
   </si>
   <si>
     <t>RositanoGiuseppina-24.pdf</t>
   </si>
   <si>
     <t>ScorriStefania.pdf</t>
   </si>
   <si>
     <t>Amadori_dichAnnuale2024.pdf</t>
   </si>
   <si>
-    <t>Andreani_dichAnnuale2024.pdf</t>
-[...1 lines deleted...]
-  <si>
     <t>Bortoluzzi_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t>Cascio_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t>Cavicchi_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t>Cintori_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t>Cisbani_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t>Dardi_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t>Diegoli_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t>Gamberini_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t>Gubiotti_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t>Mattei_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t>Morgagni_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t>Predieri_dichAnnuale2024.pdf</t>
   </si>
   <si>
-    <t>Raciti_dichAnnuale2024.pdf</t>
-[...1 lines deleted...]
-  <si>
     <t>Sangiorgi_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t>Saponaro_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t>Tugnetti_dichAnnuale2024.pdf</t>
-  </si>
-[...7 lines deleted...]
-    <t>Orsi_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t>Angelini_dichAnnuale_2024.pdf</t>
   </si>
   <si>
     <t>Berti_dichAnnuale_2024.pdf</t>
   </si>
   <si>
     <t>Donatini_dichAnnuale_2024.pdf</t>
   </si>
   <si>
     <t>Vecchi_dichAnnuale_2024.pdf</t>
   </si>
   <si>
     <t>POLIANDRI</t>
   </si>
   <si>
     <t>VINCENZA</t>
   </si>
   <si>
     <t>PoliandriVincenza.pdf</t>
   </si>
   <si>
     <t>Bertozzi_dichAnnuale2024.pdf</t>
   </si>
@@ -3177,53 +3070,50 @@
   <si>
     <t>Puliatti_dichAnnuale_2024.pdf</t>
   </si>
   <si>
     <t>Ricci_dichAnnuale_2024.pdf</t>
   </si>
   <si>
     <t>Righetti_dichAnnuale_2024.pdf</t>
   </si>
   <si>
     <t>Senofonte_dichAnnuale_2024.pdf</t>
   </si>
   <si>
     <t>BUTTIERI</t>
   </si>
   <si>
     <t>ButtieriBrunella.pdf</t>
   </si>
   <si>
     <t>DEL PRETE</t>
   </si>
   <si>
     <t>DelPreteFederico.pdf</t>
   </si>
   <si>
-    <t>COORDINATORE VICARIO DELL’UFFICIO STAMPA</t>
-[...1 lines deleted...]
-  <si>
     <t>BERNI</t>
   </si>
   <si>
     <t>AREA TECNICA, RISCHIO IDRAULICO E SERVIZIO DI PIENA</t>
   </si>
   <si>
     <t>BerniNicola.pdf</t>
   </si>
   <si>
     <t>CELLA</t>
   </si>
   <si>
     <t>MARIA TERESA</t>
   </si>
   <si>
     <t>AREA TUTELA SALUTE LUOGHI DI LAVORO</t>
   </si>
   <si>
     <t>CellaMariaTeresa.pdf</t>
   </si>
   <si>
     <t>GELMUZZI</t>
   </si>
   <si>
     <t>AREA SEGRETERIA TECNICA DI PROTEZIONE CIVILE</t>
@@ -3253,53 +3143,50 @@
     <t>ZECCHI</t>
   </si>
   <si>
     <t>ALCESTE</t>
   </si>
   <si>
     <t>ZecchiAlceste.pdf</t>
   </si>
   <si>
     <t>UFFICIO TERRITORIALE SICUREZZA TERRITORIALE E PROTEZIONE CIVILE FERRARA</t>
   </si>
   <si>
     <t>MagnaniAlberto.pdf</t>
   </si>
   <si>
     <t>SETTORE AGRICOLTURA, CACCIA E PESCA - AMBITI FORLI’-CESENA, RAVENNA E RIMINI</t>
   </si>
   <si>
     <t>FIORINI</t>
   </si>
   <si>
     <t>SETTORE GESTIONE FINANZIARIA ED ECONOMICA DEL SSR</t>
   </si>
   <si>
     <t>FioriniMonica.pdf</t>
-  </si>
-[...1 lines deleted...]
-    <t>RacitiMonica.pdf</t>
   </si>
   <si>
     <t>AREA PROGRAMMAZIONE SOCIALE, INTEGRAZIONE E INCLUSIONE, CONTRASTO ALLE POVERTA'</t>
   </si>
   <si>
     <t>POLACCO</t>
   </si>
   <si>
     <t>PolaccoEleonora.pdf</t>
   </si>
   <si>
     <t>INCARICO DI PORTAVOCE</t>
   </si>
   <si>
     <t>PORTAVOCE</t>
   </si>
   <si>
     <t>SEGRETERIA PRESIDENTE DELLA GIUNTA REGIONALE</t>
   </si>
   <si>
     <t>GIAMMARIA</t>
   </si>
   <si>
     <t>ManghiGiammaria.pdf</t>
   </si>
@@ -3380,59 +3267,50 @@
   <si>
     <t>SETTORE ASSISTENZA OSPEDALIERA</t>
   </si>
   <si>
     <t>FabbriMarilena.pdf</t>
   </si>
   <si>
     <t>SVILUPPO DELLE POLITICHE SOCIO - SANITARIE PER I DISABILI</t>
   </si>
   <si>
     <t>FranceschettiValeria.pdf</t>
   </si>
   <si>
     <t>BenedettiStefano.pdf</t>
   </si>
   <si>
     <t>ISTITUTI GIURIDICI DEL RAPPORTO DI LAVORO ORARIO, ASSENZE, TRASFERTE</t>
   </si>
   <si>
     <t xml:space="preserve">USO SOSTENIBILE DEI PRODOTTI FITOSANITARI E INDIRIZZI OPERATIVI PER LA DIFESA INTEGRATA E BIOLOGICA DELLE COLTURE AGRARIE </t>
   </si>
   <si>
     <t>BENEDETTI</t>
   </si>
   <si>
-    <t>MEDICI</t>
-[...7 lines deleted...]
-  <si>
     <t>Dallai_dichAnuale_2025.pdf</t>
   </si>
   <si>
     <t>Carullo_dichAnnuale_2025.pdf</t>
   </si>
   <si>
     <t>Bertozzi_dichAnnuale_2025.pdf</t>
   </si>
   <si>
     <t>Berni_dichAnnuale_2025.pdf</t>
   </si>
   <si>
     <t>Ferrarini_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Gelmuzzi_dichAnnuale_2025.pdf</t>
   </si>
   <si>
     <t>Guidi_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Lugli_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Malavolti_dichAnnuale2025.pdf</t>
@@ -3515,84 +3393,63 @@
   <si>
     <t>Casadei_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Lai_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Manuelli_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Zamboni_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>DeSimone_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>DiDio_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>SICUREZZA TERRITORIALE, RISCHIO IDRAULICO E SERVIZIO DI PIENA (PR)</t>
   </si>
   <si>
     <t>Iannelli_dichAnnuale2025.pdf</t>
   </si>
   <si>
-    <t>AGENZIA PER LA SICUREZZA TERRITORIALE E LA PROTEZIONE CIVILE  UT SICUREZZA TERRITORIALE E PROTEZIONE CIVILE PARMA</t>
-[...1 lines deleted...]
-  <si>
     <t>AGENZIA REGIONALE PER LA SICUREZZA TERRITORIALE E LA PROTEZIONE CIVILE - UT SICUREZZA TERRITORIALE E PROTEZIONE CIVILE PARMA</t>
   </si>
   <si>
     <t>Nucci_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Malfatto_dichAnnuale2025.pdf</t>
   </si>
   <si>
-    <t>Poliandri_dichAnnuale2025.pdf</t>
-[...1 lines deleted...]
-  <si>
     <t>INNOVAZIONE SOSTENIBILE</t>
   </si>
   <si>
-    <t>Orsi_dichAnnuale2025.pdf</t>
-[...7 lines deleted...]
-  <si>
     <t>SPESA COMUNE</t>
-  </si>
-[...4 lines deleted...]
-    <t>SPESA SANITARIA</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Le dichiarazioni sull'assenza di cause di inconferibilità e incompatibilità vengono rilasciate in occasione di conferimento / rinnovo di incarichi di funzione dirigenziale che comporta in via esclusiva competenza di amministrazione e gestione (Responsabili di Settore o Area, Posizioni di Elevata Qualificazione con deleghe dirigenziali) e, in ogni caso, di incarichi conferiti presso le strutture a supporto degli organi politici. La colonna G/A indica se il dirigente è nell'organico della Giunta o dell'Assemblea legislativa. La colonna denominata "INT./EST." registra se l'incarico è affidato a dirigenti o funzionari della Regione o di altra Pubblica amministrazione (incarico dirigenziale interno) oppure a soggetti che non sono dipendenti di pubbliche amministrazioni (incarico dirigenziale esterno). Nella colonna denominata "Struttura organizzativa di appartenenza" è indicata la macrostruttura di riferimento (direzioni generali/agenzie/Istituti). La colonna denominata "Tipo di struttura" distingue tra gli uffici di diretta collaborazione politica (c.d. strutture </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>speciali</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">) e le strutture che non si configurano come tali (strutture </t>
     </r>
     <r>
       <rPr>
         <u/>
@@ -3780,195 +3637,168 @@
     <t>Passarini dichAnnuale</t>
   </si>
   <si>
     <t>AREA STATISTICA, DATI E SISTEMI GEOGRAFICI</t>
   </si>
   <si>
     <t>Parisi_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>DIRETTORE DELL'AGENZIA REGIONALE
 RICOSTRUZIONI</t>
   </si>
   <si>
     <t>DIRETTORE ad interim AGENZIA senza personalità giuridica</t>
   </si>
   <si>
     <t>ParisiDavideInterim.pdf</t>
   </si>
   <si>
     <t>Parisi_dichAnnuale2024.pdf</t>
   </si>
   <si>
     <t>Amadori_dichAnnuale2025.pdf</t>
   </si>
   <si>
-    <t>Andreani_dichAnnuale2025.pdf</t>
-[...1 lines deleted...]
-  <si>
     <t>Berti_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Sangiorgi_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Bortolami_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Cascio_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Cavicchi_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Cintori_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Cisbani_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Diegoli_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Gamberini_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Gubiotti_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Mattei_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Morgagni_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Predieri_dichAnnuale2025.pdf</t>
   </si>
   <si>
-    <t>Raciti_dichAnnuale2025.pdf</t>
-[...1 lines deleted...]
-  <si>
     <t>Saponaro_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Tosatti_dichAnnualr2025.pdf</t>
   </si>
   <si>
     <t>Tugnetti_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Vecchi_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Fontana_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Gheduzzi_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Giovannini_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Lodesani_dichAnnuale2025.pdf</t>
   </si>
   <si>
-    <t>Natali_dichAnnuale2025.pdf</t>
-[...4 lines deleted...]
-  <si>
     <t>Previati_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>VICENZI</t>
   </si>
   <si>
-    <t>VicenziLanfranco_2022.pdf</t>
-[...10 lines deleted...]
-  <si>
     <t>Falanga_dichannuale_2023</t>
   </si>
   <si>
     <t>Falanga_dichannuale_2025</t>
   </si>
   <si>
     <t>iannantuoni_dichannuale_2025</t>
   </si>
   <si>
     <t>Servello_dichannuale_2025</t>
   </si>
   <si>
     <t>Rositano_dichAnnuale_2025</t>
   </si>
   <si>
     <t>Passarini_dichAnnuale_2025</t>
   </si>
   <si>
     <t>Parrucci_dichannuale_2025</t>
   </si>
   <si>
     <t>Monti_dichannuale_2025</t>
   </si>
   <si>
     <t>Mazzola_dichAnnuale_2025</t>
   </si>
   <si>
     <t>Maresca_dichannuale_2025</t>
   </si>
   <si>
     <t>Ippoliti_dichannuale_2025</t>
   </si>
   <si>
     <t>Franceschini_dichAnnuale_2025</t>
   </si>
   <si>
     <t>Angelini_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Cella_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Dardi_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Donatini_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>AREA PROGRAMMAZIONE E ORGANIZZAZIONE DI ATTIVITA' DI MARKETING E COMUNICAZIONE CORRELATE ALLE RELAZIONI ISTITUZIONALI</t>
-  </si>
-[...1 lines deleted...]
-    <t>SETTORE UFFICIO STAMPA</t>
   </si>
   <si>
     <t>AREA COMUNICAZIONE E AMMINISTRAZIONE</t>
   </si>
   <si>
     <t>STUDIO E RICERCA IN MATERIA DI INTEGRAZIONE
 E PROMOZIONE DELLE POLITICHE DI SVILUPPO REGIONALE,
 CON PARTICOLARE RIFERIMENTO AL PATTO PER IL LAVORO</t>
   </si>
   <si>
     <t>CASONI</t>
   </si>
   <si>
     <t>CasoniFederica.pdf</t>
   </si>
   <si>
     <t>GaetaMicheleR.pdf</t>
   </si>
   <si>
     <t>RESPONSABILE DI AREA AD INTERIM</t>
   </si>
   <si>
     <t>AREA GESTIONE E LIQUIDAZIONE DELLE ATTIVITA' DI ORIENTAMENTO, EDUCAZIONE, ISTRUZIONE, FORMAZIONE TECNICA E PROFESSIONALE E ALTE COMPETENZE</t>
   </si>
   <si>
@@ -4205,54 +4035,50 @@
   <si>
     <t>Righetti_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Senofonte_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Manghi_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Pace_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>Polacco_dichAnnuale2025.pdf</t>
   </si>
   <si>
     <t>DRAGHETTI</t>
   </si>
   <si>
     <t>LEONARDO</t>
   </si>
   <si>
     <t>DraghettiLeonardo.pdf</t>
   </si>
   <si>
-    <t>AREA SUPPORTO, COORDINAMENTO E STUDIO IN 
-[...2 lines deleted...]
-  <si>
     <t>LugliFrancescaInterim.pdf</t>
   </si>
   <si>
     <t>SETTORE SICUREZZA TERRITORIALE E PROTEZIONE CIVILE EMILIA</t>
   </si>
   <si>
     <t>UFFICIO TERRITORIALE SICUREZZA TERRITORIALE E PROTEZIONE CIVILE DI RAVENNA</t>
   </si>
   <si>
     <t>TabelliniPieroInterim.pdf</t>
   </si>
   <si>
     <t>VannoniSaraInterim.pdf</t>
   </si>
   <si>
     <t>SormaniDavide.pdf</t>
   </si>
   <si>
     <t>SICUREZZA TERRITORIALE, RISCHIO IDRAULICO E SERVIZIO DI PIENA</t>
   </si>
   <si>
     <t>MARRANI</t>
   </si>
   <si>
     <t>MarraniFederico.pdf</t>
@@ -4321,50 +4147,170 @@
     <t>NERI</t>
   </si>
   <si>
     <t>NeriAndrea.pdf</t>
   </si>
   <si>
     <t>AREA INFRASTRUTTURE E PATRIMONIO</t>
   </si>
   <si>
     <t>LenziLuca.pdf</t>
   </si>
   <si>
     <t>AREA FINANZIARIA, BILANCIO, ATTIVITA' AMMINISTRATIVO CONTABILE IN ATTUAZIONE DI ORDINANZE DI PROTEZIONE CIVILE</t>
   </si>
   <si>
     <t>AttiliBarbara_interim.pdf</t>
   </si>
   <si>
     <t>SETTORE COMPETITIVITA' DELLE IMPRESE E SVILUPPO DELL'INNOVAZIONE</t>
   </si>
   <si>
     <t>RagazziniFrancesca.pdf</t>
   </si>
   <si>
     <t>CapucciMarcello.pdf</t>
+  </si>
+  <si>
+    <t>BARBAGALLO</t>
+  </si>
+  <si>
+    <t>VENERANDO</t>
+  </si>
+  <si>
+    <t>AREA MONITORAGGIO E MODELLISTICA DELL’OFFERTA PROGRAMMATA</t>
+  </si>
+  <si>
+    <t>BarbagalloVenerando.pdf</t>
+  </si>
+  <si>
+    <t>RACITI</t>
+  </si>
+  <si>
+    <t>RacitiMonica.pdf</t>
+  </si>
+  <si>
+    <t>SETTORE POLITICHE SOCIALI, DI INCLUSIONE E PARI OPPORTUNITÀ</t>
+  </si>
+  <si>
+    <t>BIANCHINI</t>
+  </si>
+  <si>
+    <t>AREA CONTRATTUALISTICA PUBBLICA, CONTENZIOSO, E CONSULENZA GIURIDICA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SETTORE BILANCIO E FINANZE </t>
+  </si>
+  <si>
+    <t>LodesaniSimonainterim.pdf</t>
+  </si>
+  <si>
+    <t>OORDINAMENTO DELLA SEGRETERIA DI DIREZIONE E PRESIDIO GIURIDICO PER IL SISTEMA DELLE CONFERENZE IN MATERIA DI POLITICHE FINANIARIE</t>
+  </si>
+  <si>
+    <t>VicenziLanfranco.pdf</t>
+  </si>
+  <si>
+    <t>AMMINISTRAZIONE GENERALE, SEGRETERIA, APPALTI LAVORI SERVIZI E FORNITURE (PC)</t>
+  </si>
+  <si>
+    <t>SICUREZZA TERRITORIALE, RISCHIO IDROGEOLOGICO, AREA MONTANA BACINO RENO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SICUREZZA TERRITORIALE, RISCHIO IDRAULICO E SERVIZIO DI PIENA </t>
+  </si>
+  <si>
+    <t>BILANCI AZIENDE SANITARIE E BILANCIO CONSOLIDATO DEL SSR</t>
+  </si>
+  <si>
+    <t>CascioAntoniointerim.pdf</t>
+  </si>
+  <si>
+    <t>SVILUPPO, INTEGRAZIONE E SISTEMI INFORMATIVI DEL PERSONALE DELLE AZIENDE ED ENTI DEL SSN</t>
+  </si>
+  <si>
+    <t>CAMPRINI</t>
+  </si>
+  <si>
+    <t>CampriniMassimointerim.pdf</t>
+  </si>
+  <si>
+    <t>AGENZIA REGIONALE RICOSTRUZIONI</t>
+  </si>
+  <si>
+    <t>BianchiniStefano</t>
+  </si>
+  <si>
+    <t>Servello_dichiarazione_2026</t>
+  </si>
+  <si>
+    <t>UFFICIO STAMPA</t>
+  </si>
+  <si>
+    <t>Fine legislatura</t>
+  </si>
+  <si>
+    <t>DIRIGENTE DI STRUTTURA SPECIALE</t>
+  </si>
+  <si>
+    <t>CAPO UFFICIO STAMPA VICARIO</t>
+  </si>
+  <si>
+    <t>AREA SUPPORTO, COORDINAMENTO E STUDIO IN MATERIA DI ATTIVITA' ISTITUZIONALI DELLA PRESIDENZA</t>
+  </si>
+  <si>
+    <t>BOTTAZZI</t>
+  </si>
+  <si>
+    <t>BottazziMaurizio.pdf</t>
+  </si>
+  <si>
+    <t>AREA DI PROGETTO “COORDINAMENTO TECNICO/AMMINISTRATIVO INTERVENTI IDRAULICI DI COMPETENZA SUI TERRITORI COLPITI DAGLI EVENTI ALLUVIONALI – BACINO RENO”</t>
+  </si>
+  <si>
+    <t>CAPITANI</t>
+  </si>
+  <si>
+    <t>CapitaniDaniele.pdf</t>
+  </si>
+  <si>
+    <t>CeveniniBarbara.pdf</t>
+  </si>
+  <si>
+    <t>STRATEGIE DI ACQUISTO E GOVERNO DELLA SPESA SANITARIA</t>
+  </si>
+  <si>
+    <t>OrsiAlessia.pdf</t>
+  </si>
+  <si>
+    <t>INNOVAZIONE E DIGITALIZZAZIONE DEI PROCESSI DI ACQUISTO. SPESA ICT</t>
+  </si>
+  <si>
+    <t>LAVORI E SPESE DI INVESTIMENTO</t>
+  </si>
+  <si>
+    <t>GovoniCandida.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd\/mm\/yyyy"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -4678,53 +4624,50 @@
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="11" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="11" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="9" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -4813,53 +4756,50 @@
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="9" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="3" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="14" fontId="9" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -4881,66 +4821,62 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="9" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="49" fontId="9" fillId="0" borderId="3" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="9" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -4999,50 +4935,60 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="5" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="14" fontId="11" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -5371,11629 +5317,28059 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_romano.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-annovi-cristiano-pg-2024-434110.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_bonaccurso_marcello.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_conferimento_incarico_dirigente_guida_monica.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich_mele_maria_rita.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_annuale_forni_milco_2023.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_armuzzi_2024.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_iannelli_laura.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_franceschi_giuliano.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_morgagni_catia.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_marzano_gabriele.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17517379_tugnetti-monica.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione-incompatibilita-ambrosini.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_senofonte_2024.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/malfatto_davide.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_bartoli_donatella.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_barbara_attili.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_polacco_eleonora.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_2022_cascio_antonio.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich_ropa_federica.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_giovanninimarco_2023.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_bartoli.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_borioni.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_lai_rita.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_-schipani_teresa_maria_iolanda_2023.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_natali_riccardo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_armuzzi_renzo_2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_annuale_catti_luca_2023.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/modulo_incompatibilita_annuale_falbo.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_falanga.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-gregorio.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_manghi.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_mazzoni_ruggero.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_renzo_armuzzi.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dich_annuale_2025_caputo.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_malvolti_daniela_2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/ulteriori-dichiarazioni/bonaccurso_modulo2_2022.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-catti-luca-pg-2024-452437.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-canu-elvira-_-pg-2024-499365.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_morgagni.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_gusmani.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/rositano_dichiarazione_2024.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_verdini_eleonora.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_bergamini_francesca.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich_attili_barbara_2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dich-annuale-2023_gheduzzi.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/mod-9-dichiarazione-annuale-canu-elvira-pg-2023-62569.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/pellegrini_federica.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_inc_2024_bortolami_alberto.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_incompatibilita_monti_2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/parrucci-dich-23" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_franceschetti_valeria.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_de_simone_nicola.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_gaeta_michele_roberto.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_buttieri_brunella.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_annovi_cristiano_2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_annuale_2023_raffaelli_katia.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/natali-riccardo.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_donatini_2024.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_cavallari_irene.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_baldoni_gianluca_2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_bergamini_francesca.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17513793_amadori-nicola.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/giuseppe-todeschini.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_manuelli_claudia.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_bortolami_alberto.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/bonoretti_settore_parma_piacenza_2024_-def.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_incarico_vannoni_2024.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_lugli_francesca.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_pappacena_andrea.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_gentilini_devis.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_conferimento_incarico_dirigente_santangelo_giovanni.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_ferrara.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-angelelli.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_taruffi_2024.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_landi_alessandro.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich_donatini_andrea_2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_mari_fabio_2023.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_nucci_giovanni.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_raciti_monica.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17517619_diegoli-giuseppe.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione-incompatibilita-borioni.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_incarico_2024_cella.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_capucci_marcello.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_angelini_paola.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_curto_giovanna.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_lugli_francesca_interim.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-meggiato.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_cascio.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_poliandri_vincenza.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_2022_cintori_christian.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_borrelli_gianfranco.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/ulteriori-dichiarazioni/puliatti_modulo_2_2022.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_cottafavi.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich-servello-22" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_vincenzi_lanfranco.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_dosualdo_daniele_2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_annuale_tommasi_roberto_2023.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/modulo-2-morgagnicatia.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_longo.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_ippoliti.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_tassinari_roberto.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_berti_patrizia.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_rossella_casagrande.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_parisi_2023-1.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-ghisoli-roberto-pg-2024-450866.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-cunto-delia-pg-2024-460146.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_raffaelli_katia.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_neri_andrea.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_bartoli_donatella_2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_casadei_claudia_2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_annuale_2023_santangelo_giovanni.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_raciti.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_amendolara_giorgio.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/passarini_dichiarazione.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_incompatibilita-_maresca_2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dich-annuale-2023_vicenzi.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/mod-9-dichiarazione-annuale-malossi-elettra-pg-2023-598529.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_landi_2023.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_inc_2024_corbetta_claudia.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_benedetti_stefano.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_galloni_paolo.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/prot__13-03-2024_0017065_i-allegato-ndeg-2-modulo_9_2024_de_simone_timbrato.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_iannelli_laura.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_minelli_franca.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_tommasi_roberto_2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_cinti_nicola_2022.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_manduca_2024.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/attestazione_conferimento_incarico_poliandri_vincenza_2024.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_cunto_delia.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_cavicchi_renata.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_predieri_cristina.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_gaeta.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17513824_cisbani-luca.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/patrizia-alberti.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_zamboni_lorenza.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_barca_2024.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_potena_giulia.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione-incompatibilita-de-luigi.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_mazzini_enrico.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_priori_francesca.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_2022_de_luigi_fabio.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich_gubiotti_ida_2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-bartoli.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_todeschini_2024.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_malossi_elettra.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_tosatti_federico.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichirazione_conf_incarico_2025_interim_capucci_marcello.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_manuelliclaudia_2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17517668_berti-elena.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_falbo.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_cella_maria_teresa.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_capucci_2023.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_incarico_2024_lugli.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_delle_grottaglie_antonia.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_eleonora_taruffi.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_vannoni_sara_interim.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_2022_raciti_monica.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-rambaldi.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_cintori.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_ropa_federica.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_laurenti_arianna.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_scheda_alberto.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/prima-dich-monti-al" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_bortoluzzi_lucia.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/ulteriori-dichiarazioni/ricci_modulo_2_2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dich2023-bonaccurso.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_saponaro.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_monti.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/falanga-dich-annuale-23" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_cevenini_barbara_2022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/barbara-attili.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_marinosci.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_laghi_annalisa.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_borioni_marco.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_stefano_boncompagni.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dich_conf_incarico_2025_lenzi_luca.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_saponaro_alessio.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-lenzi-veronica-pg-2024-449416.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-forni-milco-pg-2024-490163.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_badiello_lorenza.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_canu_elvira_2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_di_salvo_vincenzo_2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_bartoli_simona_2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dich_orsi_alessia_2023.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_carullo_nicola_domenico.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_settore_2025_parisi_davide.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_incompatibilita_franceschini_2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/mod-9-dichiarazione-annuale-simoni-tamara-pg-2023-636829.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_inc_2024_defazio_vincenzo.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_dallai_simone.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_gusmani_claudia.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_palazzi_francesca.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_bertozzi_gabriele_2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/roberto-pinghini.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/modulo-2-testi-melania.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_piantini_2024.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_pellegrini_federica.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_deriu_micaela.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_berti_patrizia_2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_marinosci.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_boncompagni_2024.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_cisbani_luca.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17513890_gamberini-maria.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_baldoni.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_gentilini_2024.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_romano_giovanna_claudia_rosa.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_ricci_silvia.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_baldoni.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-delle-grottaglie.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_ercoli_patrizia.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_2022_ambrosini_cristina.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_catti_luca_2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_potenagiulia_2023.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_palazzi_francesca.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_vecchi_elena.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_sparaco_stefania.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17517690_bortoluzzi-lucia.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_dardi.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_ferraresi.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_incarico_2024_zecchi.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_incompatibilita_iannantuoni_2025.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_casoni_federica.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_giampaolo_sarno.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/guidi_ortensina.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/curto.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-santangelo.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_lodovico_gherardi.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_cevenini_barbara.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_sormani_davide.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_2022_fontana_luca.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_ghisoli_roberto_2022.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/fontana-luca-2024.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_tomassetti_carla.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_sparaco_stefania.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_tommasini_elisa_2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/ulteriori-dichiarazioni/gentilini_modulo_2_2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dich2023-menini.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_cevenini_2024.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_pappacena.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_servello.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_cottafavi_gianni.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/daniele-dosualdo.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dic_pirazzoli_mod1_2.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_teresa_schipani.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_ragazzini_francesca.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_assenza_cause_incompatibilita_forni_milco_2022-08-10_timbrato.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_maini.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-tartari-daniele-pg-2024-452348.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_bertozzi_gabriele.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_brancaleoni_caterina.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_amadori_nicola.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich_annuale_2022_pappacena_andrea.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dich-annuale-2023_previati.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/carullo_nicola_domenico.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_benatti_2024.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_didio_gianmarco.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_inc_2024_priori_francesca.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_gamberini_maria.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_longo_fabio.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/teresa-maria-iolanda-schipani.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_puliatti_2024.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_tartari_dimitri.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_guidi_ortensina_2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/modulo-2-cancemi-alessandro.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_vannoni_sara.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_fantini_katia.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_figa_alessandro_2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17513930_gubiotti-ida.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_tassinari_roberto_2024.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_bertacca.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_gheduzzi_maria_rosa.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_raffaelli_katia_2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_cinti.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_alberto_magnani.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_senofonte_fabrizia.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich-22-maresca" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_2022_diegoli_giuseppe.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-ercoli.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_fiorini.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_govoni_cristina.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_rava_riccardo.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_iannacci_francesco.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_2022_vicenzi_gianfranco.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_nuccigiovanni_2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17517759_cavicchi-renata.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-malossi-elettra-pg-2024-436793.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_gamberini.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_testi_melania.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_manuelli_claudia_2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_brancaleoni_caterina_2022-1.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dallai_simone.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/malvolti_daniela.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_galiotto.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_gubiotti_ida.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_incompatibilita_rositano_2025.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_abagnato_fabio.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_maini_elisabetta.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_interim_settore_giovanni_bonoretti.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_argnani_stefano.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_parmeggiani_davide_2022.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/vincenzo-di-salvo.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione-casagrande-pubblicazione-oscurato.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/modulo-2-fantini-katia.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dich-annuale-franceschi-sp497-pg-2024-507045.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_incarico_2024_tomassetti_carla.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_ricci-_2024.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_stefano_olivucci.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_angelelli_giulia.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_manuelli_claudia.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_zecchi_alceste.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_figa_alessandro.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_manghi_gianmaria.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_2022_mattei_giovanna.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_annuale_2023_ercoli_patrizia.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_piantini_elissa_2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/iannantuoni-23" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17514261_andreani-sara.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/giovannini-marco-2024.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_amadori.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_orsi_areainnovazione_2024.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_conferimento_incarico_scorristefania_2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_angelini_paola_2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich_barbieri_denis.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_deriu_micaela_2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dich2023-ricci.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_berti.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_ragazzini.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_area_berti_elena.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_giovannini_marco.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_falbo_luigi.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_antoniacci_loredana.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_vittorio_elio_manduca.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_pappacena_andrea_2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/elissa-piantini.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_galloni.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_laurenti_2024.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-favero.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-verdini-eleonora-sp209-pg-2024-484570.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_parmeggiani_davide.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_incarico_2024_tabellini_piero.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_raciti_anno_2025.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_ferrarini_cristian.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_gregorio_gianni.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_canu_elvira.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_barca_monia.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_ferraresi.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_didiogianmarco_2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_annuale_aguglia_cristiana_2023.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-simoni-tamara-pg-2024-436391.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_alberti_2024.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_gubiotti.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_forni_milco.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_gentili_annamaria.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_conferimento_incarico_dirigente_gregorio_gianni.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_taruffi_eleonora_2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_previati_anna_2022-1.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_franceschi_giuliano_2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17518276_predieri-cristina.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_guidi_ortensina.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_galloni.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_tommasi_roberto.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_mattei_giovanna.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_incompatibilita_passarini_2025.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_ambrosini_cristina.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_marinosci_annarita.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_nicola_benatti.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dich2023-righetti.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/nucci_giovanni.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/vittorio-elio-manduca.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_palazzi_francesca_rpct.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/modulo-2-faiolo-monica.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-badiello-lorenza-pg-2024-498294.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conferimento_incarico_2024_poma_stefano.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_righetti_2024.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_fabbri_marilena.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_barbieri_denis.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/franceschini_dichiarazione_2024.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_bernabe_annamaria.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_annuale_2023_favero_valentina.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_nataliriccardo_2023.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/lanfranco-vicenzi-2024.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_zamboni_lorenza.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_pace_giuseppe.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_orsi_alessia_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_2022_cavicchi_renata.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_amadori_nicola_2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich_meggiato_alessandro.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_iannelli_laura_2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/maresca-23" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17515170_cintori-christian.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_andreani.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_angelini_2024.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_bissi.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_romano.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_carbone_carla.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/ulteriori-dichiarazioni/senofonte_modulo_2_2022.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_area_sangiorgi_elisa.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_lodesani_simona.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_ferrara_daniela.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_area_giovanni_bonoretti.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/santangelo_dichannuale_2022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/tassinariroberto2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/giampaolo-sarno.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione__annuale__incompatibilita_potena.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/daniela_malvolti_2024.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-govoni.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_bonoretti_2024.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_meggiato_2_aggiornamento-novembre.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_polacco.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_gelmuzzi_francesco.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_patrizia_alberti.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-aguglia-cristiana-pg-2024-496883.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_guida_monica.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_pangallo_anna_maria.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_pinghini_roberto_2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich_alberti_patrizia_2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/ulteriori-dichiarazioni/argnani_modulo_2_2022.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_mattei.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_gilli.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/mazzola_dichiarazione_2024.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_tommasini_elisa.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_incompatibilita_parrucci_2025.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_baldoni_gian_luca.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dich2023-senofonte.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/parmeggiani_davide.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/servello-dich-23" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_inc_2024_mazzoni_ruggero.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_annuale_2023_gregorio_gianni.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-borrelli-gianfranco-pg-2024-433909.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_felicori_grazia.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_malfatto_davide.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_bianchedi_roberta.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_govoni_candida_2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_bertacca_franca_2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_lai_rita_2022.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/lodesani-simona-2024.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_berti_2024.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conferimento_incarico_marzano.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_catti_luca.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_bartoli_simona.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_ferraresi_massimiliano.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_leombroni_claudio.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17513790_angelini-paola.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/giovanni-bonoretti.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_incarico_bonfiglioli_2024.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/simone_dallai_2024.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_guidi_ortensina.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_maselli_cristina.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_carbone_mariangela.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_conferimento_incarico_dirigente_rambaldi_brunella.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_casadei_claudia_2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_maselli.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_schipani_2024.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_lai_rita.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_ghisoli_roberto.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_predieri_cristina.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17517614_bartoli-simona.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione-incompatibilita-bertacca.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_almerinda_daniele_2024.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_incarico_2024_berni.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_bonfiglioli_valerio.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_catiabriccolani.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_draghetti_leonardo.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_2022_andreani_sara.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_desimone_nicola_2023.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-guida.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_bortoluzzi.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_nucci_giovanni.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_simoni_tamara_2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_tartari_daniele.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/ulteriori-dichiarazioni/barca_modulo_2_2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_annuale_ghisoli_roberto_2023.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_cinti.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_iannantuoni.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_previati_anna.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_briccolani_catia_2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/mod-2-dardifulvia.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_pace.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_meggiato_alessandro.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_bertacca_franca.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_roberto_pinghini.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_interim_2025_federica_casoni.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-figa-alessandro-pg-2024-449113.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-cavallari-irene-pg-2024-498105.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_prederi.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_aguglia_cristiana.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_todeschini_giuseppe_2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich_bonoretti_giovanni_2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dich-annuale-2023_fontana-luca.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_leombroni.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_mari_fabio.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_incompatibilita_mazzola_2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/mod-9-dichiarazione-annuale-mele-rita-maria-pg-2023-630832.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_diolaiti_2023.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_govoni_2023.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_inc_2024_tosatti_federico.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_puglioli_simonetta.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_di_dio_gianmarco.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_galiotto_sabrina.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_del_prete_federico.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_verdini_eleonora_2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_annuale_2023_rambaldi_brunella.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/prot__13-03-2024_0017065_i-allegato-ndeg-1-modulo_9_2024__mari_timbrato.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/previati-anna-2024.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_corbetta_claudia.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_galloni_paolo.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_badiello_lorenza.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_ragazzini.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_vecchi_2024.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_cascio_antonio.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17513798_vecchi-elena.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/nicola-benatti.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_argnani_2024.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_malavolti_daniela.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_pirazzoli_maurizio.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-barbieri.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_menini_claudia.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_2022_borioni_marco.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich_cisbani_luca_2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_cunto_delia.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_pinghini_2024.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_pellegrini_federica.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_lenzi_veronica.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_saponaro_alessio.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17517648_raciti-monica.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione-incompatibilita-cottafavi.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_deluigi.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_incarico_2024_gelmuzzi.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_cella_maria_teresa.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_daniele_dosualdo.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_angelelli_2023.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_daniele_almerinda.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_tabellini_piero_interim.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_2022_vecchi_elena.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/prima-dich-ippoliti-al" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_berti_elena.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-raffaelli.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_cavicchi.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_orsi_alessia.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conferimento_incarico_anno_2024_scheda_alberto.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dich_2023_sarno.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_manduca_vittorio_elio_2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/ulteriori-dichiarazioni/menini_modulo_2_2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dich2023-argnani.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_maini.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_maresca.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_scorri_stefania.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_bissi_paola.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_palazzifrancesca.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_rambaldi_brunella.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_simone_tomasatti.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dich_conf_incarico_2025_servidio_lorenzo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_aguglia_cristiana_2022.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-landi-alessandro-pg-2024-508340.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-deriu-micaela-pg-2024-451167.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_sangiorgi_area_farmaco.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_annovi_cristiano.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_interim_2025_parisi_davide.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_benatti_nicola_2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_annuale_2023_guida_monica.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dich_cevenini_barbara_2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/mod-9-dichiarazione-annuale-annovi-crsitiano-pg-2023-604914.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_lodesani_2023.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_bertozzi_gabriele.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_inc_2024_carbone_carla.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_incompatibilita-_ippoliti_2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/renzo-armuzzi.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_medici_renzo.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_gilli_adriano.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_nobili_gianguido.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_malossi_elettra_2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_falbo_luigi_2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/boncompagni-2024_def.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_dosualdo_2024.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_de_fazio_vincenzo.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_cintori_christian.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_gamberini_maria_timbrato.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_gusmani.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17513847_cascio-antonio.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_ambrosini.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_bonaccurso_2024.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_parmeggiani_davide.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_ragazzini_francesca.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_puliatti_gaetano.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_2022_cottafavi_gianni-1.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione-incompatibilita-pappacena.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-capucci.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_casagrande_2024.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_diolaiti_roberto.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_mele_maria_rita.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich_sangiorgi_elisa_2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_zambonilorenza_2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17517686_mattei-giovanna.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_cisbani.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_tugnetti_monica.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/di_dio_gianmarco.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_ferrara.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_incarico_2024_mazzini.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_donatini_andrea.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_elissa_piantini.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_morolli_christian.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_cavallari_irene_2023.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-ropa.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_santangelo_giovanni_pietro.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_govoni_candida.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich-falanga-22" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_laghi_annalisa.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_gilli_adriano_2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/ulteriori-dichiarazioni/righetti_modul_2_2022.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_simoni_tamara.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_incompatibilita_falanga_2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_tomasatti_simone_2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dich2023-gentilini.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_tugnetti.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_maselli.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_parrucci.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_stefania_albertazzi.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_cinti_nicola.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_stefano_poma.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/catia-briccolani.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_casadeiclaudia_2024.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-sparaco-stefania-pg-2024-445224.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-mele-rita-maria-pg-2024-484868.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_carullo_domenico_nicola.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_borrelli_gianfranco.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dich_conf_interim_2025_barbara_attili.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_tassinari_roberto_2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_conf_incarico_ferrarini_cristian_2023.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_tomasatti_2024.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_parisi_davide.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dich_govoni_candida_2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/bertozzi_gabriele.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_desimone_nicola.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_inc_2024_rava_riccardo.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_leombroni_claudio.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/simone-tomasatti.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/modulo-2-amendolara-giorgio.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_tabellini_piero.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_rossi_elena.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_carullo_nicola_domenico_2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_zamboni_lorenza_2022-1.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_longo.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_faiolo_monica.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_diegoli_giuseppe.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_ercoli_patrizia_2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17513927_donatini-andrea.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_laghi_annalisa_2024.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_bergamini.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_menini_2024.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_fontana_luca.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_romio_pasquale_giovanni_francesco.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich-parrucci-22" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_berti.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_magnani.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_righetti_elisa.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich-22-iannantuoni" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-diolaiti.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-brancaleoni-pg-2024-512542.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_favero_valentina.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_paparella_francesco.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_pellegrini_federica_re.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dallai_incarico_apr_timbrato.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17517712_sangiorgi-elisa.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_diegoli.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_gaeta.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_incompatibilita_servello_2025.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_interim_2025_gaeta_michele_roberto.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/lai-rita.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_antoniacci_2023.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_giuseppe_todeschini.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_marrani_federico.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_2022_gheduzzi_mariarosa.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-tommasi-roberto-pg-2024-489857.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_sonja_magnani.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_casadei_claudia.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conferimento_incarico_abagnato.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_tartari_daniele.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_tugnetti_monica_2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_annuale_2023_bartoli_donatella.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazionegaliotto.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dich2023-puliatti.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/gheduzzi-maria-rosa.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_govoni_areaspesacomune_2024.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_potena.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiazione_conf_incarico_2024_paparella_francesco.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_andreani_sara.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_lenzi_veronica_2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/eleonora-taruffi.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_inc_2024_carbone_mariangela.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_de_luigi_fabio.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_vincenzo_di_salvo.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dich_romio_mod1_2.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-tommasini-elisa-pg-2024-458165.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_berni_nicola.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_cancemi_alessandro.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_bissi.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_annuale_verdini_eleonora_2023.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_bonoretti_2024.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_ferrarini_cristian.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_marinosci.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/lodesani-simona-2024.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2026/dich_conf_incarico_interim_camprini_massimo.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_2022_borioni_marco.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_catti_luca_2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17517614_bartoli-simona.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_dardi.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_gusmani.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_area_berti_elena.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_abagnato_fabio.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_minelli_franca.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_annuale_tommasi_roberto_2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/modulo-2-morgagnicatia.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_puglioli_simonetta.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-raffaelli.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_iannelli_laura.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_priori_francesca.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2026/dich_conf_incarico_2026_govoni_candida.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich-falanga-22" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_sparaco_stefania.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dallai_incarico_apr_timbrato.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_berti_2024.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_manuelli_claudia.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_figa_alessandro.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_mattei_giovanna.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_falbo_luigi.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_armuzzi_renzo_2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/mod-9-dichiarazione-annuale-malossi-elettra-pg-2023-598529.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_parisi_2023-1.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_incarico_vannoni_2024.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-landi-alessandro-pg-2024-508340.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_mazzini_enrico.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_badiello_lorenza.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_vannoni_sara_interim.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_assenza_cause_incompatibilita_forni_milco_2022-08-10_timbrato.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazionegaliotto.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-canu-elvira-_-pg-2024-499365.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_tomasatti_2024.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_nucci_giovanni.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_incarico_2024_tomassetti_carla.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_conferimento_incarico_scorristefania_2024.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_previati_anna.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_curto_giovanna.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_tommasini_elisa_2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17513793_amadori-nicola.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/parmeggiani_davide.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/patrizia-alberti.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_incarico_2024_cella.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_marinosci_annarita.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/boncompagni-2024_def.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_delle_grottaglie_antonia.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_deriu_micaela.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_rossella_casagrande.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dich_conf_incarico_2025_lenzi_luca.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_malossi_elettra_2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_maini.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_laghi_annalisa_2024.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_cottafavi.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_tommasi_roberto.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich_annuale_2022_pappacena_andrea.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_gilli_adriano_2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17517668_berti-elena.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione-incompatibilita-de-luigi.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_incarico_2024_tabellini_piero.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_incompatibilita-_maresca_2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-capucci.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_scorri_stefania.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_ropa_federica.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_palazzi_francesca.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_servello_2026.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_2022_cottafavi_gianni-1.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_figa_alessandro_2023.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-ropa.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_gamberini.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_bartoli_simona.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_raffaelli_katia_2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_didiogianmarco_2022.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_longo.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_baldoni_gian_luca.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dich2023-bonaccurso.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_capucci_2023.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_dallai_simone.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_nucci_giovanni.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_potena_giulia.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_ricci_silvia.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-sparaco-stefania-pg-2024-445224.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_vecchi_2024.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_franceschi_giuliano.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_2022_gheduzzi_mariarosa.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_brancaleoni_caterina_2022-1.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/maresca-23" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_bonoretti_2024.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_predieri_cristina.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_ferraresi_massimiliano.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_dosualdo_daniele_2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/mod-9-dichiarazione-annuale-simoni-tamara-pg-2023-636829.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_saponaro_alessio.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_inc_2024_mazzoni_ruggero.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_barca_2024.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_pellegrini_federica.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_eleonora_taruffi.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_sormani_davide.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/modulo-2-amendolara-giorgio.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-cunto-delia-pg-2024-460146.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_bonoretti_2024.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_brancaleoni_caterina.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_angelini_paola_2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_deriu_micaela_2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_ferraresi.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_zamboni_lorenza.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_-schipani_teresa_maria_iolanda_2023.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/falanga-dich-annuale-23" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_maselli_cristina.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17513824_cisbani-luca.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_diolaiti_2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/roberto-pinghini.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_incarico_2024_lugli.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_ercoli_patrizia.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_stefano_boncompagni.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-diolaiti.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_fantini_katia.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_ragazzini_francesca.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_carullo_nicola_domenico_2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_previati_anna_2022-1.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_amadori.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_falbo.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_verdini_eleonora.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_incompatibilita_franceschini_2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_annuale_2023_bartoli_donatella.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_giovanninimarco_2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17517690_bortoluzzi-lucia.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_baldoni.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_marinosci.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_stefania_albertazzi.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_tartari_dimitri.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/curto.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_tomassetti_carla.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2026/dich_conf_incarico_2026_del_prete_federico.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich-22-iannantuoni" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich_meggiato_alessandro.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-tommasi-roberto-pg-2024-489857.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_mattei.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_cascio_antonio.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_bertacca_franca.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/ulteriori-dichiarazioni/bonaccurso_modulo2_2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dich2023-menini.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_iannantuoni.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_romano_giovanna_claudia_rosa.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dic_pirazzoli_mod1_2.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_bertozzi_gabriele.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_zecchi_alceste.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_senofonte_fabrizia.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_pinghini_roberto_2022.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-tommasini-elisa-pg-2024-458165.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_carullo_nicola_domenico.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_canu_elvira.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_landi_alessandro.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_tosatti_federico.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich_alberti_patrizia_2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_annuale_2023_gregorio_gianni.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dich-annuale-2023_gheduzzi.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/carullo_nicola_domenico.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_baldoni.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_gentilini_2024.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_galiotto_sabrina.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_annovi_cristiano_2022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/teresa-maria-iolanda-schipani.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_inc_2024_tosatti_federico.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_vannoni_sara.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_giampaolo_sarno.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_iannacci_francesco.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/modulo-2-fantini-katia.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-forni-milco-pg-2024-490163.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_armuzzi_2024.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich-servello-22" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_bertacca_franca_2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_leombroni_claudio.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_maselli.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17513890_gamberini-maria.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_ferraresi.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_incompatibilita_iannantuoni_2025.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_pirazzoli_maurizio.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_lodesani_2023.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_incarico_2024_zecchi.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_govoni_cristina.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_teresa_schipani.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_barbagallo_venerando.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_parmeggiani_davide_2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_cinti.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-favero.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_bortoluzzi.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_manuelli_claudia.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/passarini_dichiarazione.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_casadei_claudia_2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_mari_fabio_2023.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_prederi.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_cella_maria_teresa.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17517759_cavicchi-renata.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_pappacena.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_sonja_magnani.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_barca_monia.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2026/dich_conf_incarico_2026_capitani_daniele.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione-casagrande-pubblicazione-oscurato.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-badiello-lorenza-pg-2024-498294.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/mazzola_dichiarazione_2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_2022_mattei_giovanna.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_tartari_daniele.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/ulteriori-dichiarazioni/puliatti_modulo_2_2022.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_cintori_christian.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_bissi_paola.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich_bonoretti_giovanni_2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dich2023-ricci.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_didio_gianmarco.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_maresca.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_ferrarini_cristian.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_gilli_adriano.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_alberto_magnani.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_pace_giuseppe.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/elissa-piantini.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/daniela_malvolti_2024.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-annovi-cristiano-pg-2024-434110.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_barbieri_denis.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_malossi_elettra.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_todeschini_giuseppe_2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_annuale_2023_rambaldi_brunella.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_taruffi_2024.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_catti_luca.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_vecchi_elena.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_badiello_lorenza.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dich-annuale-2023_previati.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/di_dio_gianmarco.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_bertacca.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_inc_2024_carbone_carla.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_puliatti_2024.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_interim_settore_giovanni_bonoretti.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/vittorio-elio-manduca.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/malfatto_davide.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_pangallo_anna_maria.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_galloni_paolo.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_ragazzini.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/fontana-luca-2024.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_guida_monica.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_scheda_alberto.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_incompatibilita_rositano_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich_cisbani_luca_2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17513930_gubiotti-ida.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/catia-briccolani.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_cavicchi.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_galiotto.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_fiorini.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_donatini_andrea.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_vittorio_elio_manduca.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione__annuale__incompatibilita_potena.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_fabbri_marilena.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2026/dich_conf_incarico_2026_interim_lodesani_simona.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_conferimento_incarico_dirigente_guida_monica.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-gregorio.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_malfatto_davide.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_settore_2025_parisi_davide.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_manuelliclaudia_2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/tassinariroberto2023.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_saponaro.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_ragazzini.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_cinti_nicola.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/prima-dich-ippoliti-al" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_predieri_cristina.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione-incompatibilita-ambrosini.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/servello-dich-23" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_polacco.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_nicola_benatti.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_carbone_mariangela.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dich_annuale_2025_caputo.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2026/dich_conf_incarico_2026_orsi_alessia.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich-22-maresca" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_2022_cascio_antonio.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_almerinda_daniele_2024.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-catti-luca-pg-2024-452437.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/gheduzzi-maria-rosa.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_guidi_ortensina.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_mazzoni_ruggero.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_aguglia_cristiana.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_simoni_tamara.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_diegoli_giuseppe.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_aguglia_cristiana_2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_gaeta.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/ulteriori-dichiarazioni/ricci_modulo_2_2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17515170_cintori-christian.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dich2023-senofonte.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_manduca_2024.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_cintori.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_guidi_ortensina.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_galloni.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_gheduzzi_maria_rosa.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich_gubiotti_ida_2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_benatti_nicola_2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/daniele-dosualdo.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/giovanni-bonoretti.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_parrucci.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_casoni_federica.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_leombroni_claudio.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_area_giovanni_bonoretti.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_bernabe_annamaria.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_draghetti_leonardo.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2026/dich_conf_incarico_2026_vicenzi_lanfranco.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_conferimento_incarico_dirigente_rambaldi_brunella.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/modulo_incompatibilita_annuale_falbo.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/bonoretti_settore_parma_piacenza_2024_-def.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-guida.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-malossi-elettra-pg-2024-436793.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_righetti_2024.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_felicori_grazia.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_bonfiglioli_valerio.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_de_simone_nicola.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_corbetta_claudia.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_palazzi_francesca.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_parisi_davide.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2026/dich_conf_incarico_2026_poliandri_vincenza.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_2022_cintori_christian.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_annuale_2023_guida_monica.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_zambonilorenza_2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_annuale_aguglia_cristiana_2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_annuale_catti_luca_2023.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_todeschini_2024.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_tugnetti.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_bissi.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_gamberini_maria.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_falbo_luigi_2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/prima-dich-monti-al" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_gamberini_maria_timbrato.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/lai-rita.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_romano.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_inc_2024_rava_riccardo.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_incompatibilita_parrucci_2025.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_cottafavi_gianni.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_patrizia_alberti.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_gentilini_devis.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_interim_2025_federica_casoni.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_pappacena_andrea_2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione-incompatibilita-bertacca.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/parrucci-dich-23" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-angelelli.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-figa-alessandro-pg-2024-449113.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/giovannini-marco-2024.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_meggiato_2_aggiornamento-novembre.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_manghi.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_lugli_francesca.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_meggiato_alessandro.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_amendolara_giorgio.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_sparaco_stefania.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2026/dichiarazione_conf_incarico_interim_2026_antonio_cascio.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_gusmani.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/ulteriori-dichiarazioni/righetti_modul_2_2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17517379_tugnetti-monica.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_dosualdo_2024.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_cisbani.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_iannelli_laura.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_amadori_nicola.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_conferimento_incarico_dirigente_santangelo_giovanni.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_canu_elvira_2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich_sangiorgi_elisa_2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_di_salvo_vincenzo_2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/mod-9-dichiarazione-annuale-canu-elvira-pg-2023-62569.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_gilli.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_servello.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_giovannini_marco.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_interim_2025_gaeta_michele_roberto.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_longo_fabio.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_barbara_attili.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_bianchedi_roberta.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_lugli_francesca_interim.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/malvolti_daniela.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/giuseppe-todeschini.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/mod-2-dardifulvia.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/prot__13-03-2024_0017065_i-allegato-ndeg-1-modulo_9_2024__mari_timbrato.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-meggiato.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-simoni-tamara-pg-2024-436391.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_senofonte_2024.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_franceschetti_valeria.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_capucci_marcello.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_di_dio_gianmarco.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_paparella_francesco.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_neri_andrea.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_bartoli_simona_2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_potenagiulia_2023.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_casagrande_2024.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_cunto_delia.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2026/dich_conf_incarico_2026_laurenti_arianna.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_verdini_eleonora_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_2022_vecchi_elena.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_berti_patrizia_2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_laghi_annalisa.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_berti_elena.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_annuale_forni_milco_2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_annuale_ghisoli_roberto_2023.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_angelini_2024.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_borioni.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conferimento_incarico_marzano.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_inc_2024_priori_francesca.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_tartari_daniele.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_gubiotti_ida.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_incompatibilita_monti_2025.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_de_luigi_fabio.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_renzo_armuzzi.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_menini_claudia.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/santangelo_dichannuale_2022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/mod-9-dichiarazione-annuale-mele-rita-maria-pg-2023-630832.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione-incompatibilita-borioni.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_govoni_2023.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-barbieri.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-ghisoli-roberto-pg-2024-450866.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_incarico_bonfiglioli_2024.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_pace.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_malavolti_daniela.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_raffaelli_katia.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_tabellini_piero_interim.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_piantini_2024.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_annovi_cristiano.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_tassinari_roberto_2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_tomasatti_simone_2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/ulteriori-dichiarazioni/gentilini_modulo_2_2022.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_lai_rita.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiazione_conf_incarico_2024_paparella_francesco.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_rava_riccardo.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_lodesani_simona.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_maini_elisabetta.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_catiabriccolani.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/nucci_giovanni.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/nicola-benatti.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/prot__13-03-2024_0017065_i-allegato-ndeg-2-modulo_9_2024_de_simone_timbrato.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_incarico_2024_berni.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_conf_incarico_ferrarini_cristian_2023.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-aguglia-cristiana-pg-2024-496883.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_daniele_almerinda.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_de_fazio_vincenzo.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dich_conf_incarico_2025_servidio_lorenzo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_tommasi_roberto_2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_zamboni_lorenza_2022-1.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17513790_angelini-paola.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_boncompagni_2024.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_cinti.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_inc_2024_carbone_mariangela.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_testi_melania.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_incompatibilita_mazzola_2025.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_roberto_pinghini.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_bortoluzzi_lucia.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17517619_diegoli-giuseppe.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione-incompatibilita-cottafavi.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_tassinari_roberto.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-bartoli.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_rambaldi_brunella.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_nobili_gianguido.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_bianchini_stefano_2026.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_2022_de_luigi_fabio.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_ercoli_patrizia_2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_longo.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_diegoli.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_leombroni.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_area_sangiorgi_elisa.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_ambrosini_cristina.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dich2023-argnani.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_angelelli_2023.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-rambaldi.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_benedetti_stefano.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_lai_rita.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_puliatti_gaetano.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_2022_fontana_luca.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_nuccigiovanni_2022.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-lenzi-veronica-pg-2024-449416.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_donatini_2024.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_forni_milco.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_morgagni_catia.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_pellegrini_federica_re.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/iannantuoni-23" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/mod-9-dichiarazione-annuale-annovi-crsitiano-pg-2023-604914.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_parmeggiani_davide.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_argnani_2024.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_ferrara_daniela.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_briccolani_catia_2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_palazzifrancesca.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_parmeggiani_davide.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_borrelli_gianfranco.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_daniele_dosualdo.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_morolli_christian.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-cavallari-irene-pg-2024-498105.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_benatti_2024.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_pellegrini_federica.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/ulteriori-dichiarazioni/senofonte_modulo_2_2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_tugnetti_monica_2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_lenzi_veronica_2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17513798_vecchi-elena.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conferimento_incarico_2024_poma_stefano.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dich_2023_sarno.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_marzano_gabriele.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/pellegrini_federica.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/renzo-armuzzi.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/modulo-2-testi-melania.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_incarico_2024_gelmuzzi.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_diolaiti_roberto.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_faiolo_monica.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_simone_tomasatti.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dich_conf_interim_2025_barbara_attili.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_bertozzi_gabriele_2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_bissi.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-delle-grottaglie.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_tassinari_roberto_2024.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_tommasini_elisa.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_manuelli_claudia_2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_ghisoli_roberto_2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_piantini_elissa_2023.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_deluigi.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_incompatibilita-_ippoliti_2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17517686_mattei-giovanna.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione-incompatibilita-pappacena.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_laghi_annalisa.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_santangelo_giovanni_pietro.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_rossi_elena.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-santangelo.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2026/dich_conf_incarico_2026_buttieri_brunella.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_2022_ambrosini_cristina.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich_barbieri_denis.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/ulteriori-dichiarazioni/argnani_modulo_2_2022.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_gubiotti.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_maini.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_bortolami_alberto.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_bergamini_francesca.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dich2023-gentilini.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_cavallari_irene_2023.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_falanga.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_carullo_domenico_nicola.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_ragazzini_francesca.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_righetti_elisa.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_casadeiclaudia_2024.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conferimento_incarico_abagnato.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_taruffi_eleonora_2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_franceschi_giuliano_2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_annuale_2023_favero_valentina.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-tartari-daniele-pg-2024-452348.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_bertozzi_gabriele.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_ghisoli_roberto.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_saponaro_alessio.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_gaeta_michele_roberto.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_manduca_vittorio_elio_2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_lai_rita_2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/bertozzi_gabriele.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_inc_2024_bortolami_alberto.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_bonaccurso_2024.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_tabellini_piero.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_elissa_piantini.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/modulo-2-cancemi-alessandro.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_cancemi_alessandro.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_marrani_federico.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_amadori_nicola_2022.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-deriu-micaela-pg-2024-451167.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_alberti_2024.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_ambrosini.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_simoni_tamara_2022.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_incompatibilita_falanga_2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_iannelli_laura_2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_romano.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17513847_cascio-antonio.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_landi_2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/simone-tomasatti.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_ferrara.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_incarico_2024_mazzini.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_pappacena_andrea.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_berti.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_favero_valentina.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_stefano_poma.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichirazione_conf_incarico_2025_interim_capucci_marcello.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_guidi_ortensina_2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich_mele_maria_rita.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-ercoli.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_bartoli.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_mari_fabio.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_angelini_paola.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_annuale_2023_ercoli_patrizia.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_desimone_nicola_2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17517712_sangiorgi-elisa.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_maselli.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_lodovico_gherardi.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_casadei_claudia.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_argnani_stefano.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2026/dich_conf_incarico_2026_bottazzi_maurizio.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_2022_diegoli_giuseppe.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_antoniacci_2023.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dich-annuale-franceschi-sp497-pg-2024-507045.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_morgagni.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/franceschini_dichiarazione_2024.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_cavicchi_renata.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich_ropa_federica.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/ulteriori-dichiarazioni/barca_modulo_2_2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dich2023-puliatti.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_desimone_nicola.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_berti_patrizia.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/eleonora-taruffi.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_ippoliti.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_berni_nicola.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_romio_pasquale_giovanni_francesco.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_manghi_gianmaria.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dich_romio_mod1_2.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-verdini-eleonora-sp209-pg-2024-484570.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_carbone_carla.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_lenzi_veronica.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_malvolti_daniela_2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich_attili_barbara_2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_annuale_2023_raffaelli_katia.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dich-annuale-2023_fontana-luca.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_tugnetti_monica.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_galloni_paolo.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_bergamini_francesca.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dallai_simone.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_bergamini.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_inc_2024_corbetta_claudia.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_menini_2024.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_angelelli_giulia.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_giuseppe_todeschini.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_gentili_annamaria.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/vincenzo-di-salvo.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/modulo-2-faiolo-monica.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-mele-rita-maria-pg-2024-484868.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_schipani_2024.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_gregorio_gianni.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conferimento_incarico_anno_2024_scheda_alberto.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_baldoni_gianluca_2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_ferrara.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_cascio.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_incompatibilita_servello_2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17513927_donatini-andrea.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/barbara-attili.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_gaeta.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_magnani.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_vincenzo_di_salvo.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_galloni.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione-annuale-2024-govoni.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_zamboni_lorenza.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_raciti_monica.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_conferimento_incarico_dirigente_gregorio_gianni.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich_donatini_andrea_2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_cunto_delia.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_interim_2025_parisi_davide.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_cella_maria_teresa.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_borrelli_gianfranco.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/17518276_predieri-cristina.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_2024_sangiorgi_area_farmaco.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_potena.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_conf_incarico_2025_stefano_olivucci.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_borioni_marco.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_bonaccurso_marcello.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dich-parrucci-22" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_palazzi_francesca_rpct.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_gelmuzzi_francesco.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2026/dich_conf_incarico_2026_cevenini_barbara.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_2022_cavicchi_renata.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-borrelli-gianfranco-pg-2024-433909.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/previati-anna-2024.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/rositano_dichiarazione_2024.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_anno_2025_cisbani_luca.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_casadei_claudia_2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/ulteriori-dichiarazioni/menini_modulo_2_2022.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dich2023-righetti.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_ferrarini_cristian.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_monti.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_gusmani_claudia.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_antoniacci_loredana.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/giampaolo-sarno.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/simone_dallai_2024.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_polacco_eleonora.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_bartoli_donatella_2022.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/mod-9-dichiarazione-annuale-brancaleoni-pg-2024-512542.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_bartoli_donatella.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_cavallari_irene.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_mele_maria_rita.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2025/dichiarazione_annuale_2025_fontana_luca.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_cinti_nicola_2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_annuale_2023_santangelo_giovanni.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/dichiarazione_annuale_verdini_eleonora_2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-annuali-2023/guidi_ortensina.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/annuali_mag24/dichiarazione_annuale_pinghini_2024.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_2024_berti.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_conf_inc_2024_defazio_vincenzo.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazioni-2024/dichiarazione_annuale_ricci-_2024.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://trasparenza.regione.emilia-romagna.it/personale/dirigenti/comunicazioni-assenza-conflitti-di-interesse/dichiarazione_incompatibilita_passarini_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Foglio1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:P253"/>
+  <dimension ref="A1:XFD256"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A47" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="L52" sqref="L52"/>
+    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection sqref="A1:P252"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.42578125" customWidth="1"/>
     <col min="2" max="2" width="17.5703125" customWidth="1"/>
     <col min="3" max="3" width="19" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="30.42578125" customWidth="1"/>
     <col min="5" max="5" width="12.5703125" customWidth="1"/>
-    <col min="6" max="6" width="35.5703125" style="43" customWidth="1"/>
-    <col min="7" max="7" width="47" style="43" customWidth="1"/>
+    <col min="6" max="6" width="35.5703125" style="42" customWidth="1"/>
+    <col min="7" max="7" width="47" style="42" customWidth="1"/>
     <col min="8" max="8" width="16" customWidth="1"/>
     <col min="9" max="9" width="16.42578125" customWidth="1"/>
     <col min="10" max="10" width="15.42578125" customWidth="1"/>
     <col min="11" max="11" width="33.85546875" customWidth="1"/>
     <col min="12" max="12" width="35.5703125" customWidth="1"/>
     <col min="13" max="13" width="35.140625" customWidth="1"/>
     <col min="14" max="14" width="37.5703125" customWidth="1"/>
     <col min="15" max="15" width="30.5703125" customWidth="1"/>
     <col min="16" max="16" width="35" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="126" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="127"/>
       <c r="C1" s="127"/>
       <c r="D1" s="127"/>
       <c r="E1" s="127"/>
       <c r="F1" s="127"/>
       <c r="G1" s="127"/>
       <c r="H1" s="127"/>
       <c r="I1" s="127"/>
       <c r="J1" s="127"/>
       <c r="K1" s="127"/>
       <c r="L1" s="127"/>
       <c r="M1" s="127"/>
       <c r="N1" s="127"/>
       <c r="O1" s="127"/>
       <c r="P1" s="128"/>
     </row>
     <row r="2" spans="1:16" ht="75.599999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="129" t="s">
-        <v>1163</v>
+        <v>1115</v>
       </c>
       <c r="B2" s="130"/>
       <c r="C2" s="130"/>
       <c r="D2" s="130"/>
       <c r="E2" s="130"/>
       <c r="F2" s="130"/>
       <c r="G2" s="130"/>
       <c r="H2" s="130"/>
       <c r="I2" s="130"/>
       <c r="J2" s="130"/>
       <c r="K2" s="130"/>
       <c r="L2" s="130"/>
       <c r="M2" s="130"/>
       <c r="N2" s="130"/>
       <c r="O2" s="130"/>
       <c r="P2" s="131"/>
     </row>
     <row r="3" spans="1:16" ht="75.599999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="72" t="s">
+      <c r="A3" s="70" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="72" t="s">
+      <c r="B3" s="70" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="72" t="s">
+      <c r="C3" s="70" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="73" t="s">
+      <c r="D3" s="71" t="s">
         <v>4</v>
       </c>
-      <c r="E3" s="73" t="s">
+      <c r="E3" s="71" t="s">
         <v>5</v>
       </c>
-      <c r="F3" s="73" t="s">
+      <c r="F3" s="71" t="s">
         <v>6</v>
       </c>
-      <c r="G3" s="73" t="s">
+      <c r="G3" s="71" t="s">
         <v>7</v>
       </c>
-      <c r="H3" s="73" t="s">
+      <c r="H3" s="71" t="s">
         <v>8</v>
       </c>
-      <c r="I3" s="73" t="s">
+      <c r="I3" s="71" t="s">
         <v>9</v>
       </c>
-      <c r="J3" s="73" t="s">
+      <c r="J3" s="71" t="s">
         <v>10</v>
       </c>
-      <c r="K3" s="73" t="s">
+      <c r="K3" s="71" t="s">
         <v>11</v>
       </c>
       <c r="L3" s="132" t="s">
         <v>12</v>
       </c>
       <c r="M3" s="133"/>
       <c r="N3" s="133"/>
       <c r="O3" s="133"/>
       <c r="P3" s="134"/>
     </row>
     <row r="4" spans="1:16" ht="51" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="87"/>
-[...10 lines deleted...]
-      <c r="L4" s="93" t="s">
+      <c r="A4" s="84"/>
+      <c r="B4" s="85"/>
+      <c r="C4" s="85"/>
+      <c r="D4" s="86"/>
+      <c r="E4" s="86"/>
+      <c r="F4" s="86"/>
+      <c r="G4" s="86"/>
+      <c r="H4" s="86"/>
+      <c r="I4" s="86"/>
+      <c r="J4" s="87"/>
+      <c r="K4" s="88"/>
+      <c r="L4" s="89" t="s">
         <v>13</v>
       </c>
-      <c r="M4" s="93" t="s">
+      <c r="M4" s="89" t="s">
         <v>14</v>
       </c>
-      <c r="N4" s="93" t="s">
+      <c r="N4" s="89" t="s">
         <v>15</v>
       </c>
-      <c r="O4" s="93" t="s">
+      <c r="O4" s="89" t="s">
         <v>16</v>
       </c>
-      <c r="P4" s="93" t="s">
-        <v>225</v>
+      <c r="P4" s="89" t="s">
+        <v>224</v>
       </c>
     </row>
     <row r="5" spans="1:16" ht="70.349999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="39" t="s">
+      <c r="A5" s="38" t="s">
         <v>19</v>
       </c>
-      <c r="B5" s="33" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="33" t="s">
+      <c r="B5" s="32" t="s">
+        <v>349</v>
+      </c>
+      <c r="C5" s="32" t="s">
         <v>91</v>
       </c>
-      <c r="D5" s="33" t="s">
-[...2 lines deleted...]
-      <c r="E5" s="33" t="s">
+      <c r="D5" s="32" t="s">
+        <v>619</v>
+      </c>
+      <c r="E5" s="32" t="s">
         <v>21</v>
       </c>
-      <c r="F5" s="53" t="s">
-[...5 lines deleted...]
-      <c r="H5" s="34" t="s">
+      <c r="F5" s="52" t="s">
+        <v>705</v>
+      </c>
+      <c r="G5" s="32" t="s">
+        <v>273</v>
+      </c>
+      <c r="H5" s="33" t="s">
         <v>23</v>
       </c>
-      <c r="I5" s="47">
+      <c r="I5" s="46">
         <v>45413</v>
       </c>
-      <c r="J5" s="17">
+      <c r="J5" s="16">
         <v>46022</v>
       </c>
-      <c r="K5" s="106" t="s">
-[...8 lines deleted...]
-      <c r="P5" s="91"/>
+      <c r="K5" s="102" t="s">
+        <v>924</v>
+      </c>
+      <c r="L5" s="102" t="s">
+        <v>1226</v>
+      </c>
+      <c r="M5" s="63"/>
+      <c r="N5" s="63"/>
+      <c r="O5" s="63"/>
+      <c r="P5" s="67"/>
     </row>
     <row r="6" spans="1:16" ht="94.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="39" t="s">
+      <c r="A6" s="38" t="s">
         <v>19</v>
       </c>
-      <c r="B6" s="33" t="s">
+      <c r="B6" s="32" t="s">
         <v>17</v>
       </c>
-      <c r="C6" s="33" t="s">
+      <c r="C6" s="32" t="s">
         <v>18</v>
       </c>
-      <c r="D6" s="33" t="s">
-[...2 lines deleted...]
-      <c r="E6" s="33" t="s">
+      <c r="D6" s="32" t="s">
+        <v>620</v>
+      </c>
+      <c r="E6" s="32" t="s">
         <v>21</v>
       </c>
-      <c r="F6" s="53" t="s">
-[...2 lines deleted...]
-      <c r="G6" s="33" t="s">
+      <c r="F6" s="52" t="s">
+        <v>1118</v>
+      </c>
+      <c r="G6" s="32" t="s">
         <v>40</v>
       </c>
-      <c r="H6" s="34" t="s">
+      <c r="H6" s="33" t="s">
         <v>23</v>
       </c>
-      <c r="I6" s="47">
+      <c r="I6" s="46">
         <v>44774</v>
       </c>
-      <c r="J6" s="17">
-[...15 lines deleted...]
-      <c r="P6" s="91"/>
+      <c r="J6" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K6" s="102" t="s">
+        <v>327</v>
+      </c>
+      <c r="L6" s="102" t="s">
+        <v>617</v>
+      </c>
+      <c r="M6" s="102" t="s">
+        <v>827</v>
+      </c>
+      <c r="N6" s="102" t="s">
+        <v>1117</v>
+      </c>
+      <c r="O6" s="63"/>
+      <c r="P6" s="67"/>
     </row>
     <row r="7" spans="1:16" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="39" t="s">
+      <c r="A7" s="38" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="33" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="33" t="s">
+      <c r="B7" s="32" t="s">
+        <v>556</v>
+      </c>
+      <c r="C7" s="32" t="s">
         <v>148</v>
       </c>
-      <c r="D7" s="33" t="s">
-[...2 lines deleted...]
-      <c r="E7" s="33" t="s">
+      <c r="D7" s="32" t="s">
+        <v>619</v>
+      </c>
+      <c r="E7" s="32" t="s">
         <v>21</v>
       </c>
-      <c r="F7" s="53" t="s">
-[...2 lines deleted...]
-      <c r="G7" s="47" t="s">
+      <c r="F7" s="52" t="s">
+        <v>1051</v>
+      </c>
+      <c r="G7" s="46" t="s">
         <v>40</v>
       </c>
-      <c r="H7" s="34" t="s">
+      <c r="H7" s="33" t="s">
         <v>23</v>
       </c>
-      <c r="I7" s="47">
+      <c r="I7" s="46">
         <v>45748</v>
       </c>
-      <c r="J7" s="17">
-[...9 lines deleted...]
-      <c r="P7" s="91"/>
+      <c r="J7" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K7" s="102" t="s">
+        <v>1050</v>
+      </c>
+      <c r="L7" s="102"/>
+      <c r="M7" s="102"/>
+      <c r="N7" s="63"/>
+      <c r="O7" s="63"/>
+      <c r="P7" s="67"/>
     </row>
     <row r="8" spans="1:16" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="39" t="s">
+      <c r="A8" s="38" t="s">
         <v>19</v>
       </c>
-      <c r="B8" s="33" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="33" t="s">
+      <c r="B8" s="32" t="s">
+        <v>435</v>
+      </c>
+      <c r="C8" s="32" t="s">
         <v>50</v>
       </c>
       <c r="D8" s="10" t="s">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="E8" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="E8" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F8" s="53" t="s">
-[...5 lines deleted...]
-      <c r="H8" s="34" t="s">
+      <c r="F8" s="52" t="s">
+        <v>436</v>
+      </c>
+      <c r="G8" s="65" t="s">
+        <v>434</v>
+      </c>
+      <c r="H8" s="33" t="s">
         <v>23</v>
       </c>
-      <c r="I8" s="47">
+      <c r="I8" s="46">
         <v>44927</v>
       </c>
-      <c r="J8" s="35">
+      <c r="J8" s="34">
         <v>46022</v>
       </c>
-      <c r="K8" s="106" t="s">
-[...12 lines deleted...]
-      <c r="P8" s="91"/>
+      <c r="K8" s="102" t="s">
+        <v>437</v>
+      </c>
+      <c r="L8" s="103" t="s">
+        <v>695</v>
+      </c>
+      <c r="M8" s="102" t="s">
+        <v>848</v>
+      </c>
+      <c r="N8" s="102" t="s">
+        <v>1283</v>
+      </c>
+      <c r="O8" s="63"/>
+      <c r="P8" s="67"/>
     </row>
     <row r="9" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B9" s="15" t="s">
-[...3 lines deleted...]
-        <v>353</v>
+      <c r="B9" s="14" t="s">
+        <v>341</v>
+      </c>
+      <c r="C9" s="14" t="s">
+        <v>342</v>
       </c>
       <c r="D9" s="10" t="s">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="E9" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="E9" s="14" t="s">
         <v>21</v>
       </c>
       <c r="F9" s="10" t="s">
-        <v>355</v>
+        <v>344</v>
       </c>
       <c r="G9" s="10" t="s">
-        <v>354</v>
+        <v>343</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I9" s="17">
+      <c r="I9" s="16">
         <v>44757</v>
       </c>
-      <c r="J9" s="18">
-[...12 lines deleted...]
-        <v>1226</v>
+      <c r="J9" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K9" s="103" t="s">
+        <v>345</v>
+      </c>
+      <c r="L9" s="103" t="s">
+        <v>623</v>
+      </c>
+      <c r="M9" s="103" t="s">
+        <v>861</v>
+      </c>
+      <c r="N9" s="103" t="s">
+        <v>1178</v>
       </c>
       <c r="O9" s="6"/>
-      <c r="P9" s="69"/>
+      <c r="P9" s="67"/>
     </row>
     <row r="10" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B10" s="15" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="15" t="s">
+      <c r="B10" s="14" t="s">
+        <v>199</v>
+      </c>
+      <c r="C10" s="14" t="s">
         <v>116</v>
       </c>
-      <c r="D10" s="15" t="s">
-[...2 lines deleted...]
-      <c r="E10" s="15" t="s">
+      <c r="D10" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="E10" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F10" s="52" t="s">
-[...3 lines deleted...]
-        <v>279</v>
+      <c r="F10" s="51" t="s">
+        <v>707</v>
+      </c>
+      <c r="G10" s="51" t="s">
+        <v>273</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I10" s="17">
+      <c r="I10" s="16">
         <v>44652</v>
       </c>
-      <c r="J10" s="18">
+      <c r="J10" s="17">
         <v>46022</v>
       </c>
-      <c r="K10" s="107" t="s">
-[...9 lines deleted...]
-        <v>1284</v>
+      <c r="K10" s="103" t="s">
+        <v>276</v>
+      </c>
+      <c r="L10" s="103" t="s">
+        <v>706</v>
+      </c>
+      <c r="M10" s="103" t="s">
+        <v>895</v>
+      </c>
+      <c r="N10" s="103" t="s">
+        <v>1227</v>
       </c>
       <c r="O10" s="6"/>
-      <c r="P10" s="69"/>
+      <c r="P10" s="67"/>
     </row>
     <row r="11" spans="1:16" ht="71.849999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B11" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E11" s="15" t="s">
+      <c r="B11" s="14" t="s">
+        <v>323</v>
+      </c>
+      <c r="C11" s="14" t="s">
+        <v>324</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E11" s="14" t="s">
         <v>21</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>1103</v>
-[...1 lines deleted...]
-      <c r="G11" s="15" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G11" s="14" t="s">
         <v>40</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I11" s="17">
+      <c r="I11" s="16">
         <v>45383</v>
       </c>
-      <c r="J11" s="17">
-[...6 lines deleted...]
-        <v>1167</v>
+      <c r="J11" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K11" s="103" t="s">
+        <v>778</v>
+      </c>
+      <c r="L11" s="103" t="s">
+        <v>1119</v>
       </c>
       <c r="M11" s="6"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
-      <c r="P11" s="69"/>
+      <c r="P11" s="67"/>
     </row>
     <row r="12" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B12" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E12" s="15" t="s">
+      <c r="B12" s="14" t="s">
+        <v>730</v>
+      </c>
+      <c r="C12" s="14" t="s">
+        <v>157</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E12" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F12" s="2" t="s">
-[...3 lines deleted...]
-        <v>43</v>
+      <c r="F12" s="10" t="s">
+        <v>732</v>
+      </c>
+      <c r="G12" s="51" t="s">
+        <v>26</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I12" s="17">
-[...2 lines deleted...]
-      <c r="J12" s="18">
+      <c r="I12" s="16">
+        <v>45200</v>
+      </c>
+      <c r="J12" s="17">
         <v>46022</v>
       </c>
-      <c r="K12" s="107" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="K12" s="103" t="s">
+        <v>731</v>
+      </c>
+      <c r="L12" s="103" t="s">
+        <v>790</v>
+      </c>
+      <c r="M12" s="103" t="s">
+        <v>1082</v>
+      </c>
+      <c r="N12" s="6"/>
       <c r="O12" s="6"/>
-      <c r="P12" s="69"/>
+      <c r="P12" s="67"/>
     </row>
     <row r="13" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B13" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E13" s="15" t="s">
+      <c r="B13" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="C13" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E13" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F13" s="10" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="F13" s="2" t="s">
+        <v>621</v>
+      </c>
+      <c r="G13" s="10" t="s">
+        <v>43</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I13" s="17">
-[...14 lines deleted...]
-      <c r="N13" s="6"/>
+      <c r="I13" s="16">
+        <v>44774</v>
+      </c>
+      <c r="J13" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K13" s="108" t="s">
+        <v>337</v>
+      </c>
+      <c r="L13" s="103" t="s">
+        <v>622</v>
+      </c>
+      <c r="M13" s="103" t="s">
+        <v>877</v>
+      </c>
+      <c r="N13" s="103" t="s">
+        <v>1214</v>
+      </c>
       <c r="O13" s="6"/>
-      <c r="P13" s="69"/>
+      <c r="P13" s="67"/>
     </row>
-    <row r="14" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:16" ht="72.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B14" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E14" s="15" t="s">
+      <c r="B14" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="E14" s="14" t="s">
         <v>21</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>642</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>244</v>
+      </c>
+      <c r="G14" s="14" t="s">
+        <v>40</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I14" s="17">
-[...15 lines deleted...]
-        <v>1270</v>
+      <c r="I14" s="16">
+        <v>44652</v>
+      </c>
+      <c r="J14" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K14" s="103" t="s">
+        <v>243</v>
+      </c>
+      <c r="L14" s="105" t="s">
+        <v>658</v>
+      </c>
+      <c r="M14" s="105" t="s">
+        <v>823</v>
+      </c>
+      <c r="N14" s="103" t="s">
+        <v>1120</v>
       </c>
       <c r="O14" s="6"/>
-      <c r="P14" s="69"/>
+      <c r="P14" s="67"/>
     </row>
     <row r="15" spans="1:16" ht="72.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>27</v>
+        <v>739</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-      <c r="E15" s="15" t="s">
+        <v>740</v>
+      </c>
+      <c r="D15" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E15" s="14" t="s">
         <v>21</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>1066</v>
+      </c>
+      <c r="G15" s="14" t="s">
+        <v>741</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I15" s="17">
-[...2 lines deleted...]
-      <c r="J15" s="18">
+      <c r="I15" s="16">
+        <v>45231</v>
+      </c>
+      <c r="J15" s="17">
         <v>46022</v>
       </c>
-      <c r="K15" s="107" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="K15" s="103" t="s">
+        <v>738</v>
+      </c>
+      <c r="L15" s="105" t="s">
+        <v>1271</v>
+      </c>
+      <c r="M15" s="36"/>
+      <c r="N15" s="6"/>
       <c r="O15" s="6"/>
-      <c r="P15" s="69"/>
+      <c r="P15" s="67"/>
     </row>
-    <row r="16" spans="1:16" ht="72.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B16" s="2" t="s">
-[...8 lines deleted...]
-      <c r="E16" s="15" t="s">
+      <c r="B16" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="C16" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="D16" s="10" t="s">
+        <v>232</v>
+      </c>
+      <c r="E16" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="F16" s="2" t="s">
-[...5 lines deleted...]
-      <c r="H16" s="2" t="s">
+      <c r="F16" s="10" t="s">
+        <v>571</v>
+      </c>
+      <c r="G16" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="H16" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="I16" s="17">
-[...14 lines deleted...]
-      <c r="P16" s="69"/>
+      <c r="I16" s="48">
+        <v>44652</v>
+      </c>
+      <c r="J16" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K16" s="104" t="s">
+        <v>32</v>
+      </c>
+      <c r="L16" s="106" t="s">
+        <v>647</v>
+      </c>
+      <c r="M16" s="106" t="s">
+        <v>994</v>
+      </c>
+      <c r="N16" s="104" t="s">
+        <v>1294</v>
+      </c>
+      <c r="O16" s="4"/>
+      <c r="P16" s="67"/>
     </row>
     <row r="17" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="1" t="s">
+      <c r="A17" s="38" t="s">
         <v>19</v>
       </c>
-      <c r="B17" s="10" t="s">
-[...3 lines deleted...]
-        <v>30</v>
+      <c r="B17" s="52" t="s">
+        <v>33</v>
+      </c>
+      <c r="C17" s="52" t="s">
+        <v>34</v>
       </c>
       <c r="D17" s="10" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>21</v>
       </c>
       <c r="F17" s="10" t="s">
-        <v>589</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>231</v>
+      </c>
+      <c r="G17" s="52" t="s">
+        <v>35</v>
       </c>
       <c r="H17" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="I17" s="49">
+      <c r="I17" s="62">
         <v>44652</v>
       </c>
-      <c r="J17" s="18">
+      <c r="J17" s="17">
         <v>46022</v>
       </c>
-      <c r="K17" s="108" t="s">
-[...9 lines deleted...]
-        <v>1351</v>
+      <c r="K17" s="102" t="s">
+        <v>233</v>
+      </c>
+      <c r="L17" s="106" t="s">
+        <v>696</v>
+      </c>
+      <c r="M17" s="104" t="s">
+        <v>849</v>
+      </c>
+      <c r="N17" s="104" t="s">
+        <v>1284</v>
       </c>
       <c r="O17" s="4"/>
-      <c r="P17" s="69"/>
+      <c r="P17" s="67"/>
     </row>
     <row r="18" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="39" t="s">
+      <c r="A18" s="38" t="s">
         <v>19</v>
       </c>
-      <c r="B18" s="53" t="s">
-[...3 lines deleted...]
-        <v>34</v>
+      <c r="B18" s="52" t="s">
+        <v>317</v>
+      </c>
+      <c r="C18" s="52" t="s">
+        <v>79</v>
       </c>
       <c r="D18" s="10" t="s">
-        <v>235</v>
+        <v>242</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="F18" s="10" t="s">
-[...3 lines deleted...]
-        <v>35</v>
+      <c r="F18" s="52" t="s">
+        <v>1345</v>
+      </c>
+      <c r="G18" s="14" t="s">
+        <v>434</v>
       </c>
       <c r="H18" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="I18" s="64">
-[...2 lines deleted...]
-      <c r="J18" s="18">
+      <c r="I18" s="62">
+        <v>45931</v>
+      </c>
+      <c r="J18" s="17">
         <v>46022</v>
       </c>
-      <c r="K18" s="106" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="K18" s="102" t="s">
+        <v>1344</v>
+      </c>
+      <c r="L18" s="106"/>
+      <c r="M18" s="104"/>
+      <c r="N18" s="104"/>
       <c r="O18" s="4"/>
-      <c r="P18" s="69"/>
+      <c r="P18" s="67"/>
     </row>
     <row r="19" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="39" t="s">
+      <c r="A19" s="38" t="s">
         <v>19</v>
       </c>
-      <c r="B19" s="53" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="53" t="s">
+      <c r="B19" s="52" t="s">
+        <v>317</v>
+      </c>
+      <c r="C19" s="52" t="s">
         <v>79</v>
       </c>
       <c r="D19" s="10" t="s">
-        <v>246</v>
-[...1 lines deleted...]
-      <c r="E19" s="10" t="s">
+        <v>236</v>
+      </c>
+      <c r="E19" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F19" s="53" t="s">
-[...5 lines deleted...]
-      <c r="H19" s="10" t="s">
+      <c r="F19" s="52" t="s">
+        <v>438</v>
+      </c>
+      <c r="G19" s="14" t="s">
+        <v>434</v>
+      </c>
+      <c r="H19" s="33" t="s">
         <v>23</v>
       </c>
-      <c r="I19" s="64">
-[...2 lines deleted...]
-      <c r="J19" s="18">
+      <c r="I19" s="46">
+        <v>44927</v>
+      </c>
+      <c r="J19" s="17">
         <v>46022</v>
       </c>
-      <c r="K19" s="106" t="s">
-[...4 lines deleted...]
-      <c r="N19" s="108"/>
+      <c r="K19" s="102" t="s">
+        <v>439</v>
+      </c>
+      <c r="L19" s="106" t="s">
+        <v>681</v>
+      </c>
+      <c r="M19" s="104" t="s">
+        <v>1273</v>
+      </c>
+      <c r="N19" s="2"/>
       <c r="O19" s="4"/>
-      <c r="P19" s="69"/>
+      <c r="P19" s="67"/>
     </row>
     <row r="20" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="39" t="s">
+      <c r="A20" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B20" s="53" t="s">
-[...8 lines deleted...]
-      <c r="E20" s="15" t="s">
+      <c r="B20" s="14" t="s">
+        <v>38</v>
+      </c>
+      <c r="C20" s="14" t="s">
+        <v>39</v>
+      </c>
+      <c r="D20" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E20" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F20" s="53" t="s">
-[...5 lines deleted...]
-      <c r="H20" s="34" t="s">
+      <c r="F20" s="14" t="s">
+        <v>476</v>
+      </c>
+      <c r="G20" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="H20" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I20" s="47">
-[...16 lines deleted...]
-      <c r="P20" s="69"/>
+      <c r="I20" s="17">
+        <v>44958</v>
+      </c>
+      <c r="J20" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K20" s="103" t="s">
+        <v>477</v>
+      </c>
+      <c r="L20" s="103" t="s">
+        <v>812</v>
+      </c>
+      <c r="M20" s="103" t="s">
+        <v>1121</v>
+      </c>
+      <c r="N20" s="6"/>
+      <c r="O20" s="6"/>
+      <c r="P20" s="6"/>
     </row>
-    <row r="21" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:16" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B21" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E21" s="15" t="s">
+      <c r="B21" s="27" t="s">
+        <v>197</v>
+      </c>
+      <c r="C21" s="27" t="s">
+        <v>198</v>
+      </c>
+      <c r="D21" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E21" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="F21" s="15" t="s">
-[...3 lines deleted...]
-        <v>40</v>
+      <c r="F21" s="51" t="s">
+        <v>1269</v>
+      </c>
+      <c r="G21" s="14" t="s">
+        <v>46</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I21" s="18">
+      <c r="I21" s="17">
         <v>44958</v>
       </c>
-      <c r="J21" s="18">
+      <c r="J21" s="16">
         <v>46022</v>
       </c>
-      <c r="K21" s="107" t="s">
-[...8 lines deleted...]
-      <c r="N21" s="6"/>
+      <c r="K21" s="103" t="s">
+        <v>348</v>
+      </c>
+      <c r="L21" s="103" t="s">
+        <v>719</v>
+      </c>
+      <c r="M21" s="103" t="s">
+        <v>896</v>
+      </c>
+      <c r="N21" s="103" t="s">
+        <v>1228</v>
+      </c>
       <c r="O21" s="6"/>
-      <c r="P21" s="6"/>
+      <c r="P21" s="67"/>
     </row>
     <row r="22" spans="1:16" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B22" s="28" t="s">
-[...8 lines deleted...]
-      <c r="E22" s="28" t="s">
+      <c r="B22" s="27" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C22" s="27" t="s">
+        <v>30</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E22" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="F22" s="52" t="s">
-[...3 lines deleted...]
-        <v>46</v>
+      <c r="F22" s="51" t="s">
+        <v>1059</v>
+      </c>
+      <c r="G22" s="10" t="s">
+        <v>43</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I22" s="18">
-[...2 lines deleted...]
-      <c r="J22" s="17">
+      <c r="I22" s="17">
+        <v>45778</v>
+      </c>
+      <c r="J22" s="98">
         <v>46022</v>
       </c>
-      <c r="K22" s="107" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="K22" s="103" t="s">
+        <v>1064</v>
+      </c>
+      <c r="L22" s="103"/>
+      <c r="M22" s="103"/>
+      <c r="N22" s="6"/>
       <c r="O22" s="6"/>
-      <c r="P22" s="69"/>
+      <c r="P22" s="67"/>
     </row>
     <row r="23" spans="1:16" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B23" s="28" t="s">
-[...8 lines deleted...]
-      <c r="E23" s="28" t="s">
+      <c r="B23" s="27" t="s">
+        <v>1348</v>
+      </c>
+      <c r="C23" s="27" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D23" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E23" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="F23" s="52" t="s">
-        <v>1097</v>
+      <c r="F23" s="51" t="s">
+        <v>1350</v>
       </c>
       <c r="G23" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I23" s="18">
-[...9 lines deleted...]
-      <c r="M23" s="107"/>
+      <c r="I23" s="17">
+        <v>45992</v>
+      </c>
+      <c r="J23" s="98">
+        <v>46081</v>
+      </c>
+      <c r="K23" s="103" t="s">
+        <v>1351</v>
+      </c>
+      <c r="L23" s="103"/>
+      <c r="M23" s="103"/>
       <c r="N23" s="6"/>
       <c r="O23" s="6"/>
-      <c r="P23" s="69"/>
+      <c r="P23" s="67"/>
     </row>
     <row r="24" spans="1:16" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="48" t="s">
+      <c r="A24" s="47" t="s">
         <v>19</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="C24" s="15" t="s">
-[...5 lines deleted...]
-      <c r="E24" s="15" t="s">
+      <c r="C24" s="14" t="s">
+        <v>397</v>
+      </c>
+      <c r="D24" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E24" s="14" t="s">
         <v>21</v>
       </c>
       <c r="F24" s="10" t="s">
-        <v>412</v>
-[...1 lines deleted...]
-      <c r="G24" s="15" t="s">
+        <v>398</v>
+      </c>
+      <c r="G24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I24" s="18">
+      <c r="I24" s="17">
         <v>44927</v>
       </c>
-      <c r="J24" s="18">
+      <c r="J24" s="17">
         <v>46022</v>
       </c>
-      <c r="K24" s="107" t="s">
-[...6 lines deleted...]
-        <v>1124</v>
+      <c r="K24" s="103" t="s">
+        <v>399</v>
+      </c>
+      <c r="L24" s="103" t="s">
+        <v>791</v>
+      </c>
+      <c r="M24" s="103" t="s">
+        <v>1083</v>
       </c>
       <c r="N24" s="6"/>
       <c r="O24" s="6"/>
-      <c r="P24" s="69"/>
+      <c r="P24" s="67"/>
     </row>
     <row r="25" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="48" t="s">
+      <c r="A25" s="47" t="s">
         <v>19</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>594</v>
+        <v>576</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>595</v>
+        <v>577</v>
       </c>
       <c r="D25" s="10" t="s">
-        <v>235</v>
-[...1 lines deleted...]
-      <c r="E25" s="50" t="s">
+        <v>232</v>
+      </c>
+      <c r="E25" s="49" t="s">
         <v>21</v>
       </c>
       <c r="F25" s="10" t="s">
-        <v>596</v>
+        <v>578</v>
       </c>
       <c r="G25" s="10" t="s">
         <v>31</v>
       </c>
       <c r="H25" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="I25" s="51">
+      <c r="I25" s="50">
         <v>44927</v>
       </c>
-      <c r="J25" s="18">
-[...9 lines deleted...]
-        <v>1352</v>
+      <c r="J25" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K25" s="103" t="s">
+        <v>579</v>
+      </c>
+      <c r="L25" s="103" t="s">
+        <v>995</v>
+      </c>
+      <c r="M25" s="104" t="s">
+        <v>1295</v>
       </c>
       <c r="N25" s="5"/>
-      <c r="O25" s="20"/>
-      <c r="P25" s="69"/>
+      <c r="O25" s="19"/>
+      <c r="P25" s="67"/>
     </row>
     <row r="26" spans="1:16" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B26" s="19" t="s">
+      <c r="B26" s="18" t="s">
+        <v>216</v>
+      </c>
+      <c r="C26" s="18" t="s">
         <v>217</v>
       </c>
-      <c r="C26" s="19" t="s">
+      <c r="D26" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E26" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="F26" s="14" t="s">
         <v>218</v>
       </c>
-      <c r="D26" s="15" t="s">
-[...8 lines deleted...]
-      <c r="G26" s="15" t="s">
+      <c r="G26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I26" s="2" t="s">
-        <v>822</v>
-[...1 lines deleted...]
-      <c r="J26" s="17">
+        <v>792</v>
+      </c>
+      <c r="J26" s="16">
         <v>45961</v>
       </c>
-      <c r="K26" s="107" t="s">
-[...12 lines deleted...]
-      <c r="P26" s="69"/>
+      <c r="K26" s="103" t="s">
+        <v>319</v>
+      </c>
+      <c r="L26" s="104" t="s">
+        <v>498</v>
+      </c>
+      <c r="M26" s="104" t="s">
+        <v>793</v>
+      </c>
+      <c r="N26" s="104" t="s">
+        <v>1084</v>
+      </c>
+      <c r="O26" s="19"/>
+      <c r="P26" s="67"/>
     </row>
     <row r="27" spans="1:16" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B27" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E27" s="33" t="s">
+      <c r="B27" s="18" t="s">
+        <v>216</v>
+      </c>
+      <c r="C27" s="18" t="s">
+        <v>507</v>
+      </c>
+      <c r="D27" s="32" t="s">
+        <v>236</v>
+      </c>
+      <c r="E27" s="32" t="s">
         <v>21</v>
       </c>
-      <c r="F27" s="15" t="s">
-[...3 lines deleted...]
-        <v>527</v>
+      <c r="F27" s="14" t="s">
+        <v>508</v>
+      </c>
+      <c r="G27" s="14" t="s">
+        <v>509</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I27" s="2" t="s">
-        <v>528</v>
-[...17 lines deleted...]
-      <c r="P27" s="69"/>
+        <v>510</v>
+      </c>
+      <c r="J27" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K27" s="103" t="s">
+        <v>511</v>
+      </c>
+      <c r="L27" s="104" t="s">
+        <v>632</v>
+      </c>
+      <c r="M27" s="104" t="s">
+        <v>793</v>
+      </c>
+      <c r="N27" s="104" t="s">
+        <v>1084</v>
+      </c>
+      <c r="O27" s="19"/>
+      <c r="P27" s="67"/>
     </row>
     <row r="28" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B28" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E28" s="33" t="s">
+      <c r="B28" s="18" t="s">
+        <v>447</v>
+      </c>
+      <c r="C28" s="18" t="s">
+        <v>342</v>
+      </c>
+      <c r="D28" s="32" t="s">
+        <v>236</v>
+      </c>
+      <c r="E28" s="32" t="s">
         <v>21</v>
       </c>
-      <c r="F28" s="15" t="s">
-[...2 lines deleted...]
-      <c r="G28" s="15" t="s">
+      <c r="F28" s="14" t="s">
+        <v>448</v>
+      </c>
+      <c r="G28" s="14" t="s">
         <v>35</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I28" s="2" t="s">
-        <v>464</v>
-[...1 lines deleted...]
-      <c r="J28" s="17">
+        <v>449</v>
+      </c>
+      <c r="J28" s="16">
         <v>46022</v>
       </c>
-      <c r="K28" s="107" t="s">
-[...12 lines deleted...]
-      <c r="P28" s="69"/>
+      <c r="K28" s="103" t="s">
+        <v>450</v>
+      </c>
+      <c r="L28" s="110" t="s">
+        <v>694</v>
+      </c>
+      <c r="M28" s="104" t="s">
+        <v>846</v>
+      </c>
+      <c r="N28" s="104" t="s">
+        <v>1282</v>
+      </c>
+      <c r="O28" s="19"/>
+      <c r="P28" s="67"/>
     </row>
     <row r="29" spans="1:16" ht="67.349999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B29" s="19" t="s">
+      <c r="B29" s="18" t="s">
         <v>44</v>
       </c>
-      <c r="C29" s="19" t="s">
+      <c r="C29" s="18" t="s">
         <v>45</v>
       </c>
-      <c r="D29" s="33" t="s">
-[...2 lines deleted...]
-      <c r="E29" s="33" t="s">
+      <c r="D29" s="32" t="s">
+        <v>232</v>
+      </c>
+      <c r="E29" s="32" t="s">
         <v>36</v>
       </c>
-      <c r="F29" s="52" t="s">
-[...3 lines deleted...]
-        <v>279</v>
+      <c r="F29" s="51" t="s">
+        <v>474</v>
+      </c>
+      <c r="G29" s="51" t="s">
+        <v>273</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I29" s="17">
+      <c r="I29" s="16">
         <v>44958</v>
       </c>
-      <c r="J29" s="29">
+      <c r="J29" s="28">
         <v>46022</v>
       </c>
-      <c r="K29" s="108" t="s">
-[...6 lines deleted...]
-        <v>1286</v>
+      <c r="K29" s="104" t="s">
+        <v>475</v>
+      </c>
+      <c r="L29" s="103" t="s">
+        <v>897</v>
+      </c>
+      <c r="M29" s="104" t="s">
+        <v>1229</v>
       </c>
       <c r="N29" s="8"/>
       <c r="O29" s="6"/>
-      <c r="P29" s="69"/>
+      <c r="P29" s="67"/>
     </row>
-    <row r="30" spans="1:16" s="43" customFormat="1" ht="95.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:16" s="42" customFormat="1" ht="95.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B30" s="19" t="s">
+      <c r="B30" s="18" t="s">
         <v>47</v>
       </c>
-      <c r="C30" s="19" t="s">
+      <c r="C30" s="18" t="s">
         <v>48</v>
       </c>
-      <c r="D30" s="19" t="s">
-[...2 lines deleted...]
-      <c r="E30" s="15" t="s">
+      <c r="D30" s="18" t="s">
+        <v>236</v>
+      </c>
+      <c r="E30" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F30" s="15" t="s">
-[...5 lines deleted...]
-      <c r="H30" s="19" t="s">
+      <c r="F30" s="14" t="s">
+        <v>1218</v>
+      </c>
+      <c r="G30" s="41" t="s">
+        <v>31</v>
+      </c>
+      <c r="H30" s="18" t="s">
         <v>37</v>
       </c>
-      <c r="I30" s="30">
+      <c r="I30" s="29">
         <v>45778</v>
       </c>
-      <c r="J30" s="29">
-[...8 lines deleted...]
-      <c r="O30" s="108"/>
+      <c r="J30" s="28">
+        <v>46173</v>
+      </c>
+      <c r="K30" s="108" t="s">
+        <v>1293</v>
+      </c>
+      <c r="L30" s="104"/>
+      <c r="M30" s="104"/>
+      <c r="N30" s="104"/>
+      <c r="O30" s="104"/>
+      <c r="P30" s="68"/>
     </row>
-    <row r="31" spans="1:16" s="43" customFormat="1" ht="95.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:16" s="42" customFormat="1" ht="95.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B31" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E31" s="33" t="s">
+      <c r="B31" s="18" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C31" s="18" t="s">
+        <v>342</v>
+      </c>
+      <c r="D31" s="32" t="s">
+        <v>236</v>
+      </c>
+      <c r="E31" s="32" t="s">
         <v>21</v>
       </c>
-      <c r="F31" s="15" t="s">
-[...2 lines deleted...]
-      <c r="G31" s="61" t="s">
+      <c r="F31" s="14" t="s">
+        <v>1008</v>
+      </c>
+      <c r="G31" s="59" t="s">
         <v>22</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I31" s="30">
+      <c r="I31" s="29">
         <v>45657</v>
       </c>
-      <c r="J31" s="29">
-[...11 lines deleted...]
-      <c r="P31" s="70"/>
+      <c r="J31" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K31" s="103" t="s">
+        <v>1009</v>
+      </c>
+      <c r="L31" s="104" t="s">
+        <v>1071</v>
+      </c>
+      <c r="M31" s="104"/>
+      <c r="N31" s="104"/>
+      <c r="O31" s="104"/>
+      <c r="P31" s="68"/>
     </row>
-    <row r="32" spans="1:16" s="43" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:16" s="42" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B32" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E32" s="15" t="s">
+      <c r="B32" s="18" t="s">
+        <v>346</v>
+      </c>
+      <c r="C32" s="18" t="s">
+        <v>212</v>
+      </c>
+      <c r="D32" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E32" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F32" s="15" t="s">
-[...3 lines deleted...]
-        <v>279</v>
+      <c r="F32" s="14" t="s">
+        <v>709</v>
+      </c>
+      <c r="G32" s="41" t="s">
+        <v>273</v>
       </c>
       <c r="H32" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I32" s="29">
+      <c r="I32" s="28">
         <v>44774</v>
       </c>
-      <c r="J32" s="30">
+      <c r="J32" s="29">
         <v>46142</v>
       </c>
-      <c r="K32" s="107" t="s">
-[...9 lines deleted...]
-        <v>1287</v>
+      <c r="K32" s="103" t="s">
+        <v>347</v>
+      </c>
+      <c r="L32" s="104" t="s">
+        <v>708</v>
+      </c>
+      <c r="M32" s="104" t="s">
+        <v>898</v>
+      </c>
+      <c r="N32" s="104" t="s">
+        <v>1230</v>
       </c>
       <c r="O32" s="6"/>
-      <c r="P32" s="70"/>
+      <c r="P32" s="68"/>
     </row>
-    <row r="33" spans="1:16" s="43" customFormat="1" ht="74.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:16" s="42" customFormat="1" ht="74.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B33" s="19" t="s">
+      <c r="B33" s="18" t="s">
         <v>49</v>
       </c>
-      <c r="C33" s="19" t="s">
-[...5 lines deleted...]
-      <c r="E33" s="28" t="s">
+      <c r="C33" s="18" t="s">
+        <v>165</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E33" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="F33" s="15" t="s">
-[...2 lines deleted...]
-      <c r="G33" s="33" t="s">
+      <c r="F33" s="14" t="s">
+        <v>484</v>
+      </c>
+      <c r="G33" s="32" t="s">
         <v>139</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I33" s="29">
+      <c r="I33" s="28">
         <v>44927</v>
       </c>
-      <c r="J33" s="17">
+      <c r="J33" s="16">
         <v>46022</v>
       </c>
-      <c r="K33" s="108" t="s">
-[...9 lines deleted...]
-        <v>1228</v>
+      <c r="K33" s="104" t="s">
+        <v>485</v>
+      </c>
+      <c r="L33" s="104" t="s">
+        <v>635</v>
+      </c>
+      <c r="M33" s="104" t="s">
+        <v>878</v>
+      </c>
+      <c r="N33" s="104" t="s">
+        <v>1179</v>
       </c>
       <c r="O33" s="6"/>
-      <c r="P33" s="70"/>
+      <c r="P33" s="68"/>
     </row>
-    <row r="34" spans="1:16" s="43" customFormat="1" ht="92.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:16" s="42" customFormat="1" ht="92.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B34" s="19" t="s">
+      <c r="B34" s="18" t="s">
         <v>49</v>
       </c>
-      <c r="C34" s="19" t="s">
+      <c r="C34" s="18" t="s">
         <v>50</v>
       </c>
-      <c r="D34" s="15" t="s">
-[...2 lines deleted...]
-      <c r="E34" s="15" t="s">
+      <c r="D34" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E34" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F34" s="15" t="s">
+      <c r="F34" s="14" t="s">
         <v>51</v>
       </c>
-      <c r="G34" s="42" t="s">
-[...2 lines deleted...]
-      <c r="H34" s="31" t="s">
+      <c r="G34" s="41" t="s">
+        <v>273</v>
+      </c>
+      <c r="H34" s="30" t="s">
         <v>23</v>
       </c>
-      <c r="I34" s="17">
+      <c r="I34" s="16">
         <v>44958</v>
       </c>
-      <c r="J34" s="17">
+      <c r="J34" s="16">
         <v>46022</v>
       </c>
-      <c r="K34" s="107" t="s">
-[...9 lines deleted...]
-        <v>1228</v>
+      <c r="K34" s="103" t="s">
+        <v>357</v>
+      </c>
+      <c r="L34" s="104" t="s">
+        <v>720</v>
+      </c>
+      <c r="M34" s="104" t="s">
+        <v>878</v>
+      </c>
+      <c r="N34" s="104" t="s">
+        <v>1179</v>
       </c>
       <c r="O34" s="6"/>
-      <c r="P34" s="70"/>
+      <c r="P34" s="68"/>
     </row>
-    <row r="35" spans="1:16" s="43" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:16" s="42" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B35" s="66" t="s">
-[...2 lines deleted...]
-      <c r="C35" s="66" t="s">
+      <c r="B35" s="64" t="s">
+        <v>207</v>
+      </c>
+      <c r="C35" s="64" t="s">
         <v>20</v>
       </c>
-      <c r="D35" s="28" t="s">
-[...2 lines deleted...]
-      <c r="E35" s="28" t="s">
+      <c r="D35" s="27" t="s">
+        <v>236</v>
+      </c>
+      <c r="E35" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="F35" s="52" t="s">
-[...2 lines deleted...]
-      <c r="G35" s="61" t="s">
+      <c r="F35" s="51" t="s">
+        <v>252</v>
+      </c>
+      <c r="G35" s="59" t="s">
         <v>22</v>
       </c>
-      <c r="H35" s="31" t="s">
+      <c r="H35" s="30" t="s">
         <v>23</v>
       </c>
-      <c r="I35" s="29">
+      <c r="I35" s="28">
         <v>44652</v>
       </c>
       <c r="J35" s="17">
-        <v>46022</v>
-[...11 lines deleted...]
-        <v>1111</v>
+        <v>46081</v>
+      </c>
+      <c r="K35" s="103" t="s">
+        <v>253</v>
+      </c>
+      <c r="L35" s="104" t="s">
+        <v>660</v>
+      </c>
+      <c r="M35" s="104" t="s">
+        <v>884</v>
+      </c>
+      <c r="N35" s="104" t="s">
+        <v>1070</v>
       </c>
       <c r="O35" s="6"/>
-      <c r="P35" s="70"/>
+      <c r="P35" s="68"/>
     </row>
     <row r="36" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B36" s="28" t="s">
+      <c r="B36" s="27" t="s">
         <v>52</v>
       </c>
-      <c r="C36" s="28" t="s">
+      <c r="C36" s="27" t="s">
         <v>53</v>
       </c>
-      <c r="D36" s="15" t="s">
-[...2 lines deleted...]
-      <c r="E36" s="15" t="s">
+      <c r="D36" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="E36" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F36" s="15" t="s">
-[...5 lines deleted...]
-      <c r="H36" s="28" t="s">
+      <c r="F36" s="14" t="s">
+        <v>572</v>
+      </c>
+      <c r="G36" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="H36" s="27" t="s">
         <v>37</v>
       </c>
-      <c r="I36" s="29">
+      <c r="I36" s="28">
         <v>45778</v>
       </c>
-      <c r="J36" s="17">
-[...2 lines deleted...]
-      <c r="K36" s="112" t="s">
+      <c r="J36" s="16" t="s">
+        <v>1373</v>
+      </c>
+      <c r="K36" s="108" t="s">
         <v>54</v>
       </c>
-      <c r="L36" s="107"/>
-[...2 lines deleted...]
-      <c r="O36" s="107"/>
+      <c r="L36" s="103"/>
+      <c r="M36" s="103"/>
+      <c r="N36" s="103"/>
+      <c r="O36" s="103"/>
+      <c r="P36" s="67"/>
     </row>
     <row r="37" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>19</v>
-[...10 lines deleted...]
-      <c r="E37" s="33" t="s">
+        <v>86</v>
+      </c>
+      <c r="B37" s="14" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C37" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="D37" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="E37" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F37" s="94" t="s">
-[...3 lines deleted...]
-        <v>279</v>
+      <c r="F37" s="14" t="s">
+        <v>1356</v>
+      </c>
+      <c r="G37" s="14" t="s">
+        <v>282</v>
       </c>
       <c r="H37" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="I37" s="27">
-[...16 lines deleted...]
-      <c r="P37" s="69"/>
+      <c r="I37" s="28">
+        <v>46023</v>
+      </c>
+      <c r="J37" s="16">
+        <v>47514</v>
+      </c>
+      <c r="K37" s="103" t="s">
+        <v>1370</v>
+      </c>
+      <c r="L37" s="32"/>
+      <c r="M37" s="103"/>
+      <c r="N37" s="103"/>
+      <c r="O37" s="103"/>
+      <c r="P37" s="67"/>
     </row>
     <row r="38" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B38" s="10" t="s">
-[...8 lines deleted...]
-      <c r="E38" s="10" t="s">
+      <c r="B38" s="52" t="s">
+        <v>55</v>
+      </c>
+      <c r="C38" s="52" t="s">
+        <v>25</v>
+      </c>
+      <c r="D38" s="32" t="s">
+        <v>232</v>
+      </c>
+      <c r="E38" s="32" t="s">
         <v>21</v>
       </c>
-      <c r="F38" s="10" t="s">
-[...3 lines deleted...]
-        <v>31</v>
+      <c r="F38" s="90" t="s">
+        <v>1268</v>
+      </c>
+      <c r="G38" s="59" t="s">
+        <v>273</v>
       </c>
       <c r="H38" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="I38" s="36">
-[...2 lines deleted...]
-      <c r="J38" s="18">
+      <c r="I38" s="26">
+        <v>44986</v>
+      </c>
+      <c r="J38" s="16">
         <v>46022</v>
       </c>
-      <c r="K38" s="107" t="s">
-[...12 lines deleted...]
-      <c r="P38" s="69"/>
+      <c r="K38" s="103" t="s">
+        <v>517</v>
+      </c>
+      <c r="L38" s="103" t="s">
+        <v>899</v>
+      </c>
+      <c r="M38" s="103" t="s">
+        <v>1231</v>
+      </c>
+      <c r="N38" s="6"/>
+      <c r="O38" s="7"/>
+      <c r="P38" s="67"/>
     </row>
     <row r="39" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="120" t="s">
+      <c r="A39" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B39" s="121" t="s">
-[...8 lines deleted...]
-      <c r="E39" s="122" t="s">
+      <c r="B39" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C39" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="D39" s="10" t="s">
+        <v>232</v>
+      </c>
+      <c r="E39" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="F39" s="26" t="s">
-[...5 lines deleted...]
-      <c r="H39" s="2" t="s">
+      <c r="F39" s="10" t="s">
+        <v>573</v>
+      </c>
+      <c r="G39" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="H39" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="I39" s="102">
-[...16 lines deleted...]
-      <c r="P39" s="69"/>
+      <c r="I39" s="35">
+        <v>44652</v>
+      </c>
+      <c r="J39" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K39" s="103" t="s">
+        <v>58</v>
+      </c>
+      <c r="L39" s="105" t="s">
+        <v>648</v>
+      </c>
+      <c r="M39" s="105" t="s">
+        <v>996</v>
+      </c>
+      <c r="N39" s="103" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O39" s="13"/>
+      <c r="P39" s="67"/>
     </row>
     <row r="40" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="48" t="s">
+      <c r="A40" s="116" t="s">
         <v>19</v>
       </c>
-      <c r="B40" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E40" s="15" t="s">
+      <c r="B40" s="117" t="s">
+        <v>59</v>
+      </c>
+      <c r="C40" s="117" t="s">
+        <v>30</v>
+      </c>
+      <c r="D40" s="118" t="s">
+        <v>232</v>
+      </c>
+      <c r="E40" s="118" t="s">
         <v>21</v>
       </c>
-      <c r="F40" s="10" t="s">
-[...3 lines deleted...]
-        <v>979</v>
+      <c r="F40" s="25" t="s">
+        <v>234</v>
+      </c>
+      <c r="G40" s="14" t="s">
+        <v>35</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I40" s="27">
-[...2 lines deleted...]
-      <c r="J40" s="18">
+      <c r="I40" s="98">
+        <v>45383</v>
+      </c>
+      <c r="J40" s="29">
         <v>46022</v>
       </c>
-      <c r="K40" s="107" t="s">
-[...5 lines deleted...]
-      <c r="M40" s="8"/>
+      <c r="K40" s="115" t="s">
+        <v>776</v>
+      </c>
+      <c r="L40" s="115" t="s">
+        <v>855</v>
+      </c>
+      <c r="M40" s="104" t="s">
+        <v>1288</v>
+      </c>
       <c r="N40" s="4"/>
       <c r="O40" s="6"/>
-      <c r="P40" s="69"/>
+      <c r="P40" s="67"/>
     </row>
     <row r="41" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="46" t="s">
+      <c r="A41" s="47" t="s">
         <v>19</v>
       </c>
-      <c r="B41" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E41" s="15" t="s">
+      <c r="B41" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="C41" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="D41" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E41" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F41" s="15" t="s">
-[...3 lines deleted...]
-        <v>35</v>
+      <c r="F41" s="10" t="s">
+        <v>990</v>
+      </c>
+      <c r="G41" s="14" t="s">
+        <v>943</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I41" s="58">
-[...2 lines deleted...]
-      <c r="J41" s="18">
+      <c r="I41" s="26">
+        <v>45627</v>
+      </c>
+      <c r="J41" s="17">
         <v>46022</v>
       </c>
-      <c r="K41" s="107" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="K41" s="103" t="s">
+        <v>745</v>
+      </c>
+      <c r="L41" s="103" t="s">
+        <v>1085</v>
+      </c>
+      <c r="M41" s="8"/>
       <c r="N41" s="4"/>
       <c r="O41" s="6"/>
-      <c r="P41" s="69"/>
+      <c r="P41" s="67"/>
     </row>
     <row r="42" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="46" t="s">
+      <c r="A42" s="45" t="s">
         <v>19</v>
       </c>
-      <c r="B42" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E42" s="15" t="s">
+      <c r="B42" s="18" t="s">
+        <v>440</v>
+      </c>
+      <c r="C42" s="18" t="s">
+        <v>305</v>
+      </c>
+      <c r="D42" s="32" t="s">
+        <v>242</v>
+      </c>
+      <c r="E42" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F42" s="53" t="s">
-[...5 lines deleted...]
-      <c r="H42" s="34" t="s">
+      <c r="F42" s="14" t="s">
+        <v>772</v>
+      </c>
+      <c r="G42" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H42" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I42" s="47">
+      <c r="I42" s="57">
+        <v>45352</v>
+      </c>
+      <c r="J42" s="17">
+        <v>46022</v>
+      </c>
+      <c r="K42" s="103" t="s">
+        <v>771</v>
+      </c>
+      <c r="L42" s="103" t="s">
+        <v>847</v>
+      </c>
+      <c r="M42" s="104" t="s">
+        <v>1281</v>
+      </c>
+      <c r="N42" s="4"/>
+      <c r="O42" s="6"/>
+      <c r="P42" s="67"/>
+    </row>
+    <row r="43" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="45" t="s">
+        <v>19</v>
+      </c>
+      <c r="B43" s="18" t="s">
+        <v>440</v>
+      </c>
+      <c r="C43" s="18" t="s">
+        <v>305</v>
+      </c>
+      <c r="D43" s="10" t="s">
+        <v>236</v>
+      </c>
+      <c r="E43" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="F43" s="52" t="s">
+        <v>240</v>
+      </c>
+      <c r="G43" s="14" t="s">
+        <v>434</v>
+      </c>
+      <c r="H43" s="33" t="s">
+        <v>23</v>
+      </c>
+      <c r="I43" s="46">
         <v>44927</v>
-      </c>
-[...44 lines deleted...]
-        <v>44652</v>
       </c>
       <c r="J43" s="17">
         <v>46022</v>
       </c>
-      <c r="K43" s="107" t="s">
-[...12 lines deleted...]
-      <c r="P43" s="69"/>
+      <c r="K43" s="103" t="s">
+        <v>441</v>
+      </c>
+      <c r="L43" s="103" t="s">
+        <v>691</v>
+      </c>
+      <c r="M43" s="103" t="s">
+        <v>847</v>
+      </c>
+      <c r="N43" s="104" t="s">
+        <v>1272</v>
+      </c>
+      <c r="O43" s="6"/>
+      <c r="P43" s="67"/>
     </row>
     <row r="44" spans="1:16" ht="74.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B44" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E44" s="15" t="s">
+      <c r="B44" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="C44" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="D44" s="32" t="s">
+        <v>232</v>
+      </c>
+      <c r="E44" s="32" t="s">
         <v>21</v>
       </c>
-      <c r="F44" s="15" t="s">
-[...3 lines deleted...]
-        <v>40</v>
+      <c r="F44" s="51" t="s">
+        <v>711</v>
+      </c>
+      <c r="G44" s="51" t="s">
+        <v>273</v>
       </c>
       <c r="H44" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I44" s="35">
-[...2 lines deleted...]
-      <c r="J44" s="18">
+      <c r="I44" s="34">
+        <v>44652</v>
+      </c>
+      <c r="J44" s="16">
         <v>46022</v>
       </c>
-      <c r="K44" s="107" t="s">
-[...8 lines deleted...]
-      <c r="N44" s="4"/>
+      <c r="K44" s="103" t="s">
+        <v>274</v>
+      </c>
+      <c r="L44" s="103" t="s">
+        <v>710</v>
+      </c>
+      <c r="M44" s="104" t="s">
+        <v>900</v>
+      </c>
+      <c r="N44" s="104" t="s">
+        <v>1232</v>
+      </c>
       <c r="O44" s="7"/>
-      <c r="P44" s="69"/>
+      <c r="P44" s="67"/>
     </row>
     <row r="45" spans="1:16" ht="74.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B45" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E45" s="15" t="s">
+      <c r="B45" s="18" t="s">
+        <v>410</v>
+      </c>
+      <c r="C45" s="18" t="s">
+        <v>411</v>
+      </c>
+      <c r="D45" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E45" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F45" s="15" t="s">
-[...3 lines deleted...]
-        <v>43</v>
+      <c r="F45" s="14" t="s">
+        <v>1122</v>
+      </c>
+      <c r="G45" s="14" t="s">
+        <v>40</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I45" s="35">
-[...11 lines deleted...]
-      <c r="M45" s="8"/>
+      <c r="I45" s="34">
+        <v>44927</v>
+      </c>
+      <c r="J45" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K45" s="103" t="s">
+        <v>412</v>
+      </c>
+      <c r="L45" s="103" t="s">
+        <v>813</v>
+      </c>
+      <c r="M45" s="104" t="s">
+        <v>1123</v>
+      </c>
       <c r="N45" s="4"/>
       <c r="O45" s="7"/>
-      <c r="P45" s="69"/>
+      <c r="P45" s="67"/>
     </row>
     <row r="46" spans="1:16" ht="74.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B46" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E46" s="15" t="s">
+      <c r="B46" s="18" t="s">
+        <v>953</v>
+      </c>
+      <c r="C46" s="18" t="s">
+        <v>124</v>
+      </c>
+      <c r="D46" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E46" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F46" s="100" t="s">
-        <v>507</v>
+      <c r="F46" s="14" t="s">
+        <v>955</v>
       </c>
       <c r="G46" s="10" t="s">
         <v>43</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I46" s="35">
-        <v>44927</v>
+      <c r="I46" s="34">
+        <v>45567</v>
       </c>
       <c r="J46" s="17">
-        <v>46022</v>
-[...9 lines deleted...]
-      </c>
+        <v>46081</v>
+      </c>
+      <c r="K46" s="103" t="s">
+        <v>954</v>
+      </c>
+      <c r="L46" s="103" t="s">
+        <v>1181</v>
+      </c>
+      <c r="M46" s="8"/>
       <c r="N46" s="4"/>
       <c r="O46" s="7"/>
-      <c r="P46" s="69"/>
+      <c r="P46" s="67"/>
     </row>
-    <row r="47" spans="1:16" ht="97.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:16" ht="74.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B47" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E47" s="15" t="s">
+      <c r="B47" s="18" t="s">
+        <v>486</v>
+      </c>
+      <c r="C47" s="18" t="s">
+        <v>487</v>
+      </c>
+      <c r="D47" s="10" t="s">
+        <v>236</v>
+      </c>
+      <c r="E47" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F47" s="10" t="s">
-[...3 lines deleted...]
-        <v>40</v>
+      <c r="F47" s="96" t="s">
+        <v>489</v>
+      </c>
+      <c r="G47" s="10" t="s">
+        <v>43</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I47" s="17">
+      <c r="I47" s="34">
         <v>44927</v>
       </c>
-      <c r="J47" s="18">
-[...13 lines deleted...]
-      <c r="P47" s="6"/>
+      <c r="J47" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K47" s="103" t="s">
+        <v>488</v>
+      </c>
+      <c r="L47" s="103" t="s">
+        <v>637</v>
+      </c>
+      <c r="M47" s="104" t="s">
+        <v>862</v>
+      </c>
+      <c r="N47" s="4"/>
+      <c r="O47" s="7"/>
+      <c r="P47" s="67"/>
     </row>
-    <row r="48" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:16" ht="84.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B48" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E48" s="15" t="s">
+      <c r="B48" s="18" t="s">
+        <v>1377</v>
+      </c>
+      <c r="C48" s="18" t="s">
+        <v>154</v>
+      </c>
+      <c r="D48" s="10" t="s">
+        <v>236</v>
+      </c>
+      <c r="E48" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F48" s="10" t="s">
-[...3 lines deleted...]
-        <v>35</v>
+      <c r="F48" s="96" t="s">
+        <v>1379</v>
+      </c>
+      <c r="G48" s="14" t="s">
+        <v>22</v>
       </c>
       <c r="H48" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I48" s="17">
-[...16 lines deleted...]
-      <c r="P48" s="69"/>
+      <c r="I48" s="34">
+        <v>46082</v>
+      </c>
+      <c r="J48" s="34">
+        <v>46752</v>
+      </c>
+      <c r="K48" s="103" t="s">
+        <v>1378</v>
+      </c>
+      <c r="L48" s="103"/>
+      <c r="M48" s="104"/>
+      <c r="N48" s="4"/>
+      <c r="O48" s="7"/>
+      <c r="P48" s="67"/>
     </row>
-    <row r="49" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:16" ht="97.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B49" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E49" s="15" t="s">
+      <c r="B49" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="C49" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="D49" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="E49" s="14" t="s">
         <v>21</v>
       </c>
       <c r="F49" s="10" t="s">
-        <v>1043</v>
-[...2 lines deleted...]
-        <v>1275</v>
+        <v>1124</v>
+      </c>
+      <c r="G49" s="14" t="s">
+        <v>40</v>
       </c>
       <c r="H49" s="2" t="s">
-        <v>37</v>
-[...11 lines deleted...]
-      <c r="M49" s="8"/>
+        <v>23</v>
+      </c>
+      <c r="I49" s="16">
+        <v>44927</v>
+      </c>
+      <c r="J49" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K49" s="104" t="s">
+        <v>430</v>
+      </c>
+      <c r="L49" s="104" t="s">
+        <v>824</v>
+      </c>
+      <c r="M49" s="104" t="s">
+        <v>1125</v>
+      </c>
       <c r="N49" s="8"/>
-      <c r="O49" s="22"/>
-      <c r="P49" s="69"/>
+      <c r="O49" s="6"/>
+      <c r="P49" s="6"/>
     </row>
-    <row r="50" spans="1:16" ht="91.35" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B50" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E50" s="15" t="s">
+      <c r="B50" s="14" t="s">
+        <v>66</v>
+      </c>
+      <c r="C50" s="14" t="s">
+        <v>67</v>
+      </c>
+      <c r="D50" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="E50" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F50" s="15" t="s">
-[...3 lines deleted...]
-        <v>40</v>
+      <c r="F50" s="10" t="s">
+        <v>683</v>
+      </c>
+      <c r="G50" s="40" t="s">
+        <v>35</v>
       </c>
       <c r="H50" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I50" s="18">
-        <v>45383</v>
+      <c r="I50" s="16">
+        <v>44652</v>
       </c>
       <c r="J50" s="17">
         <v>46022</v>
       </c>
-      <c r="K50" s="108" t="s">
-[...8 lines deleted...]
-      <c r="P50" s="69"/>
+      <c r="K50" s="103" t="s">
+        <v>237</v>
+      </c>
+      <c r="L50" s="106" t="s">
+        <v>682</v>
+      </c>
+      <c r="M50" s="104" t="s">
+        <v>1274</v>
+      </c>
+      <c r="N50" s="8"/>
+      <c r="O50" s="21"/>
+      <c r="P50" s="67"/>
     </row>
-    <row r="51" spans="1:16" ht="72" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B51" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E51" s="15" t="s">
+      <c r="B51" s="14" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C51" s="14" t="s">
+        <v>162</v>
+      </c>
+      <c r="D51" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="E51" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F51" s="67" t="s">
-[...3 lines deleted...]
-        <v>40</v>
+      <c r="F51" s="10" t="s">
+        <v>1372</v>
+      </c>
+      <c r="G51" s="14" t="s">
+        <v>31</v>
       </c>
       <c r="H51" s="2" t="s">
-        <v>23</v>
-[...20 lines deleted...]
-      <c r="P51" s="69"/>
+        <v>37</v>
+      </c>
+      <c r="I51" s="16">
+        <v>46023</v>
+      </c>
+      <c r="J51" s="16" t="s">
+        <v>1373</v>
+      </c>
+      <c r="K51" s="108" t="s">
+        <v>1004</v>
+      </c>
+      <c r="L51" s="125"/>
+      <c r="M51" s="8"/>
+      <c r="N51" s="8"/>
+      <c r="O51" s="21"/>
+      <c r="P51" s="67"/>
     </row>
-    <row r="52" spans="1:16" ht="72" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B52" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E52" s="15" t="s">
+      <c r="B52" s="14" t="s">
+        <v>1367</v>
+      </c>
+      <c r="C52" s="14" t="s">
+        <v>181</v>
+      </c>
+      <c r="D52" s="32" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E52" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F52" s="15" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="F52" s="14" t="s">
+        <v>1174</v>
+      </c>
+      <c r="G52" s="14" t="s">
+        <v>1369</v>
       </c>
       <c r="H52" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I52" s="29">
-[...12 lines deleted...]
-      <c r="P52" s="69"/>
+      <c r="I52" s="16">
+        <v>46055</v>
+      </c>
+      <c r="J52" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K52" s="103" t="s">
+        <v>1368</v>
+      </c>
+      <c r="L52" s="67"/>
+      <c r="M52" s="124"/>
+      <c r="N52" s="124"/>
+      <c r="O52" s="21"/>
+      <c r="P52" s="67"/>
     </row>
-    <row r="53" spans="1:16" ht="72" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:16" ht="91.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B53" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E53" s="15" t="s">
+      <c r="B53" s="18" t="s">
+        <v>779</v>
+      </c>
+      <c r="C53" s="18" t="s">
+        <v>87</v>
+      </c>
+      <c r="D53" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E53" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F53" s="15" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="F53" s="14" t="s">
+        <v>781</v>
+      </c>
+      <c r="G53" s="14" t="s">
+        <v>40</v>
       </c>
       <c r="H53" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I53" s="29">
-[...16 lines deleted...]
-      <c r="P53" s="69"/>
+      <c r="I53" s="17">
+        <v>45383</v>
+      </c>
+      <c r="J53" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K53" s="104" t="s">
+        <v>780</v>
+      </c>
+      <c r="L53" s="106" t="s">
+        <v>1126</v>
+      </c>
+      <c r="M53" s="79"/>
+      <c r="N53" s="79"/>
+      <c r="O53" s="21"/>
+      <c r="P53" s="67"/>
     </row>
     <row r="54" spans="1:16" ht="72" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>86</v>
-[...17 lines deleted...]
-        <v>1393</v>
+        <v>19</v>
+      </c>
+      <c r="B54" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="C54" s="18" t="s">
+        <v>468</v>
+      </c>
+      <c r="D54" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E54" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="F54" s="14" t="s">
+        <v>328</v>
+      </c>
+      <c r="G54" s="14" t="s">
+        <v>40</v>
       </c>
       <c r="H54" s="2" t="s">
-        <v>37</v>
-[...12 lines deleted...]
-      <c r="N54" s="37"/>
+        <v>23</v>
+      </c>
+      <c r="I54" s="17">
+        <v>44805</v>
+      </c>
+      <c r="J54" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K54" s="103" t="s">
+        <v>469</v>
+      </c>
+      <c r="L54" s="105" t="s">
+        <v>655</v>
+      </c>
+      <c r="M54" s="105" t="s">
+        <v>828</v>
+      </c>
+      <c r="N54" s="105" t="s">
+        <v>1127</v>
+      </c>
       <c r="O54" s="6"/>
-      <c r="P54" s="69"/>
+      <c r="P54" s="67"/>
     </row>
     <row r="55" spans="1:16" ht="72" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B55" s="15" t="s">
-[...15 lines deleted...]
-        <v>40</v>
+      <c r="B55" s="18" t="s">
+        <v>1380</v>
+      </c>
+      <c r="C55" s="18" t="s">
+        <v>98</v>
+      </c>
+      <c r="D55" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="E55" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="F55" s="14" t="s">
+        <v>271</v>
+      </c>
+      <c r="G55" s="14" t="s">
+        <v>943</v>
       </c>
       <c r="H55" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I55" s="29">
-[...12 lines deleted...]
-      <c r="N55" s="37"/>
+      <c r="I55" s="17">
+        <v>46082</v>
+      </c>
+      <c r="J55" s="16">
+        <v>47483</v>
+      </c>
+      <c r="K55" s="103" t="s">
+        <v>1381</v>
+      </c>
+      <c r="L55" s="105"/>
+      <c r="M55" s="105"/>
+      <c r="N55" s="105"/>
       <c r="O55" s="6"/>
-      <c r="P55" s="69"/>
+      <c r="P55" s="67"/>
     </row>
     <row r="56" spans="1:16" ht="72" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B56" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E56" s="15" t="s">
+      <c r="B56" s="14" t="s">
+        <v>71</v>
+      </c>
+      <c r="C56" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D56" s="14" t="s">
+        <v>242</v>
+      </c>
+      <c r="E56" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F56" s="15" t="s">
-[...3 lines deleted...]
-        <v>31</v>
+      <c r="F56" s="14" t="s">
+        <v>271</v>
+      </c>
+      <c r="G56" s="14" t="s">
+        <v>26</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I56" s="29">
-[...12 lines deleted...]
-      <c r="N56" s="37"/>
+      <c r="I56" s="28">
+        <v>45992</v>
+      </c>
+      <c r="J56" s="17">
+        <v>46022</v>
+      </c>
+      <c r="K56" s="103" t="s">
+        <v>1347</v>
+      </c>
+      <c r="L56" s="105"/>
+      <c r="M56" s="105"/>
+      <c r="N56" s="105"/>
       <c r="O56" s="6"/>
-      <c r="P56" s="69"/>
+      <c r="P56" s="67"/>
     </row>
-    <row r="57" spans="1:16" ht="73.349999999999994" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:16" ht="72" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B57" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E57" s="15" t="s">
+      <c r="B57" s="14" t="s">
+        <v>71</v>
+      </c>
+      <c r="C57" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D57" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E57" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F57" s="15" t="s">
-[...3 lines deleted...]
-        <v>132</v>
+      <c r="F57" s="14" t="s">
+        <v>733</v>
+      </c>
+      <c r="G57" s="14" t="s">
+        <v>26</v>
       </c>
       <c r="H57" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I57" s="63">
-[...2 lines deleted...]
-      <c r="J57" s="18">
+      <c r="I57" s="28">
+        <v>45200</v>
+      </c>
+      <c r="J57" s="17">
         <v>46022</v>
       </c>
-      <c r="K57" s="107" t="s">
-[...12 lines deleted...]
-      <c r="P57" s="69"/>
+      <c r="K57" s="103" t="s">
+        <v>499</v>
+      </c>
+      <c r="L57" s="105" t="s">
+        <v>794</v>
+      </c>
+      <c r="M57" s="105" t="s">
+        <v>1086</v>
+      </c>
+      <c r="N57" s="36"/>
+      <c r="O57" s="6"/>
+      <c r="P57" s="67"/>
     </row>
-    <row r="58" spans="1:16" ht="73.349999999999994" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:16" ht="72" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>19</v>
-[...41 lines deleted...]
-      <c r="P58" s="69"/>
+        <v>86</v>
+      </c>
+      <c r="B58" s="14" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C58" s="14" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D58" s="14" t="s">
+        <v>1332</v>
+      </c>
+      <c r="E58" s="14" t="s">
+        <v>1333</v>
+      </c>
+      <c r="F58" s="14" t="s">
+        <v>1334</v>
+      </c>
+      <c r="G58" s="14" t="s">
+        <v>1335</v>
+      </c>
+      <c r="H58" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="I58" s="28">
+        <v>45901</v>
+      </c>
+      <c r="J58" s="17">
+        <v>46996</v>
+      </c>
+      <c r="K58" s="103" t="s">
+        <v>1336</v>
+      </c>
+      <c r="L58" s="105"/>
+      <c r="M58" s="105"/>
+      <c r="N58" s="36"/>
+      <c r="O58" s="6"/>
+      <c r="P58" s="67"/>
     </row>
-    <row r="59" spans="1:16" ht="73.349999999999994" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:16" ht="72" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B59" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E59" s="15" t="s">
+      <c r="B59" s="14" t="s">
+        <v>497</v>
+      </c>
+      <c r="C59" s="14" t="s">
+        <v>409</v>
+      </c>
+      <c r="D59" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E59" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F59" s="28" t="s">
-[...5 lines deleted...]
-      <c r="H59" s="31" t="s">
+      <c r="F59" s="14" t="s">
+        <v>974</v>
+      </c>
+      <c r="G59" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="H59" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I59" s="63">
-[...16 lines deleted...]
-      <c r="P59" s="69"/>
+      <c r="I59" s="28">
+        <v>45566</v>
+      </c>
+      <c r="J59" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K59" s="103" t="s">
+        <v>973</v>
+      </c>
+      <c r="L59" s="105" t="s">
+        <v>1129</v>
+      </c>
+      <c r="M59" s="36"/>
+      <c r="N59" s="36"/>
+      <c r="O59" s="6"/>
+      <c r="P59" s="67"/>
     </row>
-    <row r="60" spans="1:16" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="1" t="s">
+    <row r="60" spans="1:16" ht="72" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B60" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E60" s="2" t="s">
+      <c r="B60" s="14" t="s">
+        <v>497</v>
+      </c>
+      <c r="C60" s="14" t="s">
+        <v>984</v>
+      </c>
+      <c r="D60" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E60" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F60" s="10" t="s">
-        <v>297</v>
+      <c r="F60" s="14" t="s">
+        <v>985</v>
       </c>
       <c r="G60" s="10" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="H60" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I60" s="18">
-[...16 lines deleted...]
-      </c>
+      <c r="I60" s="28">
+        <v>45566</v>
+      </c>
+      <c r="J60" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K60" s="103" t="s">
+        <v>983</v>
+      </c>
+      <c r="L60" s="105" t="s">
+        <v>1297</v>
+      </c>
+      <c r="M60" s="36"/>
+      <c r="N60" s="36"/>
       <c r="O60" s="6"/>
-      <c r="P60" s="69"/>
+      <c r="P60" s="67"/>
     </row>
-    <row r="61" spans="1:16" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A61" s="1" t="s">
+    <row r="61" spans="1:16" ht="73.349999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B61" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E61" s="2" t="s">
+      <c r="B61" s="14" t="s">
+        <v>72</v>
+      </c>
+      <c r="C61" s="14" t="s">
+        <v>73</v>
+      </c>
+      <c r="D61" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E61" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F61" s="53" t="s">
-[...3 lines deleted...]
-        <v>43</v>
+      <c r="F61" s="14" t="s">
+        <v>255</v>
+      </c>
+      <c r="G61" s="14" t="s">
+        <v>132</v>
       </c>
       <c r="H61" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I61" s="18">
-[...2 lines deleted...]
-      <c r="J61" s="18">
+      <c r="I61" s="61">
+        <v>44652</v>
+      </c>
+      <c r="J61" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K61" s="103" t="s">
+        <v>254</v>
+      </c>
+      <c r="L61" s="105" t="s">
+        <v>661</v>
+      </c>
+      <c r="M61" s="103" t="s">
+        <v>885</v>
+      </c>
+      <c r="N61" s="103" t="s">
+        <v>1069</v>
+      </c>
+      <c r="O61" s="21"/>
+      <c r="P61" s="67"/>
+    </row>
+    <row r="62" spans="1:16" ht="73.349999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B62" s="14" t="s">
+        <v>373</v>
+      </c>
+      <c r="C62" s="14" t="s">
+        <v>68</v>
+      </c>
+      <c r="D62" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E62" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="F62" s="14" t="s">
+        <v>375</v>
+      </c>
+      <c r="G62" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62" s="30" t="s">
+        <v>23</v>
+      </c>
+      <c r="I62" s="61">
+        <v>44866</v>
+      </c>
+      <c r="J62" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K62" s="105" t="s">
+        <v>374</v>
+      </c>
+      <c r="L62" s="105" t="s">
+        <v>445</v>
+      </c>
+      <c r="M62" s="103" t="s">
+        <v>758</v>
+      </c>
+      <c r="N62" s="103" t="s">
+        <v>1102</v>
+      </c>
+      <c r="O62" s="21"/>
+      <c r="P62" s="67"/>
+    </row>
+    <row r="63" spans="1:16" ht="73.349999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B63" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="C63" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="D63" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E63" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="F63" s="27" t="s">
+        <v>747</v>
+      </c>
+      <c r="G63" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H63" s="30" t="s">
+        <v>23</v>
+      </c>
+      <c r="I63" s="61">
+        <v>45261</v>
+      </c>
+      <c r="J63" s="17">
         <v>46022</v>
       </c>
-      <c r="K61" s="110" t="s">
-[...6 lines deleted...]
-      <c r="P61" s="69"/>
+      <c r="K63" s="105" t="s">
+        <v>746</v>
+      </c>
+      <c r="L63" s="105" t="s">
+        <v>854</v>
+      </c>
+      <c r="M63" s="103" t="s">
+        <v>1286</v>
+      </c>
+      <c r="N63" s="6"/>
+      <c r="O63" s="21"/>
+      <c r="P63" s="67"/>
     </row>
-    <row r="62" spans="1:16" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
-[...85 lines deleted...]
-    <row r="64" spans="1:16" ht="61.35" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:16" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B64" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E64" s="15" t="s">
+      <c r="B64" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="C64" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="D64" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E64" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="F64" s="33" t="s">
-[...5 lines deleted...]
-      <c r="H64" s="34" t="s">
+      <c r="F64" s="10" t="s">
+        <v>290</v>
+      </c>
+      <c r="G64" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="H64" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I64" s="18">
-        <v>45231</v>
+      <c r="I64" s="17">
+        <v>44652</v>
       </c>
       <c r="J64" s="17">
-        <v>46022</v>
-[...12 lines deleted...]
-      <c r="P64" s="69"/>
+        <v>46081</v>
+      </c>
+      <c r="K64" s="106" t="s">
+        <v>291</v>
+      </c>
+      <c r="L64" s="106" t="s">
+        <v>626</v>
+      </c>
+      <c r="M64" s="103" t="s">
+        <v>863</v>
+      </c>
+      <c r="N64" s="103" t="s">
+        <v>1182</v>
+      </c>
+      <c r="O64" s="6"/>
+      <c r="P64" s="67"/>
     </row>
-    <row r="65" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A65" s="46" t="s">
+    <row r="65" spans="1:16" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B65" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E65" s="15" t="s">
+      <c r="B65" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="C65" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="D65" s="14" t="s">
+        <v>1224</v>
+      </c>
+      <c r="E65" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="F65" s="15" t="s">
-[...3 lines deleted...]
-        <v>139</v>
+      <c r="F65" s="52" t="s">
+        <v>1366</v>
+      </c>
+      <c r="G65" s="10" t="s">
+        <v>43</v>
       </c>
       <c r="H65" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I65" s="18">
-[...18 lines deleted...]
-      <c r="P65" s="69"/>
+      <c r="I65" s="17">
+        <v>46034</v>
+      </c>
+      <c r="J65" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K65" s="106" t="s">
+        <v>1365</v>
+      </c>
+      <c r="L65" s="106"/>
+      <c r="M65" s="103"/>
+      <c r="N65" s="103"/>
+      <c r="O65" s="6"/>
+      <c r="P65" s="67"/>
     </row>
-    <row r="66" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A66" s="46" t="s">
+    <row r="66" spans="1:16" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B66" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E66" s="15" t="s">
+      <c r="B66" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C66" s="18" t="s">
+        <v>221</v>
+      </c>
+      <c r="D66" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="E66" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="F66" s="15" t="s">
-[...3 lines deleted...]
-        <v>139</v>
+      <c r="F66" s="52" t="s">
+        <v>1060</v>
+      </c>
+      <c r="G66" s="10" t="s">
+        <v>43</v>
       </c>
       <c r="H66" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I66" s="18">
-[...14 lines deleted...]
-      <c r="P66" s="69"/>
+      <c r="I66" s="17">
+        <v>45839</v>
+      </c>
+      <c r="J66" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K66" s="106" t="s">
+        <v>1222</v>
+      </c>
+      <c r="L66" s="106"/>
+      <c r="M66" s="103"/>
+      <c r="N66" s="103"/>
+      <c r="O66" s="6"/>
+      <c r="P66" s="67"/>
     </row>
-    <row r="67" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A67" s="46" t="s">
+    <row r="67" spans="1:16" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B67" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E67" s="15" t="s">
+      <c r="B67" s="18" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C67" s="18" t="s">
+        <v>221</v>
+      </c>
+      <c r="D67" s="14" t="s">
+        <v>242</v>
+      </c>
+      <c r="E67" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="F67" s="15" t="s">
-[...3 lines deleted...]
-        <v>80</v>
+      <c r="F67" s="52" t="s">
+        <v>1337</v>
+      </c>
+      <c r="G67" s="10" t="s">
+        <v>43</v>
       </c>
       <c r="H67" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I67" s="18">
-        <v>44652</v>
+      <c r="I67" s="17">
+        <v>45929</v>
       </c>
       <c r="J67" s="17">
-        <v>46022</v>
-[...14 lines deleted...]
-      <c r="P67" s="69"/>
+        <v>46081</v>
+      </c>
+      <c r="K67" s="106" t="s">
+        <v>1338</v>
+      </c>
+      <c r="L67" s="106"/>
+      <c r="M67" s="103"/>
+      <c r="N67" s="103"/>
+      <c r="O67" s="6"/>
+      <c r="P67" s="67"/>
     </row>
-    <row r="68" spans="1:16" ht="80.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A68" s="3" t="s">
+    <row r="68" spans="1:16" ht="61.35" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B68" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E68" s="33" t="s">
+      <c r="B68" s="18" t="s">
+        <v>388</v>
+      </c>
+      <c r="C68" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="D68" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E68" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F68" s="15" t="s">
-[...5 lines deleted...]
-      <c r="H68" s="2" t="s">
+      <c r="F68" s="32" t="s">
+        <v>389</v>
+      </c>
+      <c r="G68" s="32" t="s">
+        <v>390</v>
+      </c>
+      <c r="H68" s="33" t="s">
         <v>23</v>
       </c>
-      <c r="I68" s="18">
-[...18 lines deleted...]
-      <c r="P68" s="69"/>
+      <c r="I68" s="17">
+        <v>44896</v>
+      </c>
+      <c r="J68" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K68" s="104" t="s">
+        <v>391</v>
+      </c>
+      <c r="L68" s="106" t="s">
+        <v>643</v>
+      </c>
+      <c r="M68" s="104" t="s">
+        <v>814</v>
+      </c>
+      <c r="N68" s="104" t="s">
+        <v>1128</v>
+      </c>
+      <c r="O68" s="21"/>
+      <c r="P68" s="67"/>
     </row>
-    <row r="69" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A69" s="3" t="s">
+    <row r="69" spans="1:16" ht="61.35" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B69" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E69" s="15" t="s">
+      <c r="B69" s="18" t="s">
+        <v>734</v>
+      </c>
+      <c r="C69" s="18" t="s">
+        <v>735</v>
+      </c>
+      <c r="D69" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E69" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F69" s="15" t="s">
-[...2 lines deleted...]
-      <c r="G69" s="15" t="s">
+      <c r="F69" s="32" t="s">
+        <v>737</v>
+      </c>
+      <c r="G69" s="32" t="s">
+        <v>390</v>
+      </c>
+      <c r="H69" s="33" t="s">
+        <v>23</v>
+      </c>
+      <c r="I69" s="17">
+        <v>45231</v>
+      </c>
+      <c r="J69" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K69" s="104" t="s">
+        <v>736</v>
+      </c>
+      <c r="L69" s="106" t="s">
+        <v>829</v>
+      </c>
+      <c r="M69" s="104" t="s">
+        <v>1130</v>
+      </c>
+      <c r="N69" s="2"/>
+      <c r="O69" s="21"/>
+      <c r="P69" s="67"/>
+    </row>
+    <row r="70" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="45" t="s">
+        <v>19</v>
+      </c>
+      <c r="B70" s="18" t="s">
+        <v>222</v>
+      </c>
+      <c r="C70" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="D70" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E70" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="F70" s="14" t="s">
+        <v>288</v>
+      </c>
+      <c r="G70" s="14" t="s">
         <v>139</v>
-      </c>
-[...44 lines deleted...]
-        <v>43</v>
       </c>
       <c r="H70" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I70" s="18">
-[...18 lines deleted...]
-      <c r="P70" s="69"/>
+      <c r="I70" s="17">
+        <v>44652</v>
+      </c>
+      <c r="J70" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K70" s="103" t="s">
+        <v>289</v>
+      </c>
+      <c r="L70" s="104" t="s">
+        <v>639</v>
+      </c>
+      <c r="M70" s="104" t="s">
+        <v>864</v>
+      </c>
+      <c r="N70" s="104" t="s">
+        <v>1183</v>
+      </c>
+      <c r="O70" s="21"/>
+      <c r="P70" s="67"/>
     </row>
     <row r="71" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A71" s="3" t="s">
+      <c r="A71" s="45" t="s">
         <v>19</v>
       </c>
-      <c r="B71" s="10" t="s">
-[...8 lines deleted...]
-      <c r="E71" s="15" t="s">
+      <c r="B71" s="18" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C71" s="18" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D71" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E71" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F71" s="10" t="s">
-[...3 lines deleted...]
-        <v>1008</v>
+      <c r="F71" s="14" t="s">
+        <v>1012</v>
+      </c>
+      <c r="G71" s="14" t="s">
+        <v>139</v>
       </c>
       <c r="H71" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I71" s="103">
-        <v>45566</v>
+      <c r="I71" s="17">
+        <v>45657</v>
       </c>
       <c r="J71" s="17">
-        <v>46022</v>
-[...10 lines deleted...]
-      <c r="P71" s="69"/>
+        <v>46081</v>
+      </c>
+      <c r="K71" s="103" t="s">
+        <v>1013</v>
+      </c>
+      <c r="L71" s="104" t="s">
+        <v>1215</v>
+      </c>
+      <c r="M71" s="104"/>
+      <c r="N71" s="5"/>
+      <c r="O71" s="21"/>
+      <c r="P71" s="67"/>
     </row>
     <row r="72" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A72" s="1" t="s">
+      <c r="A72" s="45" t="s">
         <v>19</v>
       </c>
-      <c r="B72" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E72" s="15" t="s">
+      <c r="B72" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="C72" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="D72" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="E72" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F72" s="10" t="s">
-[...3 lines deleted...]
-        <v>279</v>
+      <c r="F72" s="14" t="s">
+        <v>1383</v>
+      </c>
+      <c r="G72" s="14" t="s">
+        <v>80</v>
       </c>
       <c r="H72" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I72" s="17">
-        <v>44652</v>
-[...17 lines deleted...]
-      <c r="P72" s="69"/>
+        <v>46082</v>
+      </c>
+      <c r="J72" s="16">
+        <v>47514</v>
+      </c>
+      <c r="K72" s="103" t="s">
+        <v>1382</v>
+      </c>
+      <c r="L72" s="104"/>
+      <c r="M72" s="104"/>
+      <c r="N72" s="104"/>
+      <c r="O72" s="21"/>
+      <c r="P72" s="67"/>
     </row>
-    <row r="73" spans="1:16" ht="118.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A73" s="62" t="s">
+    <row r="73" spans="1:16" ht="80.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B73" s="2" t="s">
-[...8 lines deleted...]
-      <c r="E73" s="15" t="s">
+      <c r="B73" s="18" t="s">
+        <v>353</v>
+      </c>
+      <c r="C73" s="18" t="s">
+        <v>342</v>
+      </c>
+      <c r="D73" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E73" s="32" t="s">
         <v>21</v>
       </c>
-      <c r="F73" s="52" t="s">
-[...3 lines deleted...]
-        <v>1008</v>
+      <c r="F73" s="14" t="s">
+        <v>354</v>
+      </c>
+      <c r="G73" s="14" t="s">
+        <v>273</v>
       </c>
       <c r="H73" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I73" s="17">
-        <v>45078</v>
-[...1 lines deleted...]
-      <c r="J73" s="17">
+        <v>45017</v>
+      </c>
+      <c r="J73" s="16">
         <v>46022</v>
       </c>
       <c r="K73" s="108" t="s">
-        <v>571</v>
-[...9 lines deleted...]
-      <c r="P73" s="69"/>
+        <v>355</v>
+      </c>
+      <c r="L73" s="104" t="s">
+        <v>721</v>
+      </c>
+      <c r="M73" s="104" t="s">
+        <v>901</v>
+      </c>
+      <c r="N73" s="104" t="s">
+        <v>1233</v>
+      </c>
+      <c r="O73" s="21"/>
+      <c r="P73" s="67"/>
     </row>
-    <row r="74" spans="1:16" ht="118.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A74" s="62" t="s">
+    <row r="74" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B74" s="2" t="s">
-[...8 lines deleted...]
-      <c r="E74" s="15" t="s">
+      <c r="B74" s="18" t="s">
+        <v>201</v>
+      </c>
+      <c r="C74" s="18" t="s">
+        <v>202</v>
+      </c>
+      <c r="D74" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E74" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F74" s="52" t="s">
-[...3 lines deleted...]
-        <v>767</v>
+      <c r="F74" s="14" t="s">
+        <v>203</v>
+      </c>
+      <c r="G74" s="14" t="s">
+        <v>139</v>
       </c>
       <c r="H74" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I74" s="17">
-[...14 lines deleted...]
-      <c r="P74" s="69"/>
+      <c r="I74" s="16">
+        <v>44652</v>
+      </c>
+      <c r="J74" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K74" s="103" t="s">
+        <v>294</v>
+      </c>
+      <c r="L74" s="104" t="s">
+        <v>630</v>
+      </c>
+      <c r="M74" s="104" t="s">
+        <v>865</v>
+      </c>
+      <c r="N74" s="104" t="s">
+        <v>1184</v>
+      </c>
+      <c r="O74" s="21"/>
+      <c r="P74" s="67"/>
     </row>
-    <row r="75" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A75" s="1" t="s">
+    <row r="75" spans="1:16" ht="66.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B75" s="2" t="s">
-[...8 lines deleted...]
-      <c r="E75" s="15" t="s">
+      <c r="B75" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="C75" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="D75" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E75" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F75" s="15" t="s">
-[...3 lines deleted...]
-        <v>132</v>
+      <c r="F75" s="65" t="s">
+        <v>379</v>
+      </c>
+      <c r="G75" s="14" t="s">
+        <v>43</v>
       </c>
       <c r="H75" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I75" s="17">
-        <v>44652</v>
+        <v>44835</v>
       </c>
       <c r="J75" s="17">
-        <v>46022</v>
-[...14 lines deleted...]
-      <c r="P75" s="69"/>
+        <v>46081</v>
+      </c>
+      <c r="K75" s="103" t="s">
+        <v>247</v>
+      </c>
+      <c r="L75" s="104" t="s">
+        <v>625</v>
+      </c>
+      <c r="M75" s="104" t="s">
+        <v>866</v>
+      </c>
+      <c r="N75" s="104" t="s">
+        <v>1185</v>
+      </c>
+      <c r="O75" s="21"/>
+      <c r="P75" s="67"/>
     </row>
     <row r="76" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A76" s="1" t="s">
+      <c r="A76" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B76" s="2" t="s">
-[...8 lines deleted...]
-      <c r="E76" s="15" t="s">
+      <c r="B76" s="10" t="s">
+        <v>969</v>
+      </c>
+      <c r="C76" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="D76" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E76" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F76" s="15" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="F76" s="10" t="s">
+        <v>971</v>
+      </c>
+      <c r="G76" s="14" t="s">
+        <v>972</v>
       </c>
       <c r="H76" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I76" s="17">
-[...9 lines deleted...]
-        <v>1128</v>
+      <c r="I76" s="99">
+        <v>45566</v>
+      </c>
+      <c r="J76" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K76" s="103" t="s">
+        <v>970</v>
+      </c>
+      <c r="L76" s="104" t="s">
+        <v>1131</v>
       </c>
       <c r="M76" s="8"/>
-      <c r="N76" s="6"/>
+      <c r="N76" s="8"/>
       <c r="O76" s="8"/>
-      <c r="P76" s="69"/>
+      <c r="P76" s="67"/>
     </row>
-    <row r="77" spans="1:16" ht="72.599999999999994" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B77" s="2" t="s">
-[...8 lines deleted...]
-      <c r="E77" s="15" t="s">
+      <c r="B77" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="C77" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="D77" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="E77" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F77" s="15" t="s">
-[...5 lines deleted...]
-      <c r="H77" s="10" t="s">
+      <c r="F77" s="10" t="s">
+        <v>713</v>
+      </c>
+      <c r="G77" s="51" t="s">
+        <v>273</v>
+      </c>
+      <c r="H77" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I77" s="17">
-[...2 lines deleted...]
-      <c r="J77" s="18">
+      <c r="I77" s="16">
+        <v>44652</v>
+      </c>
+      <c r="J77" s="17">
         <v>46022</v>
       </c>
-      <c r="K77" s="107" t="s">
-[...10 lines deleted...]
-      <c r="P77" s="69"/>
+      <c r="K77" s="103" t="s">
+        <v>275</v>
+      </c>
+      <c r="L77" s="104" t="s">
+        <v>712</v>
+      </c>
+      <c r="M77" s="104" t="s">
+        <v>902</v>
+      </c>
+      <c r="N77" s="104" t="s">
+        <v>1234</v>
+      </c>
+      <c r="O77" s="21"/>
+      <c r="P77" s="67"/>
     </row>
-    <row r="78" spans="1:16" ht="72.599999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A78" s="2" t="s">
+    <row r="78" spans="1:16" ht="118.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="60" t="s">
         <v>19</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>1011</v>
+        <v>551</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>467</v>
-[...4 lines deleted...]
-      <c r="E78" s="15" t="s">
+        <v>552</v>
+      </c>
+      <c r="D78" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E78" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F78" s="15" t="s">
-[...3 lines deleted...]
-        <v>1008</v>
+      <c r="F78" s="51" t="s">
+        <v>1133</v>
+      </c>
+      <c r="G78" s="51" t="s">
+        <v>972</v>
       </c>
       <c r="H78" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I78" s="17">
-[...14 lines deleted...]
-      <c r="P78" s="69"/>
+      <c r="I78" s="16">
+        <v>45078</v>
+      </c>
+      <c r="J78" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K78" s="104" t="s">
+        <v>553</v>
+      </c>
+      <c r="L78" s="104" t="s">
+        <v>830</v>
+      </c>
+      <c r="M78" s="104" t="s">
+        <v>1132</v>
+      </c>
+      <c r="N78" s="6"/>
+      <c r="O78" s="8"/>
+      <c r="P78" s="67"/>
     </row>
-    <row r="79" spans="1:16" ht="76.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A79" s="1" t="s">
+    <row r="79" spans="1:16" ht="118.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="60" t="s">
         <v>19</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>90</v>
+        <v>742</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>91</v>
-[...4 lines deleted...]
-      <c r="E79" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="D79" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E79" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F79" s="2" t="s">
-[...3 lines deleted...]
-        <v>279</v>
+      <c r="F79" s="51" t="s">
+        <v>744</v>
+      </c>
+      <c r="G79" s="59" t="s">
+        <v>741</v>
       </c>
       <c r="H79" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I79" s="27">
-[...18 lines deleted...]
-      <c r="P79" s="69"/>
+      <c r="I79" s="16">
+        <v>45231</v>
+      </c>
+      <c r="J79" s="17">
+        <v>45961</v>
+      </c>
+      <c r="K79" s="104" t="s">
+        <v>743</v>
+      </c>
+      <c r="L79" s="104" t="s">
+        <v>1275</v>
+      </c>
+      <c r="M79" s="8"/>
+      <c r="N79" s="6"/>
+      <c r="O79" s="8"/>
+      <c r="P79" s="67"/>
     </row>
     <row r="80" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A80" s="3" t="s">
+      <c r="A80" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>379</v>
+        <v>204</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>353</v>
-[...4 lines deleted...]
-      <c r="E80" s="15" t="s">
+        <v>205</v>
+      </c>
+      <c r="D80" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="E80" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F80" s="15" t="s">
-        <v>340</v>
+      <c r="F80" s="14" t="s">
+        <v>256</v>
       </c>
       <c r="G80" s="10" t="s">
-        <v>567</v>
+        <v>132</v>
       </c>
       <c r="H80" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I80" s="27">
-[...18 lines deleted...]
-      <c r="P80" s="69"/>
+      <c r="I80" s="16">
+        <v>44652</v>
+      </c>
+      <c r="J80" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K80" s="104" t="s">
+        <v>257</v>
+      </c>
+      <c r="L80" s="104" t="s">
+        <v>662</v>
+      </c>
+      <c r="M80" s="104" t="s">
+        <v>768</v>
+      </c>
+      <c r="N80" s="103" t="s">
+        <v>1068</v>
+      </c>
+      <c r="O80" s="8"/>
+      <c r="P80" s="67"/>
     </row>
-    <row r="81" spans="1:16" ht="51" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A81" s="3" t="s">
+    <row r="81" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>93</v>
-[...4 lines deleted...]
-      <c r="E81" s="15" t="s">
+        <v>787</v>
+      </c>
+      <c r="D81" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E81" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F81" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G81" s="15" t="s">
+      <c r="F81" s="14" t="s">
+        <v>789</v>
+      </c>
+      <c r="G81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="H81" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I81" s="27">
-[...2 lines deleted...]
-      <c r="J81" s="27">
+      <c r="I81" s="16">
+        <v>45383</v>
+      </c>
+      <c r="J81" s="16">
         <v>45961</v>
       </c>
-      <c r="K81" s="108" t="s">
-[...8 lines deleted...]
-      <c r="P81" s="69"/>
+      <c r="K81" s="104" t="s">
+        <v>788</v>
+      </c>
+      <c r="L81" s="104" t="s">
+        <v>1087</v>
+      </c>
+      <c r="M81" s="8"/>
+      <c r="N81" s="6"/>
+      <c r="O81" s="8"/>
+      <c r="P81" s="67"/>
     </row>
-    <row r="82" spans="1:16" ht="51" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A82" s="3" t="s">
+    <row r="82" spans="1:16" ht="72.599999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>1041</v>
+        <v>88</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>1000</v>
-[...4 lines deleted...]
-      <c r="E82" s="15" t="s">
+        <v>89</v>
+      </c>
+      <c r="D82" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E82" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F82" s="10" t="s">
-[...18 lines deleted...]
-      <c r="M82" s="8"/>
+      <c r="F82" s="14" t="s">
+        <v>726</v>
+      </c>
+      <c r="G82" s="10" t="s">
+        <v>727</v>
+      </c>
+      <c r="H82" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="I82" s="16">
+        <v>45170</v>
+      </c>
+      <c r="J82" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K82" s="103" t="s">
+        <v>725</v>
+      </c>
+      <c r="L82" s="104" t="s">
+        <v>867</v>
+      </c>
+      <c r="M82" s="104" t="s">
+        <v>1216</v>
+      </c>
       <c r="N82" s="8"/>
-      <c r="O82" s="11"/>
-      <c r="P82" s="69"/>
+      <c r="O82" s="6"/>
+      <c r="P82" s="67"/>
     </row>
-    <row r="83" spans="1:16" ht="51" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A83" s="3" t="s">
+    <row r="83" spans="1:16" ht="72.599999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>586</v>
+        <v>975</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>587</v>
-[...4 lines deleted...]
-      <c r="E83" s="15" t="s">
+        <v>452</v>
+      </c>
+      <c r="D83" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E83" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F83" s="45" t="s">
-[...3 lines deleted...]
-        <v>1151</v>
+      <c r="F83" s="14" t="s">
+        <v>977</v>
+      </c>
+      <c r="G83" s="14" t="s">
+        <v>972</v>
       </c>
       <c r="H83" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I83" s="27">
-[...18 lines deleted...]
-      <c r="P83" s="69"/>
+      <c r="I83" s="16">
+        <v>45572</v>
+      </c>
+      <c r="J83" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K83" s="103" t="s">
+        <v>976</v>
+      </c>
+      <c r="L83" s="104" t="s">
+        <v>1134</v>
+      </c>
+      <c r="M83" s="8"/>
+      <c r="N83" s="8"/>
+      <c r="O83" s="6"/>
+      <c r="P83" s="67"/>
     </row>
-    <row r="84" spans="1:16" ht="81" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A84" s="3" t="s">
+    <row r="84" spans="1:16" ht="76.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>478</v>
+        <v>90</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>480</v>
-[...4 lines deleted...]
-      <c r="E84" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="D84" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="E84" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F84" s="10" t="s">
-[...3 lines deleted...]
-        <v>40</v>
+      <c r="F84" s="2" t="s">
+        <v>715</v>
+      </c>
+      <c r="G84" s="51" t="s">
+        <v>273</v>
       </c>
       <c r="H84" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I84" s="27">
-[...2 lines deleted...]
-      <c r="J84" s="17">
+      <c r="I84" s="26">
+        <v>44652</v>
+      </c>
+      <c r="J84" s="26">
         <v>46022</v>
       </c>
-      <c r="K84" s="107" t="s">
-[...10 lines deleted...]
-      <c r="P84" s="69"/>
+      <c r="K84" s="104" t="s">
+        <v>226</v>
+      </c>
+      <c r="L84" s="104" t="s">
+        <v>714</v>
+      </c>
+      <c r="M84" s="104" t="s">
+        <v>903</v>
+      </c>
+      <c r="N84" s="104" t="s">
+        <v>1235</v>
+      </c>
+      <c r="O84" s="6"/>
+      <c r="P84" s="67"/>
     </row>
     <row r="85" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>466</v>
+        <v>365</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>467</v>
-[...4 lines deleted...]
-      <c r="E85" s="15" t="s">
+        <v>342</v>
+      </c>
+      <c r="D85" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E85" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F85" s="33" t="s">
-[...3 lines deleted...]
-        <v>35</v>
+      <c r="F85" s="14" t="s">
+        <v>329</v>
+      </c>
+      <c r="G85" s="10" t="s">
+        <v>549</v>
       </c>
       <c r="H85" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I85" s="27">
-        <v>44958</v>
+      <c r="I85" s="26">
+        <v>44927</v>
       </c>
       <c r="J85" s="17">
-        <v>46022</v>
-[...12 lines deleted...]
-      <c r="P85" s="69"/>
+        <v>46081</v>
+      </c>
+      <c r="K85" s="104" t="s">
+        <v>548</v>
+      </c>
+      <c r="L85" s="104" t="s">
+        <v>775</v>
+      </c>
+      <c r="M85" s="104" t="s">
+        <v>886</v>
+      </c>
+      <c r="N85" s="104" t="s">
+        <v>1106</v>
+      </c>
+      <c r="O85" s="11"/>
+      <c r="P85" s="67"/>
     </row>
-    <row r="86" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:16" ht="51" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B86" s="28" t="s">
-[...8 lines deleted...]
-      <c r="E86" s="28" t="s">
+      <c r="B86" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="C86" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="D86" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E86" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F86" s="15" t="s">
-[...3 lines deleted...]
-        <v>43</v>
+      <c r="F86" s="10" t="s">
+        <v>94</v>
+      </c>
+      <c r="G86" s="14" t="s">
+        <v>26</v>
       </c>
       <c r="H86" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I86" s="18">
-[...18 lines deleted...]
-      <c r="P86" s="69"/>
+      <c r="I86" s="26">
+        <v>45352</v>
+      </c>
+      <c r="J86" s="26">
+        <v>45961</v>
+      </c>
+      <c r="K86" s="104" t="s">
+        <v>795</v>
+      </c>
+      <c r="L86" s="104" t="s">
+        <v>1088</v>
+      </c>
+      <c r="M86" s="11"/>
+      <c r="N86" s="8"/>
+      <c r="O86" s="11"/>
+      <c r="P86" s="67"/>
     </row>
-    <row r="87" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A87" s="38" t="s">
+    <row r="87" spans="1:16" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B87" s="28" t="s">
-[...8 lines deleted...]
-      <c r="E87" s="28" t="s">
+      <c r="B87" s="2" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C87" s="2" t="s">
+        <v>964</v>
+      </c>
+      <c r="D87" s="14" t="s">
+        <v>1374</v>
+      </c>
+      <c r="E87" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F87" s="33" t="s">
-[...3 lines deleted...]
-        <v>698</v>
+      <c r="F87" s="10" t="s">
+        <v>1375</v>
+      </c>
+      <c r="G87" s="14" t="s">
+        <v>31</v>
       </c>
       <c r="H87" s="2" t="s">
-        <v>23</v>
-[...18 lines deleted...]
-      <c r="P87" s="69"/>
+        <v>37</v>
+      </c>
+      <c r="I87" s="26">
+        <v>46023</v>
+      </c>
+      <c r="J87" s="26" t="s">
+        <v>1373</v>
+      </c>
+      <c r="K87" s="108" t="s">
+        <v>1006</v>
+      </c>
+      <c r="L87" s="103"/>
+      <c r="M87" s="8"/>
+      <c r="N87" s="8"/>
+      <c r="O87" s="11"/>
+      <c r="P87" s="67"/>
     </row>
-    <row r="88" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:16" ht="51" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B88" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E88" s="15" t="s">
+      <c r="B88" s="2" t="s">
+        <v>568</v>
+      </c>
+      <c r="C88" s="2" t="s">
+        <v>569</v>
+      </c>
+      <c r="D88" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E88" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F88" s="94" t="s">
-[...5 lines deleted...]
-      <c r="H88" s="10" t="s">
+      <c r="F88" s="44" t="s">
+        <v>1108</v>
+      </c>
+      <c r="G88" s="10" t="s">
+        <v>549</v>
+      </c>
+      <c r="H88" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I88" s="57">
-        <v>44840</v>
+      <c r="I88" s="26">
+        <v>44774</v>
       </c>
       <c r="J88" s="17">
-        <v>46022</v>
-[...14 lines deleted...]
-      <c r="P88" s="69"/>
+        <v>46081</v>
+      </c>
+      <c r="K88" s="103" t="s">
+        <v>570</v>
+      </c>
+      <c r="L88" s="103" t="s">
+        <v>663</v>
+      </c>
+      <c r="M88" s="104" t="s">
+        <v>887</v>
+      </c>
+      <c r="N88" s="104" t="s">
+        <v>1107</v>
+      </c>
+      <c r="O88" s="11"/>
+      <c r="P88" s="67"/>
     </row>
-    <row r="89" spans="1:16" ht="74.849999999999994" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:16" ht="81" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B89" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E89" s="10" t="s">
+      <c r="B89" s="2" t="s">
+        <v>463</v>
+      </c>
+      <c r="C89" s="2" t="s">
+        <v>465</v>
+      </c>
+      <c r="D89" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E89" s="14" t="s">
         <v>21</v>
       </c>
       <c r="F89" s="10" t="s">
-        <v>709</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>466</v>
+      </c>
+      <c r="G89" s="14" t="s">
+        <v>40</v>
       </c>
       <c r="H89" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I89" s="18">
-[...18 lines deleted...]
-      <c r="P89" s="69"/>
+      <c r="I89" s="26">
+        <v>44958</v>
+      </c>
+      <c r="J89" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K89" s="103" t="s">
+        <v>464</v>
+      </c>
+      <c r="L89" s="104" t="s">
+        <v>831</v>
+      </c>
+      <c r="M89" s="104" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N89" s="5"/>
+      <c r="O89" s="67"/>
+      <c r="P89" s="67"/>
     </row>
-    <row r="90" spans="1:16" ht="74.849999999999994" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B90" s="19" t="s">
-[...15 lines deleted...]
-        <v>1080</v>
+      <c r="B90" s="2" t="s">
+        <v>451</v>
+      </c>
+      <c r="C90" s="2" t="s">
+        <v>452</v>
+      </c>
+      <c r="D90" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E90" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="F90" s="32" t="s">
+        <v>453</v>
+      </c>
+      <c r="G90" s="14" t="s">
+        <v>35</v>
       </c>
       <c r="H90" s="2" t="s">
-        <v>37</v>
-[...4 lines deleted...]
-      <c r="J90" s="17">
+        <v>23</v>
+      </c>
+      <c r="I90" s="26">
+        <v>44958</v>
+      </c>
+      <c r="J90" s="16">
         <v>46022</v>
       </c>
-      <c r="K90" s="107" t="s">
-[...6 lines deleted...]
-      <c r="P90" s="69"/>
+      <c r="K90" s="104" t="s">
+        <v>454</v>
+      </c>
+      <c r="L90" s="106" t="s">
+        <v>702</v>
+      </c>
+      <c r="M90" s="104" t="s">
+        <v>1291</v>
+      </c>
+      <c r="N90" s="8"/>
+      <c r="O90" s="67"/>
+      <c r="P90" s="67"/>
     </row>
-    <row r="91" spans="1:16" ht="74.849999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A91" s="46" t="s">
+    <row r="91" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B91" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E91" s="15" t="s">
+      <c r="B91" s="27" t="s">
+        <v>95</v>
+      </c>
+      <c r="C91" s="27" t="s">
+        <v>96</v>
+      </c>
+      <c r="D91" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="E91" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="F91" s="10" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="F91" s="14" t="s">
+        <v>634</v>
+      </c>
+      <c r="G91" s="27" t="s">
+        <v>43</v>
       </c>
       <c r="H91" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I91" s="18">
-[...12 lines deleted...]
-        <v>828</v>
+      <c r="I91" s="17">
+        <v>44652</v>
+      </c>
+      <c r="J91" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K91" s="109" t="s">
+        <v>285</v>
+      </c>
+      <c r="L91" s="106" t="s">
+        <v>633</v>
+      </c>
+      <c r="M91" s="104" t="s">
+        <v>868</v>
       </c>
       <c r="N91" s="108" t="s">
-        <v>1131</v>
-[...2 lines deleted...]
-      <c r="P91" s="69"/>
+        <v>1186</v>
+      </c>
+      <c r="O91" s="21"/>
+      <c r="P91" s="67"/>
     </row>
-    <row r="92" spans="1:16" ht="74.849999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A92" s="46" t="s">
+    <row r="92" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="37" t="s">
         <v>19</v>
       </c>
-      <c r="B92" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E92" s="15" t="s">
+      <c r="B92" s="27" t="s">
+        <v>671</v>
+      </c>
+      <c r="C92" s="27" t="s">
+        <v>110</v>
+      </c>
+      <c r="D92" s="14" t="s">
+        <v>673</v>
+      </c>
+      <c r="E92" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="F92" s="15" t="s">
-[...3 lines deleted...]
-        <v>43</v>
+      <c r="F92" s="32" t="s">
+        <v>796</v>
+      </c>
+      <c r="G92" s="27" t="s">
+        <v>674</v>
       </c>
       <c r="H92" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I92" s="18">
-        <v>45717</v>
+      <c r="I92" s="34">
+        <v>45108</v>
       </c>
       <c r="J92" s="17">
-        <v>46142</v>
-[...8 lines deleted...]
-      <c r="P92" s="69"/>
+        <v>46022</v>
+      </c>
+      <c r="K92" s="109" t="s">
+        <v>672</v>
+      </c>
+      <c r="L92" s="106" t="s">
+        <v>797</v>
+      </c>
+      <c r="M92" s="104" t="s">
+        <v>1089</v>
+      </c>
+      <c r="N92" s="4"/>
+      <c r="O92" s="21"/>
+      <c r="P92" s="67"/>
     </row>
-    <row r="93" spans="1:16" ht="74.849999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A93" s="46" t="s">
+    <row r="93" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B93" s="19" t="s">
+      <c r="B93" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="D93" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E93" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="F93" s="90" t="s">
+        <v>377</v>
+      </c>
+      <c r="G93" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="H93" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="I93" s="56">
+        <v>44840</v>
+      </c>
+      <c r="J93" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K93" s="109" t="s">
         <v>378</v>
       </c>
-      <c r="C93" s="19" t="s">
-[...5 lines deleted...]
-      <c r="E93" s="15" t="s">
+      <c r="L93" s="106" t="s">
+        <v>628</v>
+      </c>
+      <c r="M93" s="104" t="s">
+        <v>879</v>
+      </c>
+      <c r="N93" s="104" t="s">
+        <v>1217</v>
+      </c>
+      <c r="O93" s="21"/>
+      <c r="P93" s="67"/>
+    </row>
+    <row r="94" spans="1:16" ht="74.849999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B94" s="18" t="s">
+        <v>97</v>
+      </c>
+      <c r="C94" s="18" t="s">
+        <v>98</v>
+      </c>
+      <c r="D94" s="10" t="s">
+        <v>232</v>
+      </c>
+      <c r="E94" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="F93" s="15" t="s">
-[...45 lines deleted...]
-        <v>288</v>
+      <c r="F94" s="10" t="s">
+        <v>685</v>
+      </c>
+      <c r="G94" s="51" t="s">
+        <v>35</v>
       </c>
       <c r="H94" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I94" s="18">
-[...2 lines deleted...]
-      <c r="J94" s="18">
+      <c r="I94" s="17">
+        <v>44652</v>
+      </c>
+      <c r="J94" s="16">
         <v>46022</v>
       </c>
-      <c r="K94" s="108" t="s">
-[...12 lines deleted...]
-      <c r="P94" s="69"/>
+      <c r="K94" s="103" t="s">
+        <v>238</v>
+      </c>
+      <c r="L94" s="104" t="s">
+        <v>684</v>
+      </c>
+      <c r="M94" s="104" t="s">
+        <v>843</v>
+      </c>
+      <c r="N94" s="104" t="s">
+        <v>1276</v>
+      </c>
+      <c r="O94" s="21"/>
+      <c r="P94" s="67"/>
     </row>
-    <row r="95" spans="1:16" ht="102.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:16" ht="74.849999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B95" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E95" s="15" t="s">
+      <c r="B95" s="18" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C95" s="18" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D95" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E95" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="F95" s="10" t="s">
+        <v>1376</v>
+      </c>
+      <c r="G95" s="51" t="s">
+        <v>31</v>
+      </c>
+      <c r="H95" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="I95" s="17">
+        <v>45855</v>
+      </c>
+      <c r="J95" s="16">
+        <v>46112</v>
+      </c>
+      <c r="K95" s="103" t="s">
+        <v>1310</v>
+      </c>
+      <c r="L95" s="104"/>
+      <c r="M95" s="104"/>
+      <c r="N95" s="104"/>
+      <c r="O95" s="21"/>
+      <c r="P95" s="67"/>
+    </row>
+    <row r="96" spans="1:16" ht="74.849999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="45" t="s">
+        <v>19</v>
+      </c>
+      <c r="B96" s="18" t="s">
+        <v>392</v>
+      </c>
+      <c r="C96" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="D96" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E96" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F95" s="15" t="s">
-[...49 lines deleted...]
-        <v>404</v>
+      <c r="F96" s="10" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G96" s="14" t="s">
+        <v>26</v>
       </c>
       <c r="H96" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I96" s="18">
-        <v>45383</v>
+      <c r="I96" s="17">
+        <v>44896</v>
       </c>
       <c r="J96" s="17">
         <v>46022</v>
       </c>
-      <c r="K96" s="108" t="s">
-[...8 lines deleted...]
-      <c r="P96" s="69"/>
+      <c r="K96" s="103" t="s">
+        <v>393</v>
+      </c>
+      <c r="L96" s="104" t="s">
+        <v>500</v>
+      </c>
+      <c r="M96" s="104" t="s">
+        <v>798</v>
+      </c>
+      <c r="N96" s="104" t="s">
+        <v>1090</v>
+      </c>
+      <c r="O96" s="21"/>
+      <c r="P96" s="67"/>
     </row>
-    <row r="97" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A97" s="3" t="s">
+    <row r="97" spans="1:16" ht="74.849999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="45" t="s">
         <v>19</v>
       </c>
-      <c r="B97" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E97" s="15" t="s">
+      <c r="B97" s="18" t="s">
+        <v>338</v>
+      </c>
+      <c r="C97" s="18" t="s">
+        <v>339</v>
+      </c>
+      <c r="D97" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E97" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F97" s="15" t="s">
-[...3 lines deleted...]
-        <v>314</v>
+      <c r="F97" s="14" t="s">
+        <v>340</v>
+      </c>
+      <c r="G97" s="14" t="s">
+        <v>43</v>
       </c>
       <c r="H97" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I97" s="27">
-[...16 lines deleted...]
-      <c r="P97" s="69"/>
+      <c r="I97" s="17">
+        <v>45717</v>
+      </c>
+      <c r="J97" s="16">
+        <v>46142</v>
+      </c>
+      <c r="K97" s="103" t="s">
+        <v>1061</v>
+      </c>
+      <c r="L97" s="104"/>
+      <c r="M97" s="104"/>
+      <c r="N97" s="2"/>
+      <c r="O97" s="21"/>
+      <c r="P97" s="67"/>
     </row>
-    <row r="98" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A98" s="3" t="s">
+    <row r="98" spans="1:16" ht="74.849999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="45" t="s">
         <v>19</v>
       </c>
-      <c r="B98" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E98" s="15" t="s">
+      <c r="B98" s="18" t="s">
+        <v>364</v>
+      </c>
+      <c r="C98" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="D98" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E98" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F98" s="10" t="s">
-[...3 lines deleted...]
-        <v>43</v>
+      <c r="F98" s="14" t="s">
+        <v>1165</v>
+      </c>
+      <c r="G98" s="32" t="s">
+        <v>390</v>
       </c>
       <c r="H98" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I98" s="18">
-[...9 lines deleted...]
-      <c r="M98" s="108"/>
+      <c r="I98" s="17">
+        <v>45383</v>
+      </c>
+      <c r="J98" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K98" s="103" t="s">
+        <v>784</v>
+      </c>
+      <c r="L98" s="104" t="s">
+        <v>1136</v>
+      </c>
+      <c r="M98" s="2"/>
       <c r="N98" s="2"/>
-      <c r="O98" s="23"/>
-      <c r="P98" s="69"/>
+      <c r="O98" s="21"/>
+      <c r="P98" s="67"/>
     </row>
     <row r="99" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>19</v>
-[...10 lines deleted...]
-      <c r="E99" s="15" t="s">
+        <v>86</v>
+      </c>
+      <c r="B99" s="18" t="s">
+        <v>183</v>
+      </c>
+      <c r="C99" s="18" t="s">
+        <v>184</v>
+      </c>
+      <c r="D99" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E99" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F99" s="52" t="s">
-[...3 lines deleted...]
-        <v>279</v>
+      <c r="F99" s="65" t="s">
+        <v>302</v>
+      </c>
+      <c r="G99" s="14" t="s">
+        <v>282</v>
       </c>
       <c r="H99" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I99" s="18">
-[...16 lines deleted...]
-      <c r="P99" s="69"/>
+      <c r="I99" s="17">
+        <v>44743</v>
+      </c>
+      <c r="J99" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K99" s="104" t="s">
+        <v>303</v>
+      </c>
+      <c r="L99" s="104" t="s">
+        <v>1202</v>
+      </c>
+      <c r="M99" s="104" t="s">
+        <v>927</v>
+      </c>
+      <c r="N99" s="104" t="s">
+        <v>1203</v>
+      </c>
+      <c r="O99" s="21"/>
+      <c r="P99" s="67"/>
     </row>
-    <row r="100" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:16" ht="102.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B100" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E100" s="15" t="s">
+      <c r="B100" s="18" t="s">
+        <v>99</v>
+      </c>
+      <c r="C100" s="18" t="s">
+        <v>100</v>
+      </c>
+      <c r="D100" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E100" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F100" s="52" t="s">
-[...3 lines deleted...]
-        <v>279</v>
+      <c r="F100" s="14" t="s">
+        <v>1267</v>
+      </c>
+      <c r="G100" s="51" t="s">
+        <v>273</v>
       </c>
       <c r="H100" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I100" s="18">
-[...2 lines deleted...]
-      <c r="J100" s="18">
+      <c r="I100" s="17">
+        <v>44774</v>
+      </c>
+      <c r="J100" s="16">
         <v>46022</v>
       </c>
-      <c r="K100" s="108" t="s">
-[...10 lines deleted...]
-      <c r="P100" s="69"/>
+      <c r="K100" s="104" t="s">
+        <v>356</v>
+      </c>
+      <c r="L100" s="104" t="s">
+        <v>724</v>
+      </c>
+      <c r="M100" s="104" t="s">
+        <v>904</v>
+      </c>
+      <c r="N100" s="104" t="s">
+        <v>1236</v>
+      </c>
+      <c r="O100" s="21"/>
+      <c r="P100" s="67"/>
     </row>
-    <row r="101" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:16" ht="102.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B101" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E101" s="15" t="s">
+      <c r="B101" s="18" t="s">
+        <v>782</v>
+      </c>
+      <c r="C101" s="18" t="s">
+        <v>395</v>
+      </c>
+      <c r="D101" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E101" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F101" s="52" t="s">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="F101" s="14" t="s">
+        <v>1138</v>
+      </c>
+      <c r="G101" s="32" t="s">
+        <v>390</v>
       </c>
       <c r="H101" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I101" s="18">
-[...13 lines deleted...]
-      </c>
+      <c r="I101" s="17">
+        <v>45383</v>
+      </c>
+      <c r="J101" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K101" s="104" t="s">
+        <v>783</v>
+      </c>
+      <c r="L101" s="104" t="s">
+        <v>1137</v>
+      </c>
+      <c r="M101" s="8"/>
       <c r="N101" s="2"/>
-      <c r="O101" s="22"/>
-      <c r="P101" s="69"/>
+      <c r="O101" s="21"/>
+      <c r="P101" s="67"/>
     </row>
-    <row r="102" spans="1:16" ht="81" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B102" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E102" s="15" t="s">
+      <c r="B102" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="C102" s="18" t="s">
+        <v>102</v>
+      </c>
+      <c r="D102" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E102" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F102" s="15" t="s">
-[...3 lines deleted...]
-        <v>40</v>
+      <c r="F102" s="14" t="s">
+        <v>799</v>
+      </c>
+      <c r="G102" s="14" t="s">
+        <v>304</v>
       </c>
       <c r="H102" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I102" s="18">
-[...16 lines deleted...]
-      <c r="P102" s="69"/>
+      <c r="I102" s="26">
+        <v>44927</v>
+      </c>
+      <c r="J102" s="16">
+        <v>45961</v>
+      </c>
+      <c r="K102" s="104" t="s">
+        <v>501</v>
+      </c>
+      <c r="L102" s="104" t="s">
+        <v>800</v>
+      </c>
+      <c r="M102" s="104" t="s">
+        <v>1091</v>
+      </c>
+      <c r="N102" s="8"/>
+      <c r="O102" s="21"/>
+      <c r="P102" s="67"/>
     </row>
     <row r="103" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B103" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E103" s="15" t="s">
+      <c r="B103" s="14" t="s">
+        <v>956</v>
+      </c>
+      <c r="C103" s="14" t="s">
+        <v>957</v>
+      </c>
+      <c r="D103" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E103" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F103" s="15" t="s">
-[...2 lines deleted...]
-      <c r="G103" s="15" t="s">
+      <c r="F103" s="10" t="s">
+        <v>1062</v>
+      </c>
+      <c r="G103" s="14" t="s">
         <v>43</v>
       </c>
       <c r="H103" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I103" s="17">
-        <v>45658</v>
+        <v>45717</v>
       </c>
       <c r="J103" s="17">
-        <v>46022</v>
-[...8 lines deleted...]
-      <c r="P103" s="69"/>
+        <v>46081</v>
+      </c>
+      <c r="K103" s="103" t="s">
+        <v>958</v>
+      </c>
+      <c r="L103" s="104"/>
+      <c r="M103" s="104"/>
+      <c r="N103" s="2"/>
+      <c r="O103" s="22"/>
+      <c r="P103" s="67"/>
     </row>
     <row r="104" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A104" s="1" t="s">
+      <c r="A104" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B104" s="2" t="s">
-[...8 lines deleted...]
-      <c r="E104" s="15" t="s">
+      <c r="B104" s="14" t="s">
+        <v>104</v>
+      </c>
+      <c r="C104" s="14" t="s">
+        <v>105</v>
+      </c>
+      <c r="D104" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="E104" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F104" s="10" t="s">
-[...3 lines deleted...]
-        <v>865</v>
+      <c r="F104" s="51" t="s">
+        <v>1266</v>
+      </c>
+      <c r="G104" s="51" t="s">
+        <v>273</v>
       </c>
       <c r="H104" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I104" s="17">
-        <v>44774</v>
-[...1 lines deleted...]
-      <c r="J104" s="18">
+        <v>44927</v>
+      </c>
+      <c r="J104" s="17">
         <v>46022</v>
       </c>
-      <c r="K104" s="115" t="s">
-[...12 lines deleted...]
-      <c r="P104" s="69"/>
+      <c r="K104" s="104" t="s">
+        <v>526</v>
+      </c>
+      <c r="L104" s="104" t="s">
+        <v>905</v>
+      </c>
+      <c r="M104" s="104" t="s">
+        <v>1237</v>
+      </c>
+      <c r="N104" s="2"/>
+      <c r="O104" s="21"/>
+      <c r="P104" s="67"/>
     </row>
     <row r="105" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A105" s="1" t="s">
+      <c r="A105" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B105" s="2" t="s">
-[...8 lines deleted...]
-      <c r="E105" s="15" t="s">
+      <c r="B105" s="14" t="s">
+        <v>519</v>
+      </c>
+      <c r="C105" s="14" t="s">
+        <v>520</v>
+      </c>
+      <c r="D105" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E105" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F105" s="2" t="s">
-[...3 lines deleted...]
-        <v>40</v>
+      <c r="F105" s="51" t="s">
+        <v>1265</v>
+      </c>
+      <c r="G105" s="51" t="s">
+        <v>273</v>
       </c>
       <c r="H105" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I105" s="17">
-        <v>44774</v>
+        <v>45017</v>
       </c>
       <c r="J105" s="17">
         <v>46022</v>
       </c>
-      <c r="K105" s="116" t="s">
-[...12 lines deleted...]
-      <c r="P105" s="69"/>
+      <c r="K105" s="104" t="s">
+        <v>518</v>
+      </c>
+      <c r="L105" s="104" t="s">
+        <v>906</v>
+      </c>
+      <c r="M105" s="104" t="s">
+        <v>1238</v>
+      </c>
+      <c r="N105" s="2"/>
+      <c r="O105" s="21"/>
+      <c r="P105" s="67"/>
     </row>
     <row r="106" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A106" s="1" t="s">
+      <c r="A106" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B106" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E106" s="15" t="s">
+      <c r="B106" s="14" t="s">
+        <v>513</v>
+      </c>
+      <c r="C106" s="14" t="s">
+        <v>514</v>
+      </c>
+      <c r="D106" s="14" t="s">
+        <v>428</v>
+      </c>
+      <c r="E106" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F106" s="15" t="s">
-[...3 lines deleted...]
-        <v>43</v>
+      <c r="F106" s="51" t="s">
+        <v>515</v>
+      </c>
+      <c r="G106" s="51" t="s">
+        <v>22</v>
       </c>
       <c r="H106" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I106" s="18">
-        <v>45717</v>
+      <c r="I106" s="17">
+        <v>45017</v>
       </c>
       <c r="J106" s="17">
-        <v>46142</v>
-[...8 lines deleted...]
-      <c r="P106" s="69"/>
+        <v>46081</v>
+      </c>
+      <c r="K106" s="104" t="s">
+        <v>512</v>
+      </c>
+      <c r="L106" s="104" t="s">
+        <v>888</v>
+      </c>
+      <c r="M106" s="104" t="s">
+        <v>1072</v>
+      </c>
+      <c r="N106" s="2"/>
+      <c r="O106" s="21"/>
+      <c r="P106" s="67"/>
     </row>
-    <row r="107" spans="1:16" ht="54" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A107" s="1" t="s">
+    <row r="107" spans="1:16" ht="81" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B107" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E107" s="15" t="s">
+      <c r="B107" s="18" t="s">
+        <v>538</v>
+      </c>
+      <c r="C107" s="18" t="s">
+        <v>87</v>
+      </c>
+      <c r="D107" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E107" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F107" s="15" t="s">
-[...2 lines deleted...]
-      <c r="G107" s="15" t="s">
+      <c r="F107" s="14" t="s">
+        <v>540</v>
+      </c>
+      <c r="G107" s="14" t="s">
         <v>40</v>
       </c>
       <c r="H107" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I107" s="18">
-[...12 lines deleted...]
-        <v>1189</v>
+      <c r="I107" s="17">
+        <v>45017</v>
+      </c>
+      <c r="J107" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K107" s="104" t="s">
+        <v>539</v>
+      </c>
+      <c r="L107" s="104" t="s">
+        <v>815</v>
+      </c>
+      <c r="M107" s="104" t="s">
+        <v>1139</v>
       </c>
       <c r="N107" s="4"/>
-      <c r="O107" s="6"/>
-      <c r="P107" s="69"/>
+      <c r="O107" s="22"/>
+      <c r="P107" s="67"/>
     </row>
-    <row r="108" spans="1:16" ht="66" customHeight="1" x14ac:dyDescent="0.25">
-[...21 lines deleted...]
-      <c r="H108" s="95" t="s">
+    <row r="108" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B108" s="14" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C108" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="D108" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="E108" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="F108" s="14" t="s">
+        <v>1030</v>
+      </c>
+      <c r="G108" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="H108" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I108" s="18">
-[...14 lines deleted...]
-      <c r="P108" s="69"/>
+      <c r="I108" s="16">
+        <v>45658</v>
+      </c>
+      <c r="J108" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K108" s="111" t="s">
+        <v>1031</v>
+      </c>
+      <c r="L108" s="104"/>
+      <c r="M108" s="104"/>
+      <c r="N108" s="6"/>
+      <c r="O108" s="8"/>
+      <c r="P108" s="67"/>
     </row>
     <row r="109" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A109" s="3" t="s">
+      <c r="A109" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B109" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E109" s="15" t="s">
+      <c r="B109" s="2" t="s">
+        <v>310</v>
+      </c>
+      <c r="C109" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="D109" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E109" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F109" s="15" t="s">
-[...3 lines deleted...]
-        <v>279</v>
+      <c r="F109" s="10" t="s">
+        <v>311</v>
+      </c>
+      <c r="G109" s="75" t="s">
+        <v>835</v>
       </c>
       <c r="H109" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I109" s="18">
-[...14 lines deleted...]
-      <c r="N109" s="6"/>
+      <c r="I109" s="16">
+        <v>44774</v>
+      </c>
+      <c r="J109" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K109" s="111" t="s">
+        <v>312</v>
+      </c>
+      <c r="L109" s="104" t="s">
+        <v>613</v>
+      </c>
+      <c r="M109" s="104" t="s">
+        <v>834</v>
+      </c>
+      <c r="N109" s="104" t="s">
+        <v>1196</v>
+      </c>
       <c r="O109" s="6"/>
-      <c r="P109" s="69"/>
+      <c r="P109" s="67"/>
     </row>
-    <row r="110" spans="1:16" ht="87" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A110" s="3" t="s">
+    <row r="110" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B110" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E110" s="15" t="s">
+      <c r="B110" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="C110" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="D110" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E110" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F110" s="15" t="s">
-[...3 lines deleted...]
-        <v>279</v>
+      <c r="F110" s="2" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G110" s="14" t="s">
+        <v>40</v>
       </c>
       <c r="H110" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I110" s="18">
-[...10 lines deleted...]
-      <c r="N110" s="6"/>
+      <c r="I110" s="16">
+        <v>44774</v>
+      </c>
+      <c r="J110" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K110" s="112" t="s">
+        <v>333</v>
+      </c>
+      <c r="L110" s="104" t="s">
+        <v>618</v>
+      </c>
+      <c r="M110" s="104" t="s">
+        <v>832</v>
+      </c>
+      <c r="N110" s="104" t="s">
+        <v>1140</v>
+      </c>
       <c r="O110" s="6"/>
-      <c r="P110" s="69"/>
+      <c r="P110" s="67"/>
     </row>
-    <row r="111" spans="1:16" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A111" s="3" t="s">
+    <row r="111" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B111" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E111" s="15" t="s">
+      <c r="B111" s="18" t="s">
+        <v>108</v>
+      </c>
+      <c r="C111" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="D111" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E111" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F111" s="15" t="s">
-[...3 lines deleted...]
-        <v>279</v>
+      <c r="F111" s="14" t="s">
+        <v>334</v>
+      </c>
+      <c r="G111" s="14" t="s">
+        <v>43</v>
       </c>
       <c r="H111" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I111" s="18">
-[...14 lines deleted...]
-      <c r="N111" s="6"/>
+      <c r="I111" s="17">
+        <v>45717</v>
+      </c>
+      <c r="J111" s="16">
+        <v>46142</v>
+      </c>
+      <c r="K111" s="103" t="s">
+        <v>1063</v>
+      </c>
+      <c r="L111" s="103"/>
+      <c r="M111" s="104"/>
+      <c r="N111" s="4"/>
       <c r="O111" s="6"/>
-      <c r="P111" s="69"/>
+      <c r="P111" s="67"/>
     </row>
-    <row r="112" spans="1:16" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A112" s="3" t="s">
+    <row r="112" spans="1:16" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B112" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E112" s="15" t="s">
+      <c r="B112" s="18" t="s">
+        <v>431</v>
+      </c>
+      <c r="C112" s="18" t="s">
+        <v>432</v>
+      </c>
+      <c r="D112" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E112" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F112" s="15" t="s">
-[...3 lines deleted...]
-        <v>279</v>
+      <c r="F112" s="14" t="s">
+        <v>1169</v>
+      </c>
+      <c r="G112" s="14" t="s">
+        <v>40</v>
       </c>
       <c r="H112" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I112" s="18">
-[...16 lines deleted...]
-      </c>
+      <c r="I112" s="17">
+        <v>44927</v>
+      </c>
+      <c r="J112" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K112" s="103" t="s">
+        <v>433</v>
+      </c>
+      <c r="L112" s="103" t="s">
+        <v>811</v>
+      </c>
+      <c r="M112" s="104" t="s">
+        <v>1141</v>
+      </c>
+      <c r="N112" s="4"/>
       <c r="O112" s="6"/>
-      <c r="P112" s="69"/>
+      <c r="P112" s="67"/>
     </row>
-    <row r="113" spans="1:16" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
-[...21 lines deleted...]
-      <c r="H113" s="2" t="s">
+    <row r="113" spans="1:16" ht="66" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B113" s="18" t="s">
+        <v>190</v>
+      </c>
+      <c r="C113" s="18" t="s">
+        <v>112</v>
+      </c>
+      <c r="D113" s="14" t="s">
+        <v>241</v>
+      </c>
+      <c r="E113" s="14" t="s">
+        <v>938</v>
+      </c>
+      <c r="F113" s="14" t="s">
+        <v>939</v>
+      </c>
+      <c r="G113" s="14" t="s">
+        <v>940</v>
+      </c>
+      <c r="H113" s="91" t="s">
         <v>23</v>
       </c>
-      <c r="I113" s="18">
-[...16 lines deleted...]
-      </c>
+      <c r="I113" s="17">
+        <v>45566</v>
+      </c>
+      <c r="J113" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K113" s="108" t="s">
+        <v>413</v>
+      </c>
+      <c r="L113" s="103" t="s">
+        <v>1213</v>
+      </c>
+      <c r="M113" s="4"/>
+      <c r="N113" s="4"/>
       <c r="O113" s="6"/>
-      <c r="P113" s="69"/>
+      <c r="P113" s="67"/>
     </row>
-    <row r="114" spans="1:16" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B114" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E114" s="15" t="s">
+      <c r="B114" s="14" t="s">
+        <v>528</v>
+      </c>
+      <c r="C114" s="14" t="s">
+        <v>530</v>
+      </c>
+      <c r="D114" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E114" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F114" s="15" t="s">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="F114" s="14" t="s">
+        <v>531</v>
+      </c>
+      <c r="G114" s="14" t="s">
+        <v>273</v>
       </c>
       <c r="H114" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I114" s="18">
-[...2 lines deleted...]
-      <c r="J114" s="18">
+      <c r="I114" s="17">
+        <v>44927</v>
+      </c>
+      <c r="J114" s="17">
         <v>46022</v>
       </c>
-      <c r="K114" s="116" t="s">
-[...5 lines deleted...]
-      <c r="M114" s="107"/>
+      <c r="K114" s="103" t="s">
+        <v>529</v>
+      </c>
+      <c r="L114" s="103" t="s">
+        <v>907</v>
+      </c>
+      <c r="M114" s="103" t="s">
+        <v>1239</v>
+      </c>
       <c r="N114" s="6"/>
       <c r="O114" s="6"/>
-      <c r="P114" s="69"/>
+      <c r="P114" s="67"/>
     </row>
-    <row r="115" spans="1:16" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:16" ht="87" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B115" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E115" s="15" t="s">
+      <c r="B115" s="14" t="s">
+        <v>528</v>
+      </c>
+      <c r="C115" s="14" t="s">
+        <v>530</v>
+      </c>
+      <c r="D115" s="14" t="s">
+        <v>1224</v>
+      </c>
+      <c r="E115" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F115" s="15" t="s">
-[...3 lines deleted...]
-        <v>43</v>
+      <c r="F115" s="14" t="s">
+        <v>1225</v>
+      </c>
+      <c r="G115" s="14" t="s">
+        <v>273</v>
       </c>
       <c r="H115" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I115" s="18">
-[...2 lines deleted...]
-      <c r="J115" s="18">
+      <c r="I115" s="17">
+        <v>45839</v>
+      </c>
+      <c r="J115" s="17">
         <v>46022</v>
       </c>
-      <c r="K115" s="116" t="s">
-[...3 lines deleted...]
-      <c r="M115" s="107"/>
+      <c r="K115" s="112" t="s">
+        <v>1223</v>
+      </c>
+      <c r="L115" s="103"/>
+      <c r="M115" s="6"/>
       <c r="N115" s="6"/>
       <c r="O115" s="6"/>
-      <c r="P115" s="69"/>
+      <c r="P115" s="67"/>
     </row>
-    <row r="116" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:16" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B116" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E116" s="10" t="s">
+      <c r="B116" s="14" t="s">
+        <v>111</v>
+      </c>
+      <c r="C116" s="14" t="s">
+        <v>112</v>
+      </c>
+      <c r="D116" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E116" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F116" s="2" t="s">
-[...3 lines deleted...]
-        <v>31</v>
+      <c r="F116" s="14" t="s">
+        <v>1264</v>
+      </c>
+      <c r="G116" s="14" t="s">
+        <v>273</v>
       </c>
       <c r="H116" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I116" s="18">
-[...16 lines deleted...]
-      </c>
+      <c r="I116" s="17">
+        <v>44927</v>
+      </c>
+      <c r="J116" s="17">
+        <v>46022</v>
+      </c>
+      <c r="K116" s="112" t="s">
+        <v>532</v>
+      </c>
+      <c r="L116" s="103" t="s">
+        <v>908</v>
+      </c>
+      <c r="M116" s="103" t="s">
+        <v>1240</v>
+      </c>
+      <c r="N116" s="6"/>
       <c r="O116" s="6"/>
-      <c r="P116" s="69"/>
+      <c r="P116" s="67"/>
     </row>
-    <row r="117" spans="1:16" ht="71.849999999999994" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:16" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B117" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E117" s="15" t="s">
+      <c r="B117" s="14" t="s">
+        <v>350</v>
+      </c>
+      <c r="C117" s="14" t="s">
+        <v>163</v>
+      </c>
+      <c r="D117" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E117" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F117" s="15" t="s">
-[...3 lines deleted...]
-        <v>868</v>
+      <c r="F117" s="14" t="s">
+        <v>351</v>
+      </c>
+      <c r="G117" s="14" t="s">
+        <v>273</v>
       </c>
       <c r="H117" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I117" s="18">
-[...2 lines deleted...]
-      <c r="J117" s="27">
+      <c r="I117" s="17">
+        <v>44958</v>
+      </c>
+      <c r="J117" s="17">
         <v>46022</v>
       </c>
-      <c r="K117" s="116" t="s">
-[...9 lines deleted...]
-        <v>1247</v>
+      <c r="K117" s="112" t="s">
+        <v>352</v>
+      </c>
+      <c r="L117" s="103" t="s">
+        <v>722</v>
+      </c>
+      <c r="M117" s="103" t="s">
+        <v>909</v>
+      </c>
+      <c r="N117" s="103" t="s">
+        <v>1241</v>
       </c>
       <c r="O117" s="6"/>
-      <c r="P117" s="69"/>
+      <c r="P117" s="67"/>
     </row>
-    <row r="118" spans="1:16" ht="102.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:16" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B118" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E118" s="15" t="s">
+      <c r="B118" s="14" t="s">
+        <v>478</v>
+      </c>
+      <c r="C118" s="14" t="s">
+        <v>479</v>
+      </c>
+      <c r="D118" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="E118" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F118" s="2" t="s">
-[...3 lines deleted...]
-        <v>40</v>
+      <c r="F118" s="14" t="s">
+        <v>480</v>
+      </c>
+      <c r="G118" s="32" t="s">
+        <v>43</v>
       </c>
       <c r="H118" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I118" s="18">
-        <v>45748</v>
+      <c r="I118" s="17">
+        <v>44896</v>
       </c>
       <c r="J118" s="17">
-        <v>46022</v>
-[...6 lines deleted...]
-      <c r="N118" s="6"/>
+        <v>46081</v>
+      </c>
+      <c r="K118" s="112" t="s">
+        <v>481</v>
+      </c>
+      <c r="L118" s="103" t="s">
+        <v>627</v>
+      </c>
+      <c r="M118" s="103" t="s">
+        <v>869</v>
+      </c>
+      <c r="N118" s="103" t="s">
+        <v>1187</v>
+      </c>
       <c r="O118" s="6"/>
-      <c r="P118" s="69"/>
+      <c r="P118" s="67"/>
     </row>
-    <row r="119" spans="1:16" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:16" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B119" s="15" t="s">
-[...15 lines deleted...]
-        <v>40</v>
+      <c r="B119" s="14" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C119" s="14" t="s">
+        <v>70</v>
+      </c>
+      <c r="D119" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E119" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="F119" s="14" t="s">
+        <v>1015</v>
+      </c>
+      <c r="G119" s="51" t="s">
+        <v>22</v>
       </c>
       <c r="H119" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I119" s="34" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="I119" s="17">
+        <v>45657</v>
+      </c>
+      <c r="J119" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K119" s="112" t="s">
+        <v>1016</v>
+      </c>
+      <c r="L119" s="103" t="s">
+        <v>1073</v>
+      </c>
+      <c r="M119" s="103"/>
+      <c r="N119" s="6"/>
       <c r="O119" s="6"/>
-      <c r="P119" s="69"/>
+      <c r="P119" s="67"/>
     </row>
-    <row r="120" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:16" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B120" s="19" t="s">
-[...15 lines deleted...]
-        <v>279</v>
+      <c r="B120" s="14" t="s">
+        <v>1325</v>
+      </c>
+      <c r="C120" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="D120" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="E120" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="F120" s="14" t="s">
+        <v>1044</v>
+      </c>
+      <c r="G120" s="32" t="s">
+        <v>43</v>
       </c>
       <c r="H120" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I120" s="123">
-[...14 lines deleted...]
-      <c r="N120" s="4"/>
+      <c r="I120" s="17">
+        <v>45901</v>
+      </c>
+      <c r="J120" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K120" s="112" t="s">
+        <v>1324</v>
+      </c>
+      <c r="L120" s="103"/>
+      <c r="M120" s="103"/>
+      <c r="N120" s="6"/>
       <c r="O120" s="6"/>
-      <c r="P120" s="69"/>
+      <c r="P120" s="67"/>
     </row>
-    <row r="121" spans="1:16" ht="68.849999999999994" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B121" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E121" s="15" t="s">
+      <c r="B121" s="14" t="s">
+        <v>605</v>
+      </c>
+      <c r="C121" s="14" t="s">
+        <v>606</v>
+      </c>
+      <c r="D121" s="14" t="s">
+        <v>589</v>
+      </c>
+      <c r="E121" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="F121" s="10" t="s">
-[...3 lines deleted...]
-        <v>320</v>
+      <c r="F121" s="2" t="s">
+        <v>607</v>
+      </c>
+      <c r="G121" s="14" t="s">
+        <v>31</v>
       </c>
       <c r="H121" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I121" s="17">
-        <v>45017</v>
-[...13 lines deleted...]
-      <c r="N121" s="4"/>
+        <v>44774</v>
+      </c>
+      <c r="J121" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K121" s="112" t="s">
+        <v>608</v>
+      </c>
+      <c r="L121" s="103" t="s">
+        <v>649</v>
+      </c>
+      <c r="M121" s="103" t="s">
+        <v>997</v>
+      </c>
+      <c r="N121" s="103" t="s">
+        <v>1298</v>
+      </c>
       <c r="O121" s="6"/>
-      <c r="P121" s="69"/>
+      <c r="P121" s="67"/>
     </row>
-    <row r="122" spans="1:16" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:16" ht="71.849999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B122" s="15" t="s">
-[...15 lines deleted...]
-        <v>80</v>
+      <c r="B122" s="14" t="s">
+        <v>306</v>
+      </c>
+      <c r="C122" s="14" t="s">
+        <v>307</v>
+      </c>
+      <c r="D122" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E122" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="F122" s="14" t="s">
+        <v>308</v>
+      </c>
+      <c r="G122" s="14" t="s">
+        <v>838</v>
       </c>
       <c r="H122" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I122" s="18">
-[...15 lines deleted...]
-        <v>1133</v>
+      <c r="I122" s="17">
+        <v>44774</v>
+      </c>
+      <c r="J122" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K122" s="112" t="s">
+        <v>313</v>
+      </c>
+      <c r="L122" s="103" t="s">
+        <v>612</v>
+      </c>
+      <c r="M122" s="103" t="s">
+        <v>836</v>
+      </c>
+      <c r="N122" s="103" t="s">
+        <v>1197</v>
       </c>
       <c r="O122" s="6"/>
-      <c r="P122" s="69"/>
+      <c r="P122" s="67"/>
     </row>
-    <row r="123" spans="1:16" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:16" ht="102.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B123" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E123" s="15" t="s">
+      <c r="B123" s="14" t="s">
+        <v>559</v>
+      </c>
+      <c r="C123" s="14" t="s">
+        <v>560</v>
+      </c>
+      <c r="D123" s="14" t="s">
+        <v>1052</v>
+      </c>
+      <c r="E123" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F123" s="15" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="F123" s="2" t="s">
+        <v>561</v>
+      </c>
+      <c r="G123" s="14" t="s">
+        <v>40</v>
       </c>
       <c r="H123" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I123" s="18">
-[...14 lines deleted...]
-      <c r="N123" s="4"/>
+      <c r="I123" s="17">
+        <v>45748</v>
+      </c>
+      <c r="J123" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K123" s="112" t="s">
+        <v>1053</v>
+      </c>
+      <c r="L123" s="102"/>
+      <c r="M123" s="6"/>
+      <c r="N123" s="6"/>
       <c r="O123" s="6"/>
-      <c r="P123" s="69"/>
+      <c r="P123" s="67"/>
     </row>
-    <row r="124" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:16" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B124" s="15" t="s">
-[...15 lines deleted...]
-        <v>26</v>
+      <c r="B124" s="14" t="s">
+        <v>494</v>
+      </c>
+      <c r="C124" s="14" t="s">
+        <v>110</v>
+      </c>
+      <c r="D124" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E124" s="14" t="s">
+        <v>113</v>
+      </c>
+      <c r="F124" s="14" t="s">
+        <v>644</v>
+      </c>
+      <c r="G124" s="14" t="s">
+        <v>40</v>
       </c>
       <c r="H124" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I124" s="18">
-[...15 lines deleted...]
-        <v>1134</v>
+      <c r="I124" s="33" t="s">
+        <v>495</v>
+      </c>
+      <c r="J124" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K124" s="103" t="s">
+        <v>496</v>
+      </c>
+      <c r="L124" s="102" t="s">
+        <v>645</v>
+      </c>
+      <c r="M124" s="103" t="s">
+        <v>816</v>
+      </c>
+      <c r="N124" s="103" t="s">
+        <v>1142</v>
       </c>
       <c r="O124" s="6"/>
-      <c r="P124" s="69"/>
+      <c r="P124" s="67"/>
     </row>
     <row r="125" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B125" s="15" t="s">
-[...15 lines deleted...]
-        <v>43</v>
+      <c r="B125" s="18" t="s">
+        <v>491</v>
+      </c>
+      <c r="C125" s="18" t="s">
+        <v>492</v>
+      </c>
+      <c r="D125" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="E125" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="F125" s="14" t="s">
+        <v>493</v>
+      </c>
+      <c r="G125" s="2" t="s">
+        <v>273</v>
       </c>
       <c r="H125" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I125" s="18">
-[...2 lines deleted...]
-      <c r="J125" s="18">
+      <c r="I125" s="119">
+        <v>44966</v>
+      </c>
+      <c r="J125" s="34">
         <v>46022</v>
       </c>
-      <c r="K125" s="107" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="K125" s="104" t="s">
+        <v>490</v>
+      </c>
+      <c r="L125" s="102" t="s">
+        <v>910</v>
+      </c>
+      <c r="M125" s="104" t="s">
+        <v>1242</v>
+      </c>
+      <c r="N125" s="4"/>
       <c r="O125" s="6"/>
-      <c r="P125" s="69"/>
+      <c r="P125" s="67"/>
     </row>
-    <row r="126" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A126" s="1" t="s">
+    <row r="126" spans="1:16" ht="68.849999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B126" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E126" s="15" t="s">
+      <c r="B126" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="C126" s="18" t="s">
+        <v>63</v>
+      </c>
+      <c r="D126" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E126" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F126" s="15" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="F126" s="10" t="s">
+        <v>547</v>
+      </c>
+      <c r="G126" s="25" t="s">
+        <v>309</v>
       </c>
       <c r="H126" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I126" s="29">
-[...16 lines deleted...]
-      </c>
+      <c r="I126" s="16">
+        <v>45017</v>
+      </c>
+      <c r="J126" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K126" s="103" t="s">
+        <v>614</v>
+      </c>
+      <c r="L126" s="104" t="s">
+        <v>837</v>
+      </c>
+      <c r="M126" s="104" t="s">
+        <v>1198</v>
+      </c>
+      <c r="N126" s="4"/>
       <c r="O126" s="6"/>
-      <c r="P126" s="69"/>
+      <c r="P126" s="67"/>
     </row>
-    <row r="127" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A127" s="1" t="s">
+    <row r="127" spans="1:16" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B127" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E127" s="15" t="s">
+      <c r="B127" s="14" t="s">
+        <v>115</v>
+      </c>
+      <c r="C127" s="18" t="s">
+        <v>225</v>
+      </c>
+      <c r="D127" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E127" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F127" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H127" s="31" t="s">
+      <c r="F127" s="14" t="s">
+        <v>1114</v>
+      </c>
+      <c r="G127" s="14" t="s">
+        <v>80</v>
+      </c>
+      <c r="H127" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I127" s="18">
-[...18 lines deleted...]
-      <c r="P127" s="69"/>
+      <c r="I127" s="17">
+        <v>46082</v>
+      </c>
+      <c r="J127" s="34">
+        <v>47514</v>
+      </c>
+      <c r="K127" s="103" t="s">
+        <v>1387</v>
+      </c>
+      <c r="L127" s="104"/>
+      <c r="M127" s="104"/>
+      <c r="N127" s="104"/>
+      <c r="O127" s="6"/>
+      <c r="P127" s="67"/>
     </row>
-    <row r="128" spans="1:16" ht="66" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:16" ht="54" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B128" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E128" s="15" t="s">
+      <c r="B128" s="14" t="s">
+        <v>115</v>
+      </c>
+      <c r="C128" s="14" t="s">
+        <v>116</v>
+      </c>
+      <c r="D128" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="E128" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F128" s="52" t="s">
-[...5 lines deleted...]
-      <c r="H128" s="10" t="s">
+      <c r="F128" s="14" t="s">
+        <v>264</v>
+      </c>
+      <c r="G128" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="H128" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I128" s="18">
-[...2 lines deleted...]
-      <c r="J128" s="18">
+      <c r="I128" s="17">
+        <v>45286</v>
+      </c>
+      <c r="J128" s="17">
         <v>46022</v>
       </c>
-      <c r="K128" s="110" t="s">
-[...10 lines deleted...]
-      <c r="P128" s="69"/>
+      <c r="K128" s="104" t="s">
+        <v>753</v>
+      </c>
+      <c r="L128" s="104" t="s">
+        <v>801</v>
+      </c>
+      <c r="M128" s="104" t="s">
+        <v>1092</v>
+      </c>
+      <c r="N128" s="4"/>
+      <c r="O128" s="6"/>
+      <c r="P128" s="67"/>
     </row>
-    <row r="129" spans="1:16" ht="66" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B129" s="66" t="s">
-[...8 lines deleted...]
-      <c r="E129" s="15" t="s">
+      <c r="B129" s="14" t="s">
+        <v>200</v>
+      </c>
+      <c r="C129" s="14" t="s">
+        <v>85</v>
+      </c>
+      <c r="D129" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="E129" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F129" s="52" t="s">
-[...5 lines deleted...]
-      <c r="H129" s="10" t="s">
+      <c r="F129" s="27" t="s">
+        <v>265</v>
+      </c>
+      <c r="G129" s="40" t="s">
+        <v>26</v>
+      </c>
+      <c r="H129" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I129" s="29">
-[...2 lines deleted...]
-      <c r="J129" s="18">
+      <c r="I129" s="17">
+        <v>44652</v>
+      </c>
+      <c r="J129" s="17">
         <v>46022</v>
       </c>
-      <c r="K129" s="117" t="s">
-[...6 lines deleted...]
-      <c r="P129" s="69"/>
+      <c r="K129" s="103" t="s">
+        <v>266</v>
+      </c>
+      <c r="L129" s="103" t="s">
+        <v>502</v>
+      </c>
+      <c r="M129" s="103" t="s">
+        <v>802</v>
+      </c>
+      <c r="N129" s="103" t="s">
+        <v>1093</v>
+      </c>
+      <c r="O129" s="6"/>
+      <c r="P129" s="67"/>
     </row>
-    <row r="130" spans="1:16" ht="66" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>86</v>
-[...10 lines deleted...]
-      <c r="E130" s="28" t="s">
+        <v>19</v>
+      </c>
+      <c r="B130" s="14" t="s">
+        <v>380</v>
+      </c>
+      <c r="C130" s="14" t="s">
+        <v>381</v>
+      </c>
+      <c r="D130" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E130" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F130" s="97" t="s">
-[...5 lines deleted...]
-      <c r="H130" s="45" t="s">
+      <c r="F130" s="27" t="s">
+        <v>382</v>
+      </c>
+      <c r="G130" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="H130" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I130" s="98">
-[...2 lines deleted...]
-      <c r="J130" s="99">
+      <c r="I130" s="17">
+        <v>44866</v>
+      </c>
+      <c r="J130" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K130" s="103" t="s">
+        <v>383</v>
+      </c>
+      <c r="L130" s="103" t="s">
+        <v>629</v>
+      </c>
+      <c r="M130" s="103" t="s">
+        <v>870</v>
+      </c>
+      <c r="N130" s="103" t="s">
+        <v>1188</v>
+      </c>
+      <c r="O130" s="6"/>
+      <c r="P130" s="67"/>
+    </row>
+    <row r="131" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B131" s="18" t="s">
+        <v>117</v>
+      </c>
+      <c r="C131" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="D131" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="E131" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="F131" s="14" t="s">
+        <v>267</v>
+      </c>
+      <c r="G131" s="40" t="s">
+        <v>26</v>
+      </c>
+      <c r="H131" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I131" s="28">
+        <v>44652</v>
+      </c>
+      <c r="J131" s="17">
         <v>46022</v>
       </c>
-      <c r="K130" s="117" t="s">
-[...12 lines deleted...]
-      <c r="P130" s="69"/>
+      <c r="K131" s="103" t="s">
+        <v>268</v>
+      </c>
+      <c r="L131" s="108" t="s">
+        <v>503</v>
+      </c>
+      <c r="M131" s="104" t="s">
+        <v>803</v>
+      </c>
+      <c r="N131" s="104" t="s">
+        <v>1094</v>
+      </c>
+      <c r="O131" s="6"/>
+      <c r="P131" s="67"/>
     </row>
-    <row r="131" spans="1:16" ht="66" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A131" s="3" t="s">
+    <row r="132" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B131" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E131" s="15" t="s">
+      <c r="B132" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="C132" s="18" t="s">
+        <v>120</v>
+      </c>
+      <c r="D132" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="E132" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F131" s="86" t="s">
-[...5 lines deleted...]
-      <c r="H131" s="10" t="s">
+      <c r="F132" s="10" t="s">
+        <v>258</v>
+      </c>
+      <c r="G132" s="75" t="s">
+        <v>132</v>
+      </c>
+      <c r="H132" s="30" t="s">
         <v>23</v>
       </c>
-      <c r="I131" s="79">
-[...16 lines deleted...]
-      <c r="P131" s="69"/>
+      <c r="I132" s="17">
+        <v>44652</v>
+      </c>
+      <c r="J132" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K132" s="108" t="s">
+        <v>259</v>
+      </c>
+      <c r="L132" s="104" t="s">
+        <v>664</v>
+      </c>
+      <c r="M132" s="104" t="s">
+        <v>889</v>
+      </c>
+      <c r="N132" s="104" t="s">
+        <v>1074</v>
+      </c>
+      <c r="O132" s="21"/>
+      <c r="P132" s="67"/>
     </row>
-    <row r="132" spans="1:16" ht="66" customHeight="1" x14ac:dyDescent="0.25">
-[...43 lines deleted...]
-    <row r="133" spans="1:16" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:16" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B133" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E133" s="15" t="s">
+      <c r="B133" s="18" t="s">
+        <v>121</v>
+      </c>
+      <c r="C133" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="D133" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E133" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F133" s="15" t="s">
-[...5 lines deleted...]
-      <c r="H133" s="2" t="s">
+      <c r="F133" s="51" t="s">
+        <v>534</v>
+      </c>
+      <c r="G133" s="76" t="s">
+        <v>273</v>
+      </c>
+      <c r="H133" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="I133" s="18">
-        <v>44927</v>
+      <c r="I133" s="17">
+        <v>44958</v>
       </c>
       <c r="J133" s="17">
         <v>46022</v>
       </c>
-      <c r="K133" s="109" t="s">
-[...10 lines deleted...]
-      <c r="P133" s="69"/>
+      <c r="K133" s="106" t="s">
+        <v>533</v>
+      </c>
+      <c r="L133" s="104" t="s">
+        <v>911</v>
+      </c>
+      <c r="M133" s="120" t="s">
+        <v>1243</v>
+      </c>
+      <c r="N133" s="8"/>
+      <c r="O133" s="21"/>
+      <c r="P133" s="67"/>
     </row>
-    <row r="134" spans="1:16" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:16" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B134" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E134" s="15" t="s">
+      <c r="B134" s="64" t="s">
+        <v>1321</v>
+      </c>
+      <c r="C134" s="64" t="s">
+        <v>70</v>
+      </c>
+      <c r="D134" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E134" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F134" s="15" t="s">
-[...5 lines deleted...]
-      <c r="H134" s="2" t="s">
+      <c r="F134" s="51" t="s">
+        <v>1323</v>
+      </c>
+      <c r="G134" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="H134" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="I134" s="18">
-[...18 lines deleted...]
-      <c r="P134" s="69"/>
+      <c r="I134" s="28">
+        <v>45901</v>
+      </c>
+      <c r="J134" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K134" s="113" t="s">
+        <v>1322</v>
+      </c>
+      <c r="L134" s="114"/>
+      <c r="M134" s="8"/>
+      <c r="N134" s="8"/>
+      <c r="O134" s="21"/>
+      <c r="P134" s="67"/>
     </row>
-    <row r="135" spans="1:16" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:16" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>19</v>
-[...10 lines deleted...]
-      <c r="E135" s="15" t="s">
+        <v>86</v>
+      </c>
+      <c r="B135" s="64" t="s">
+        <v>277</v>
+      </c>
+      <c r="C135" s="64" t="s">
+        <v>718</v>
+      </c>
+      <c r="D135" s="93" t="s">
+        <v>236</v>
+      </c>
+      <c r="E135" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="F135" s="15" t="s">
-[...5 lines deleted...]
-      <c r="H135" s="34" t="s">
+      <c r="F135" s="93" t="s">
+        <v>278</v>
+      </c>
+      <c r="G135" s="65" t="s">
+        <v>279</v>
+      </c>
+      <c r="H135" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="I135" s="18">
-[...16 lines deleted...]
-      <c r="P135" s="69"/>
+      <c r="I135" s="94">
+        <v>44713</v>
+      </c>
+      <c r="J135" s="95">
+        <v>46081</v>
+      </c>
+      <c r="K135" s="113" t="s">
+        <v>281</v>
+      </c>
+      <c r="L135" s="114" t="s">
+        <v>609</v>
+      </c>
+      <c r="M135" s="104" t="s">
+        <v>928</v>
+      </c>
+      <c r="N135" s="103" t="s">
+        <v>1204</v>
+      </c>
+      <c r="O135" s="21"/>
+      <c r="P135" s="67"/>
     </row>
-    <row r="136" spans="1:16" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:16" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B136" s="15" t="s">
-[...17 lines deleted...]
-      <c r="H136" s="34" t="s">
+      <c r="B136" s="18" t="s">
+        <v>470</v>
+      </c>
+      <c r="C136" s="18" t="s">
+        <v>227</v>
+      </c>
+      <c r="D136" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E136" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="F136" s="93" t="s">
+        <v>1361</v>
+      </c>
+      <c r="G136" s="75" t="s">
+        <v>132</v>
+      </c>
+      <c r="H136" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="I136" s="18">
-[...14 lines deleted...]
-      <c r="P136" s="69"/>
+      <c r="I136" s="77">
+        <v>45017</v>
+      </c>
+      <c r="J136" s="78">
+        <v>46081</v>
+      </c>
+      <c r="K136" s="104" t="s">
+        <v>471</v>
+      </c>
+      <c r="L136" s="104" t="s">
+        <v>890</v>
+      </c>
+      <c r="M136" s="104" t="s">
+        <v>1109</v>
+      </c>
+      <c r="N136" s="8"/>
+      <c r="O136" s="21"/>
+      <c r="P136" s="67"/>
     </row>
-    <row r="137" spans="1:16" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:16" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>19</v>
-[...10 lines deleted...]
-      <c r="E137" s="15" t="s">
+        <v>86</v>
+      </c>
+      <c r="B137" s="18" t="s">
+        <v>415</v>
+      </c>
+      <c r="C137" s="18" t="s">
+        <v>416</v>
+      </c>
+      <c r="D137" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E137" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F137" s="15" t="s">
-        <v>1401</v>
+      <c r="F137" s="10" t="s">
+        <v>417</v>
       </c>
       <c r="G137" s="10" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H137" s="34" t="s">
+        <v>418</v>
+      </c>
+      <c r="H137" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="I137" s="18">
-[...12 lines deleted...]
-      <c r="P137" s="69"/>
+      <c r="I137" s="77">
+        <v>44927</v>
+      </c>
+      <c r="J137" s="78">
+        <v>46081</v>
+      </c>
+      <c r="K137" s="106" t="s">
+        <v>414</v>
+      </c>
+      <c r="L137" s="104" t="s">
+        <v>929</v>
+      </c>
+      <c r="M137" s="104" t="s">
+        <v>1212</v>
+      </c>
+      <c r="N137" s="8"/>
+      <c r="O137" s="21"/>
+      <c r="P137" s="67"/>
     </row>
-    <row r="138" spans="1:16" ht="75.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:16" ht="75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B138" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E138" s="15" t="s">
+      <c r="B138" s="14" t="s">
+        <v>423</v>
+      </c>
+      <c r="C138" s="14" t="s">
+        <v>424</v>
+      </c>
+      <c r="D138" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="E138" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F138" s="15" t="s">
-[...5 lines deleted...]
-      <c r="H138" s="34" t="s">
+      <c r="F138" s="14" t="s">
+        <v>426</v>
+      </c>
+      <c r="G138" s="39" t="s">
+        <v>155</v>
+      </c>
+      <c r="H138" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I138" s="18">
-[...2 lines deleted...]
-      <c r="J138" s="17">
+      <c r="I138" s="17">
+        <v>44927</v>
+      </c>
+      <c r="J138" s="16">
         <v>46022</v>
       </c>
-      <c r="K138" s="107" t="s">
-[...6 lines deleted...]
-        <v>1192</v>
+      <c r="K138" s="105" t="s">
+        <v>425</v>
+      </c>
+      <c r="L138" s="103" t="s">
+        <v>856</v>
+      </c>
+      <c r="M138" s="103" t="s">
+        <v>1049</v>
       </c>
       <c r="N138" s="6"/>
       <c r="O138" s="6"/>
-      <c r="P138" s="69"/>
+      <c r="P138" s="67"/>
     </row>
-    <row r="139" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A139" s="46" t="s">
+    <row r="139" spans="1:16" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B139" s="33" t="s">
-[...17 lines deleted...]
-      <c r="H139" s="34" t="s">
+      <c r="B139" s="14" t="s">
+        <v>562</v>
+      </c>
+      <c r="C139" s="14" t="s">
+        <v>106</v>
+      </c>
+      <c r="D139" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E139" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="F139" s="14" t="s">
+        <v>563</v>
+      </c>
+      <c r="G139" s="10" t="s">
+        <v>564</v>
+      </c>
+      <c r="H139" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I139" s="35">
-[...2 lines deleted...]
-      <c r="J139" s="47">
+      <c r="I139" s="17">
+        <v>44774</v>
+      </c>
+      <c r="J139" s="78">
+        <v>46081</v>
+      </c>
+      <c r="K139" s="105" t="s">
+        <v>611</v>
+      </c>
+      <c r="L139" s="103" t="s">
+        <v>665</v>
+      </c>
+      <c r="M139" s="103" t="s">
+        <v>891</v>
+      </c>
+      <c r="N139" s="103" t="s">
+        <v>1103</v>
+      </c>
+      <c r="O139" s="6"/>
+      <c r="P139" s="67"/>
+    </row>
+    <row r="140" spans="1:16" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B140" s="14" t="s">
+        <v>675</v>
+      </c>
+      <c r="C140" s="14" t="s">
+        <v>87</v>
+      </c>
+      <c r="D140" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E140" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="F140" s="14" t="s">
+        <v>1168</v>
+      </c>
+      <c r="G140" s="10" t="s">
+        <v>677</v>
+      </c>
+      <c r="H140" s="33" t="s">
+        <v>23</v>
+      </c>
+      <c r="I140" s="17">
+        <v>45108</v>
+      </c>
+      <c r="J140" s="16">
         <v>46022</v>
       </c>
-      <c r="K139" s="106" t="s">
-[...10 lines deleted...]
-      <c r="P139" s="91"/>
+      <c r="K140" s="105" t="s">
+        <v>676</v>
+      </c>
+      <c r="L140" s="103" t="s">
+        <v>817</v>
+      </c>
+      <c r="M140" s="103" t="s">
+        <v>1143</v>
+      </c>
+      <c r="N140" s="6"/>
+      <c r="O140" s="6"/>
+      <c r="P140" s="67"/>
     </row>
-    <row r="140" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-[...43 lines deleted...]
-    <row r="141" spans="1:16" ht="80.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:16" ht="75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B141" s="33" t="s">
-[...17 lines deleted...]
-      <c r="H141" s="2" t="s">
+      <c r="B141" s="14" t="s">
+        <v>764</v>
+      </c>
+      <c r="C141" s="14" t="s">
+        <v>765</v>
+      </c>
+      <c r="D141" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E141" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="F141" s="14" t="s">
+        <v>1386</v>
+      </c>
+      <c r="G141" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="H141" s="33" t="s">
         <v>23</v>
       </c>
-      <c r="I141" s="18">
-[...13 lines deleted...]
-      </c>
+      <c r="I141" s="17">
+        <v>46082</v>
+      </c>
+      <c r="J141" s="16">
+        <v>47514</v>
+      </c>
+      <c r="K141" s="105" t="s">
+        <v>766</v>
+      </c>
+      <c r="L141" s="103"/>
+      <c r="M141" s="6"/>
       <c r="N141" s="6"/>
       <c r="O141" s="6"/>
-      <c r="P141" s="69"/>
+      <c r="P141" s="67"/>
     </row>
-    <row r="142" spans="1:16" ht="80.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A142" s="46" t="s">
+    <row r="142" spans="1:16" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B142" s="33" t="s">
-[...8 lines deleted...]
-      <c r="E142" s="15" t="s">
+      <c r="B142" s="14" t="s">
+        <v>459</v>
+      </c>
+      <c r="C142" s="14" t="s">
+        <v>42</v>
+      </c>
+      <c r="D142" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E142" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F142" s="15" t="s">
-        <v>1370</v>
+      <c r="F142" s="14" t="s">
+        <v>1343</v>
       </c>
       <c r="G142" s="10" t="s">
         <v>22</v>
       </c>
-      <c r="H142" s="2" t="s">
+      <c r="H142" s="33" t="s">
         <v>23</v>
       </c>
-      <c r="I142" s="35">
-        <v>45870</v>
+      <c r="I142" s="17">
+        <v>45962</v>
       </c>
       <c r="J142" s="17">
-        <v>46022</v>
-[...5 lines deleted...]
-      <c r="M142" s="107"/>
+        <v>46081</v>
+      </c>
+      <c r="K142" s="105" t="s">
+        <v>1342</v>
+      </c>
+      <c r="L142" s="103"/>
+      <c r="M142" s="6"/>
       <c r="N142" s="6"/>
       <c r="O142" s="6"/>
-      <c r="P142" s="69"/>
+      <c r="P142" s="67"/>
     </row>
-    <row r="143" spans="1:16" ht="80.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A143" s="46" t="s">
+    <row r="143" spans="1:16" ht="75.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B143" s="33" t="s">
-[...8 lines deleted...]
-      <c r="E143" s="15" t="s">
+      <c r="B143" s="14" t="s">
+        <v>459</v>
+      </c>
+      <c r="C143" s="14" t="s">
+        <v>460</v>
+      </c>
+      <c r="D143" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E143" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F143" s="15" t="s">
-[...5 lines deleted...]
-      <c r="H143" s="2" t="s">
+      <c r="F143" s="14" t="s">
+        <v>461</v>
+      </c>
+      <c r="G143" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="H143" s="33" t="s">
         <v>23</v>
       </c>
-      <c r="I143" s="35">
-[...11 lines deleted...]
-      <c r="M143" s="6"/>
+      <c r="I143" s="17">
+        <v>44958</v>
+      </c>
+      <c r="J143" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K143" s="103" t="s">
+        <v>462</v>
+      </c>
+      <c r="L143" s="103" t="s">
+        <v>818</v>
+      </c>
+      <c r="M143" s="103" t="s">
+        <v>1144</v>
+      </c>
       <c r="N143" s="6"/>
       <c r="O143" s="6"/>
-      <c r="P143" s="69"/>
+      <c r="P143" s="67"/>
     </row>
-    <row r="144" spans="1:16" ht="80.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A144" s="46" t="s">
+    <row r="144" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="45" t="s">
         <v>19</v>
       </c>
-      <c r="B144" s="33" t="s">
-[...17 lines deleted...]
-      <c r="H144" s="2" t="s">
+      <c r="B144" s="32" t="s">
+        <v>122</v>
+      </c>
+      <c r="C144" s="32" t="s">
+        <v>123</v>
+      </c>
+      <c r="D144" s="32" t="s">
+        <v>236</v>
+      </c>
+      <c r="E144" s="32" t="s">
+        <v>36</v>
+      </c>
+      <c r="F144" s="92" t="s">
+        <v>472</v>
+      </c>
+      <c r="G144" s="59" t="s">
+        <v>273</v>
+      </c>
+      <c r="H144" s="33" t="s">
         <v>23</v>
       </c>
-      <c r="I144" s="35">
-[...2 lines deleted...]
-      <c r="J144" s="17">
+      <c r="I144" s="34">
+        <v>44958</v>
+      </c>
+      <c r="J144" s="46">
         <v>46022</v>
       </c>
-      <c r="K144" s="107" t="s">
-[...8 lines deleted...]
-      <c r="P144" s="69"/>
+      <c r="K144" s="102" t="s">
+        <v>473</v>
+      </c>
+      <c r="L144" s="107" t="s">
+        <v>912</v>
+      </c>
+      <c r="M144" s="102" t="s">
+        <v>1244</v>
+      </c>
+      <c r="N144" s="63"/>
+      <c r="O144" s="63"/>
+      <c r="P144" s="67"/>
     </row>
     <row r="145" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A145" s="32" t="s">
+      <c r="A145" s="45" t="s">
         <v>19</v>
       </c>
       <c r="B145" s="32" t="s">
-        <v>125</v>
+        <v>678</v>
       </c>
       <c r="C145" s="32" t="s">
-        <v>575</v>
-[...4 lines deleted...]
-      <c r="E145" s="33" t="s">
+        <v>507</v>
+      </c>
+      <c r="D145" s="32" t="s">
+        <v>773</v>
+      </c>
+      <c r="E145" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F145" s="33" t="s">
-[...5 lines deleted...]
-      <c r="H145" s="34" t="s">
+      <c r="F145" s="92" t="s">
+        <v>1357</v>
+      </c>
+      <c r="G145" s="97" t="s">
+        <v>215</v>
+      </c>
+      <c r="H145" s="73" t="s">
         <v>23</v>
       </c>
-      <c r="I145" s="47">
-        <v>45748</v>
+      <c r="I145" s="34">
+        <v>46023</v>
       </c>
       <c r="J145" s="17">
-        <v>46022</v>
-[...8 lines deleted...]
-      <c r="P145" s="69"/>
+        <v>46081</v>
+      </c>
+      <c r="K145" s="102" t="s">
+        <v>1358</v>
+      </c>
+      <c r="L145" s="107"/>
+      <c r="M145" s="102"/>
+      <c r="N145" s="63"/>
+      <c r="O145" s="63"/>
+      <c r="P145" s="67"/>
     </row>
-    <row r="146" spans="1:16" ht="64.7" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A146" s="39" t="s">
+    <row r="146" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="45" t="s">
         <v>19</v>
       </c>
       <c r="B146" s="32" t="s">
-        <v>126</v>
+        <v>678</v>
       </c>
       <c r="C146" s="32" t="s">
-        <v>127</v>
-[...4 lines deleted...]
-      <c r="E146" s="15" t="s">
+        <v>507</v>
+      </c>
+      <c r="D146" s="32" t="s">
+        <v>232</v>
+      </c>
+      <c r="E146" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F146" s="15" t="s">
-[...5 lines deleted...]
-      <c r="H146" s="2" t="s">
+      <c r="F146" s="90" t="s">
+        <v>680</v>
+      </c>
+      <c r="G146" s="97" t="s">
+        <v>215</v>
+      </c>
+      <c r="H146" s="73" t="s">
         <v>23</v>
       </c>
-      <c r="I146" s="17">
-[...16 lines deleted...]
-      <c r="P146" s="69"/>
+      <c r="I146" s="34">
+        <v>45108</v>
+      </c>
+      <c r="J146" s="26">
+        <v>46081</v>
+      </c>
+      <c r="K146" s="102" t="s">
+        <v>679</v>
+      </c>
+      <c r="L146" s="107" t="s">
+        <v>840</v>
+      </c>
+      <c r="M146" s="102" t="s">
+        <v>1199</v>
+      </c>
+      <c r="N146" s="63"/>
+      <c r="O146" s="63"/>
+      <c r="P146" s="67"/>
     </row>
-    <row r="147" spans="1:16" ht="76.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A147" s="1" t="s">
+    <row r="147" spans="1:16" ht="80.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B147" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E147" s="15" t="s">
+      <c r="B147" s="32" t="s">
+        <v>537</v>
+      </c>
+      <c r="C147" s="32" t="s">
+        <v>91</v>
+      </c>
+      <c r="D147" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E147" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F147" s="2" t="s">
-[...3 lines deleted...]
-        <v>816</v>
+      <c r="F147" s="14" t="s">
+        <v>1263</v>
+      </c>
+      <c r="G147" s="14" t="s">
+        <v>273</v>
       </c>
       <c r="H147" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I147" s="17">
-        <v>45413</v>
-[...1 lines deleted...]
-      <c r="J147" s="17">
+        <v>44986</v>
+      </c>
+      <c r="J147" s="16">
         <v>46022</v>
       </c>
-      <c r="K147" s="107" t="s">
-[...6 lines deleted...]
-      <c r="N147" s="56"/>
+      <c r="K147" s="103" t="s">
+        <v>536</v>
+      </c>
+      <c r="L147" s="103" t="s">
+        <v>913</v>
+      </c>
+      <c r="M147" s="103" t="s">
+        <v>1245</v>
+      </c>
+      <c r="N147" s="6"/>
       <c r="O147" s="6"/>
-      <c r="P147" s="69"/>
+      <c r="P147" s="67"/>
     </row>
-    <row r="148" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A148" s="3" t="s">
+    <row r="148" spans="1:16" ht="80.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="45" t="s">
         <v>19</v>
       </c>
-      <c r="B148" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E148" s="15" t="s">
+      <c r="B148" s="32" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C148" s="32" t="s">
+        <v>45</v>
+      </c>
+      <c r="D148" s="14" t="s">
+        <v>773</v>
+      </c>
+      <c r="E148" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F148" s="15" t="s">
-[...2 lines deleted...]
-      <c r="G148" s="15" t="s">
+      <c r="F148" s="14" t="s">
+        <v>1312</v>
+      </c>
+      <c r="G148" s="10" t="s">
         <v>22</v>
       </c>
       <c r="H148" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I148" s="17">
-[...16 lines deleted...]
-      </c>
+      <c r="I148" s="34">
+        <v>45870</v>
+      </c>
+      <c r="J148" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K148" s="103" t="s">
+        <v>1311</v>
+      </c>
+      <c r="L148" s="105"/>
+      <c r="M148" s="103"/>
+      <c r="N148" s="6"/>
       <c r="O148" s="6"/>
-      <c r="P148" s="69"/>
+      <c r="P148" s="67"/>
     </row>
-    <row r="149" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A149" s="3" t="s">
+    <row r="149" spans="1:16" ht="80.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="45" t="s">
         <v>19</v>
       </c>
-      <c r="B149" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E149" s="15" t="s">
+      <c r="B149" s="32" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C149" s="32" t="s">
+        <v>45</v>
+      </c>
+      <c r="D149" s="14" t="s">
+        <v>428</v>
+      </c>
+      <c r="E149" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F149" s="61" t="s">
-[...3 lines deleted...]
-        <v>40</v>
+      <c r="F149" s="14" t="s">
+        <v>1018</v>
+      </c>
+      <c r="G149" s="10" t="s">
+        <v>22</v>
       </c>
       <c r="H149" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I149" s="18">
-        <v>44652</v>
+      <c r="I149" s="34">
+        <v>45657</v>
       </c>
       <c r="J149" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K149" s="103" t="s">
+        <v>1019</v>
+      </c>
+      <c r="L149" s="105" t="s">
+        <v>1075</v>
+      </c>
+      <c r="M149" s="6"/>
+      <c r="N149" s="6"/>
+      <c r="O149" s="6"/>
+      <c r="P149" s="67"/>
+    </row>
+    <row r="150" spans="1:16" ht="80.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="45" t="s">
+        <v>19</v>
+      </c>
+      <c r="B150" s="32" t="s">
+        <v>125</v>
+      </c>
+      <c r="C150" s="32" t="s">
+        <v>124</v>
+      </c>
+      <c r="D150" s="32" t="s">
+        <v>232</v>
+      </c>
+      <c r="E150" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="F150" s="32" t="s">
+        <v>1028</v>
+      </c>
+      <c r="G150" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H150" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I150" s="34">
+        <v>45658</v>
+      </c>
+      <c r="J150" s="16">
         <v>46022</v>
       </c>
-      <c r="K149" s="107" t="s">
-[...56 lines deleted...]
-      </c>
+      <c r="K150" s="103" t="s">
+        <v>1027</v>
+      </c>
+      <c r="L150" s="105" t="s">
+        <v>1270</v>
+      </c>
+      <c r="M150" s="6"/>
+      <c r="N150" s="6"/>
       <c r="O150" s="6"/>
-      <c r="P150" s="69"/>
+      <c r="P150" s="67"/>
     </row>
     <row r="151" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A151" s="38" t="s">
+      <c r="A151" s="31" t="s">
         <v>19</v>
       </c>
-      <c r="B151" s="28" t="s">
-[...32 lines deleted...]
-      <c r="M151" s="108"/>
+      <c r="B151" s="31" t="s">
+        <v>125</v>
+      </c>
+      <c r="C151" s="31" t="s">
+        <v>557</v>
+      </c>
+      <c r="D151" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E151" s="32" t="s">
+        <v>21</v>
+      </c>
+      <c r="F151" s="32" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G151" s="14" t="s">
+        <v>1056</v>
+      </c>
+      <c r="H151" s="33" t="s">
+        <v>23</v>
+      </c>
+      <c r="I151" s="46">
+        <v>45748</v>
+      </c>
+      <c r="J151" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K151" s="103" t="s">
+        <v>1054</v>
+      </c>
+      <c r="L151" s="106"/>
+      <c r="M151" s="104"/>
       <c r="N151" s="5"/>
       <c r="O151" s="6"/>
-      <c r="P151" s="69"/>
+      <c r="P151" s="67"/>
     </row>
-    <row r="152" spans="1:16" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:16" ht="64.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A152" s="38" t="s">
         <v>19</v>
       </c>
-      <c r="B152" s="28" t="s">
-[...8 lines deleted...]
-      <c r="E152" s="15" t="s">
+      <c r="B152" s="31" t="s">
+        <v>126</v>
+      </c>
+      <c r="C152" s="31" t="s">
+        <v>127</v>
+      </c>
+      <c r="D152" s="14" t="s">
+        <v>241</v>
+      </c>
+      <c r="E152" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F152" s="15" t="s">
-[...5 lines deleted...]
-      <c r="H152" s="15" t="s">
+      <c r="F152" s="14" t="s">
+        <v>1262</v>
+      </c>
+      <c r="G152" s="25" t="s">
+        <v>273</v>
+      </c>
+      <c r="H152" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I152" s="29">
-[...2 lines deleted...]
-      <c r="J152" s="27">
+      <c r="I152" s="16">
+        <v>44927</v>
+      </c>
+      <c r="J152" s="16">
         <v>46022</v>
       </c>
-      <c r="K152" s="112" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="K152" s="103" t="s">
+        <v>516</v>
+      </c>
+      <c r="L152" s="106" t="s">
+        <v>914</v>
+      </c>
+      <c r="M152" s="103" t="s">
+        <v>1246</v>
+      </c>
+      <c r="N152" s="54"/>
       <c r="O152" s="6"/>
-      <c r="P152" s="69"/>
+      <c r="P152" s="67"/>
     </row>
-    <row r="153" spans="1:16" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A153" s="38" t="s">
+    <row r="153" spans="1:16" ht="76.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B153" s="28" t="s">
-[...8 lines deleted...]
-      <c r="E153" s="15" t="s">
+      <c r="B153" s="14" t="s">
+        <v>785</v>
+      </c>
+      <c r="C153" s="14" t="s">
+        <v>176</v>
+      </c>
+      <c r="D153" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E153" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F153" s="67" t="s">
-[...2 lines deleted...]
-      <c r="G153" s="10" t="s">
+      <c r="F153" s="2" t="s">
+        <v>1363</v>
+      </c>
+      <c r="G153" s="14" t="s">
         <v>22</v>
       </c>
       <c r="H153" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I153" s="27">
-[...14 lines deleted...]
-      <c r="N153" s="5"/>
+      <c r="I153" s="16">
+        <v>45413</v>
+      </c>
+      <c r="J153" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K153" s="103" t="s">
+        <v>786</v>
+      </c>
+      <c r="L153" s="104" t="s">
+        <v>1112</v>
+      </c>
+      <c r="M153" s="6"/>
+      <c r="N153" s="55"/>
       <c r="O153" s="6"/>
-      <c r="P153" s="69"/>
+      <c r="P153" s="67"/>
     </row>
     <row r="154" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A154" s="38" t="s">
-[...11 lines deleted...]
-      <c r="E154" s="10" t="s">
+      <c r="A154" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B154" s="14" t="s">
+        <v>188</v>
+      </c>
+      <c r="C154" s="14" t="s">
+        <v>105</v>
+      </c>
+      <c r="D154" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="E154" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F154" s="2" t="s">
-[...5 lines deleted...]
-      <c r="H154" s="15" t="s">
+      <c r="F154" s="14" t="s">
+        <v>769</v>
+      </c>
+      <c r="G154" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H154" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I154" s="18">
-[...15 lines deleted...]
-        <v>1267</v>
+      <c r="I154" s="16">
+        <v>44652</v>
+      </c>
+      <c r="J154" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K154" s="103" t="s">
+        <v>260</v>
+      </c>
+      <c r="L154" s="104" t="s">
+        <v>666</v>
+      </c>
+      <c r="M154" s="103" t="s">
+        <v>767</v>
+      </c>
+      <c r="N154" s="103" t="s">
+        <v>1076</v>
       </c>
       <c r="O154" s="6"/>
-      <c r="P154" s="69"/>
+      <c r="P154" s="67"/>
     </row>
-    <row r="155" spans="1:16" ht="91.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A155" s="54" t="s">
+    <row r="155" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B155" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E155" s="15" t="s">
+      <c r="B155" s="14" t="s">
+        <v>128</v>
+      </c>
+      <c r="C155" s="14" t="s">
+        <v>129</v>
+      </c>
+      <c r="D155" s="2" t="s">
+        <v>232</v>
+      </c>
+      <c r="E155" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F155" s="15" t="s">
-[...3 lines deleted...]
-        <v>279</v>
+      <c r="F155" s="59" t="s">
+        <v>250</v>
+      </c>
+      <c r="G155" s="14" t="s">
+        <v>40</v>
       </c>
       <c r="H155" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I155" s="47">
-[...14 lines deleted...]
-      <c r="N155" s="5"/>
+      <c r="I155" s="17">
+        <v>44652</v>
+      </c>
+      <c r="J155" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K155" s="103" t="s">
+        <v>251</v>
+      </c>
+      <c r="L155" s="105" t="s">
+        <v>657</v>
+      </c>
+      <c r="M155" s="104" t="s">
+        <v>825</v>
+      </c>
+      <c r="N155" s="104" t="s">
+        <v>1145</v>
+      </c>
       <c r="O155" s="6"/>
-      <c r="P155" s="69"/>
+      <c r="P155" s="67"/>
     </row>
-    <row r="156" spans="1:16" ht="91.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A156" s="105" t="s">
+    <row r="156" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B156" s="33" t="s">
-[...8 lines deleted...]
-      <c r="E156" s="15" t="s">
+      <c r="B156" s="27" t="s">
+        <v>130</v>
+      </c>
+      <c r="C156" s="27" t="s">
+        <v>131</v>
+      </c>
+      <c r="D156" s="2" t="s">
+        <v>232</v>
+      </c>
+      <c r="E156" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F156" s="15" t="s">
-[...5 lines deleted...]
-      <c r="H156" s="2" t="s">
+      <c r="F156" s="51" t="s">
+        <v>704</v>
+      </c>
+      <c r="G156" s="44" t="s">
+        <v>35</v>
+      </c>
+      <c r="H156" s="30" t="s">
         <v>23</v>
       </c>
-      <c r="I156" s="47">
-[...10 lines deleted...]
-      <c r="N156" s="5"/>
+      <c r="I156" s="28">
+        <v>44652</v>
+      </c>
+      <c r="J156" s="16">
+        <v>45961</v>
+      </c>
+      <c r="K156" s="103" t="s">
+        <v>239</v>
+      </c>
+      <c r="L156" s="105" t="s">
+        <v>703</v>
+      </c>
+      <c r="M156" s="104" t="s">
+        <v>842</v>
+      </c>
+      <c r="N156" s="104" t="s">
+        <v>1292</v>
+      </c>
       <c r="O156" s="6"/>
-      <c r="P156" s="69"/>
+      <c r="P156" s="67"/>
     </row>
-    <row r="157" spans="1:16" ht="91.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A157" s="105" t="s">
+    <row r="157" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="37" t="s">
         <v>19</v>
       </c>
-      <c r="B157" s="33" t="s">
-[...29 lines deleted...]
-      <c r="L157" s="109" t="s">
+      <c r="B157" s="27" t="s">
+        <v>210</v>
+      </c>
+      <c r="C157" s="27" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D157" s="2" t="s">
+        <v>1040</v>
+      </c>
+      <c r="E157" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="F157" s="2" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G157" s="44" t="s">
+        <v>1041</v>
+      </c>
+      <c r="H157" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I157" s="28">
+        <v>45657</v>
+      </c>
+      <c r="J157" s="34">
+        <v>47542</v>
+      </c>
+      <c r="K157" s="103" t="s">
+        <v>1039</v>
+      </c>
+      <c r="L157" s="105" t="s">
         <v>1305</v>
       </c>
-      <c r="M157" s="6"/>
+      <c r="M157" s="104"/>
       <c r="N157" s="5"/>
       <c r="O157" s="6"/>
-      <c r="P157" s="69"/>
+      <c r="P157" s="67"/>
     </row>
-    <row r="158" spans="1:16" s="59" customFormat="1" ht="74.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A158" s="38" t="s">
+    <row r="158" spans="1:16" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="37" t="s">
         <v>19</v>
       </c>
-      <c r="B158" s="53" t="s">
-[...8 lines deleted...]
-      <c r="E158" s="10" t="s">
+      <c r="B158" s="27" t="s">
+        <v>361</v>
+      </c>
+      <c r="C158" s="27" t="s">
+        <v>68</v>
+      </c>
+      <c r="D158" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E158" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F158" s="53" t="s">
-[...5 lines deleted...]
-      <c r="H158" s="10" t="s">
+      <c r="F158" s="14" t="s">
+        <v>362</v>
+      </c>
+      <c r="G158" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H158" s="14" t="s">
         <v>23</v>
       </c>
-      <c r="I158" s="57">
-        <v>44958</v>
+      <c r="I158" s="28">
+        <v>44774</v>
       </c>
       <c r="J158" s="17">
-        <v>46022</v>
-[...10 lines deleted...]
-      <c r="N158" s="5"/>
+        <v>46081</v>
+      </c>
+      <c r="K158" s="108" t="s">
+        <v>363</v>
+      </c>
+      <c r="L158" s="104" t="s">
+        <v>554</v>
+      </c>
+      <c r="M158" s="104" t="s">
+        <v>925</v>
+      </c>
+      <c r="N158" s="104" t="s">
+        <v>1104</v>
+      </c>
       <c r="O158" s="6"/>
-      <c r="P158" s="71"/>
+      <c r="P158" s="67"/>
     </row>
-    <row r="159" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A159" s="48" t="s">
+    <row r="159" spans="1:16" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="37" t="s">
         <v>19</v>
       </c>
-      <c r="B159" s="53" t="s">
-[...8 lines deleted...]
-      <c r="E159" s="10" t="s">
+      <c r="B159" s="27" t="s">
+        <v>367</v>
+      </c>
+      <c r="C159" s="27" t="s">
+        <v>91</v>
+      </c>
+      <c r="D159" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E159" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F159" s="53" t="s">
-        <v>293</v>
+      <c r="F159" s="65" t="s">
+        <v>366</v>
       </c>
       <c r="G159" s="10" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="H159" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H159" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I159" s="57">
-        <v>44652</v>
+      <c r="I159" s="26">
+        <v>44927</v>
       </c>
       <c r="J159" s="17">
-        <v>46022</v>
-[...12 lines deleted...]
-      </c>
+        <v>46081</v>
+      </c>
+      <c r="K159" s="103" t="s">
+        <v>550</v>
+      </c>
+      <c r="L159" s="104" t="s">
+        <v>774</v>
+      </c>
+      <c r="M159" s="104" t="s">
+        <v>1161</v>
+      </c>
+      <c r="N159" s="5"/>
       <c r="O159" s="6"/>
-      <c r="P159" s="69"/>
+      <c r="P159" s="67"/>
     </row>
     <row r="160" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A160" s="48" t="s">
-[...9 lines deleted...]
-        <v>239</v>
+      <c r="A160" s="37" t="s">
+        <v>86</v>
+      </c>
+      <c r="B160" s="14" t="s">
+        <v>133</v>
+      </c>
+      <c r="C160" s="14" t="s">
+        <v>134</v>
+      </c>
+      <c r="D160" s="14" t="s">
+        <v>232</v>
       </c>
       <c r="E160" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="F160" s="53" t="s">
-[...5 lines deleted...]
-      <c r="H160" s="10" t="s">
+      <c r="F160" s="2" t="s">
+        <v>282</v>
+      </c>
+      <c r="G160" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="H160" s="14" t="s">
         <v>23</v>
       </c>
-      <c r="I160" s="57">
-[...2 lines deleted...]
-      <c r="J160" s="18">
+      <c r="I160" s="17">
+        <v>44713</v>
+      </c>
+      <c r="J160" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K160" s="103" t="s">
+        <v>283</v>
+      </c>
+      <c r="L160" s="103" t="s">
+        <v>610</v>
+      </c>
+      <c r="M160" s="104" t="s">
+        <v>930</v>
+      </c>
+      <c r="N160" s="104" t="s">
+        <v>1211</v>
+      </c>
+      <c r="O160" s="6"/>
+      <c r="P160" s="67"/>
+    </row>
+    <row r="161" spans="1:16" ht="91.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="53" t="s">
+        <v>19</v>
+      </c>
+      <c r="B161" s="14" t="s">
+        <v>135</v>
+      </c>
+      <c r="C161" s="14" t="s">
+        <v>136</v>
+      </c>
+      <c r="D161" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E161" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="F161" s="14" t="s">
+        <v>1261</v>
+      </c>
+      <c r="G161" s="14" t="s">
+        <v>273</v>
+      </c>
+      <c r="H161" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I161" s="46">
+        <v>44958</v>
+      </c>
+      <c r="J161" s="16">
         <v>46022</v>
       </c>
-      <c r="K160" s="108" t="s">
-[...47 lines deleted...]
-      <c r="M161" s="108"/>
+      <c r="K161" s="103" t="s">
+        <v>535</v>
+      </c>
+      <c r="L161" s="105" t="s">
+        <v>915</v>
+      </c>
+      <c r="M161" s="103" t="s">
+        <v>1247</v>
+      </c>
       <c r="N161" s="5"/>
       <c r="O161" s="6"/>
-      <c r="P161" s="69"/>
+      <c r="P161" s="67"/>
     </row>
-    <row r="162" spans="1:16" ht="69" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A162" s="48" t="s">
+    <row r="162" spans="1:16" ht="91.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="101" t="s">
         <v>19</v>
       </c>
-      <c r="B162" s="53" t="s">
-[...8 lines deleted...]
-      <c r="E162" s="10" t="s">
+      <c r="B162" s="32" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C162" s="32" t="s">
+        <v>964</v>
+      </c>
+      <c r="D162" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E162" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F162" s="53" t="s">
-[...5 lines deleted...]
-      <c r="H162" s="10" t="s">
+      <c r="F162" s="14" t="s">
+        <v>1320</v>
+      </c>
+      <c r="G162" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H162" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I162" s="36">
-        <v>45566</v>
+      <c r="I162" s="46">
+        <v>45901</v>
       </c>
       <c r="J162" s="17">
-        <v>45961</v>
-[...7 lines deleted...]
-      <c r="M162" s="108"/>
+        <v>46081</v>
+      </c>
+      <c r="K162" s="103" t="s">
+        <v>1319</v>
+      </c>
+      <c r="L162" s="105"/>
+      <c r="M162" s="103"/>
       <c r="N162" s="5"/>
       <c r="O162" s="6"/>
-      <c r="P162" s="69"/>
+      <c r="P162" s="67"/>
     </row>
-    <row r="163" spans="1:16" ht="69" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A163" s="48" t="s">
+    <row r="163" spans="1:16" ht="91.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="101" t="s">
         <v>19</v>
       </c>
-      <c r="B163" s="53" t="s">
-[...8 lines deleted...]
-      <c r="E163" s="10" t="s">
+      <c r="B163" s="32" t="s">
+        <v>921</v>
+      </c>
+      <c r="C163" s="32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D163" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E163" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F163" s="53" t="s">
-[...5 lines deleted...]
-      <c r="H163" s="10" t="s">
+      <c r="F163" s="14" t="s">
+        <v>922</v>
+      </c>
+      <c r="G163" s="14" t="s">
+        <v>273</v>
+      </c>
+      <c r="H163" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I163" s="36">
-[...9 lines deleted...]
-      <c r="M163" s="108"/>
+      <c r="I163" s="46">
+        <v>45383</v>
+      </c>
+      <c r="J163" s="29">
+        <v>46142</v>
+      </c>
+      <c r="K163" s="103" t="s">
+        <v>923</v>
+      </c>
+      <c r="L163" s="105" t="s">
+        <v>1248</v>
+      </c>
+      <c r="M163" s="6"/>
       <c r="N163" s="5"/>
       <c r="O163" s="6"/>
-      <c r="P163" s="69"/>
+      <c r="P163" s="67"/>
     </row>
-    <row r="164" spans="1:16" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A164" s="48" t="s">
+    <row r="164" spans="1:16" s="58" customFormat="1" ht="74.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A164" s="37" t="s">
         <v>19</v>
       </c>
-      <c r="B164" s="15" t="s">
-[...6 lines deleted...]
-        <v>235</v>
+      <c r="B164" s="52" t="s">
+        <v>525</v>
+      </c>
+      <c r="C164" s="52" t="s">
+        <v>116</v>
+      </c>
+      <c r="D164" s="10" t="s">
+        <v>236</v>
       </c>
       <c r="E164" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="F164" s="26" t="s">
-[...5 lines deleted...]
-      <c r="H164" s="2" t="s">
+      <c r="F164" s="52" t="s">
+        <v>1260</v>
+      </c>
+      <c r="G164" s="10" t="s">
+        <v>273</v>
+      </c>
+      <c r="H164" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="I164" s="36">
-[...2 lines deleted...]
-      <c r="J164" s="18">
+      <c r="I164" s="56">
+        <v>44958</v>
+      </c>
+      <c r="J164" s="16">
         <v>46022</v>
       </c>
-      <c r="K164" s="108" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="K164" s="103" t="s">
+        <v>524</v>
+      </c>
+      <c r="L164" s="105" t="s">
+        <v>916</v>
+      </c>
+      <c r="M164" s="104" t="s">
+        <v>1249</v>
+      </c>
+      <c r="N164" s="5"/>
       <c r="O164" s="6"/>
       <c r="P164" s="69"/>
     </row>
-    <row r="165" spans="1:16" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A165" s="48" t="s">
+    <row r="165" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="47" t="s">
         <v>19</v>
       </c>
-      <c r="B165" s="15" t="s">
-[...6 lines deleted...]
-        <v>640</v>
+      <c r="B165" s="52" t="s">
+        <v>137</v>
+      </c>
+      <c r="C165" s="52" t="s">
+        <v>138</v>
+      </c>
+      <c r="D165" s="2" t="s">
+        <v>236</v>
       </c>
       <c r="E165" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="F165" s="15" t="s">
-[...5 lines deleted...]
-      <c r="H165" s="2" t="s">
+      <c r="F165" s="52" t="s">
+        <v>286</v>
+      </c>
+      <c r="G165" s="10" t="s">
+        <v>139</v>
+      </c>
+      <c r="H165" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="I165" s="36">
-        <v>44866</v>
+      <c r="I165" s="56">
+        <v>44652</v>
       </c>
       <c r="J165" s="17">
-        <v>46022</v>
-[...11 lines deleted...]
-        <v>1194</v>
+        <v>46081</v>
+      </c>
+      <c r="K165" s="104" t="s">
+        <v>287</v>
+      </c>
+      <c r="L165" s="105" t="s">
+        <v>636</v>
+      </c>
+      <c r="M165" s="104" t="s">
+        <v>871</v>
+      </c>
+      <c r="N165" s="104" t="s">
+        <v>1189</v>
       </c>
       <c r="O165" s="6"/>
-      <c r="P165" s="69"/>
+      <c r="P165" s="67"/>
     </row>
-    <row r="166" spans="1:16" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A166" s="48" t="s">
+    <row r="166" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="47" t="s">
         <v>19</v>
       </c>
-      <c r="B166" s="15" t="s">
-[...6 lines deleted...]
-        <v>607</v>
+      <c r="B166" s="52" t="s">
+        <v>360</v>
+      </c>
+      <c r="C166" s="52" t="s">
+        <v>82</v>
+      </c>
+      <c r="D166" s="2" t="s">
+        <v>236</v>
       </c>
       <c r="E166" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="F166" s="2" t="s">
-[...5 lines deleted...]
-      <c r="H166" s="2" t="s">
+      <c r="F166" s="52" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G166" s="10" t="s">
+        <v>1020</v>
+      </c>
+      <c r="H166" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="I166" s="18">
-[...2 lines deleted...]
-      <c r="J166" s="27">
+      <c r="I166" s="56">
+        <v>45657</v>
+      </c>
+      <c r="J166" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K166" s="104" t="s">
+        <v>1022</v>
+      </c>
+      <c r="L166" s="105" t="s">
+        <v>1077</v>
+      </c>
+      <c r="M166" s="104"/>
+      <c r="N166" s="8"/>
+      <c r="O166" s="6"/>
+      <c r="P166" s="67"/>
+    </row>
+    <row r="167" spans="1:16" ht="69" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="47" t="s">
+        <v>86</v>
+      </c>
+      <c r="B167" s="52" t="s">
+        <v>937</v>
+      </c>
+      <c r="C167" s="52" t="s">
+        <v>63</v>
+      </c>
+      <c r="D167" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E167" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="F167" s="52" t="s">
+        <v>941</v>
+      </c>
+      <c r="G167" s="52" t="s">
+        <v>282</v>
+      </c>
+      <c r="H167" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="I167" s="35">
+        <v>45566</v>
+      </c>
+      <c r="J167" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K167" s="108" t="s">
+        <v>942</v>
+      </c>
+      <c r="L167" s="103" t="s">
+        <v>1210</v>
+      </c>
+      <c r="M167" s="104"/>
+      <c r="N167" s="5"/>
+      <c r="O167" s="6"/>
+      <c r="P167" s="67"/>
+    </row>
+    <row r="168" spans="1:16" ht="69" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="47" t="s">
+        <v>19</v>
+      </c>
+      <c r="B168" s="52" t="s">
+        <v>949</v>
+      </c>
+      <c r="C168" s="52" t="s">
+        <v>950</v>
+      </c>
+      <c r="D168" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E168" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="F168" s="52" t="s">
+        <v>951</v>
+      </c>
+      <c r="G168" s="32" t="s">
+        <v>26</v>
+      </c>
+      <c r="H168" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="I168" s="35">
+        <v>45566</v>
+      </c>
+      <c r="J168" s="16">
         <v>45961</v>
       </c>
-      <c r="K166" s="108" t="s">
-[...12 lines deleted...]
-      <c r="P166" s="69"/>
+      <c r="K168" s="103" t="s">
+        <v>952</v>
+      </c>
+      <c r="L168" s="103" t="s">
+        <v>1095</v>
+      </c>
+      <c r="M168" s="104"/>
+      <c r="N168" s="5"/>
+      <c r="O168" s="6"/>
+      <c r="P168" s="67"/>
     </row>
-    <row r="167" spans="1:16" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A167" s="1" t="s">
+    <row r="169" spans="1:16" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="47" t="s">
         <v>19</v>
       </c>
-      <c r="B167" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E167" s="15" t="s">
+      <c r="B169" s="14" t="s">
+        <v>140</v>
+      </c>
+      <c r="C169" s="14" t="s">
+        <v>87</v>
+      </c>
+      <c r="D169" s="2" t="s">
+        <v>232</v>
+      </c>
+      <c r="E169" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="F167" s="15" t="s">
-[...87 lines deleted...]
-        <v>755</v>
+      <c r="F169" s="25" t="s">
+        <v>400</v>
+      </c>
+      <c r="G169" s="32" t="s">
+        <v>26</v>
       </c>
       <c r="H169" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I169" s="17">
-        <v>45170</v>
+      <c r="I169" s="35">
+        <v>44927</v>
       </c>
       <c r="J169" s="17">
         <v>46022</v>
       </c>
-      <c r="K169" s="107" t="s">
-[...10 lines deleted...]
-      <c r="P169" s="69"/>
+      <c r="K169" s="104" t="s">
+        <v>401</v>
+      </c>
+      <c r="L169" s="103" t="s">
+        <v>804</v>
+      </c>
+      <c r="M169" s="103" t="s">
+        <v>989</v>
+      </c>
+      <c r="N169" s="104" t="s">
+        <v>1096</v>
+      </c>
+      <c r="O169" s="6"/>
+      <c r="P169" s="67"/>
     </row>
-    <row r="170" spans="1:16" ht="59.85" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A170" s="3" t="s">
+    <row r="170" spans="1:16" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A170" s="47" t="s">
         <v>19</v>
       </c>
-      <c r="B170" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E170" s="45" t="s">
+      <c r="B170" s="14" t="s">
+        <v>370</v>
+      </c>
+      <c r="C170" s="14" t="s">
+        <v>371</v>
+      </c>
+      <c r="D170" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E170" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="F170" s="15" t="s">
-[...3 lines deleted...]
-        <v>132</v>
+      <c r="F170" s="14" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G170" s="32" t="s">
+        <v>40</v>
       </c>
       <c r="H170" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I170" s="17">
-[...12 lines deleted...]
-      <c r="P170" s="69"/>
+      <c r="I170" s="35">
+        <v>44866</v>
+      </c>
+      <c r="J170" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K170" s="104" t="s">
+        <v>372</v>
+      </c>
+      <c r="L170" s="103" t="s">
+        <v>656</v>
+      </c>
+      <c r="M170" s="104" t="s">
+        <v>833</v>
+      </c>
+      <c r="N170" s="104" t="s">
+        <v>1146</v>
+      </c>
+      <c r="O170" s="6"/>
+      <c r="P170" s="67"/>
     </row>
-    <row r="171" spans="1:16" ht="66.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A171" s="38" t="s">
+    <row r="171" spans="1:16" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="47" t="s">
         <v>19</v>
       </c>
-      <c r="B171" s="66" t="s">
-[...6 lines deleted...]
-        <v>235</v>
+      <c r="B171" s="14" t="s">
+        <v>592</v>
+      </c>
+      <c r="C171" s="14" t="s">
+        <v>68</v>
+      </c>
+      <c r="D171" s="14" t="s">
+        <v>589</v>
       </c>
       <c r="E171" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="F171" s="15" t="s">
-[...3 lines deleted...]
-        <v>216</v>
+      <c r="F171" s="2" t="s">
+        <v>594</v>
+      </c>
+      <c r="G171" s="14" t="s">
+        <v>31</v>
       </c>
       <c r="H171" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I171" s="17">
-        <v>45017</v>
-[...15 lines deleted...]
-      <c r="P171" s="69"/>
+        <v>44774</v>
+      </c>
+      <c r="J171" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K171" s="104" t="s">
+        <v>593</v>
+      </c>
+      <c r="L171" s="105" t="s">
+        <v>650</v>
+      </c>
+      <c r="M171" s="105" t="s">
+        <v>998</v>
+      </c>
+      <c r="N171" s="104" t="s">
+        <v>1299</v>
+      </c>
+      <c r="O171" s="6"/>
+      <c r="P171" s="67"/>
     </row>
-    <row r="172" spans="1:16" ht="66.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A172" s="38" t="s">
+    <row r="172" spans="1:16" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B172" s="66" t="s">
-[...8 lines deleted...]
-      <c r="E172" s="15" t="s">
+      <c r="B172" s="14" t="s">
+        <v>211</v>
+      </c>
+      <c r="C172" s="14" t="s">
+        <v>212</v>
+      </c>
+      <c r="D172" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="E172" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F172" s="15" t="s">
-[...2 lines deleted...]
-      <c r="G172" s="10" t="s">
+      <c r="F172" s="14" t="s">
+        <v>1219</v>
+      </c>
+      <c r="G172" s="25" t="s">
+        <v>146</v>
+      </c>
+      <c r="H172" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="I172" s="17">
+        <v>45778</v>
+      </c>
+      <c r="J172" s="16">
+        <v>46203</v>
+      </c>
+      <c r="K172" s="103" t="s">
+        <v>213</v>
+      </c>
+      <c r="L172" s="103"/>
+      <c r="M172" s="103"/>
+      <c r="N172" s="103"/>
+      <c r="O172" s="103"/>
+      <c r="P172" s="67"/>
+    </row>
+    <row r="173" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="47" t="s">
+        <v>86</v>
+      </c>
+      <c r="B173" s="18" t="s">
+        <v>141</v>
+      </c>
+      <c r="C173" s="14" t="s">
+        <v>419</v>
+      </c>
+      <c r="D173" s="27" t="s">
+        <v>241</v>
+      </c>
+      <c r="E173" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="F173" s="10" t="s">
+        <v>421</v>
+      </c>
+      <c r="G173" s="10" t="s">
+        <v>422</v>
+      </c>
+      <c r="H173" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I173" s="16">
+        <v>44958</v>
+      </c>
+      <c r="J173" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K173" s="104" t="s">
+        <v>420</v>
+      </c>
+      <c r="L173" s="103" t="s">
+        <v>931</v>
+      </c>
+      <c r="M173" s="104" t="s">
+        <v>1209</v>
+      </c>
+      <c r="N173" s="2"/>
+      <c r="O173" s="21"/>
+      <c r="P173" s="67"/>
+    </row>
+    <row r="174" spans="1:16" ht="78" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A174" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B174" s="18" t="s">
+        <v>728</v>
+      </c>
+      <c r="C174" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="D174" s="44" t="s">
+        <v>236</v>
+      </c>
+      <c r="E174" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="F174" s="14" t="s">
+        <v>1364</v>
+      </c>
+      <c r="G174" s="10" t="s">
         <v>139</v>
-      </c>
-[...78 lines deleted...]
-        <v>1152</v>
       </c>
       <c r="H174" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I174" s="17">
-[...18 lines deleted...]
-      <c r="P174" s="69"/>
+      <c r="I174" s="16">
+        <v>45170</v>
+      </c>
+      <c r="J174" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K174" s="103" t="s">
+        <v>729</v>
+      </c>
+      <c r="L174" s="104" t="s">
+        <v>872</v>
+      </c>
+      <c r="M174" s="104" t="s">
+        <v>1190</v>
+      </c>
+      <c r="N174" s="2"/>
+      <c r="O174" s="21"/>
+      <c r="P174" s="67"/>
     </row>
-    <row r="175" spans="1:16" ht="79.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A175" s="44" t="s">
+    <row r="175" spans="1:16" ht="59.85" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B175" s="45" t="s">
-[...8 lines deleted...]
-      <c r="E175" s="45" t="s">
+      <c r="B175" s="18" t="s">
+        <v>332</v>
+      </c>
+      <c r="C175" s="18" t="s">
+        <v>202</v>
+      </c>
+      <c r="D175" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E175" s="44" t="s">
         <v>21</v>
       </c>
-      <c r="F175" s="15" t="s">
-[...3 lines deleted...]
-        <v>40</v>
+      <c r="F175" s="14" t="s">
+        <v>770</v>
+      </c>
+      <c r="G175" s="51" t="s">
+        <v>132</v>
       </c>
       <c r="H175" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I175" s="18">
-        <v>45748</v>
+      <c r="I175" s="16">
+        <v>45870</v>
       </c>
       <c r="J175" s="17">
-        <v>46022</v>
-[...8 lines deleted...]
-      <c r="P175" s="69"/>
+        <v>46081</v>
+      </c>
+      <c r="K175" s="103" t="s">
+        <v>446</v>
+      </c>
+      <c r="L175" s="104"/>
+      <c r="M175" s="5"/>
+      <c r="N175" s="5"/>
+      <c r="O175" s="21"/>
+      <c r="P175" s="67"/>
     </row>
-    <row r="176" spans="1:16" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A176" s="44" t="s">
+    <row r="176" spans="1:16" ht="66.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A176" s="37" t="s">
         <v>19</v>
       </c>
-      <c r="B176" s="10" t="s">
-[...3 lines deleted...]
-        <v>144</v>
+      <c r="B176" s="64" t="s">
+        <v>1339</v>
+      </c>
+      <c r="C176" s="64" t="s">
+        <v>194</v>
       </c>
       <c r="D176" s="10" t="s">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="E176" s="10" t="s">
+        <v>236</v>
+      </c>
+      <c r="E176" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F176" s="10" t="s">
-        <v>1158</v>
+      <c r="F176" s="14" t="s">
+        <v>1341</v>
       </c>
       <c r="G176" s="10" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="H176" s="10" t="s">
+        <v>139</v>
+      </c>
+      <c r="H176" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I176" s="57">
-        <v>44652</v>
+      <c r="I176" s="16">
+        <v>45931</v>
       </c>
       <c r="J176" s="17">
-        <v>46022</v>
-[...14 lines deleted...]
-      <c r="P176" s="69"/>
+        <v>46081</v>
+      </c>
+      <c r="K176" s="104" t="s">
+        <v>1340</v>
+      </c>
+      <c r="L176" s="104"/>
+      <c r="M176" s="104"/>
+      <c r="N176" s="2"/>
+      <c r="O176" s="14"/>
+      <c r="P176" s="67"/>
     </row>
-    <row r="177" spans="1:16" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A177" s="44" t="s">
+    <row r="177" spans="1:16" ht="66.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="37" t="s">
         <v>19</v>
       </c>
-      <c r="B177" s="10" t="s">
-[...3 lines deleted...]
-        <v>96</v>
+      <c r="B177" s="64" t="s">
+        <v>580</v>
+      </c>
+      <c r="C177" s="64" t="s">
+        <v>581</v>
       </c>
       <c r="D177" s="10" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="E177" s="10" t="s">
+        <v>236</v>
+      </c>
+      <c r="E177" s="44" t="s">
         <v>36</v>
       </c>
-      <c r="F177" s="10" t="s">
-        <v>146</v>
+      <c r="F177" s="14" t="s">
+        <v>582</v>
       </c>
       <c r="G177" s="10" t="s">
         <v>31</v>
       </c>
-      <c r="H177" s="10" t="s">
+      <c r="H177" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="I177" s="57">
-[...14 lines deleted...]
-      <c r="P177" s="69"/>
+      <c r="I177" s="16">
+        <v>45778</v>
+      </c>
+      <c r="J177" s="16" t="s">
+        <v>1373</v>
+      </c>
+      <c r="K177" s="108" t="s">
+        <v>583</v>
+      </c>
+      <c r="L177" s="103"/>
+      <c r="M177" s="104"/>
+      <c r="N177" s="2"/>
+      <c r="O177" s="14"/>
+      <c r="P177" s="67"/>
     </row>
-    <row r="178" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A178" s="1" t="s">
+    <row r="178" spans="1:16" ht="66.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A178" s="37" t="s">
         <v>19</v>
       </c>
-      <c r="B178" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E178" s="15" t="s">
+      <c r="B178" s="64" t="s">
+        <v>565</v>
+      </c>
+      <c r="C178" s="64" t="s">
+        <v>305</v>
+      </c>
+      <c r="D178" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E178" s="44" t="s">
         <v>21</v>
       </c>
-      <c r="F178" s="15" t="s">
-[...3 lines deleted...]
-        <v>40</v>
+      <c r="F178" s="14" t="s">
+        <v>567</v>
+      </c>
+      <c r="G178" s="14" t="s">
+        <v>1110</v>
       </c>
       <c r="H178" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I178" s="18">
-[...14 lines deleted...]
-      <c r="P178" s="69"/>
+      <c r="I178" s="16">
+        <v>44774</v>
+      </c>
+      <c r="J178" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K178" s="103" t="s">
+        <v>566</v>
+      </c>
+      <c r="L178" s="104" t="s">
+        <v>667</v>
+      </c>
+      <c r="M178" s="104" t="s">
+        <v>892</v>
+      </c>
+      <c r="N178" s="104" t="s">
+        <v>1111</v>
+      </c>
+      <c r="O178" s="14"/>
+      <c r="P178" s="67"/>
     </row>
-    <row r="179" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A179" s="1" t="s">
+    <row r="179" spans="1:16" ht="79.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="43" t="s">
         <v>19</v>
       </c>
-      <c r="B179" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E179" s="15" t="s">
+      <c r="B179" s="44" t="s">
+        <v>142</v>
+      </c>
+      <c r="C179" s="44" t="s">
+        <v>30</v>
+      </c>
+      <c r="D179" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E179" s="44" t="s">
         <v>21</v>
       </c>
-      <c r="F179" s="15" t="s">
-[...3 lines deleted...]
-        <v>774</v>
+      <c r="F179" s="14" t="s">
+        <v>1058</v>
+      </c>
+      <c r="G179" s="14" t="s">
+        <v>40</v>
       </c>
       <c r="H179" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I179" s="18">
-[...11 lines deleted...]
-      <c r="P179" s="69"/>
+      <c r="I179" s="17">
+        <v>45748</v>
+      </c>
+      <c r="J179" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K179" s="103" t="s">
+        <v>1057</v>
+      </c>
+      <c r="L179" s="103"/>
+      <c r="M179" s="104"/>
+      <c r="N179" s="2"/>
+      <c r="O179" s="14"/>
+      <c r="P179" s="67"/>
     </row>
-    <row r="180" spans="1:16" ht="119.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A180" s="1" t="s">
+    <row r="180" spans="1:16" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="43" t="s">
         <v>19</v>
       </c>
-      <c r="B180" s="19" t="s">
-[...3 lines deleted...]
-        <v>45</v>
+      <c r="B180" s="10" t="s">
+        <v>143</v>
+      </c>
+      <c r="C180" s="10" t="s">
+        <v>144</v>
       </c>
       <c r="D180" s="10" t="s">
-        <v>801</v>
-[...1 lines deleted...]
-      <c r="E180" s="15" t="s">
+        <v>232</v>
+      </c>
+      <c r="E180" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="F180" s="26" t="s">
-[...5 lines deleted...]
-      <c r="H180" s="15" t="s">
+      <c r="F180" s="14" t="s">
+        <v>1385</v>
+      </c>
+      <c r="G180" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="H180" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="I180" s="56">
+        <v>46082</v>
+      </c>
+      <c r="J180" s="16">
+        <v>47514</v>
+      </c>
+      <c r="K180" s="103" t="s">
+        <v>1384</v>
+      </c>
+      <c r="L180" s="103"/>
+      <c r="M180" s="103"/>
+      <c r="N180" s="103"/>
+      <c r="O180" s="6"/>
+      <c r="P180" s="67"/>
+    </row>
+    <row r="181" spans="1:16" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="43" t="s">
+        <v>19</v>
+      </c>
+      <c r="B181" s="10" t="s">
+        <v>145</v>
+      </c>
+      <c r="C181" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="D181" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="E181" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="F181" s="10" t="s">
+        <v>146</v>
+      </c>
+      <c r="G181" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="H181" s="10" t="s">
         <v>37</v>
       </c>
-      <c r="I180" s="57">
-[...12 lines deleted...]
-      <c r="P180" s="69"/>
+      <c r="I181" s="56">
+        <v>45657</v>
+      </c>
+      <c r="J181" s="16" t="s">
+        <v>1373</v>
+      </c>
+      <c r="K181" s="103" t="s">
+        <v>1043</v>
+      </c>
+      <c r="L181" s="103" t="s">
+        <v>1306</v>
+      </c>
+      <c r="M181" s="103"/>
+      <c r="N181" s="9"/>
+      <c r="O181" s="6"/>
+      <c r="P181" s="67"/>
     </row>
-    <row r="181" spans="1:16" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
-[...39 lines deleted...]
-    <row r="182" spans="1:16" ht="72.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A182" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B182" s="19" t="s">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="B182" s="18" t="s">
+        <v>147</v>
+      </c>
+      <c r="C182" s="18" t="s">
+        <v>45</v>
       </c>
       <c r="D182" s="10" t="s">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="E182" s="15" t="s">
+        <v>232</v>
+      </c>
+      <c r="E182" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F182" s="15" t="s">
-[...2 lines deleted...]
-      <c r="G182" s="15" t="s">
+      <c r="F182" s="14" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G182" s="14" t="s">
         <v>40</v>
       </c>
       <c r="H182" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I182" s="29">
-[...11 lines deleted...]
-      <c r="M182" s="108"/>
+      <c r="I182" s="17">
+        <v>45292</v>
+      </c>
+      <c r="J182" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K182" s="104" t="s">
+        <v>575</v>
+      </c>
+      <c r="L182" s="104" t="s">
+        <v>1147</v>
+      </c>
+      <c r="M182" s="4"/>
       <c r="N182" s="4"/>
-      <c r="O182" s="22"/>
-      <c r="P182" s="69"/>
+      <c r="O182" s="21"/>
+      <c r="P182" s="67"/>
     </row>
     <row r="183" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A183" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B183" s="28" t="s">
-[...8 lines deleted...]
-      <c r="E183" s="15" t="s">
+      <c r="B183" s="18" t="s">
+        <v>147</v>
+      </c>
+      <c r="C183" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D183" s="14" t="s">
+        <v>749</v>
+      </c>
+      <c r="E183" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F183" s="15" t="s">
-[...3 lines deleted...]
-        <v>279</v>
+      <c r="F183" s="14" t="s">
+        <v>749</v>
+      </c>
+      <c r="G183" s="14" t="s">
+        <v>748</v>
       </c>
       <c r="H183" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I183" s="29">
-[...20 lines deleted...]
-      <c r="P183" s="69"/>
+      <c r="I183" s="17">
+        <v>45261</v>
+      </c>
+      <c r="J183" s="17">
+        <v>46356</v>
+      </c>
+      <c r="K183" s="104" t="s">
+        <v>750</v>
+      </c>
+      <c r="M183" s="4"/>
+      <c r="N183" s="4"/>
+      <c r="O183" s="21"/>
+      <c r="P183" s="67"/>
     </row>
-    <row r="184" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="184" spans="1:16" ht="119.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A184" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B184" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E184" s="15" t="s">
+      <c r="B184" s="18" t="s">
+        <v>147</v>
+      </c>
+      <c r="C184" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D184" s="10" t="s">
+        <v>773</v>
+      </c>
+      <c r="E184" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F184" s="15" t="s">
-[...21 lines deleted...]
-      <c r="P184" s="69"/>
+      <c r="F184" s="25" t="s">
+        <v>574</v>
+      </c>
+      <c r="G184" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="H184" s="14" t="s">
+        <v>37</v>
+      </c>
+      <c r="I184" s="56">
+        <v>45778</v>
+      </c>
+      <c r="J184" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K184" s="108" t="s">
+        <v>575</v>
+      </c>
+      <c r="L184" s="104"/>
+      <c r="M184" s="104"/>
+      <c r="N184" s="4"/>
+      <c r="O184" s="21"/>
+      <c r="P184" s="67"/>
     </row>
-    <row r="185" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:16" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A185" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B185" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E185" s="33" t="s">
+      <c r="B185" s="18" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C185" s="18" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D185" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E185" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F185" s="15" t="s">
-[...3 lines deleted...]
-        <v>782</v>
+      <c r="F185" s="14" t="s">
+        <v>1329</v>
+      </c>
+      <c r="G185" s="14" t="s">
+        <v>22</v>
       </c>
       <c r="H185" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I185" s="18">
-[...16 lines deleted...]
-      <c r="P185" s="69"/>
+      <c r="I185" s="121">
+        <v>45901</v>
+      </c>
+      <c r="J185" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K185" s="104" t="s">
+        <v>1328</v>
+      </c>
+      <c r="L185" s="104"/>
+      <c r="M185" s="104"/>
+      <c r="N185" s="4"/>
+      <c r="O185" s="21"/>
+      <c r="P185" s="67"/>
     </row>
-    <row r="186" spans="1:16" ht="74.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="186" spans="1:16" ht="72.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A186" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B186" s="28" t="s">
-[...8 lines deleted...]
-      <c r="E186" s="15" t="s">
+      <c r="B186" s="18" t="s">
+        <v>935</v>
+      </c>
+      <c r="C186" s="18" t="s">
+        <v>70</v>
+      </c>
+      <c r="D186" s="10" t="s">
+        <v>236</v>
+      </c>
+      <c r="E186" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F186" s="28" t="s">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="F186" s="14" t="s">
+        <v>936</v>
+      </c>
+      <c r="G186" s="14" t="s">
+        <v>40</v>
       </c>
       <c r="H186" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I186" s="29">
-[...2 lines deleted...]
-      <c r="J186" s="29">
+      <c r="I186" s="28">
+        <v>45565</v>
+      </c>
+      <c r="J186" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K186" s="114" t="s">
+        <v>934</v>
+      </c>
+      <c r="L186" s="103" t="s">
+        <v>1148</v>
+      </c>
+      <c r="M186" s="104"/>
+      <c r="N186" s="4"/>
+      <c r="O186" s="21"/>
+      <c r="P186" s="67"/>
+    </row>
+    <row r="187" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B187" s="27" t="s">
+        <v>193</v>
+      </c>
+      <c r="C187" s="27" t="s">
+        <v>194</v>
+      </c>
+      <c r="D187" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E187" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="F187" s="14" t="s">
+        <v>717</v>
+      </c>
+      <c r="G187" s="25" t="s">
+        <v>273</v>
+      </c>
+      <c r="H187" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I187" s="28">
+        <v>44378</v>
+      </c>
+      <c r="J187" s="56">
         <v>46022</v>
       </c>
-      <c r="K186" s="119" t="s">
-[...57 lines deleted...]
-      <c r="P187" s="69"/>
+      <c r="K187" s="115" t="s">
+        <v>219</v>
+      </c>
+      <c r="L187" s="103" t="s">
+        <v>368</v>
+      </c>
+      <c r="M187" s="103" t="s">
+        <v>716</v>
+      </c>
+      <c r="N187" s="103" t="s">
+        <v>917</v>
+      </c>
+      <c r="O187" s="103" t="s">
+        <v>1250</v>
+      </c>
+      <c r="P187" s="67"/>
     </row>
     <row r="188" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A188" s="38" t="s">
-[...11 lines deleted...]
-      <c r="E188" s="10" t="s">
+      <c r="A188" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B188" s="14" t="s">
+        <v>670</v>
+      </c>
+      <c r="C188" s="14" t="s">
+        <v>176</v>
+      </c>
+      <c r="D188" s="32" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E188" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F188" s="2" t="s">
-[...5 lines deleted...]
-      <c r="H188" s="15" t="s">
+      <c r="F188" s="14" t="s">
+        <v>1174</v>
+      </c>
+      <c r="G188" s="14" t="s">
+        <v>1369</v>
+      </c>
+      <c r="H188" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I188" s="27">
-[...14 lines deleted...]
-      <c r="P188" s="69"/>
+      <c r="I188" s="17">
+        <v>45809</v>
+      </c>
+      <c r="J188" s="17">
+        <v>46054</v>
+      </c>
+      <c r="K188" s="103" t="s">
+        <v>1176</v>
+      </c>
+      <c r="L188" s="103"/>
+      <c r="M188" s="103"/>
+      <c r="N188" s="103"/>
+      <c r="O188" s="6"/>
+      <c r="P188" s="67"/>
     </row>
     <row r="189" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A189" s="38" t="s">
+      <c r="A189" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B189" s="32" t="s">
-[...8 lines deleted...]
-      <c r="E189" s="33" t="s">
+      <c r="B189" s="14" t="s">
+        <v>670</v>
+      </c>
+      <c r="C189" s="14" t="s">
+        <v>176</v>
+      </c>
+      <c r="D189" s="32" t="s">
+        <v>232</v>
+      </c>
+      <c r="E189" s="32" t="s">
         <v>21</v>
       </c>
-      <c r="F189" s="53" t="s">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="F189" s="14" t="s">
+        <v>755</v>
+      </c>
+      <c r="G189" s="14" t="s">
+        <v>1369</v>
       </c>
       <c r="H189" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I189" s="27">
-[...18 lines deleted...]
-      <c r="P189" s="69"/>
+      <c r="I189" s="17">
+        <v>45292</v>
+      </c>
+      <c r="J189" s="35">
+        <v>45961</v>
+      </c>
+      <c r="K189" s="103" t="s">
+        <v>754</v>
+      </c>
+      <c r="L189" s="103" t="s">
+        <v>1177</v>
+      </c>
+      <c r="M189" s="103" t="s">
+        <v>1173</v>
+      </c>
+      <c r="N189" s="6"/>
+      <c r="O189" s="6"/>
+      <c r="P189" s="67"/>
     </row>
-    <row r="190" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A190" s="38" t="s">
+    <row r="190" spans="1:16" ht="74.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A190" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B190" s="32" t="s">
-[...8 lines deleted...]
-      <c r="E190" s="33" t="s">
+      <c r="B190" s="27" t="s">
+        <v>214</v>
+      </c>
+      <c r="C190" s="27" t="s">
+        <v>176</v>
+      </c>
+      <c r="D190" s="27" t="s">
+        <v>232</v>
+      </c>
+      <c r="E190" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F190" s="53" t="s">
-[...3 lines deleted...]
-        <v>35</v>
+      <c r="F190" s="27" t="s">
+        <v>261</v>
+      </c>
+      <c r="G190" s="14" t="s">
+        <v>22</v>
       </c>
       <c r="H190" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I190" s="58">
-        <v>45017</v>
+      <c r="I190" s="28">
+        <v>44652</v>
       </c>
       <c r="J190" s="17">
-        <v>46022</v>
-[...14 lines deleted...]
-      <c r="P190" s="69"/>
+        <v>46081</v>
+      </c>
+      <c r="K190" s="115" t="s">
+        <v>262</v>
+      </c>
+      <c r="L190" s="103" t="s">
+        <v>668</v>
+      </c>
+      <c r="M190" s="103" t="s">
+        <v>926</v>
+      </c>
+      <c r="N190" s="103" t="s">
+        <v>1078</v>
+      </c>
+      <c r="P190" s="67"/>
     </row>
-    <row r="191" spans="1:16" ht="68.849999999999994" customHeight="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E191" s="15" t="s">
+    <row r="191" spans="1:16" ht="99" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A191" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B191" s="18" t="s">
+        <v>180</v>
+      </c>
+      <c r="C191" s="18" t="s">
+        <v>181</v>
+      </c>
+      <c r="D191" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E191" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F191" s="53" t="s">
-[...5 lines deleted...]
-      <c r="H191" s="2" t="s">
+      <c r="F191" s="14" t="s">
+        <v>300</v>
+      </c>
+      <c r="G191" s="14" t="s">
+        <v>280</v>
+      </c>
+      <c r="H191" s="14" t="s">
         <v>23</v>
       </c>
-      <c r="I191" s="58">
-        <v>44774</v>
+      <c r="I191" s="17">
+        <v>44743</v>
       </c>
       <c r="J191" s="17">
-        <v>46022</v>
-[...14 lines deleted...]
-      <c r="P191" s="69"/>
+        <v>46081</v>
+      </c>
+      <c r="K191" s="104" t="s">
+        <v>301</v>
+      </c>
+      <c r="L191" s="103" t="s">
+        <v>752</v>
+      </c>
+      <c r="M191" s="104" t="s">
+        <v>932</v>
+      </c>
+      <c r="N191" s="104" t="s">
+        <v>1208</v>
+      </c>
+      <c r="O191" s="21"/>
+      <c r="P191" s="67"/>
     </row>
     <row r="192" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A192" s="1" t="s">
+      <c r="A192" s="37" t="s">
+        <v>86</v>
+      </c>
+      <c r="B192" s="31" t="s">
+        <v>150</v>
+      </c>
+      <c r="C192" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="D192" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="E192" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="F192" s="2" t="s">
+        <v>280</v>
+      </c>
+      <c r="G192" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="H192" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="I192" s="26">
+        <v>45658</v>
+      </c>
+      <c r="J192" s="34">
+        <v>46081</v>
+      </c>
+      <c r="K192" s="104" t="s">
+        <v>1171</v>
+      </c>
+      <c r="L192" s="105" t="s">
+        <v>1207</v>
+      </c>
+      <c r="M192" s="108"/>
+      <c r="N192" s="8"/>
+      <c r="O192" s="21"/>
+      <c r="P192" s="67"/>
+    </row>
+    <row r="193" spans="1:16384" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A193" s="37" t="s">
         <v>19</v>
       </c>
-      <c r="B192" s="10" t="s">
-[...8 lines deleted...]
-      <c r="E192" s="53" t="s">
+      <c r="B193" s="31" t="s">
+        <v>220</v>
+      </c>
+      <c r="C193" s="31" t="s">
+        <v>221</v>
+      </c>
+      <c r="D193" s="27" t="s">
+        <v>428</v>
+      </c>
+      <c r="E193" s="32" t="s">
         <v>21</v>
       </c>
-      <c r="F192" s="53" t="s">
-[...5 lines deleted...]
-      <c r="H192" s="10" t="s">
+      <c r="F193" s="52" t="s">
+        <v>429</v>
+      </c>
+      <c r="G193" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H193" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I192" s="57">
-[...2 lines deleted...]
-      <c r="J192" s="58">
+      <c r="I193" s="26">
+        <v>44927</v>
+      </c>
+      <c r="J193" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K193" s="103" t="s">
+        <v>263</v>
+      </c>
+      <c r="L193" s="106" t="s">
+        <v>669</v>
+      </c>
+      <c r="M193" s="104" t="s">
+        <v>893</v>
+      </c>
+      <c r="N193" s="104" t="s">
+        <v>1079</v>
+      </c>
+      <c r="O193" s="21"/>
+      <c r="P193" s="67"/>
+    </row>
+    <row r="194" spans="1:16384" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A194" s="37" t="s">
+        <v>19</v>
+      </c>
+      <c r="B194" s="31" t="s">
+        <v>543</v>
+      </c>
+      <c r="C194" s="31" t="s">
+        <v>545</v>
+      </c>
+      <c r="D194" s="27" t="s">
+        <v>546</v>
+      </c>
+      <c r="E194" s="32" t="s">
+        <v>21</v>
+      </c>
+      <c r="F194" s="52" t="s">
+        <v>689</v>
+      </c>
+      <c r="G194" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H194" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I194" s="57">
+        <v>45017</v>
+      </c>
+      <c r="J194" s="16">
         <v>46022</v>
       </c>
-      <c r="K192" s="107" t="s">
-[...8 lines deleted...]
-      <c r="P192" s="69"/>
+      <c r="K194" s="103" t="s">
+        <v>544</v>
+      </c>
+      <c r="L194" s="106" t="s">
+        <v>688</v>
+      </c>
+      <c r="M194" s="104" t="s">
+        <v>844</v>
+      </c>
+      <c r="N194" s="104" t="s">
+        <v>1278</v>
+      </c>
+      <c r="O194" s="21"/>
+      <c r="P194" s="67"/>
     </row>
-    <row r="193" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A193" s="1" t="s">
+    <row r="195" spans="1:16384" customFormat="1" ht="68.849999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A195" s="43" t="s">
         <v>19</v>
       </c>
-      <c r="B193" s="10" t="s">
-[...50 lines deleted...]
-      <c r="E194" s="53" t="s">
+      <c r="B195" s="18" t="s">
+        <v>152</v>
+      </c>
+      <c r="C195" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="D195" s="14" t="s">
+        <v>298</v>
+      </c>
+      <c r="E195" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F194" s="53" t="s">
-[...45 lines deleted...]
-        <v>448</v>
+      <c r="F195" s="52" t="s">
+        <v>697</v>
+      </c>
+      <c r="G195" s="14" t="s">
+        <v>35</v>
       </c>
       <c r="H195" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I195" s="57">
-        <v>45565</v>
-[...1 lines deleted...]
-      <c r="J195" s="17">
+        <v>44774</v>
+      </c>
+      <c r="J195" s="16">
         <v>46022</v>
       </c>
-      <c r="K195" s="106" t="s">
-[...8 lines deleted...]
-      <c r="P195" s="69"/>
+      <c r="K195" s="103" t="s">
+        <v>316</v>
+      </c>
+      <c r="L195" s="105" t="s">
+        <v>698</v>
+      </c>
+      <c r="M195" s="104" t="s">
+        <v>853</v>
+      </c>
+      <c r="N195" s="104" t="s">
+        <v>1285</v>
+      </c>
+      <c r="O195" s="21"/>
+      <c r="P195" s="67"/>
     </row>
-    <row r="196" spans="1:16" ht="79.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A196" s="3" t="s">
+    <row r="196" spans="1:16384" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A196" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B196" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E196" s="15" t="s">
+      <c r="B196" s="10" t="s">
+        <v>153</v>
+      </c>
+      <c r="C196" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="D196" s="32" t="s">
+        <v>236</v>
+      </c>
+      <c r="E196" s="52" t="s">
         <v>21</v>
       </c>
-      <c r="F196" s="10" t="s">
-[...5 lines deleted...]
-      <c r="H196" s="2" t="s">
+      <c r="F196" s="52" t="s">
+        <v>1259</v>
+      </c>
+      <c r="G196" s="52" t="s">
+        <v>273</v>
+      </c>
+      <c r="H196" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="I196" s="57">
-[...2 lines deleted...]
-      <c r="J196" s="18">
+      <c r="I196" s="56">
+        <v>45292</v>
+      </c>
+      <c r="J196" s="57">
         <v>46022</v>
       </c>
-      <c r="K196" s="113" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="K196" s="103" t="s">
+        <v>759</v>
+      </c>
+      <c r="L196" s="103" t="s">
+        <v>1251</v>
+      </c>
+      <c r="M196" s="9"/>
+      <c r="N196" s="9"/>
       <c r="O196" s="6"/>
-      <c r="P196" s="69"/>
+      <c r="P196" s="67"/>
     </row>
-    <row r="197" spans="1:16" ht="92.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A197" s="3" t="s">
+    <row r="197" spans="1:16384" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A197" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B197" s="19" t="s">
-[...37 lines deleted...]
-      </c>
+      <c r="B197" s="10" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C197" s="10" t="s">
+        <v>209</v>
+      </c>
+      <c r="D197" s="32" t="s">
+        <v>1035</v>
+      </c>
+      <c r="E197" s="52" t="s">
+        <v>36</v>
+      </c>
+      <c r="F197" s="52" t="s">
+        <v>1036</v>
+      </c>
+      <c r="G197" s="14" t="s">
+        <v>1037</v>
+      </c>
+      <c r="H197" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="I197" s="56">
+        <v>45657</v>
+      </c>
+      <c r="J197" s="57">
+        <v>47542</v>
+      </c>
+      <c r="K197" s="102" t="s">
+        <v>1034</v>
+      </c>
+      <c r="L197" s="103" t="s">
+        <v>1307</v>
+      </c>
+      <c r="M197" s="9"/>
+      <c r="N197" s="9"/>
       <c r="O197" s="6"/>
-      <c r="P197" s="69"/>
+      <c r="P197" s="67"/>
     </row>
-    <row r="198" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:16384" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A198" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B198" s="24" t="s">
-[...8 lines deleted...]
-      <c r="E198" s="25" t="s">
+      <c r="B198" s="10" t="s">
+        <v>881</v>
+      </c>
+      <c r="C198" s="10" t="s">
+        <v>882</v>
+      </c>
+      <c r="D198" s="32" t="s">
+        <v>236</v>
+      </c>
+      <c r="E198" s="52" t="s">
         <v>21</v>
       </c>
-      <c r="F198" s="25" t="s">
-[...5 lines deleted...]
-      <c r="H198" s="2" t="s">
+      <c r="F198" s="52" t="s">
+        <v>1113</v>
+      </c>
+      <c r="G198" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="H198" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="I198" s="18">
-[...18 lines deleted...]
-      <c r="P198" s="69"/>
+      <c r="I198" s="56">
+        <v>46082</v>
+      </c>
+      <c r="J198" s="16">
+        <v>47514</v>
+      </c>
+      <c r="K198" s="102" t="s">
+        <v>883</v>
+      </c>
+      <c r="L198" s="103"/>
+      <c r="M198" s="9"/>
+      <c r="N198" s="9"/>
+      <c r="O198" s="6"/>
+      <c r="P198" s="67"/>
     </row>
-    <row r="199" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="199" spans="1:16384" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A199" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B199" s="24" t="s">
-[...8 lines deleted...]
-      <c r="E199" s="25" t="s">
+      <c r="B199" s="10" t="s">
+        <v>946</v>
+      </c>
+      <c r="C199" s="10" t="s">
+        <v>30</v>
+      </c>
+      <c r="D199" s="65" t="s">
+        <v>232</v>
+      </c>
+      <c r="E199" s="24" t="s">
         <v>21</v>
       </c>
-      <c r="F199" s="25" t="s">
-[...3 lines deleted...]
-        <v>31</v>
+      <c r="F199" s="52" t="s">
+        <v>947</v>
+      </c>
+      <c r="G199" s="14" t="s">
+        <v>434</v>
       </c>
       <c r="H199" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I199" s="18">
-[...2 lines deleted...]
-      <c r="J199" s="18">
+      <c r="I199" s="56">
+        <v>45565</v>
+      </c>
+      <c r="J199" s="16">
         <v>46022</v>
       </c>
-      <c r="K199" s="108" t="s">
-[...8 lines deleted...]
-      <c r="P199" s="69"/>
+      <c r="K199" s="102" t="s">
+        <v>948</v>
+      </c>
+      <c r="L199" s="103" t="s">
+        <v>1289</v>
+      </c>
+      <c r="M199" s="9"/>
+      <c r="N199" s="9"/>
+      <c r="O199" s="6"/>
+      <c r="P199" s="67"/>
     </row>
-    <row r="200" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A200" s="1" t="s">
+    <row r="200" spans="1:16384" customFormat="1" ht="79.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A200" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B200" s="24" t="s">
-[...8 lines deleted...]
-      <c r="E200" s="10" t="s">
+      <c r="B200" s="18" t="s">
+        <v>156</v>
+      </c>
+      <c r="C200" s="18" t="s">
+        <v>157</v>
+      </c>
+      <c r="D200" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E200" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F200" s="2" t="s">
-[...3 lines deleted...]
-        <v>43</v>
+      <c r="F200" s="10" t="s">
+        <v>1258</v>
+      </c>
+      <c r="G200" s="14" t="s">
+        <v>273</v>
       </c>
       <c r="H200" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I200" s="18">
-[...2 lines deleted...]
-      <c r="J200" s="60">
+      <c r="I200" s="56">
+        <v>44927</v>
+      </c>
+      <c r="J200" s="17">
         <v>46022</v>
       </c>
-      <c r="K200" s="108" t="s">
-[...6 lines deleted...]
-      <c r="P200" s="69"/>
+      <c r="K200" s="109" t="s">
+        <v>558</v>
+      </c>
+      <c r="L200" s="103" t="s">
+        <v>723</v>
+      </c>
+      <c r="M200" s="103" t="s">
+        <v>918</v>
+      </c>
+      <c r="N200" s="103" t="s">
+        <v>1252</v>
+      </c>
+      <c r="O200" s="6"/>
+      <c r="P200" s="67"/>
     </row>
-    <row r="201" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A201" s="1" t="s">
+    <row r="201" spans="1:16384" customFormat="1" ht="92.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A201" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B201" s="24" t="s">
-[...6 lines deleted...]
-        <v>607</v>
+      <c r="B201" s="18" t="s">
+        <v>158</v>
+      </c>
+      <c r="C201" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="D201" s="14" t="s">
+        <v>236</v>
       </c>
       <c r="E201" s="10" t="s">
         <v>21</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>608</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>482</v>
+      </c>
+      <c r="G201" s="14" t="s">
+        <v>43</v>
       </c>
       <c r="H201" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I201" s="18">
-[...18 lines deleted...]
-      <c r="P201" s="69"/>
+      <c r="I201" s="17">
+        <v>44927</v>
+      </c>
+      <c r="J201" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K201" s="104" t="s">
+        <v>483</v>
+      </c>
+      <c r="L201" s="103" t="s">
+        <v>640</v>
+      </c>
+      <c r="M201" s="103" t="s">
+        <v>873</v>
+      </c>
+      <c r="N201" s="103" t="s">
+        <v>1191</v>
+      </c>
+      <c r="O201" s="6"/>
+      <c r="P201" s="67"/>
     </row>
-    <row r="202" spans="1:16" ht="78" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A202" s="3" t="s">
+    <row r="202" spans="1:16384" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A202" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B202" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E202" s="15" t="s">
+      <c r="B202" s="23" t="s">
+        <v>159</v>
+      </c>
+      <c r="C202" s="23" t="s">
+        <v>81</v>
+      </c>
+      <c r="D202" s="65" t="s">
+        <v>232</v>
+      </c>
+      <c r="E202" s="24" t="s">
         <v>21</v>
       </c>
-      <c r="F202" s="16" t="s">
-[...3 lines deleted...]
-        <v>43</v>
+      <c r="F202" s="24" t="s">
+        <v>369</v>
+      </c>
+      <c r="G202" s="14" t="s">
+        <v>215</v>
       </c>
       <c r="H202" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I202" s="18">
-[...18 lines deleted...]
-      <c r="P202" s="69"/>
+      <c r="I202" s="17">
+        <v>44835</v>
+      </c>
+      <c r="J202" s="26">
+        <v>46081</v>
+      </c>
+      <c r="K202" s="104" t="s">
+        <v>229</v>
+      </c>
+      <c r="L202" s="104" t="s">
+        <v>615</v>
+      </c>
+      <c r="M202" s="104" t="s">
+        <v>841</v>
+      </c>
+      <c r="N202" s="104" t="s">
+        <v>1200</v>
+      </c>
+      <c r="O202" s="21"/>
+      <c r="P202" s="67"/>
     </row>
-    <row r="203" spans="1:16" ht="78" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A203" s="3" t="s">
+    <row r="203" spans="1:16384" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A203" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B203" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E203" s="15" t="s">
+      <c r="B203" s="23" t="s">
+        <v>467</v>
+      </c>
+      <c r="C203" s="23" t="s">
+        <v>45</v>
+      </c>
+      <c r="D203" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E203" s="24" t="s">
         <v>21</v>
       </c>
-      <c r="F203" s="16" t="s">
-[...3 lines deleted...]
-        <v>43</v>
+      <c r="F203" s="24" t="s">
+        <v>981</v>
+      </c>
+      <c r="G203" s="14" t="s">
+        <v>31</v>
       </c>
       <c r="H203" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I203" s="18">
-[...12 lines deleted...]
-      <c r="P203" s="69"/>
+      <c r="I203" s="17">
+        <v>45551</v>
+      </c>
+      <c r="J203" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K203" s="104" t="s">
+        <v>982</v>
+      </c>
+      <c r="L203" s="104" t="s">
+        <v>1300</v>
+      </c>
+      <c r="M203" s="104"/>
+      <c r="N203" s="2"/>
+      <c r="O203" s="21"/>
+      <c r="P203" s="67"/>
     </row>
-    <row r="204" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A204" s="3" t="s">
+    <row r="204" spans="1:16384" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A204" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B204" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E204" s="15" t="s">
+      <c r="B204" s="23" t="s">
+        <v>959</v>
+      </c>
+      <c r="C204" s="23" t="s">
+        <v>960</v>
+      </c>
+      <c r="D204" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E204" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="F204" s="16" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="F204" s="2" t="s">
+        <v>962</v>
+      </c>
+      <c r="G204" s="14" t="s">
+        <v>43</v>
       </c>
       <c r="H204" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I204" s="18">
-[...18 lines deleted...]
-      <c r="P204" s="69"/>
+      <c r="I204" s="17">
+        <v>45717</v>
+      </c>
+      <c r="J204" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K204" s="104" t="s">
+        <v>961</v>
+      </c>
+      <c r="L204" s="104"/>
+      <c r="M204" s="2"/>
+      <c r="N204" s="2"/>
+      <c r="O204" s="21"/>
+      <c r="P204" s="67"/>
     </row>
-    <row r="205" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A205" s="3" t="s">
+    <row r="205" spans="1:16384" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A205" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B205" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E205" s="15" t="s">
+      <c r="B205" s="23" t="s">
+        <v>587</v>
+      </c>
+      <c r="C205" s="23" t="s">
+        <v>588</v>
+      </c>
+      <c r="D205" s="14" t="s">
+        <v>589</v>
+      </c>
+      <c r="E205" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="F205" s="16" t="s">
-[...3 lines deleted...]
-        <v>43</v>
+      <c r="F205" s="2" t="s">
+        <v>590</v>
+      </c>
+      <c r="G205" s="14" t="s">
+        <v>31</v>
       </c>
       <c r="H205" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I205" s="18">
-[...12 lines deleted...]
-      <c r="P205" s="69"/>
+      <c r="I205" s="17">
+        <v>44774</v>
+      </c>
+      <c r="J205" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K205" s="104" t="s">
+        <v>591</v>
+      </c>
+      <c r="L205" s="104" t="s">
+        <v>651</v>
+      </c>
+      <c r="M205" s="104" t="s">
+        <v>999</v>
+      </c>
+      <c r="N205" s="104" t="s">
+        <v>1301</v>
+      </c>
+      <c r="O205" s="21"/>
+      <c r="P205" s="67"/>
     </row>
-    <row r="206" spans="1:16" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A206" s="3" t="s">
+    <row r="206" spans="1:16384" customFormat="1" ht="78" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A206" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B206" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E206" s="15" t="s">
+      <c r="B206" s="23" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C206" s="23" t="s">
+        <v>118</v>
+      </c>
+      <c r="D206" s="65" t="s">
+        <v>232</v>
+      </c>
+      <c r="E206" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="F206" s="49" t="s">
-[...3 lines deleted...]
-        <v>46</v>
+      <c r="F206" s="65" t="s">
+        <v>1354</v>
+      </c>
+      <c r="G206" s="14" t="s">
+        <v>43</v>
       </c>
       <c r="H206" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I206" s="27">
-[...16 lines deleted...]
-      <c r="P206" s="69"/>
+      <c r="I206" s="122">
+        <v>45992</v>
+      </c>
+      <c r="J206" s="26">
+        <v>46081</v>
+      </c>
+      <c r="K206" s="103" t="s">
+        <v>1353</v>
+      </c>
+      <c r="L206" s="23"/>
+      <c r="M206" s="1"/>
+      <c r="N206" s="23"/>
+      <c r="O206" s="23"/>
+      <c r="P206" s="1"/>
+      <c r="Q206" s="123"/>
+      <c r="R206" s="23"/>
+      <c r="S206" s="1"/>
+      <c r="T206" s="23"/>
+      <c r="U206" s="23"/>
+      <c r="V206" s="1"/>
+      <c r="W206" s="23"/>
+      <c r="X206" s="23"/>
+      <c r="Y206" s="1"/>
+      <c r="Z206" s="23"/>
+      <c r="AA206" s="23"/>
+      <c r="AB206" s="1"/>
+      <c r="AC206" s="23"/>
+      <c r="AD206" s="23"/>
+      <c r="AE206" s="1"/>
+      <c r="AF206" s="23"/>
+      <c r="AG206" s="23"/>
+      <c r="AH206" s="1"/>
+      <c r="AI206" s="23"/>
+      <c r="AJ206" s="23"/>
+      <c r="AK206" s="1"/>
+      <c r="AL206" s="23"/>
+      <c r="AM206" s="23"/>
+      <c r="AN206" s="1"/>
+      <c r="AO206" s="23"/>
+      <c r="AP206" s="23"/>
+      <c r="AQ206" s="1"/>
+      <c r="AR206" s="23"/>
+      <c r="AS206" s="23"/>
+      <c r="AT206" s="1"/>
+      <c r="AU206" s="23"/>
+      <c r="AV206" s="23"/>
+      <c r="AW206" s="1"/>
+      <c r="AX206" s="23"/>
+      <c r="AY206" s="23"/>
+      <c r="AZ206" s="1"/>
+      <c r="BA206" s="23"/>
+      <c r="BB206" s="23"/>
+      <c r="BC206" s="1"/>
+      <c r="BD206" s="23"/>
+      <c r="BE206" s="23"/>
+      <c r="BF206" s="1"/>
+      <c r="BG206" s="23"/>
+      <c r="BH206" s="23"/>
+      <c r="BI206" s="1"/>
+      <c r="BJ206" s="23"/>
+      <c r="BK206" s="23"/>
+      <c r="BL206" s="1"/>
+      <c r="BM206" s="23"/>
+      <c r="BN206" s="23"/>
+      <c r="BO206" s="1"/>
+      <c r="BP206" s="23"/>
+      <c r="BQ206" s="23"/>
+      <c r="BR206" s="1"/>
+      <c r="BS206" s="23"/>
+      <c r="BT206" s="23"/>
+      <c r="BU206" s="1"/>
+      <c r="BV206" s="23"/>
+      <c r="BW206" s="23"/>
+      <c r="BX206" s="1"/>
+      <c r="BY206" s="23"/>
+      <c r="BZ206" s="23"/>
+      <c r="CA206" s="1"/>
+      <c r="CB206" s="23"/>
+      <c r="CC206" s="23"/>
+      <c r="CD206" s="1"/>
+      <c r="CE206" s="23"/>
+      <c r="CF206" s="23"/>
+      <c r="CG206" s="1"/>
+      <c r="CH206" s="23"/>
+      <c r="CI206" s="23"/>
+      <c r="CJ206" s="1"/>
+      <c r="CK206" s="23"/>
+      <c r="CL206" s="23"/>
+      <c r="CM206" s="1"/>
+      <c r="CN206" s="23"/>
+      <c r="CO206" s="23"/>
+      <c r="CP206" s="1"/>
+      <c r="CQ206" s="23"/>
+      <c r="CR206" s="23"/>
+      <c r="CS206" s="1"/>
+      <c r="CT206" s="23"/>
+      <c r="CU206" s="23"/>
+      <c r="CV206" s="1"/>
+      <c r="CW206" s="23"/>
+      <c r="CX206" s="23"/>
+      <c r="CY206" s="1"/>
+      <c r="CZ206" s="23"/>
+      <c r="DA206" s="23"/>
+      <c r="DB206" s="1"/>
+      <c r="DC206" s="23"/>
+      <c r="DD206" s="23"/>
+      <c r="DE206" s="1"/>
+      <c r="DF206" s="23"/>
+      <c r="DG206" s="23"/>
+      <c r="DH206" s="1"/>
+      <c r="DI206" s="23"/>
+      <c r="DJ206" s="23"/>
+      <c r="DK206" s="1"/>
+      <c r="DL206" s="23"/>
+      <c r="DM206" s="23"/>
+      <c r="DN206" s="1"/>
+      <c r="DO206" s="23"/>
+      <c r="DP206" s="23"/>
+      <c r="DQ206" s="1"/>
+      <c r="DR206" s="23"/>
+      <c r="DS206" s="23"/>
+      <c r="DT206" s="1"/>
+      <c r="DU206" s="23"/>
+      <c r="DV206" s="23"/>
+      <c r="DW206" s="1"/>
+      <c r="DX206" s="23"/>
+      <c r="DY206" s="23"/>
+      <c r="DZ206" s="1"/>
+      <c r="EA206" s="23"/>
+      <c r="EB206" s="23"/>
+      <c r="EC206" s="1"/>
+      <c r="ED206" s="23"/>
+      <c r="EE206" s="23"/>
+      <c r="EF206" s="1"/>
+      <c r="EG206" s="23"/>
+      <c r="EH206" s="23"/>
+      <c r="EI206" s="1"/>
+      <c r="EJ206" s="23"/>
+      <c r="EK206" s="23"/>
+      <c r="EL206" s="1"/>
+      <c r="EM206" s="23"/>
+      <c r="EN206" s="23"/>
+      <c r="EO206" s="1"/>
+      <c r="EP206" s="23"/>
+      <c r="EQ206" s="23"/>
+      <c r="ER206" s="1"/>
+      <c r="ES206" s="23"/>
+      <c r="ET206" s="23"/>
+      <c r="EU206" s="1"/>
+      <c r="EV206" s="23"/>
+      <c r="EW206" s="23"/>
+      <c r="EX206" s="1"/>
+      <c r="EY206" s="23"/>
+      <c r="EZ206" s="23"/>
+      <c r="FA206" s="1"/>
+      <c r="FB206" s="23"/>
+      <c r="FC206" s="23"/>
+      <c r="FD206" s="1"/>
+      <c r="FE206" s="23"/>
+      <c r="FF206" s="23"/>
+      <c r="FG206" s="1"/>
+      <c r="FH206" s="23"/>
+      <c r="FI206" s="23"/>
+      <c r="FJ206" s="1"/>
+      <c r="FK206" s="23"/>
+      <c r="FL206" s="23"/>
+      <c r="FM206" s="1"/>
+      <c r="FN206" s="23"/>
+      <c r="FO206" s="23"/>
+      <c r="FP206" s="1"/>
+      <c r="FQ206" s="23"/>
+      <c r="FR206" s="23"/>
+      <c r="FS206" s="1"/>
+      <c r="FT206" s="23"/>
+      <c r="FU206" s="23"/>
+      <c r="FV206" s="1"/>
+      <c r="FW206" s="23"/>
+      <c r="FX206" s="23"/>
+      <c r="FY206" s="1"/>
+      <c r="FZ206" s="23"/>
+      <c r="GA206" s="23"/>
+      <c r="GB206" s="1"/>
+      <c r="GC206" s="23"/>
+      <c r="GD206" s="23"/>
+      <c r="GE206" s="1"/>
+      <c r="GF206" s="23"/>
+      <c r="GG206" s="23"/>
+      <c r="GH206" s="1"/>
+      <c r="GI206" s="23"/>
+      <c r="GJ206" s="23"/>
+      <c r="GK206" s="1"/>
+      <c r="GL206" s="23"/>
+      <c r="GM206" s="23"/>
+      <c r="GN206" s="1"/>
+      <c r="GO206" s="23"/>
+      <c r="GP206" s="23"/>
+      <c r="GQ206" s="1"/>
+      <c r="GR206" s="23"/>
+      <c r="GS206" s="23"/>
+      <c r="GT206" s="1"/>
+      <c r="GU206" s="23"/>
+      <c r="GV206" s="23"/>
+      <c r="GW206" s="1"/>
+      <c r="GX206" s="23"/>
+      <c r="GY206" s="23"/>
+      <c r="GZ206" s="1"/>
+      <c r="HA206" s="23"/>
+      <c r="HB206" s="23"/>
+      <c r="HC206" s="1"/>
+      <c r="HD206" s="23"/>
+      <c r="HE206" s="23"/>
+      <c r="HF206" s="1"/>
+      <c r="HG206" s="23"/>
+      <c r="HH206" s="23"/>
+      <c r="HI206" s="1"/>
+      <c r="HJ206" s="23"/>
+      <c r="HK206" s="23"/>
+      <c r="HL206" s="1"/>
+      <c r="HM206" s="23"/>
+      <c r="HN206" s="23"/>
+      <c r="HO206" s="1"/>
+      <c r="HP206" s="23"/>
+      <c r="HQ206" s="23"/>
+      <c r="HR206" s="1"/>
+      <c r="HS206" s="23"/>
+      <c r="HT206" s="23"/>
+      <c r="HU206" s="1"/>
+      <c r="HV206" s="23"/>
+      <c r="HW206" s="23"/>
+      <c r="HX206" s="1"/>
+      <c r="HY206" s="23"/>
+      <c r="HZ206" s="23"/>
+      <c r="IA206" s="1"/>
+      <c r="IB206" s="23"/>
+      <c r="IC206" s="23"/>
+      <c r="ID206" s="1"/>
+      <c r="IE206" s="23"/>
+      <c r="IF206" s="23"/>
+      <c r="IG206" s="1"/>
+      <c r="IH206" s="23"/>
+      <c r="II206" s="23"/>
+      <c r="IJ206" s="1"/>
+      <c r="IK206" s="23"/>
+      <c r="IL206" s="23"/>
+      <c r="IM206" s="1"/>
+      <c r="IN206" s="23"/>
+      <c r="IO206" s="23"/>
+      <c r="IP206" s="1"/>
+      <c r="IQ206" s="23"/>
+      <c r="IR206" s="23"/>
+      <c r="IS206" s="1"/>
+      <c r="IT206" s="23"/>
+      <c r="IU206" s="23"/>
+      <c r="IV206" s="1"/>
+      <c r="IW206" s="23"/>
+      <c r="IX206" s="23"/>
+      <c r="IY206" s="1"/>
+      <c r="IZ206" s="23"/>
+      <c r="JA206" s="23"/>
+      <c r="JB206" s="1"/>
+      <c r="JC206" s="23"/>
+      <c r="JD206" s="23"/>
+      <c r="JE206" s="1"/>
+      <c r="JF206" s="23"/>
+      <c r="JG206" s="23"/>
+      <c r="JH206" s="1"/>
+      <c r="JI206" s="23"/>
+      <c r="JJ206" s="23"/>
+      <c r="JK206" s="1"/>
+      <c r="JL206" s="23"/>
+      <c r="JM206" s="23"/>
+      <c r="JN206" s="1"/>
+      <c r="JO206" s="23"/>
+      <c r="JP206" s="23"/>
+      <c r="JQ206" s="1"/>
+      <c r="JR206" s="23"/>
+      <c r="JS206" s="23"/>
+      <c r="JT206" s="1"/>
+      <c r="JU206" s="23"/>
+      <c r="JV206" s="23"/>
+      <c r="JW206" s="1"/>
+      <c r="JX206" s="23"/>
+      <c r="JY206" s="23"/>
+      <c r="JZ206" s="1"/>
+      <c r="KA206" s="23"/>
+      <c r="KB206" s="23"/>
+      <c r="KC206" s="1"/>
+      <c r="KD206" s="23"/>
+      <c r="KE206" s="23"/>
+      <c r="KF206" s="1"/>
+      <c r="KG206" s="23"/>
+      <c r="KH206" s="23"/>
+      <c r="KI206" s="1"/>
+      <c r="KJ206" s="23"/>
+      <c r="KK206" s="23"/>
+      <c r="KL206" s="1"/>
+      <c r="KM206" s="23"/>
+      <c r="KN206" s="23"/>
+      <c r="KO206" s="1"/>
+      <c r="KP206" s="23"/>
+      <c r="KQ206" s="23"/>
+      <c r="KR206" s="1"/>
+      <c r="KS206" s="23"/>
+      <c r="KT206" s="23"/>
+      <c r="KU206" s="1"/>
+      <c r="KV206" s="23"/>
+      <c r="KW206" s="23"/>
+      <c r="KX206" s="1"/>
+      <c r="KY206" s="23"/>
+      <c r="KZ206" s="23"/>
+      <c r="LA206" s="1"/>
+      <c r="LB206" s="23"/>
+      <c r="LC206" s="23"/>
+      <c r="LD206" s="1"/>
+      <c r="LE206" s="23"/>
+      <c r="LF206" s="23"/>
+      <c r="LG206" s="1"/>
+      <c r="LH206" s="23"/>
+      <c r="LI206" s="23"/>
+      <c r="LJ206" s="1"/>
+      <c r="LK206" s="23"/>
+      <c r="LL206" s="23"/>
+      <c r="LM206" s="1"/>
+      <c r="LN206" s="23"/>
+      <c r="LO206" s="23"/>
+      <c r="LP206" s="1"/>
+      <c r="LQ206" s="23"/>
+      <c r="LR206" s="23"/>
+      <c r="LS206" s="1"/>
+      <c r="LT206" s="23"/>
+      <c r="LU206" s="23"/>
+      <c r="LV206" s="1"/>
+      <c r="LW206" s="23"/>
+      <c r="LX206" s="23"/>
+      <c r="LY206" s="1"/>
+      <c r="LZ206" s="23"/>
+      <c r="MA206" s="23"/>
+      <c r="MB206" s="1"/>
+      <c r="MC206" s="23"/>
+      <c r="MD206" s="23"/>
+      <c r="ME206" s="1"/>
+      <c r="MF206" s="23"/>
+      <c r="MG206" s="23"/>
+      <c r="MH206" s="1"/>
+      <c r="MI206" s="23"/>
+      <c r="MJ206" s="23"/>
+      <c r="MK206" s="1"/>
+      <c r="ML206" s="23"/>
+      <c r="MM206" s="23"/>
+      <c r="MN206" s="1"/>
+      <c r="MO206" s="23"/>
+      <c r="MP206" s="23"/>
+      <c r="MQ206" s="1"/>
+      <c r="MR206" s="23"/>
+      <c r="MS206" s="23"/>
+      <c r="MT206" s="1"/>
+      <c r="MU206" s="23"/>
+      <c r="MV206" s="23"/>
+      <c r="MW206" s="1"/>
+      <c r="MX206" s="23"/>
+      <c r="MY206" s="23"/>
+      <c r="MZ206" s="1"/>
+      <c r="NA206" s="23"/>
+      <c r="NB206" s="23"/>
+      <c r="NC206" s="1"/>
+      <c r="ND206" s="23"/>
+      <c r="NE206" s="23"/>
+      <c r="NF206" s="1"/>
+      <c r="NG206" s="23"/>
+      <c r="NH206" s="23"/>
+      <c r="NI206" s="1"/>
+      <c r="NJ206" s="23"/>
+      <c r="NK206" s="23"/>
+      <c r="NL206" s="1"/>
+      <c r="NM206" s="23"/>
+      <c r="NN206" s="23"/>
+      <c r="NO206" s="1"/>
+      <c r="NP206" s="23"/>
+      <c r="NQ206" s="23"/>
+      <c r="NR206" s="1"/>
+      <c r="NS206" s="23"/>
+      <c r="NT206" s="23"/>
+      <c r="NU206" s="1"/>
+      <c r="NV206" s="23"/>
+      <c r="NW206" s="23"/>
+      <c r="NX206" s="1"/>
+      <c r="NY206" s="23"/>
+      <c r="NZ206" s="23"/>
+      <c r="OA206" s="1"/>
+      <c r="OB206" s="23"/>
+      <c r="OC206" s="23"/>
+      <c r="OD206" s="1"/>
+      <c r="OE206" s="23"/>
+      <c r="OF206" s="23"/>
+      <c r="OG206" s="1"/>
+      <c r="OH206" s="23"/>
+      <c r="OI206" s="23"/>
+      <c r="OJ206" s="1"/>
+      <c r="OK206" s="23"/>
+      <c r="OL206" s="23"/>
+      <c r="OM206" s="1"/>
+      <c r="ON206" s="23"/>
+      <c r="OO206" s="23"/>
+      <c r="OP206" s="1"/>
+      <c r="OQ206" s="23"/>
+      <c r="OR206" s="23"/>
+      <c r="OS206" s="1"/>
+      <c r="OT206" s="23"/>
+      <c r="OU206" s="23"/>
+      <c r="OV206" s="1"/>
+      <c r="OW206" s="23"/>
+      <c r="OX206" s="23"/>
+      <c r="OY206" s="1"/>
+      <c r="OZ206" s="23"/>
+      <c r="PA206" s="23"/>
+      <c r="PB206" s="1"/>
+      <c r="PC206" s="23"/>
+      <c r="PD206" s="23"/>
+      <c r="PE206" s="1"/>
+      <c r="PF206" s="23"/>
+      <c r="PG206" s="23"/>
+      <c r="PH206" s="1"/>
+      <c r="PI206" s="23"/>
+      <c r="PJ206" s="23"/>
+      <c r="PK206" s="1"/>
+      <c r="PL206" s="23"/>
+      <c r="PM206" s="23"/>
+      <c r="PN206" s="1"/>
+      <c r="PO206" s="23"/>
+      <c r="PP206" s="23"/>
+      <c r="PQ206" s="1"/>
+      <c r="PR206" s="23"/>
+      <c r="PS206" s="23"/>
+      <c r="PT206" s="1"/>
+      <c r="PU206" s="23"/>
+      <c r="PV206" s="23"/>
+      <c r="PW206" s="1"/>
+      <c r="PX206" s="23"/>
+      <c r="PY206" s="23"/>
+      <c r="PZ206" s="1"/>
+      <c r="QA206" s="23"/>
+      <c r="QB206" s="23"/>
+      <c r="QC206" s="1"/>
+      <c r="QD206" s="23"/>
+      <c r="QE206" s="23"/>
+      <c r="QF206" s="1"/>
+      <c r="QG206" s="23"/>
+      <c r="QH206" s="23"/>
+      <c r="QI206" s="1"/>
+      <c r="QJ206" s="23"/>
+      <c r="QK206" s="23"/>
+      <c r="QL206" s="1"/>
+      <c r="QM206" s="23"/>
+      <c r="QN206" s="23"/>
+      <c r="QO206" s="1"/>
+      <c r="QP206" s="23"/>
+      <c r="QQ206" s="23"/>
+      <c r="QR206" s="1"/>
+      <c r="QS206" s="23"/>
+      <c r="QT206" s="23"/>
+      <c r="QU206" s="1"/>
+      <c r="QV206" s="23"/>
+      <c r="QW206" s="23"/>
+      <c r="QX206" s="1"/>
+      <c r="QY206" s="23"/>
+      <c r="QZ206" s="23"/>
+      <c r="RA206" s="1"/>
+      <c r="RB206" s="23"/>
+      <c r="RC206" s="23"/>
+      <c r="RD206" s="1"/>
+      <c r="RE206" s="23"/>
+      <c r="RF206" s="23"/>
+      <c r="RG206" s="1"/>
+      <c r="RH206" s="23"/>
+      <c r="RI206" s="23"/>
+      <c r="RJ206" s="1"/>
+      <c r="RK206" s="23"/>
+      <c r="RL206" s="23"/>
+      <c r="RM206" s="1"/>
+      <c r="RN206" s="23"/>
+      <c r="RO206" s="23"/>
+      <c r="RP206" s="1"/>
+      <c r="RQ206" s="23"/>
+      <c r="RR206" s="23"/>
+      <c r="RS206" s="1"/>
+      <c r="RT206" s="23"/>
+      <c r="RU206" s="23"/>
+      <c r="RV206" s="1"/>
+      <c r="RW206" s="23"/>
+      <c r="RX206" s="23"/>
+      <c r="RY206" s="1"/>
+      <c r="RZ206" s="23"/>
+      <c r="SA206" s="23"/>
+      <c r="SB206" s="1"/>
+      <c r="SC206" s="23"/>
+      <c r="SD206" s="23"/>
+      <c r="SE206" s="1"/>
+      <c r="SF206" s="23"/>
+      <c r="SG206" s="23"/>
+      <c r="SH206" s="1"/>
+      <c r="SI206" s="23"/>
+      <c r="SJ206" s="23"/>
+      <c r="SK206" s="1"/>
+      <c r="SL206" s="23"/>
+      <c r="SM206" s="23"/>
+      <c r="SN206" s="1"/>
+      <c r="SO206" s="23"/>
+      <c r="SP206" s="23"/>
+      <c r="SQ206" s="1"/>
+      <c r="SR206" s="23"/>
+      <c r="SS206" s="23"/>
+      <c r="ST206" s="1"/>
+      <c r="SU206" s="23"/>
+      <c r="SV206" s="23"/>
+      <c r="SW206" s="1"/>
+      <c r="SX206" s="23"/>
+      <c r="SY206" s="23"/>
+      <c r="SZ206" s="1"/>
+      <c r="TA206" s="23"/>
+      <c r="TB206" s="23"/>
+      <c r="TC206" s="1"/>
+      <c r="TD206" s="23"/>
+      <c r="TE206" s="23"/>
+      <c r="TF206" s="1"/>
+      <c r="TG206" s="23"/>
+      <c r="TH206" s="23"/>
+      <c r="TI206" s="1"/>
+      <c r="TJ206" s="23"/>
+      <c r="TK206" s="23"/>
+      <c r="TL206" s="1"/>
+      <c r="TM206" s="23"/>
+      <c r="TN206" s="23"/>
+      <c r="TO206" s="1"/>
+      <c r="TP206" s="23"/>
+      <c r="TQ206" s="23"/>
+      <c r="TR206" s="1"/>
+      <c r="TS206" s="23"/>
+      <c r="TT206" s="23"/>
+      <c r="TU206" s="1"/>
+      <c r="TV206" s="23"/>
+      <c r="TW206" s="23"/>
+      <c r="TX206" s="1"/>
+      <c r="TY206" s="23"/>
+      <c r="TZ206" s="23"/>
+      <c r="UA206" s="1"/>
+      <c r="UB206" s="23"/>
+      <c r="UC206" s="23"/>
+      <c r="UD206" s="1"/>
+      <c r="UE206" s="23"/>
+      <c r="UF206" s="23"/>
+      <c r="UG206" s="1"/>
+      <c r="UH206" s="23"/>
+      <c r="UI206" s="23"/>
+      <c r="UJ206" s="1"/>
+      <c r="UK206" s="23"/>
+      <c r="UL206" s="23"/>
+      <c r="UM206" s="1"/>
+      <c r="UN206" s="23"/>
+      <c r="UO206" s="23"/>
+      <c r="UP206" s="1"/>
+      <c r="UQ206" s="23"/>
+      <c r="UR206" s="23"/>
+      <c r="US206" s="1"/>
+      <c r="UT206" s="23"/>
+      <c r="UU206" s="23"/>
+      <c r="UV206" s="1"/>
+      <c r="UW206" s="23"/>
+      <c r="UX206" s="23"/>
+      <c r="UY206" s="1"/>
+      <c r="UZ206" s="23"/>
+      <c r="VA206" s="23"/>
+      <c r="VB206" s="1"/>
+      <c r="VC206" s="23"/>
+      <c r="VD206" s="23"/>
+      <c r="VE206" s="1"/>
+      <c r="VF206" s="23"/>
+      <c r="VG206" s="23"/>
+      <c r="VH206" s="1"/>
+      <c r="VI206" s="23"/>
+      <c r="VJ206" s="23"/>
+      <c r="VK206" s="1"/>
+      <c r="VL206" s="23"/>
+      <c r="VM206" s="23"/>
+      <c r="VN206" s="1"/>
+      <c r="VO206" s="23"/>
+      <c r="VP206" s="23"/>
+      <c r="VQ206" s="1"/>
+      <c r="VR206" s="23"/>
+      <c r="VS206" s="23"/>
+      <c r="VT206" s="1"/>
+      <c r="VU206" s="23"/>
+      <c r="VV206" s="23"/>
+      <c r="VW206" s="1"/>
+      <c r="VX206" s="23"/>
+      <c r="VY206" s="23"/>
+      <c r="VZ206" s="1"/>
+      <c r="WA206" s="23"/>
+      <c r="WB206" s="23"/>
+      <c r="WC206" s="1"/>
+      <c r="WD206" s="23"/>
+      <c r="WE206" s="23"/>
+      <c r="WF206" s="1"/>
+      <c r="WG206" s="23"/>
+      <c r="WH206" s="23"/>
+      <c r="WI206" s="1"/>
+      <c r="WJ206" s="23"/>
+      <c r="WK206" s="23"/>
+      <c r="WL206" s="1"/>
+      <c r="WM206" s="23"/>
+      <c r="WN206" s="23"/>
+      <c r="WO206" s="1"/>
+      <c r="WP206" s="23"/>
+      <c r="WQ206" s="23"/>
+      <c r="WR206" s="1"/>
+      <c r="WS206" s="23"/>
+      <c r="WT206" s="23"/>
+      <c r="WU206" s="1"/>
+      <c r="WV206" s="23"/>
+      <c r="WW206" s="23"/>
+      <c r="WX206" s="1"/>
+      <c r="WY206" s="23"/>
+      <c r="WZ206" s="23"/>
+      <c r="XA206" s="1"/>
+      <c r="XB206" s="23"/>
+      <c r="XC206" s="23"/>
+      <c r="XD206" s="1"/>
+      <c r="XE206" s="23"/>
+      <c r="XF206" s="23"/>
+      <c r="XG206" s="1"/>
+      <c r="XH206" s="23"/>
+      <c r="XI206" s="23"/>
+      <c r="XJ206" s="1"/>
+      <c r="XK206" s="23"/>
+      <c r="XL206" s="23"/>
+      <c r="XM206" s="1"/>
+      <c r="XN206" s="23"/>
+      <c r="XO206" s="23"/>
+      <c r="XP206" s="1"/>
+      <c r="XQ206" s="23"/>
+      <c r="XR206" s="23"/>
+      <c r="XS206" s="1"/>
+      <c r="XT206" s="23"/>
+      <c r="XU206" s="23"/>
+      <c r="XV206" s="1"/>
+      <c r="XW206" s="23"/>
+      <c r="XX206" s="23"/>
+      <c r="XY206" s="1"/>
+      <c r="XZ206" s="23"/>
+      <c r="YA206" s="23"/>
+      <c r="YB206" s="1"/>
+      <c r="YC206" s="23"/>
+      <c r="YD206" s="23"/>
+      <c r="YE206" s="1"/>
+      <c r="YF206" s="23"/>
+      <c r="YG206" s="23"/>
+      <c r="YH206" s="1"/>
+      <c r="YI206" s="23"/>
+      <c r="YJ206" s="23"/>
+      <c r="YK206" s="1"/>
+      <c r="YL206" s="23"/>
+      <c r="YM206" s="23"/>
+      <c r="YN206" s="1"/>
+      <c r="YO206" s="23"/>
+      <c r="YP206" s="23"/>
+      <c r="YQ206" s="1"/>
+      <c r="YR206" s="23"/>
+      <c r="YS206" s="23"/>
+      <c r="YT206" s="1"/>
+      <c r="YU206" s="23"/>
+      <c r="YV206" s="23"/>
+      <c r="YW206" s="1"/>
+      <c r="YX206" s="23"/>
+      <c r="YY206" s="23"/>
+      <c r="YZ206" s="1"/>
+      <c r="ZA206" s="23"/>
+      <c r="ZB206" s="23"/>
+      <c r="ZC206" s="1"/>
+      <c r="ZD206" s="23"/>
+      <c r="ZE206" s="23"/>
+      <c r="ZF206" s="1"/>
+      <c r="ZG206" s="23"/>
+      <c r="ZH206" s="23"/>
+      <c r="ZI206" s="1"/>
+      <c r="ZJ206" s="23"/>
+      <c r="ZK206" s="23"/>
+      <c r="ZL206" s="1"/>
+      <c r="ZM206" s="23"/>
+      <c r="ZN206" s="23"/>
+      <c r="ZO206" s="1"/>
+      <c r="ZP206" s="23"/>
+      <c r="ZQ206" s="23"/>
+      <c r="ZR206" s="1"/>
+      <c r="ZS206" s="23"/>
+      <c r="ZT206" s="23"/>
+      <c r="ZU206" s="1"/>
+      <c r="ZV206" s="23"/>
+      <c r="ZW206" s="23"/>
+      <c r="ZX206" s="1"/>
+      <c r="ZY206" s="23"/>
+      <c r="ZZ206" s="23"/>
+      <c r="AAA206" s="1"/>
+      <c r="AAB206" s="23"/>
+      <c r="AAC206" s="23"/>
+      <c r="AAD206" s="1"/>
+      <c r="AAE206" s="23"/>
+      <c r="AAF206" s="23"/>
+      <c r="AAG206" s="1"/>
+      <c r="AAH206" s="23"/>
+      <c r="AAI206" s="23"/>
+      <c r="AAJ206" s="1"/>
+      <c r="AAK206" s="23"/>
+      <c r="AAL206" s="23"/>
+      <c r="AAM206" s="1"/>
+      <c r="AAN206" s="23"/>
+      <c r="AAO206" s="23"/>
+      <c r="AAP206" s="1"/>
+      <c r="AAQ206" s="23"/>
+      <c r="AAR206" s="23"/>
+      <c r="AAS206" s="1"/>
+      <c r="AAT206" s="23"/>
+      <c r="AAU206" s="23"/>
+      <c r="AAV206" s="1"/>
+      <c r="AAW206" s="23"/>
+      <c r="AAX206" s="23"/>
+      <c r="AAY206" s="1"/>
+      <c r="AAZ206" s="23"/>
+      <c r="ABA206" s="23"/>
+      <c r="ABB206" s="1"/>
+      <c r="ABC206" s="23"/>
+      <c r="ABD206" s="23"/>
+      <c r="ABE206" s="1"/>
+      <c r="ABF206" s="23"/>
+      <c r="ABG206" s="23"/>
+      <c r="ABH206" s="1"/>
+      <c r="ABI206" s="23"/>
+      <c r="ABJ206" s="23"/>
+      <c r="ABK206" s="1"/>
+      <c r="ABL206" s="23"/>
+      <c r="ABM206" s="23"/>
+      <c r="ABN206" s="1"/>
+      <c r="ABO206" s="23"/>
+      <c r="ABP206" s="23"/>
+      <c r="ABQ206" s="1"/>
+      <c r="ABR206" s="23"/>
+      <c r="ABS206" s="23"/>
+      <c r="ABT206" s="1"/>
+      <c r="ABU206" s="23"/>
+      <c r="ABV206" s="23"/>
+      <c r="ABW206" s="1"/>
+      <c r="ABX206" s="23"/>
+      <c r="ABY206" s="23"/>
+      <c r="ABZ206" s="1"/>
+      <c r="ACA206" s="23"/>
+      <c r="ACB206" s="23"/>
+      <c r="ACC206" s="1"/>
+      <c r="ACD206" s="23"/>
+      <c r="ACE206" s="23"/>
+      <c r="ACF206" s="1"/>
+      <c r="ACG206" s="23"/>
+      <c r="ACH206" s="23"/>
+      <c r="ACI206" s="1"/>
+      <c r="ACJ206" s="23"/>
+      <c r="ACK206" s="23"/>
+      <c r="ACL206" s="1"/>
+      <c r="ACM206" s="23"/>
+      <c r="ACN206" s="23"/>
+      <c r="ACO206" s="1"/>
+      <c r="ACP206" s="23"/>
+      <c r="ACQ206" s="23"/>
+      <c r="ACR206" s="1"/>
+      <c r="ACS206" s="23"/>
+      <c r="ACT206" s="23"/>
+      <c r="ACU206" s="1"/>
+      <c r="ACV206" s="23"/>
+      <c r="ACW206" s="23"/>
+      <c r="ACX206" s="1"/>
+      <c r="ACY206" s="23"/>
+      <c r="ACZ206" s="23"/>
+      <c r="ADA206" s="1"/>
+      <c r="ADB206" s="23"/>
+      <c r="ADC206" s="23"/>
+      <c r="ADD206" s="1"/>
+      <c r="ADE206" s="23"/>
+      <c r="ADF206" s="23"/>
+      <c r="ADG206" s="1"/>
+      <c r="ADH206" s="23"/>
+      <c r="ADI206" s="23"/>
+      <c r="ADJ206" s="1"/>
+      <c r="ADK206" s="23"/>
+      <c r="ADL206" s="23"/>
+      <c r="ADM206" s="1"/>
+      <c r="ADN206" s="23"/>
+      <c r="ADO206" s="23"/>
+      <c r="ADP206" s="1"/>
+      <c r="ADQ206" s="23"/>
+      <c r="ADR206" s="23"/>
+      <c r="ADS206" s="1"/>
+      <c r="ADT206" s="23"/>
+      <c r="ADU206" s="23"/>
+      <c r="ADV206" s="1"/>
+      <c r="ADW206" s="23"/>
+      <c r="ADX206" s="23"/>
+      <c r="ADY206" s="1"/>
+      <c r="ADZ206" s="23"/>
+      <c r="AEA206" s="23"/>
+      <c r="AEB206" s="1"/>
+      <c r="AEC206" s="23"/>
+      <c r="AED206" s="23"/>
+      <c r="AEE206" s="1"/>
+      <c r="AEF206" s="23"/>
+      <c r="AEG206" s="23"/>
+      <c r="AEH206" s="1"/>
+      <c r="AEI206" s="23"/>
+      <c r="AEJ206" s="23"/>
+      <c r="AEK206" s="1"/>
+      <c r="AEL206" s="23"/>
+      <c r="AEM206" s="23"/>
+      <c r="AEN206" s="1"/>
+      <c r="AEO206" s="23"/>
+      <c r="AEP206" s="23"/>
+      <c r="AEQ206" s="1"/>
+      <c r="AER206" s="23"/>
+      <c r="AES206" s="23"/>
+      <c r="AET206" s="1"/>
+      <c r="AEU206" s="23"/>
+      <c r="AEV206" s="23"/>
+      <c r="AEW206" s="1"/>
+      <c r="AEX206" s="23"/>
+      <c r="AEY206" s="23"/>
+      <c r="AEZ206" s="1"/>
+      <c r="AFA206" s="23"/>
+      <c r="AFB206" s="23"/>
+      <c r="AFC206" s="1"/>
+      <c r="AFD206" s="23"/>
+      <c r="AFE206" s="23"/>
+      <c r="AFF206" s="1"/>
+      <c r="AFG206" s="23"/>
+      <c r="AFH206" s="23"/>
+      <c r="AFI206" s="1"/>
+      <c r="AFJ206" s="23"/>
+      <c r="AFK206" s="23"/>
+      <c r="AFL206" s="1"/>
+      <c r="AFM206" s="23"/>
+      <c r="AFN206" s="23"/>
+      <c r="AFO206" s="1"/>
+      <c r="AFP206" s="23"/>
+      <c r="AFQ206" s="23"/>
+      <c r="AFR206" s="1"/>
+      <c r="AFS206" s="23"/>
+      <c r="AFT206" s="23"/>
+      <c r="AFU206" s="1"/>
+      <c r="AFV206" s="23"/>
+      <c r="AFW206" s="23"/>
+      <c r="AFX206" s="1"/>
+      <c r="AFY206" s="23"/>
+      <c r="AFZ206" s="23"/>
+      <c r="AGA206" s="1"/>
+      <c r="AGB206" s="23"/>
+      <c r="AGC206" s="23"/>
+      <c r="AGD206" s="1"/>
+      <c r="AGE206" s="23"/>
+      <c r="AGF206" s="23"/>
+      <c r="AGG206" s="1"/>
+      <c r="AGH206" s="23"/>
+      <c r="AGI206" s="23"/>
+      <c r="AGJ206" s="1"/>
+      <c r="AGK206" s="23"/>
+      <c r="AGL206" s="23"/>
+      <c r="AGM206" s="1"/>
+      <c r="AGN206" s="23"/>
+      <c r="AGO206" s="23"/>
+      <c r="AGP206" s="1"/>
+      <c r="AGQ206" s="23"/>
+      <c r="AGR206" s="23"/>
+      <c r="AGS206" s="1"/>
+      <c r="AGT206" s="23"/>
+      <c r="AGU206" s="23"/>
+      <c r="AGV206" s="1"/>
+      <c r="AGW206" s="23"/>
+      <c r="AGX206" s="23"/>
+      <c r="AGY206" s="1"/>
+      <c r="AGZ206" s="23"/>
+      <c r="AHA206" s="23"/>
+      <c r="AHB206" s="1"/>
+      <c r="AHC206" s="23"/>
+      <c r="AHD206" s="23"/>
+      <c r="AHE206" s="1"/>
+      <c r="AHF206" s="23"/>
+      <c r="AHG206" s="23"/>
+      <c r="AHH206" s="1"/>
+      <c r="AHI206" s="23"/>
+      <c r="AHJ206" s="23"/>
+      <c r="AHK206" s="1"/>
+      <c r="AHL206" s="23"/>
+      <c r="AHM206" s="23"/>
+      <c r="AHN206" s="1"/>
+      <c r="AHO206" s="23"/>
+      <c r="AHP206" s="23"/>
+      <c r="AHQ206" s="1"/>
+      <c r="AHR206" s="23"/>
+      <c r="AHS206" s="23"/>
+      <c r="AHT206" s="1"/>
+      <c r="AHU206" s="23"/>
+      <c r="AHV206" s="23"/>
+      <c r="AHW206" s="1"/>
+      <c r="AHX206" s="23"/>
+      <c r="AHY206" s="23"/>
+      <c r="AHZ206" s="1"/>
+      <c r="AIA206" s="23"/>
+      <c r="AIB206" s="23"/>
+      <c r="AIC206" s="1"/>
+      <c r="AID206" s="23"/>
+      <c r="AIE206" s="23"/>
+      <c r="AIF206" s="1"/>
+      <c r="AIG206" s="23"/>
+      <c r="AIH206" s="23"/>
+      <c r="AII206" s="1"/>
+      <c r="AIJ206" s="23"/>
+      <c r="AIK206" s="23"/>
+      <c r="AIL206" s="1"/>
+      <c r="AIM206" s="23"/>
+      <c r="AIN206" s="23"/>
+      <c r="AIO206" s="1"/>
+      <c r="AIP206" s="23"/>
+      <c r="AIQ206" s="23"/>
+      <c r="AIR206" s="1"/>
+      <c r="AIS206" s="23"/>
+      <c r="AIT206" s="23"/>
+      <c r="AIU206" s="1"/>
+      <c r="AIV206" s="23"/>
+      <c r="AIW206" s="23"/>
+      <c r="AIX206" s="1"/>
+      <c r="AIY206" s="23"/>
+      <c r="AIZ206" s="23"/>
+      <c r="AJA206" s="1"/>
+      <c r="AJB206" s="23"/>
+      <c r="AJC206" s="23"/>
+      <c r="AJD206" s="1"/>
+      <c r="AJE206" s="23"/>
+      <c r="AJF206" s="23"/>
+      <c r="AJG206" s="1"/>
+      <c r="AJH206" s="23"/>
+      <c r="AJI206" s="23"/>
+      <c r="AJJ206" s="1"/>
+      <c r="AJK206" s="23"/>
+      <c r="AJL206" s="23"/>
+      <c r="AJM206" s="1"/>
+      <c r="AJN206" s="23"/>
+      <c r="AJO206" s="23"/>
+      <c r="AJP206" s="1"/>
+      <c r="AJQ206" s="23"/>
+      <c r="AJR206" s="23"/>
+      <c r="AJS206" s="1"/>
+      <c r="AJT206" s="23"/>
+      <c r="AJU206" s="23"/>
+      <c r="AJV206" s="1"/>
+      <c r="AJW206" s="23"/>
+      <c r="AJX206" s="23"/>
+      <c r="AJY206" s="1"/>
+      <c r="AJZ206" s="23"/>
+      <c r="AKA206" s="23"/>
+      <c r="AKB206" s="1"/>
+      <c r="AKC206" s="23"/>
+      <c r="AKD206" s="23"/>
+      <c r="AKE206" s="1"/>
+      <c r="AKF206" s="23"/>
+      <c r="AKG206" s="23"/>
+      <c r="AKH206" s="1"/>
+      <c r="AKI206" s="23"/>
+      <c r="AKJ206" s="23"/>
+      <c r="AKK206" s="1"/>
+      <c r="AKL206" s="23"/>
+      <c r="AKM206" s="23"/>
+      <c r="AKN206" s="1"/>
+      <c r="AKO206" s="23"/>
+      <c r="AKP206" s="23"/>
+      <c r="AKQ206" s="1"/>
+      <c r="AKR206" s="23"/>
+      <c r="AKS206" s="23"/>
+      <c r="AKT206" s="1"/>
+      <c r="AKU206" s="23"/>
+      <c r="AKV206" s="23"/>
+      <c r="AKW206" s="1"/>
+      <c r="AKX206" s="23"/>
+      <c r="AKY206" s="23"/>
+      <c r="AKZ206" s="1"/>
+      <c r="ALA206" s="23"/>
+      <c r="ALB206" s="23"/>
+      <c r="ALC206" s="1"/>
+      <c r="ALD206" s="23"/>
+      <c r="ALE206" s="23"/>
+      <c r="ALF206" s="1"/>
+      <c r="ALG206" s="23"/>
+      <c r="ALH206" s="23"/>
+      <c r="ALI206" s="1"/>
+      <c r="ALJ206" s="23"/>
+      <c r="ALK206" s="23"/>
+      <c r="ALL206" s="1"/>
+      <c r="ALM206" s="23"/>
+      <c r="ALN206" s="23"/>
+      <c r="ALO206" s="1"/>
+      <c r="ALP206" s="23"/>
+      <c r="ALQ206" s="23"/>
+      <c r="ALR206" s="1"/>
+      <c r="ALS206" s="23"/>
+      <c r="ALT206" s="23"/>
+      <c r="ALU206" s="1"/>
+      <c r="ALV206" s="23"/>
+      <c r="ALW206" s="23"/>
+      <c r="ALX206" s="1"/>
+      <c r="ALY206" s="23"/>
+      <c r="ALZ206" s="23"/>
+      <c r="AMA206" s="1"/>
+      <c r="AMB206" s="23"/>
+      <c r="AMC206" s="23"/>
+      <c r="AMD206" s="1"/>
+      <c r="AME206" s="23"/>
+      <c r="AMF206" s="23"/>
+      <c r="AMG206" s="1"/>
+      <c r="AMH206" s="23"/>
+      <c r="AMI206" s="23"/>
+      <c r="AMJ206" s="1"/>
+      <c r="AMK206" s="23"/>
+      <c r="AML206" s="23"/>
+      <c r="AMM206" s="1"/>
+      <c r="AMN206" s="23"/>
+      <c r="AMO206" s="23"/>
+      <c r="AMP206" s="1"/>
+      <c r="AMQ206" s="23"/>
+      <c r="AMR206" s="23"/>
+      <c r="AMS206" s="1"/>
+      <c r="AMT206" s="23"/>
+      <c r="AMU206" s="23"/>
+      <c r="AMV206" s="1"/>
+      <c r="AMW206" s="23"/>
+      <c r="AMX206" s="23"/>
+      <c r="AMY206" s="1"/>
+      <c r="AMZ206" s="23"/>
+      <c r="ANA206" s="23"/>
+      <c r="ANB206" s="1"/>
+      <c r="ANC206" s="23"/>
+      <c r="AND206" s="23"/>
+      <c r="ANE206" s="1"/>
+      <c r="ANF206" s="23"/>
+      <c r="ANG206" s="23"/>
+      <c r="ANH206" s="1"/>
+      <c r="ANI206" s="23"/>
+      <c r="ANJ206" s="23"/>
+      <c r="ANK206" s="1"/>
+      <c r="ANL206" s="23"/>
+      <c r="ANM206" s="23"/>
+      <c r="ANN206" s="1"/>
+      <c r="ANO206" s="23"/>
+      <c r="ANP206" s="23"/>
+      <c r="ANQ206" s="1"/>
+      <c r="ANR206" s="23"/>
+      <c r="ANS206" s="23"/>
+      <c r="ANT206" s="1"/>
+      <c r="ANU206" s="23"/>
+      <c r="ANV206" s="23"/>
+      <c r="ANW206" s="1"/>
+      <c r="ANX206" s="23"/>
+      <c r="ANY206" s="23"/>
+      <c r="ANZ206" s="1"/>
+      <c r="AOA206" s="23"/>
+      <c r="AOB206" s="23"/>
+      <c r="AOC206" s="1"/>
+      <c r="AOD206" s="23"/>
+      <c r="AOE206" s="23"/>
+      <c r="AOF206" s="1"/>
+      <c r="AOG206" s="23"/>
+      <c r="AOH206" s="23"/>
+      <c r="AOI206" s="1"/>
+      <c r="AOJ206" s="23"/>
+      <c r="AOK206" s="23"/>
+      <c r="AOL206" s="1"/>
+      <c r="AOM206" s="23"/>
+      <c r="AON206" s="23"/>
+      <c r="AOO206" s="1"/>
+      <c r="AOP206" s="23"/>
+      <c r="AOQ206" s="23"/>
+      <c r="AOR206" s="1"/>
+      <c r="AOS206" s="23"/>
+      <c r="AOT206" s="23"/>
+      <c r="AOU206" s="1"/>
+      <c r="AOV206" s="23"/>
+      <c r="AOW206" s="23"/>
+      <c r="AOX206" s="1"/>
+      <c r="AOY206" s="23"/>
+      <c r="AOZ206" s="23"/>
+      <c r="APA206" s="1"/>
+      <c r="APB206" s="23"/>
+      <c r="APC206" s="23"/>
+      <c r="APD206" s="1"/>
+      <c r="APE206" s="23"/>
+      <c r="APF206" s="23"/>
+      <c r="APG206" s="1"/>
+      <c r="APH206" s="23"/>
+      <c r="API206" s="23"/>
+      <c r="APJ206" s="1"/>
+      <c r="APK206" s="23"/>
+      <c r="APL206" s="23"/>
+      <c r="APM206" s="1"/>
+      <c r="APN206" s="23"/>
+      <c r="APO206" s="23"/>
+      <c r="APP206" s="1"/>
+      <c r="APQ206" s="23"/>
+      <c r="APR206" s="23"/>
+      <c r="APS206" s="1"/>
+      <c r="APT206" s="23"/>
+      <c r="APU206" s="23"/>
+      <c r="APV206" s="1"/>
+      <c r="APW206" s="23"/>
+      <c r="APX206" s="23"/>
+      <c r="APY206" s="1"/>
+      <c r="APZ206" s="23"/>
+      <c r="AQA206" s="23"/>
+      <c r="AQB206" s="1"/>
+      <c r="AQC206" s="23"/>
+      <c r="AQD206" s="23"/>
+      <c r="AQE206" s="1"/>
+      <c r="AQF206" s="23"/>
+      <c r="AQG206" s="23"/>
+      <c r="AQH206" s="1"/>
+      <c r="AQI206" s="23"/>
+      <c r="AQJ206" s="23"/>
+      <c r="AQK206" s="1"/>
+      <c r="AQL206" s="23"/>
+      <c r="AQM206" s="23"/>
+      <c r="AQN206" s="1"/>
+      <c r="AQO206" s="23"/>
+      <c r="AQP206" s="23"/>
+      <c r="AQQ206" s="1"/>
+      <c r="AQR206" s="23"/>
+      <c r="AQS206" s="23"/>
+      <c r="AQT206" s="1"/>
+      <c r="AQU206" s="23"/>
+      <c r="AQV206" s="23"/>
+      <c r="AQW206" s="1"/>
+      <c r="AQX206" s="23"/>
+      <c r="AQY206" s="23"/>
+      <c r="AQZ206" s="1"/>
+      <c r="ARA206" s="23"/>
+      <c r="ARB206" s="23"/>
+      <c r="ARC206" s="1"/>
+      <c r="ARD206" s="23"/>
+      <c r="ARE206" s="23"/>
+      <c r="ARF206" s="1"/>
+      <c r="ARG206" s="23"/>
+      <c r="ARH206" s="23"/>
+      <c r="ARI206" s="1"/>
+      <c r="ARJ206" s="23"/>
+      <c r="ARK206" s="23"/>
+      <c r="ARL206" s="1"/>
+      <c r="ARM206" s="23"/>
+      <c r="ARN206" s="23"/>
+      <c r="ARO206" s="1"/>
+      <c r="ARP206" s="23"/>
+      <c r="ARQ206" s="23"/>
+      <c r="ARR206" s="1"/>
+      <c r="ARS206" s="23"/>
+      <c r="ART206" s="23"/>
+      <c r="ARU206" s="1"/>
+      <c r="ARV206" s="23"/>
+      <c r="ARW206" s="23"/>
+      <c r="ARX206" s="1"/>
+      <c r="ARY206" s="23"/>
+      <c r="ARZ206" s="23"/>
+      <c r="ASA206" s="1"/>
+      <c r="ASB206" s="23"/>
+      <c r="ASC206" s="23"/>
+      <c r="ASD206" s="1"/>
+      <c r="ASE206" s="23"/>
+      <c r="ASF206" s="23"/>
+      <c r="ASG206" s="1"/>
+      <c r="ASH206" s="23"/>
+      <c r="ASI206" s="23"/>
+      <c r="ASJ206" s="1"/>
+      <c r="ASK206" s="23"/>
+      <c r="ASL206" s="23"/>
+      <c r="ASM206" s="1"/>
+      <c r="ASN206" s="23"/>
+      <c r="ASO206" s="23"/>
+      <c r="ASP206" s="1"/>
+      <c r="ASQ206" s="23"/>
+      <c r="ASR206" s="23"/>
+      <c r="ASS206" s="1"/>
+      <c r="AST206" s="23"/>
+      <c r="ASU206" s="23"/>
+      <c r="ASV206" s="1"/>
+      <c r="ASW206" s="23"/>
+      <c r="ASX206" s="23"/>
+      <c r="ASY206" s="1"/>
+      <c r="ASZ206" s="23"/>
+      <c r="ATA206" s="23"/>
+      <c r="ATB206" s="1"/>
+      <c r="ATC206" s="23"/>
+      <c r="ATD206" s="23"/>
+      <c r="ATE206" s="1"/>
+      <c r="ATF206" s="23"/>
+      <c r="ATG206" s="23"/>
+      <c r="ATH206" s="1"/>
+      <c r="ATI206" s="23"/>
+      <c r="ATJ206" s="23"/>
+      <c r="ATK206" s="1"/>
+      <c r="ATL206" s="23"/>
+      <c r="ATM206" s="23"/>
+      <c r="ATN206" s="1"/>
+      <c r="ATO206" s="23"/>
+      <c r="ATP206" s="23"/>
+      <c r="ATQ206" s="1"/>
+      <c r="ATR206" s="23"/>
+      <c r="ATS206" s="23"/>
+      <c r="ATT206" s="1"/>
+      <c r="ATU206" s="23"/>
+      <c r="ATV206" s="23"/>
+      <c r="ATW206" s="1"/>
+      <c r="ATX206" s="23"/>
+      <c r="ATY206" s="23"/>
+      <c r="ATZ206" s="1"/>
+      <c r="AUA206" s="23"/>
+      <c r="AUB206" s="23"/>
+      <c r="AUC206" s="1"/>
+      <c r="AUD206" s="23"/>
+      <c r="AUE206" s="23"/>
+      <c r="AUF206" s="1"/>
+      <c r="AUG206" s="23"/>
+      <c r="AUH206" s="23"/>
+      <c r="AUI206" s="1"/>
+      <c r="AUJ206" s="23"/>
+      <c r="AUK206" s="23"/>
+      <c r="AUL206" s="1"/>
+      <c r="AUM206" s="23"/>
+      <c r="AUN206" s="23"/>
+      <c r="AUO206" s="1"/>
+      <c r="AUP206" s="23"/>
+      <c r="AUQ206" s="23"/>
+      <c r="AUR206" s="1"/>
+      <c r="AUS206" s="23"/>
+      <c r="AUT206" s="23"/>
+      <c r="AUU206" s="1"/>
+      <c r="AUV206" s="23"/>
+      <c r="AUW206" s="23"/>
+      <c r="AUX206" s="1"/>
+      <c r="AUY206" s="23"/>
+      <c r="AUZ206" s="23"/>
+      <c r="AVA206" s="1"/>
+      <c r="AVB206" s="23"/>
+      <c r="AVC206" s="23"/>
+      <c r="AVD206" s="1"/>
+      <c r="AVE206" s="23"/>
+      <c r="AVF206" s="23"/>
+      <c r="AVG206" s="1"/>
+      <c r="AVH206" s="23"/>
+      <c r="AVI206" s="23"/>
+      <c r="AVJ206" s="1"/>
+      <c r="AVK206" s="23"/>
+      <c r="AVL206" s="23"/>
+      <c r="AVM206" s="1"/>
+      <c r="AVN206" s="23"/>
+      <c r="AVO206" s="23"/>
+      <c r="AVP206" s="1"/>
+      <c r="AVQ206" s="23"/>
+      <c r="AVR206" s="23"/>
+      <c r="AVS206" s="1"/>
+      <c r="AVT206" s="23"/>
+      <c r="AVU206" s="23"/>
+      <c r="AVV206" s="1"/>
+      <c r="AVW206" s="23"/>
+      <c r="AVX206" s="23"/>
+      <c r="AVY206" s="1"/>
+      <c r="AVZ206" s="23"/>
+      <c r="AWA206" s="23"/>
+      <c r="AWB206" s="1"/>
+      <c r="AWC206" s="23"/>
+      <c r="AWD206" s="23"/>
+      <c r="AWE206" s="1"/>
+      <c r="AWF206" s="23"/>
+      <c r="AWG206" s="23"/>
+      <c r="AWH206" s="1"/>
+      <c r="AWI206" s="23"/>
+      <c r="AWJ206" s="23"/>
+      <c r="AWK206" s="1"/>
+      <c r="AWL206" s="23"/>
+      <c r="AWM206" s="23"/>
+      <c r="AWN206" s="1"/>
+      <c r="AWO206" s="23"/>
+      <c r="AWP206" s="23"/>
+      <c r="AWQ206" s="1"/>
+      <c r="AWR206" s="23"/>
+      <c r="AWS206" s="23"/>
+      <c r="AWT206" s="1"/>
+      <c r="AWU206" s="23"/>
+      <c r="AWV206" s="23"/>
+      <c r="AWW206" s="1"/>
+      <c r="AWX206" s="23"/>
+      <c r="AWY206" s="23"/>
+      <c r="AWZ206" s="1"/>
+      <c r="AXA206" s="23"/>
+      <c r="AXB206" s="23"/>
+      <c r="AXC206" s="1"/>
+      <c r="AXD206" s="23"/>
+      <c r="AXE206" s="23"/>
+      <c r="AXF206" s="1"/>
+      <c r="AXG206" s="23"/>
+      <c r="AXH206" s="23"/>
+      <c r="AXI206" s="1"/>
+      <c r="AXJ206" s="23"/>
+      <c r="AXK206" s="23"/>
+      <c r="AXL206" s="1"/>
+      <c r="AXM206" s="23"/>
+      <c r="AXN206" s="23"/>
+      <c r="AXO206" s="1"/>
+      <c r="AXP206" s="23"/>
+      <c r="AXQ206" s="23"/>
+      <c r="AXR206" s="1"/>
+      <c r="AXS206" s="23"/>
+      <c r="AXT206" s="23"/>
+      <c r="AXU206" s="1"/>
+      <c r="AXV206" s="23"/>
+      <c r="AXW206" s="23"/>
+      <c r="AXX206" s="1"/>
+      <c r="AXY206" s="23"/>
+      <c r="AXZ206" s="23"/>
+      <c r="AYA206" s="1"/>
+      <c r="AYB206" s="23"/>
+      <c r="AYC206" s="23"/>
+      <c r="AYD206" s="1"/>
+      <c r="AYE206" s="23"/>
+      <c r="AYF206" s="23"/>
+      <c r="AYG206" s="1"/>
+      <c r="AYH206" s="23"/>
+      <c r="AYI206" s="23"/>
+      <c r="AYJ206" s="1"/>
+      <c r="AYK206" s="23"/>
+      <c r="AYL206" s="23"/>
+      <c r="AYM206" s="1"/>
+      <c r="AYN206" s="23"/>
+      <c r="AYO206" s="23"/>
+      <c r="AYP206" s="1"/>
+      <c r="AYQ206" s="23"/>
+      <c r="AYR206" s="23"/>
+      <c r="AYS206" s="1"/>
+      <c r="AYT206" s="23"/>
+      <c r="AYU206" s="23"/>
+      <c r="AYV206" s="1"/>
+      <c r="AYW206" s="23"/>
+      <c r="AYX206" s="23"/>
+      <c r="AYY206" s="1"/>
+      <c r="AYZ206" s="23"/>
+      <c r="AZA206" s="23"/>
+      <c r="AZB206" s="1"/>
+      <c r="AZC206" s="23"/>
+      <c r="AZD206" s="23"/>
+      <c r="AZE206" s="1"/>
+      <c r="AZF206" s="23"/>
+      <c r="AZG206" s="23"/>
+      <c r="AZH206" s="1"/>
+      <c r="AZI206" s="23"/>
+      <c r="AZJ206" s="23"/>
+      <c r="AZK206" s="1"/>
+      <c r="AZL206" s="23"/>
+      <c r="AZM206" s="23"/>
+      <c r="AZN206" s="1"/>
+      <c r="AZO206" s="23"/>
+      <c r="AZP206" s="23"/>
+      <c r="AZQ206" s="1"/>
+      <c r="AZR206" s="23"/>
+      <c r="AZS206" s="23"/>
+      <c r="AZT206" s="1"/>
+      <c r="AZU206" s="23"/>
+      <c r="AZV206" s="23"/>
+      <c r="AZW206" s="1"/>
+      <c r="AZX206" s="23"/>
+      <c r="AZY206" s="23"/>
+      <c r="AZZ206" s="1"/>
+      <c r="BAA206" s="23"/>
+      <c r="BAB206" s="23"/>
+      <c r="BAC206" s="1"/>
+      <c r="BAD206" s="23"/>
+      <c r="BAE206" s="23"/>
+      <c r="BAF206" s="1"/>
+      <c r="BAG206" s="23"/>
+      <c r="BAH206" s="23"/>
+      <c r="BAI206" s="1"/>
+      <c r="BAJ206" s="23"/>
+      <c r="BAK206" s="23"/>
+      <c r="BAL206" s="1"/>
+      <c r="BAM206" s="23"/>
+      <c r="BAN206" s="23"/>
+      <c r="BAO206" s="1"/>
+      <c r="BAP206" s="23"/>
+      <c r="BAQ206" s="23"/>
+      <c r="BAR206" s="1"/>
+      <c r="BAS206" s="23"/>
+      <c r="BAT206" s="23"/>
+      <c r="BAU206" s="1"/>
+      <c r="BAV206" s="23"/>
+      <c r="BAW206" s="23"/>
+      <c r="BAX206" s="1"/>
+      <c r="BAY206" s="23"/>
+      <c r="BAZ206" s="23"/>
+      <c r="BBA206" s="1"/>
+      <c r="BBB206" s="23"/>
+      <c r="BBC206" s="23"/>
+      <c r="BBD206" s="1"/>
+      <c r="BBE206" s="23"/>
+      <c r="BBF206" s="23"/>
+      <c r="BBG206" s="1"/>
+      <c r="BBH206" s="23"/>
+      <c r="BBI206" s="23"/>
+      <c r="BBJ206" s="1"/>
+      <c r="BBK206" s="23"/>
+      <c r="BBL206" s="23"/>
+      <c r="BBM206" s="1"/>
+      <c r="BBN206" s="23"/>
+      <c r="BBO206" s="23"/>
+      <c r="BBP206" s="1"/>
+      <c r="BBQ206" s="23"/>
+      <c r="BBR206" s="23"/>
+      <c r="BBS206" s="1"/>
+      <c r="BBT206" s="23"/>
+      <c r="BBU206" s="23"/>
+      <c r="BBV206" s="1"/>
+      <c r="BBW206" s="23"/>
+      <c r="BBX206" s="23"/>
+      <c r="BBY206" s="1"/>
+      <c r="BBZ206" s="23"/>
+      <c r="BCA206" s="23"/>
+      <c r="BCB206" s="1"/>
+      <c r="BCC206" s="23"/>
+      <c r="BCD206" s="23"/>
+      <c r="BCE206" s="1"/>
+      <c r="BCF206" s="23"/>
+      <c r="BCG206" s="23"/>
+      <c r="BCH206" s="1"/>
+      <c r="BCI206" s="23"/>
+      <c r="BCJ206" s="23"/>
+      <c r="BCK206" s="1"/>
+      <c r="BCL206" s="23"/>
+      <c r="BCM206" s="23"/>
+      <c r="BCN206" s="1"/>
+      <c r="BCO206" s="23"/>
+      <c r="BCP206" s="23"/>
+      <c r="BCQ206" s="1"/>
+      <c r="BCR206" s="23"/>
+      <c r="BCS206" s="23"/>
+      <c r="BCT206" s="1"/>
+      <c r="BCU206" s="23"/>
+      <c r="BCV206" s="23"/>
+      <c r="BCW206" s="1"/>
+      <c r="BCX206" s="23"/>
+      <c r="BCY206" s="23"/>
+      <c r="BCZ206" s="1"/>
+      <c r="BDA206" s="23"/>
+      <c r="BDB206" s="23"/>
+      <c r="BDC206" s="1"/>
+      <c r="BDD206" s="23"/>
+      <c r="BDE206" s="23"/>
+      <c r="BDF206" s="1"/>
+      <c r="BDG206" s="23"/>
+      <c r="BDH206" s="23"/>
+      <c r="BDI206" s="1"/>
+      <c r="BDJ206" s="23"/>
+      <c r="BDK206" s="23"/>
+      <c r="BDL206" s="1"/>
+      <c r="BDM206" s="23"/>
+      <c r="BDN206" s="23"/>
+      <c r="BDO206" s="1"/>
+      <c r="BDP206" s="23"/>
+      <c r="BDQ206" s="23"/>
+      <c r="BDR206" s="1"/>
+      <c r="BDS206" s="23"/>
+      <c r="BDT206" s="23"/>
+      <c r="BDU206" s="1"/>
+      <c r="BDV206" s="23"/>
+      <c r="BDW206" s="23"/>
+      <c r="BDX206" s="1"/>
+      <c r="BDY206" s="23"/>
+      <c r="BDZ206" s="23"/>
+      <c r="BEA206" s="1"/>
+      <c r="BEB206" s="23"/>
+      <c r="BEC206" s="23"/>
+      <c r="BED206" s="1"/>
+      <c r="BEE206" s="23"/>
+      <c r="BEF206" s="23"/>
+      <c r="BEG206" s="1"/>
+      <c r="BEH206" s="23"/>
+      <c r="BEI206" s="23"/>
+      <c r="BEJ206" s="1"/>
+      <c r="BEK206" s="23"/>
+      <c r="BEL206" s="23"/>
+      <c r="BEM206" s="1"/>
+      <c r="BEN206" s="23"/>
+      <c r="BEO206" s="23"/>
+      <c r="BEP206" s="1"/>
+      <c r="BEQ206" s="23"/>
+      <c r="BER206" s="23"/>
+      <c r="BES206" s="1"/>
+      <c r="BET206" s="23"/>
+      <c r="BEU206" s="23"/>
+      <c r="BEV206" s="1"/>
+      <c r="BEW206" s="23"/>
+      <c r="BEX206" s="23"/>
+      <c r="BEY206" s="1"/>
+      <c r="BEZ206" s="23"/>
+      <c r="BFA206" s="23"/>
+      <c r="BFB206" s="1"/>
+      <c r="BFC206" s="23"/>
+      <c r="BFD206" s="23"/>
+      <c r="BFE206" s="1"/>
+      <c r="BFF206" s="23"/>
+      <c r="BFG206" s="23"/>
+      <c r="BFH206" s="1"/>
+      <c r="BFI206" s="23"/>
+      <c r="BFJ206" s="23"/>
+      <c r="BFK206" s="1"/>
+      <c r="BFL206" s="23"/>
+      <c r="BFM206" s="23"/>
+      <c r="BFN206" s="1"/>
+      <c r="BFO206" s="23"/>
+      <c r="BFP206" s="23"/>
+      <c r="BFQ206" s="1"/>
+      <c r="BFR206" s="23"/>
+      <c r="BFS206" s="23"/>
+      <c r="BFT206" s="1"/>
+      <c r="BFU206" s="23"/>
+      <c r="BFV206" s="23"/>
+      <c r="BFW206" s="1"/>
+      <c r="BFX206" s="23"/>
+      <c r="BFY206" s="23"/>
+      <c r="BFZ206" s="1"/>
+      <c r="BGA206" s="23"/>
+      <c r="BGB206" s="23"/>
+      <c r="BGC206" s="1"/>
+      <c r="BGD206" s="23"/>
+      <c r="BGE206" s="23"/>
+      <c r="BGF206" s="1"/>
+      <c r="BGG206" s="23"/>
+      <c r="BGH206" s="23"/>
+      <c r="BGI206" s="1"/>
+      <c r="BGJ206" s="23"/>
+      <c r="BGK206" s="23"/>
+      <c r="BGL206" s="1"/>
+      <c r="BGM206" s="23"/>
+      <c r="BGN206" s="23"/>
+      <c r="BGO206" s="1"/>
+      <c r="BGP206" s="23"/>
+      <c r="BGQ206" s="23"/>
+      <c r="BGR206" s="1"/>
+      <c r="BGS206" s="23"/>
+      <c r="BGT206" s="23"/>
+      <c r="BGU206" s="1"/>
+      <c r="BGV206" s="23"/>
+      <c r="BGW206" s="23"/>
+      <c r="BGX206" s="1"/>
+      <c r="BGY206" s="23"/>
+      <c r="BGZ206" s="23"/>
+      <c r="BHA206" s="1"/>
+      <c r="BHB206" s="23"/>
+      <c r="BHC206" s="23"/>
+      <c r="BHD206" s="1"/>
+      <c r="BHE206" s="23"/>
+      <c r="BHF206" s="23"/>
+      <c r="BHG206" s="1"/>
+      <c r="BHH206" s="23"/>
+      <c r="BHI206" s="23"/>
+      <c r="BHJ206" s="1"/>
+      <c r="BHK206" s="23"/>
+      <c r="BHL206" s="23"/>
+      <c r="BHM206" s="1"/>
+      <c r="BHN206" s="23"/>
+      <c r="BHO206" s="23"/>
+      <c r="BHP206" s="1"/>
+      <c r="BHQ206" s="23"/>
+      <c r="BHR206" s="23"/>
+      <c r="BHS206" s="1"/>
+      <c r="BHT206" s="23"/>
+      <c r="BHU206" s="23"/>
+      <c r="BHV206" s="1"/>
+      <c r="BHW206" s="23"/>
+      <c r="BHX206" s="23"/>
+      <c r="BHY206" s="1"/>
+      <c r="BHZ206" s="23"/>
+      <c r="BIA206" s="23"/>
+      <c r="BIB206" s="1"/>
+      <c r="BIC206" s="23"/>
+      <c r="BID206" s="23"/>
+      <c r="BIE206" s="1"/>
+      <c r="BIF206" s="23"/>
+      <c r="BIG206" s="23"/>
+      <c r="BIH206" s="1"/>
+      <c r="BII206" s="23"/>
+      <c r="BIJ206" s="23"/>
+      <c r="BIK206" s="1"/>
+      <c r="BIL206" s="23"/>
+      <c r="BIM206" s="23"/>
+      <c r="BIN206" s="1"/>
+      <c r="BIO206" s="23"/>
+      <c r="BIP206" s="23"/>
+      <c r="BIQ206" s="1"/>
+      <c r="BIR206" s="23"/>
+      <c r="BIS206" s="23"/>
+      <c r="BIT206" s="1"/>
+      <c r="BIU206" s="23"/>
+      <c r="BIV206" s="23"/>
+      <c r="BIW206" s="1"/>
+      <c r="BIX206" s="23"/>
+      <c r="BIY206" s="23"/>
+      <c r="BIZ206" s="1"/>
+      <c r="BJA206" s="23"/>
+      <c r="BJB206" s="23"/>
+      <c r="BJC206" s="1"/>
+      <c r="BJD206" s="23"/>
+      <c r="BJE206" s="23"/>
+      <c r="BJF206" s="1"/>
+      <c r="BJG206" s="23"/>
+      <c r="BJH206" s="23"/>
+      <c r="BJI206" s="1"/>
+      <c r="BJJ206" s="23"/>
+      <c r="BJK206" s="23"/>
+      <c r="BJL206" s="1"/>
+      <c r="BJM206" s="23"/>
+      <c r="BJN206" s="23"/>
+      <c r="BJO206" s="1"/>
+      <c r="BJP206" s="23"/>
+      <c r="BJQ206" s="23"/>
+      <c r="BJR206" s="1"/>
+      <c r="BJS206" s="23"/>
+      <c r="BJT206" s="23"/>
+      <c r="BJU206" s="1"/>
+      <c r="BJV206" s="23"/>
+      <c r="BJW206" s="23"/>
+      <c r="BJX206" s="1"/>
+      <c r="BJY206" s="23"/>
+      <c r="BJZ206" s="23"/>
+      <c r="BKA206" s="1"/>
+      <c r="BKB206" s="23"/>
+      <c r="BKC206" s="23"/>
+      <c r="BKD206" s="1"/>
+      <c r="BKE206" s="23"/>
+      <c r="BKF206" s="23"/>
+      <c r="BKG206" s="1"/>
+      <c r="BKH206" s="23"/>
+      <c r="BKI206" s="23"/>
+      <c r="BKJ206" s="1"/>
+      <c r="BKK206" s="23"/>
+      <c r="BKL206" s="23"/>
+      <c r="BKM206" s="1"/>
+      <c r="BKN206" s="23"/>
+      <c r="BKO206" s="23"/>
+      <c r="BKP206" s="1"/>
+      <c r="BKQ206" s="23"/>
+      <c r="BKR206" s="23"/>
+      <c r="BKS206" s="1"/>
+      <c r="BKT206" s="23"/>
+      <c r="BKU206" s="23"/>
+      <c r="BKV206" s="1"/>
+      <c r="BKW206" s="23"/>
+      <c r="BKX206" s="23"/>
+      <c r="BKY206" s="1"/>
+      <c r="BKZ206" s="23"/>
+      <c r="BLA206" s="23"/>
+      <c r="BLB206" s="1"/>
+      <c r="BLC206" s="23"/>
+      <c r="BLD206" s="23"/>
+      <c r="BLE206" s="1"/>
+      <c r="BLF206" s="23"/>
+      <c r="BLG206" s="23"/>
+      <c r="BLH206" s="1"/>
+      <c r="BLI206" s="23"/>
+      <c r="BLJ206" s="23"/>
+      <c r="BLK206" s="1"/>
+      <c r="BLL206" s="23"/>
+      <c r="BLM206" s="23"/>
+      <c r="BLN206" s="1"/>
+      <c r="BLO206" s="23"/>
+      <c r="BLP206" s="23"/>
+      <c r="BLQ206" s="1"/>
+      <c r="BLR206" s="23"/>
+      <c r="BLS206" s="23"/>
+      <c r="BLT206" s="1"/>
+      <c r="BLU206" s="23"/>
+      <c r="BLV206" s="23"/>
+      <c r="BLW206" s="1"/>
+      <c r="BLX206" s="23"/>
+      <c r="BLY206" s="23"/>
+      <c r="BLZ206" s="1"/>
+      <c r="BMA206" s="23"/>
+      <c r="BMB206" s="23"/>
+      <c r="BMC206" s="1"/>
+      <c r="BMD206" s="23"/>
+      <c r="BME206" s="23"/>
+      <c r="BMF206" s="1"/>
+      <c r="BMG206" s="23"/>
+      <c r="BMH206" s="23"/>
+      <c r="BMI206" s="1"/>
+      <c r="BMJ206" s="23"/>
+      <c r="BMK206" s="23"/>
+      <c r="BML206" s="1"/>
+      <c r="BMM206" s="23"/>
+      <c r="BMN206" s="23"/>
+      <c r="BMO206" s="1"/>
+      <c r="BMP206" s="23"/>
+      <c r="BMQ206" s="23"/>
+      <c r="BMR206" s="1"/>
+      <c r="BMS206" s="23"/>
+      <c r="BMT206" s="23"/>
+      <c r="BMU206" s="1"/>
+      <c r="BMV206" s="23"/>
+      <c r="BMW206" s="23"/>
+      <c r="BMX206" s="1"/>
+      <c r="BMY206" s="23"/>
+      <c r="BMZ206" s="23"/>
+      <c r="BNA206" s="1"/>
+      <c r="BNB206" s="23"/>
+      <c r="BNC206" s="23"/>
+      <c r="BND206" s="1"/>
+      <c r="BNE206" s="23"/>
+      <c r="BNF206" s="23"/>
+      <c r="BNG206" s="1"/>
+      <c r="BNH206" s="23"/>
+      <c r="BNI206" s="23"/>
+      <c r="BNJ206" s="1"/>
+      <c r="BNK206" s="23"/>
+      <c r="BNL206" s="23"/>
+      <c r="BNM206" s="1"/>
+      <c r="BNN206" s="23"/>
+      <c r="BNO206" s="23"/>
+      <c r="BNP206" s="1"/>
+      <c r="BNQ206" s="23"/>
+      <c r="BNR206" s="23"/>
+      <c r="BNS206" s="1"/>
+      <c r="BNT206" s="23"/>
+      <c r="BNU206" s="23"/>
+      <c r="BNV206" s="1"/>
+      <c r="BNW206" s="23"/>
+      <c r="BNX206" s="23"/>
+      <c r="BNY206" s="1"/>
+      <c r="BNZ206" s="23"/>
+      <c r="BOA206" s="23"/>
+      <c r="BOB206" s="1"/>
+      <c r="BOC206" s="23"/>
+      <c r="BOD206" s="23"/>
+      <c r="BOE206" s="1"/>
+      <c r="BOF206" s="23"/>
+      <c r="BOG206" s="23"/>
+      <c r="BOH206" s="1"/>
+      <c r="BOI206" s="23"/>
+      <c r="BOJ206" s="23"/>
+      <c r="BOK206" s="1"/>
+      <c r="BOL206" s="23"/>
+      <c r="BOM206" s="23"/>
+      <c r="BON206" s="1"/>
+      <c r="BOO206" s="23"/>
+      <c r="BOP206" s="23"/>
+      <c r="BOQ206" s="1"/>
+      <c r="BOR206" s="23"/>
+      <c r="BOS206" s="23"/>
+      <c r="BOT206" s="1"/>
+      <c r="BOU206" s="23"/>
+      <c r="BOV206" s="23"/>
+      <c r="BOW206" s="1"/>
+      <c r="BOX206" s="23"/>
+      <c r="BOY206" s="23"/>
+      <c r="BOZ206" s="1"/>
+      <c r="BPA206" s="23"/>
+      <c r="BPB206" s="23"/>
+      <c r="BPC206" s="1"/>
+      <c r="BPD206" s="23"/>
+      <c r="BPE206" s="23"/>
+      <c r="BPF206" s="1"/>
+      <c r="BPG206" s="23"/>
+      <c r="BPH206" s="23"/>
+      <c r="BPI206" s="1"/>
+      <c r="BPJ206" s="23"/>
+      <c r="BPK206" s="23"/>
+      <c r="BPL206" s="1"/>
+      <c r="BPM206" s="23"/>
+      <c r="BPN206" s="23"/>
+      <c r="BPO206" s="1"/>
+      <c r="BPP206" s="23"/>
+      <c r="BPQ206" s="23"/>
+      <c r="BPR206" s="1"/>
+      <c r="BPS206" s="23"/>
+      <c r="BPT206" s="23"/>
+      <c r="BPU206" s="1"/>
+      <c r="BPV206" s="23"/>
+      <c r="BPW206" s="23"/>
+      <c r="BPX206" s="1"/>
+      <c r="BPY206" s="23"/>
+      <c r="BPZ206" s="23"/>
+      <c r="BQA206" s="1"/>
+      <c r="BQB206" s="23"/>
+      <c r="BQC206" s="23"/>
+      <c r="BQD206" s="1"/>
+      <c r="BQE206" s="23"/>
+      <c r="BQF206" s="23"/>
+      <c r="BQG206" s="1"/>
+      <c r="BQH206" s="23"/>
+      <c r="BQI206" s="23"/>
+      <c r="BQJ206" s="1"/>
+      <c r="BQK206" s="23"/>
+      <c r="BQL206" s="23"/>
+      <c r="BQM206" s="1"/>
+      <c r="BQN206" s="23"/>
+      <c r="BQO206" s="23"/>
+      <c r="BQP206" s="1"/>
+      <c r="BQQ206" s="23"/>
+      <c r="BQR206" s="23"/>
+      <c r="BQS206" s="1"/>
+      <c r="BQT206" s="23"/>
+      <c r="BQU206" s="23"/>
+      <c r="BQV206" s="1"/>
+      <c r="BQW206" s="23"/>
+      <c r="BQX206" s="23"/>
+      <c r="BQY206" s="1"/>
+      <c r="BQZ206" s="23"/>
+      <c r="BRA206" s="23"/>
+      <c r="BRB206" s="1"/>
+      <c r="BRC206" s="23"/>
+      <c r="BRD206" s="23"/>
+      <c r="BRE206" s="1"/>
+      <c r="BRF206" s="23"/>
+      <c r="BRG206" s="23"/>
+      <c r="BRH206" s="1"/>
+      <c r="BRI206" s="23"/>
+      <c r="BRJ206" s="23"/>
+      <c r="BRK206" s="1"/>
+      <c r="BRL206" s="23"/>
+      <c r="BRM206" s="23"/>
+      <c r="BRN206" s="1"/>
+      <c r="BRO206" s="23"/>
+      <c r="BRP206" s="23"/>
+      <c r="BRQ206" s="1"/>
+      <c r="BRR206" s="23"/>
+      <c r="BRS206" s="23"/>
+      <c r="BRT206" s="1"/>
+      <c r="BRU206" s="23"/>
+      <c r="BRV206" s="23"/>
+      <c r="BRW206" s="1"/>
+      <c r="BRX206" s="23"/>
+      <c r="BRY206" s="23"/>
+      <c r="BRZ206" s="1"/>
+      <c r="BSA206" s="23"/>
+      <c r="BSB206" s="23"/>
+      <c r="BSC206" s="1"/>
+      <c r="BSD206" s="23"/>
+      <c r="BSE206" s="23"/>
+      <c r="BSF206" s="1"/>
+      <c r="BSG206" s="23"/>
+      <c r="BSH206" s="23"/>
+      <c r="BSI206" s="1"/>
+      <c r="BSJ206" s="23"/>
+      <c r="BSK206" s="23"/>
+      <c r="BSL206" s="1"/>
+      <c r="BSM206" s="23"/>
+      <c r="BSN206" s="23"/>
+      <c r="BSO206" s="1"/>
+      <c r="BSP206" s="23"/>
+      <c r="BSQ206" s="23"/>
+      <c r="BSR206" s="1"/>
+      <c r="BSS206" s="23"/>
+      <c r="BST206" s="23"/>
+      <c r="BSU206" s="1"/>
+      <c r="BSV206" s="23"/>
+      <c r="BSW206" s="23"/>
+      <c r="BSX206" s="1"/>
+      <c r="BSY206" s="23"/>
+      <c r="BSZ206" s="23"/>
+      <c r="BTA206" s="1"/>
+      <c r="BTB206" s="23"/>
+      <c r="BTC206" s="23"/>
+      <c r="BTD206" s="1"/>
+      <c r="BTE206" s="23"/>
+      <c r="BTF206" s="23"/>
+      <c r="BTG206" s="1"/>
+      <c r="BTH206" s="23"/>
+      <c r="BTI206" s="23"/>
+      <c r="BTJ206" s="1"/>
+      <c r="BTK206" s="23"/>
+      <c r="BTL206" s="23"/>
+      <c r="BTM206" s="1"/>
+      <c r="BTN206" s="23"/>
+      <c r="BTO206" s="23"/>
+      <c r="BTP206" s="1"/>
+      <c r="BTQ206" s="23"/>
+      <c r="BTR206" s="23"/>
+      <c r="BTS206" s="1"/>
+      <c r="BTT206" s="23"/>
+      <c r="BTU206" s="23"/>
+      <c r="BTV206" s="1"/>
+      <c r="BTW206" s="23"/>
+      <c r="BTX206" s="23"/>
+      <c r="BTY206" s="1"/>
+      <c r="BTZ206" s="23"/>
+      <c r="BUA206" s="23"/>
+      <c r="BUB206" s="1"/>
+      <c r="BUC206" s="23"/>
+      <c r="BUD206" s="23"/>
+      <c r="BUE206" s="1"/>
+      <c r="BUF206" s="23"/>
+      <c r="BUG206" s="23"/>
+      <c r="BUH206" s="1"/>
+      <c r="BUI206" s="23"/>
+      <c r="BUJ206" s="23"/>
+      <c r="BUK206" s="1"/>
+      <c r="BUL206" s="23"/>
+      <c r="BUM206" s="23"/>
+      <c r="BUN206" s="1"/>
+      <c r="BUO206" s="23"/>
+      <c r="BUP206" s="23"/>
+      <c r="BUQ206" s="1"/>
+      <c r="BUR206" s="23"/>
+      <c r="BUS206" s="23"/>
+      <c r="BUT206" s="1"/>
+      <c r="BUU206" s="23"/>
+      <c r="BUV206" s="23"/>
+      <c r="BUW206" s="1"/>
+      <c r="BUX206" s="23"/>
+      <c r="BUY206" s="23"/>
+      <c r="BUZ206" s="1"/>
+      <c r="BVA206" s="23"/>
+      <c r="BVB206" s="23"/>
+      <c r="BVC206" s="1"/>
+      <c r="BVD206" s="23"/>
+      <c r="BVE206" s="23"/>
+      <c r="BVF206" s="1"/>
+      <c r="BVG206" s="23"/>
+      <c r="BVH206" s="23"/>
+      <c r="BVI206" s="1"/>
+      <c r="BVJ206" s="23"/>
+      <c r="BVK206" s="23"/>
+      <c r="BVL206" s="1"/>
+      <c r="BVM206" s="23"/>
+      <c r="BVN206" s="23"/>
+      <c r="BVO206" s="1"/>
+      <c r="BVP206" s="23"/>
+      <c r="BVQ206" s="23"/>
+      <c r="BVR206" s="1"/>
+      <c r="BVS206" s="23"/>
+      <c r="BVT206" s="23"/>
+      <c r="BVU206" s="1"/>
+      <c r="BVV206" s="23"/>
+      <c r="BVW206" s="23"/>
+      <c r="BVX206" s="1"/>
+      <c r="BVY206" s="23"/>
+      <c r="BVZ206" s="23"/>
+      <c r="BWA206" s="1"/>
+      <c r="BWB206" s="23"/>
+      <c r="BWC206" s="23"/>
+      <c r="BWD206" s="1"/>
+      <c r="BWE206" s="23"/>
+      <c r="BWF206" s="23"/>
+      <c r="BWG206" s="1"/>
+      <c r="BWH206" s="23"/>
+      <c r="BWI206" s="23"/>
+      <c r="BWJ206" s="1"/>
+      <c r="BWK206" s="23"/>
+      <c r="BWL206" s="23"/>
+      <c r="BWM206" s="1"/>
+      <c r="BWN206" s="23"/>
+      <c r="BWO206" s="23"/>
+      <c r="BWP206" s="1"/>
+      <c r="BWQ206" s="23"/>
+      <c r="BWR206" s="23"/>
+      <c r="BWS206" s="1"/>
+      <c r="BWT206" s="23"/>
+      <c r="BWU206" s="23"/>
+      <c r="BWV206" s="1"/>
+      <c r="BWW206" s="23"/>
+      <c r="BWX206" s="23"/>
+      <c r="BWY206" s="1"/>
+      <c r="BWZ206" s="23"/>
+      <c r="BXA206" s="23"/>
+      <c r="BXB206" s="1"/>
+      <c r="BXC206" s="23"/>
+      <c r="BXD206" s="23"/>
+      <c r="BXE206" s="1"/>
+      <c r="BXF206" s="23"/>
+      <c r="BXG206" s="23"/>
+      <c r="BXH206" s="1"/>
+      <c r="BXI206" s="23"/>
+      <c r="BXJ206" s="23"/>
+      <c r="BXK206" s="1"/>
+      <c r="BXL206" s="23"/>
+      <c r="BXM206" s="23"/>
+      <c r="BXN206" s="1"/>
+      <c r="BXO206" s="23"/>
+      <c r="BXP206" s="23"/>
+      <c r="BXQ206" s="1"/>
+      <c r="BXR206" s="23"/>
+      <c r="BXS206" s="23"/>
+      <c r="BXT206" s="1"/>
+      <c r="BXU206" s="23"/>
+      <c r="BXV206" s="23"/>
+      <c r="BXW206" s="1"/>
+      <c r="BXX206" s="23"/>
+      <c r="BXY206" s="23"/>
+      <c r="BXZ206" s="1"/>
+      <c r="BYA206" s="23"/>
+      <c r="BYB206" s="23"/>
+      <c r="BYC206" s="1"/>
+      <c r="BYD206" s="23"/>
+      <c r="BYE206" s="23"/>
+      <c r="BYF206" s="1"/>
+      <c r="BYG206" s="23"/>
+      <c r="BYH206" s="23"/>
+      <c r="BYI206" s="1"/>
+      <c r="BYJ206" s="23"/>
+      <c r="BYK206" s="23"/>
+      <c r="BYL206" s="1"/>
+      <c r="BYM206" s="23"/>
+      <c r="BYN206" s="23"/>
+      <c r="BYO206" s="1"/>
+      <c r="BYP206" s="23"/>
+      <c r="BYQ206" s="23"/>
+      <c r="BYR206" s="1"/>
+      <c r="BYS206" s="23"/>
+      <c r="BYT206" s="23"/>
+      <c r="BYU206" s="1"/>
+      <c r="BYV206" s="23"/>
+      <c r="BYW206" s="23"/>
+      <c r="BYX206" s="1"/>
+      <c r="BYY206" s="23"/>
+      <c r="BYZ206" s="23"/>
+      <c r="BZA206" s="1"/>
+      <c r="BZB206" s="23"/>
+      <c r="BZC206" s="23"/>
+      <c r="BZD206" s="1"/>
+      <c r="BZE206" s="23"/>
+      <c r="BZF206" s="23"/>
+      <c r="BZG206" s="1"/>
+      <c r="BZH206" s="23"/>
+      <c r="BZI206" s="23"/>
+      <c r="BZJ206" s="1"/>
+      <c r="BZK206" s="23"/>
+      <c r="BZL206" s="23"/>
+      <c r="BZM206" s="1"/>
+      <c r="BZN206" s="23"/>
+      <c r="BZO206" s="23"/>
+      <c r="BZP206" s="1"/>
+      <c r="BZQ206" s="23"/>
+      <c r="BZR206" s="23"/>
+      <c r="BZS206" s="1"/>
+      <c r="BZT206" s="23"/>
+      <c r="BZU206" s="23"/>
+      <c r="BZV206" s="1"/>
+      <c r="BZW206" s="23"/>
+      <c r="BZX206" s="23"/>
+      <c r="BZY206" s="1"/>
+      <c r="BZZ206" s="23"/>
+      <c r="CAA206" s="23"/>
+      <c r="CAB206" s="1"/>
+      <c r="CAC206" s="23"/>
+      <c r="CAD206" s="23"/>
+      <c r="CAE206" s="1"/>
+      <c r="CAF206" s="23"/>
+      <c r="CAG206" s="23"/>
+      <c r="CAH206" s="1"/>
+      <c r="CAI206" s="23"/>
+      <c r="CAJ206" s="23"/>
+      <c r="CAK206" s="1"/>
+      <c r="CAL206" s="23"/>
+      <c r="CAM206" s="23"/>
+      <c r="CAN206" s="1"/>
+      <c r="CAO206" s="23"/>
+      <c r="CAP206" s="23"/>
+      <c r="CAQ206" s="1"/>
+      <c r="CAR206" s="23"/>
+      <c r="CAS206" s="23"/>
+      <c r="CAT206" s="1"/>
+      <c r="CAU206" s="23"/>
+      <c r="CAV206" s="23"/>
+      <c r="CAW206" s="1"/>
+      <c r="CAX206" s="23"/>
+      <c r="CAY206" s="23"/>
+      <c r="CAZ206" s="1"/>
+      <c r="CBA206" s="23"/>
+      <c r="CBB206" s="23"/>
+      <c r="CBC206" s="1"/>
+      <c r="CBD206" s="23"/>
+      <c r="CBE206" s="23"/>
+      <c r="CBF206" s="1"/>
+      <c r="CBG206" s="23"/>
+      <c r="CBH206" s="23"/>
+      <c r="CBI206" s="1"/>
+      <c r="CBJ206" s="23"/>
+      <c r="CBK206" s="23"/>
+      <c r="CBL206" s="1"/>
+      <c r="CBM206" s="23"/>
+      <c r="CBN206" s="23"/>
+      <c r="CBO206" s="1"/>
+      <c r="CBP206" s="23"/>
+      <c r="CBQ206" s="23"/>
+      <c r="CBR206" s="1"/>
+      <c r="CBS206" s="23"/>
+      <c r="CBT206" s="23"/>
+      <c r="CBU206" s="1"/>
+      <c r="CBV206" s="23"/>
+      <c r="CBW206" s="23"/>
+      <c r="CBX206" s="1"/>
+      <c r="CBY206" s="23"/>
+      <c r="CBZ206" s="23"/>
+      <c r="CCA206" s="1"/>
+      <c r="CCB206" s="23"/>
+      <c r="CCC206" s="23"/>
+      <c r="CCD206" s="1"/>
+      <c r="CCE206" s="23"/>
+      <c r="CCF206" s="23"/>
+      <c r="CCG206" s="1"/>
+      <c r="CCH206" s="23"/>
+      <c r="CCI206" s="23"/>
+      <c r="CCJ206" s="1"/>
+      <c r="CCK206" s="23"/>
+      <c r="CCL206" s="23"/>
+      <c r="CCM206" s="1"/>
+      <c r="CCN206" s="23"/>
+      <c r="CCO206" s="23"/>
+      <c r="CCP206" s="1"/>
+      <c r="CCQ206" s="23"/>
+      <c r="CCR206" s="23"/>
+      <c r="CCS206" s="1"/>
+      <c r="CCT206" s="23"/>
+      <c r="CCU206" s="23"/>
+      <c r="CCV206" s="1"/>
+      <c r="CCW206" s="23"/>
+      <c r="CCX206" s="23"/>
+      <c r="CCY206" s="1"/>
+      <c r="CCZ206" s="23"/>
+      <c r="CDA206" s="23"/>
+      <c r="CDB206" s="1"/>
+      <c r="CDC206" s="23"/>
+      <c r="CDD206" s="23"/>
+      <c r="CDE206" s="1"/>
+      <c r="CDF206" s="23"/>
+      <c r="CDG206" s="23"/>
+      <c r="CDH206" s="1"/>
+      <c r="CDI206" s="23"/>
+      <c r="CDJ206" s="23"/>
+      <c r="CDK206" s="1"/>
+      <c r="CDL206" s="23"/>
+      <c r="CDM206" s="23"/>
+      <c r="CDN206" s="1"/>
+      <c r="CDO206" s="23"/>
+      <c r="CDP206" s="23"/>
+      <c r="CDQ206" s="1"/>
+      <c r="CDR206" s="23"/>
+      <c r="CDS206" s="23"/>
+      <c r="CDT206" s="1"/>
+      <c r="CDU206" s="23"/>
+      <c r="CDV206" s="23"/>
+      <c r="CDW206" s="1"/>
+      <c r="CDX206" s="23"/>
+      <c r="CDY206" s="23"/>
+      <c r="CDZ206" s="1"/>
+      <c r="CEA206" s="23"/>
+      <c r="CEB206" s="23"/>
+      <c r="CEC206" s="1"/>
+      <c r="CED206" s="23"/>
+      <c r="CEE206" s="23"/>
+      <c r="CEF206" s="1"/>
+      <c r="CEG206" s="23"/>
+      <c r="CEH206" s="23"/>
+      <c r="CEI206" s="1"/>
+      <c r="CEJ206" s="23"/>
+      <c r="CEK206" s="23"/>
+      <c r="CEL206" s="1"/>
+      <c r="CEM206" s="23"/>
+      <c r="CEN206" s="23"/>
+      <c r="CEO206" s="1"/>
+      <c r="CEP206" s="23"/>
+      <c r="CEQ206" s="23"/>
+      <c r="CER206" s="1"/>
+      <c r="CES206" s="23"/>
+      <c r="CET206" s="23"/>
+      <c r="CEU206" s="1"/>
+      <c r="CEV206" s="23"/>
+      <c r="CEW206" s="23"/>
+      <c r="CEX206" s="1"/>
+      <c r="CEY206" s="23"/>
+      <c r="CEZ206" s="23"/>
+      <c r="CFA206" s="1"/>
+      <c r="CFB206" s="23"/>
+      <c r="CFC206" s="23"/>
+      <c r="CFD206" s="1"/>
+      <c r="CFE206" s="23"/>
+      <c r="CFF206" s="23"/>
+      <c r="CFG206" s="1"/>
+      <c r="CFH206" s="23"/>
+      <c r="CFI206" s="23"/>
+      <c r="CFJ206" s="1"/>
+      <c r="CFK206" s="23"/>
+      <c r="CFL206" s="23"/>
+      <c r="CFM206" s="1"/>
+      <c r="CFN206" s="23"/>
+      <c r="CFO206" s="23"/>
+      <c r="CFP206" s="1"/>
+      <c r="CFQ206" s="23"/>
+      <c r="CFR206" s="23"/>
+      <c r="CFS206" s="1"/>
+      <c r="CFT206" s="23"/>
+      <c r="CFU206" s="23"/>
+      <c r="CFV206" s="1"/>
+      <c r="CFW206" s="23"/>
+      <c r="CFX206" s="23"/>
+      <c r="CFY206" s="1"/>
+      <c r="CFZ206" s="23"/>
+      <c r="CGA206" s="23"/>
+      <c r="CGB206" s="1"/>
+      <c r="CGC206" s="23"/>
+      <c r="CGD206" s="23"/>
+      <c r="CGE206" s="1"/>
+      <c r="CGF206" s="23"/>
+      <c r="CGG206" s="23"/>
+      <c r="CGH206" s="1"/>
+      <c r="CGI206" s="23"/>
+      <c r="CGJ206" s="23"/>
+      <c r="CGK206" s="1"/>
+      <c r="CGL206" s="23"/>
+      <c r="CGM206" s="23"/>
+      <c r="CGN206" s="1"/>
+      <c r="CGO206" s="23"/>
+      <c r="CGP206" s="23"/>
+      <c r="CGQ206" s="1"/>
+      <c r="CGR206" s="23"/>
+      <c r="CGS206" s="23"/>
+      <c r="CGT206" s="1"/>
+      <c r="CGU206" s="23"/>
+      <c r="CGV206" s="23"/>
+      <c r="CGW206" s="1"/>
+      <c r="CGX206" s="23"/>
+      <c r="CGY206" s="23"/>
+      <c r="CGZ206" s="1"/>
+      <c r="CHA206" s="23"/>
+      <c r="CHB206" s="23"/>
+      <c r="CHC206" s="1"/>
+      <c r="CHD206" s="23"/>
+      <c r="CHE206" s="23"/>
+      <c r="CHF206" s="1"/>
+      <c r="CHG206" s="23"/>
+      <c r="CHH206" s="23"/>
+      <c r="CHI206" s="1"/>
+      <c r="CHJ206" s="23"/>
+      <c r="CHK206" s="23"/>
+      <c r="CHL206" s="1"/>
+      <c r="CHM206" s="23"/>
+      <c r="CHN206" s="23"/>
+      <c r="CHO206" s="1"/>
+      <c r="CHP206" s="23"/>
+      <c r="CHQ206" s="23"/>
+      <c r="CHR206" s="1"/>
+      <c r="CHS206" s="23"/>
+      <c r="CHT206" s="23"/>
+      <c r="CHU206" s="1"/>
+      <c r="CHV206" s="23"/>
+      <c r="CHW206" s="23"/>
+      <c r="CHX206" s="1"/>
+      <c r="CHY206" s="23"/>
+      <c r="CHZ206" s="23"/>
+      <c r="CIA206" s="1"/>
+      <c r="CIB206" s="23"/>
+      <c r="CIC206" s="23"/>
+      <c r="CID206" s="1"/>
+      <c r="CIE206" s="23"/>
+      <c r="CIF206" s="23"/>
+      <c r="CIG206" s="1"/>
+      <c r="CIH206" s="23"/>
+      <c r="CII206" s="23"/>
+      <c r="CIJ206" s="1"/>
+      <c r="CIK206" s="23"/>
+      <c r="CIL206" s="23"/>
+      <c r="CIM206" s="1"/>
+      <c r="CIN206" s="23"/>
+      <c r="CIO206" s="23"/>
+      <c r="CIP206" s="1"/>
+      <c r="CIQ206" s="23"/>
+      <c r="CIR206" s="23"/>
+      <c r="CIS206" s="1"/>
+      <c r="CIT206" s="23"/>
+      <c r="CIU206" s="23"/>
+      <c r="CIV206" s="1"/>
+      <c r="CIW206" s="23"/>
+      <c r="CIX206" s="23"/>
+      <c r="CIY206" s="1"/>
+      <c r="CIZ206" s="23"/>
+      <c r="CJA206" s="23"/>
+      <c r="CJB206" s="1"/>
+      <c r="CJC206" s="23"/>
+      <c r="CJD206" s="23"/>
+      <c r="CJE206" s="1"/>
+      <c r="CJF206" s="23"/>
+      <c r="CJG206" s="23"/>
+      <c r="CJH206" s="1"/>
+      <c r="CJI206" s="23"/>
+      <c r="CJJ206" s="23"/>
+      <c r="CJK206" s="1"/>
+      <c r="CJL206" s="23"/>
+      <c r="CJM206" s="23"/>
+      <c r="CJN206" s="1"/>
+      <c r="CJO206" s="23"/>
+      <c r="CJP206" s="23"/>
+      <c r="CJQ206" s="1"/>
+      <c r="CJR206" s="23"/>
+      <c r="CJS206" s="23"/>
+      <c r="CJT206" s="1"/>
+      <c r="CJU206" s="23"/>
+      <c r="CJV206" s="23"/>
+      <c r="CJW206" s="1"/>
+      <c r="CJX206" s="23"/>
+      <c r="CJY206" s="23"/>
+      <c r="CJZ206" s="1"/>
+      <c r="CKA206" s="23"/>
+      <c r="CKB206" s="23"/>
+      <c r="CKC206" s="1"/>
+      <c r="CKD206" s="23"/>
+      <c r="CKE206" s="23"/>
+      <c r="CKF206" s="1"/>
+      <c r="CKG206" s="23"/>
+      <c r="CKH206" s="23"/>
+      <c r="CKI206" s="1"/>
+      <c r="CKJ206" s="23"/>
+      <c r="CKK206" s="23"/>
+      <c r="CKL206" s="1"/>
+      <c r="CKM206" s="23"/>
+      <c r="CKN206" s="23"/>
+      <c r="CKO206" s="1"/>
+      <c r="CKP206" s="23"/>
+      <c r="CKQ206" s="23"/>
+      <c r="CKR206" s="1"/>
+      <c r="CKS206" s="23"/>
+      <c r="CKT206" s="23"/>
+      <c r="CKU206" s="1"/>
+      <c r="CKV206" s="23"/>
+      <c r="CKW206" s="23"/>
+      <c r="CKX206" s="1"/>
+      <c r="CKY206" s="23"/>
+      <c r="CKZ206" s="23"/>
+      <c r="CLA206" s="1"/>
+      <c r="CLB206" s="23"/>
+      <c r="CLC206" s="23"/>
+      <c r="CLD206" s="1"/>
+      <c r="CLE206" s="23"/>
+      <c r="CLF206" s="23"/>
+      <c r="CLG206" s="1"/>
+      <c r="CLH206" s="23"/>
+      <c r="CLI206" s="23"/>
+      <c r="CLJ206" s="1"/>
+      <c r="CLK206" s="23"/>
+      <c r="CLL206" s="23"/>
+      <c r="CLM206" s="1"/>
+      <c r="CLN206" s="23"/>
+      <c r="CLO206" s="23"/>
+      <c r="CLP206" s="1"/>
+      <c r="CLQ206" s="23"/>
+      <c r="CLR206" s="23"/>
+      <c r="CLS206" s="1"/>
+      <c r="CLT206" s="23"/>
+      <c r="CLU206" s="23"/>
+      <c r="CLV206" s="1"/>
+      <c r="CLW206" s="23"/>
+      <c r="CLX206" s="23"/>
+      <c r="CLY206" s="1"/>
+      <c r="CLZ206" s="23"/>
+      <c r="CMA206" s="23"/>
+      <c r="CMB206" s="1"/>
+      <c r="CMC206" s="23"/>
+      <c r="CMD206" s="23"/>
+      <c r="CME206" s="1"/>
+      <c r="CMF206" s="23"/>
+      <c r="CMG206" s="23"/>
+      <c r="CMH206" s="1"/>
+      <c r="CMI206" s="23"/>
+      <c r="CMJ206" s="23"/>
+      <c r="CMK206" s="1"/>
+      <c r="CML206" s="23"/>
+      <c r="CMM206" s="23"/>
+      <c r="CMN206" s="1"/>
+      <c r="CMO206" s="23"/>
+      <c r="CMP206" s="23"/>
+      <c r="CMQ206" s="1"/>
+      <c r="CMR206" s="23"/>
+      <c r="CMS206" s="23"/>
+      <c r="CMT206" s="1"/>
+      <c r="CMU206" s="23"/>
+      <c r="CMV206" s="23"/>
+      <c r="CMW206" s="1"/>
+      <c r="CMX206" s="23"/>
+      <c r="CMY206" s="23"/>
+      <c r="CMZ206" s="1"/>
+      <c r="CNA206" s="23"/>
+      <c r="CNB206" s="23"/>
+      <c r="CNC206" s="1"/>
+      <c r="CND206" s="23"/>
+      <c r="CNE206" s="23"/>
+      <c r="CNF206" s="1"/>
+      <c r="CNG206" s="23"/>
+      <c r="CNH206" s="23"/>
+      <c r="CNI206" s="1"/>
+      <c r="CNJ206" s="23"/>
+      <c r="CNK206" s="23"/>
+      <c r="CNL206" s="1"/>
+      <c r="CNM206" s="23"/>
+      <c r="CNN206" s="23"/>
+      <c r="CNO206" s="1"/>
+      <c r="CNP206" s="23"/>
+      <c r="CNQ206" s="23"/>
+      <c r="CNR206" s="1"/>
+      <c r="CNS206" s="23"/>
+      <c r="CNT206" s="23"/>
+      <c r="CNU206" s="1"/>
+      <c r="CNV206" s="23"/>
+      <c r="CNW206" s="23"/>
+      <c r="CNX206" s="1"/>
+      <c r="CNY206" s="23"/>
+      <c r="CNZ206" s="23"/>
+      <c r="COA206" s="1"/>
+      <c r="COB206" s="23"/>
+      <c r="COC206" s="23"/>
+      <c r="COD206" s="1"/>
+      <c r="COE206" s="23"/>
+      <c r="COF206" s="23"/>
+      <c r="COG206" s="1"/>
+      <c r="COH206" s="23"/>
+      <c r="COI206" s="23"/>
+      <c r="COJ206" s="1"/>
+      <c r="COK206" s="23"/>
+      <c r="COL206" s="23"/>
+      <c r="COM206" s="1"/>
+      <c r="CON206" s="23"/>
+      <c r="COO206" s="23"/>
+      <c r="COP206" s="1"/>
+      <c r="COQ206" s="23"/>
+      <c r="COR206" s="23"/>
+      <c r="COS206" s="1"/>
+      <c r="COT206" s="23"/>
+      <c r="COU206" s="23"/>
+      <c r="COV206" s="1"/>
+      <c r="COW206" s="23"/>
+      <c r="COX206" s="23"/>
+      <c r="COY206" s="1"/>
+      <c r="COZ206" s="23"/>
+      <c r="CPA206" s="23"/>
+      <c r="CPB206" s="1"/>
+      <c r="CPC206" s="23"/>
+      <c r="CPD206" s="23"/>
+      <c r="CPE206" s="1"/>
+      <c r="CPF206" s="23"/>
+      <c r="CPG206" s="23"/>
+      <c r="CPH206" s="1"/>
+      <c r="CPI206" s="23"/>
+      <c r="CPJ206" s="23"/>
+      <c r="CPK206" s="1"/>
+      <c r="CPL206" s="23"/>
+      <c r="CPM206" s="23"/>
+      <c r="CPN206" s="1"/>
+      <c r="CPO206" s="23"/>
+      <c r="CPP206" s="23"/>
+      <c r="CPQ206" s="1"/>
+      <c r="CPR206" s="23"/>
+      <c r="CPS206" s="23"/>
+      <c r="CPT206" s="1"/>
+      <c r="CPU206" s="23"/>
+      <c r="CPV206" s="23"/>
+      <c r="CPW206" s="1"/>
+      <c r="CPX206" s="23"/>
+      <c r="CPY206" s="23"/>
+      <c r="CPZ206" s="1"/>
+      <c r="CQA206" s="23"/>
+      <c r="CQB206" s="23"/>
+      <c r="CQC206" s="1"/>
+      <c r="CQD206" s="23"/>
+      <c r="CQE206" s="23"/>
+      <c r="CQF206" s="1"/>
+      <c r="CQG206" s="23"/>
+      <c r="CQH206" s="23"/>
+      <c r="CQI206" s="1"/>
+      <c r="CQJ206" s="23"/>
+      <c r="CQK206" s="23"/>
+      <c r="CQL206" s="1"/>
+      <c r="CQM206" s="23"/>
+      <c r="CQN206" s="23"/>
+      <c r="CQO206" s="1"/>
+      <c r="CQP206" s="23"/>
+      <c r="CQQ206" s="23"/>
+      <c r="CQR206" s="1"/>
+      <c r="CQS206" s="23"/>
+      <c r="CQT206" s="23"/>
+      <c r="CQU206" s="1"/>
+      <c r="CQV206" s="23"/>
+      <c r="CQW206" s="23"/>
+      <c r="CQX206" s="1"/>
+      <c r="CQY206" s="23"/>
+      <c r="CQZ206" s="23"/>
+      <c r="CRA206" s="1"/>
+      <c r="CRB206" s="23"/>
+      <c r="CRC206" s="23"/>
+      <c r="CRD206" s="1"/>
+      <c r="CRE206" s="23"/>
+      <c r="CRF206" s="23"/>
+      <c r="CRG206" s="1"/>
+      <c r="CRH206" s="23"/>
+      <c r="CRI206" s="23"/>
+      <c r="CRJ206" s="1"/>
+      <c r="CRK206" s="23"/>
+      <c r="CRL206" s="23"/>
+      <c r="CRM206" s="1"/>
+      <c r="CRN206" s="23"/>
+      <c r="CRO206" s="23"/>
+      <c r="CRP206" s="1"/>
+      <c r="CRQ206" s="23"/>
+      <c r="CRR206" s="23"/>
+      <c r="CRS206" s="1"/>
+      <c r="CRT206" s="23"/>
+      <c r="CRU206" s="23"/>
+      <c r="CRV206" s="1"/>
+      <c r="CRW206" s="23"/>
+      <c r="CRX206" s="23"/>
+      <c r="CRY206" s="1"/>
+      <c r="CRZ206" s="23"/>
+      <c r="CSA206" s="23"/>
+      <c r="CSB206" s="1"/>
+      <c r="CSC206" s="23"/>
+      <c r="CSD206" s="23"/>
+      <c r="CSE206" s="1"/>
+      <c r="CSF206" s="23"/>
+      <c r="CSG206" s="23"/>
+      <c r="CSH206" s="1"/>
+      <c r="CSI206" s="23"/>
+      <c r="CSJ206" s="23"/>
+      <c r="CSK206" s="1"/>
+      <c r="CSL206" s="23"/>
+      <c r="CSM206" s="23"/>
+      <c r="CSN206" s="1"/>
+      <c r="CSO206" s="23"/>
+      <c r="CSP206" s="23"/>
+      <c r="CSQ206" s="1"/>
+      <c r="CSR206" s="23"/>
+      <c r="CSS206" s="23"/>
+      <c r="CST206" s="1"/>
+      <c r="CSU206" s="23"/>
+      <c r="CSV206" s="23"/>
+      <c r="CSW206" s="1"/>
+      <c r="CSX206" s="23"/>
+      <c r="CSY206" s="23"/>
+      <c r="CSZ206" s="1"/>
+      <c r="CTA206" s="23"/>
+      <c r="CTB206" s="23"/>
+      <c r="CTC206" s="1"/>
+      <c r="CTD206" s="23"/>
+      <c r="CTE206" s="23"/>
+      <c r="CTF206" s="1"/>
+      <c r="CTG206" s="23"/>
+      <c r="CTH206" s="23"/>
+      <c r="CTI206" s="1"/>
+      <c r="CTJ206" s="23"/>
+      <c r="CTK206" s="23"/>
+      <c r="CTL206" s="1"/>
+      <c r="CTM206" s="23"/>
+      <c r="CTN206" s="23"/>
+      <c r="CTO206" s="1"/>
+      <c r="CTP206" s="23"/>
+      <c r="CTQ206" s="23"/>
+      <c r="CTR206" s="1"/>
+      <c r="CTS206" s="23"/>
+      <c r="CTT206" s="23"/>
+      <c r="CTU206" s="1"/>
+      <c r="CTV206" s="23"/>
+      <c r="CTW206" s="23"/>
+      <c r="CTX206" s="1"/>
+      <c r="CTY206" s="23"/>
+      <c r="CTZ206" s="23"/>
+      <c r="CUA206" s="1"/>
+      <c r="CUB206" s="23"/>
+      <c r="CUC206" s="23"/>
+      <c r="CUD206" s="1"/>
+      <c r="CUE206" s="23"/>
+      <c r="CUF206" s="23"/>
+      <c r="CUG206" s="1"/>
+      <c r="CUH206" s="23"/>
+      <c r="CUI206" s="23"/>
+      <c r="CUJ206" s="1"/>
+      <c r="CUK206" s="23"/>
+      <c r="CUL206" s="23"/>
+      <c r="CUM206" s="1"/>
+      <c r="CUN206" s="23"/>
+      <c r="CUO206" s="23"/>
+      <c r="CUP206" s="1"/>
+      <c r="CUQ206" s="23"/>
+      <c r="CUR206" s="23"/>
+      <c r="CUS206" s="1"/>
+      <c r="CUT206" s="23"/>
+      <c r="CUU206" s="23"/>
+      <c r="CUV206" s="1"/>
+      <c r="CUW206" s="23"/>
+      <c r="CUX206" s="23"/>
+      <c r="CUY206" s="1"/>
+      <c r="CUZ206" s="23"/>
+      <c r="CVA206" s="23"/>
+      <c r="CVB206" s="1"/>
+      <c r="CVC206" s="23"/>
+      <c r="CVD206" s="23"/>
+      <c r="CVE206" s="1"/>
+      <c r="CVF206" s="23"/>
+      <c r="CVG206" s="23"/>
+      <c r="CVH206" s="1"/>
+      <c r="CVI206" s="23"/>
+      <c r="CVJ206" s="23"/>
+      <c r="CVK206" s="1"/>
+      <c r="CVL206" s="23"/>
+      <c r="CVM206" s="23"/>
+      <c r="CVN206" s="1"/>
+      <c r="CVO206" s="23"/>
+      <c r="CVP206" s="23"/>
+      <c r="CVQ206" s="1"/>
+      <c r="CVR206" s="23"/>
+      <c r="CVS206" s="23"/>
+      <c r="CVT206" s="1"/>
+      <c r="CVU206" s="23"/>
+      <c r="CVV206" s="23"/>
+      <c r="CVW206" s="1"/>
+      <c r="CVX206" s="23"/>
+      <c r="CVY206" s="23"/>
+      <c r="CVZ206" s="1"/>
+      <c r="CWA206" s="23"/>
+      <c r="CWB206" s="23"/>
+      <c r="CWC206" s="1"/>
+      <c r="CWD206" s="23"/>
+      <c r="CWE206" s="23"/>
+      <c r="CWF206" s="1"/>
+      <c r="CWG206" s="23"/>
+      <c r="CWH206" s="23"/>
+      <c r="CWI206" s="1"/>
+      <c r="CWJ206" s="23"/>
+      <c r="CWK206" s="23"/>
+      <c r="CWL206" s="1"/>
+      <c r="CWM206" s="23"/>
+      <c r="CWN206" s="23"/>
+      <c r="CWO206" s="1"/>
+      <c r="CWP206" s="23"/>
+      <c r="CWQ206" s="23"/>
+      <c r="CWR206" s="1"/>
+      <c r="CWS206" s="23"/>
+      <c r="CWT206" s="23"/>
+      <c r="CWU206" s="1"/>
+      <c r="CWV206" s="23"/>
+      <c r="CWW206" s="23"/>
+      <c r="CWX206" s="1"/>
+      <c r="CWY206" s="23"/>
+      <c r="CWZ206" s="23"/>
+      <c r="CXA206" s="1"/>
+      <c r="CXB206" s="23"/>
+      <c r="CXC206" s="23"/>
+      <c r="CXD206" s="1"/>
+      <c r="CXE206" s="23"/>
+      <c r="CXF206" s="23"/>
+      <c r="CXG206" s="1"/>
+      <c r="CXH206" s="23"/>
+      <c r="CXI206" s="23"/>
+      <c r="CXJ206" s="1"/>
+      <c r="CXK206" s="23"/>
+      <c r="CXL206" s="23"/>
+      <c r="CXM206" s="1"/>
+      <c r="CXN206" s="23"/>
+      <c r="CXO206" s="23"/>
+      <c r="CXP206" s="1"/>
+      <c r="CXQ206" s="23"/>
+      <c r="CXR206" s="23"/>
+      <c r="CXS206" s="1"/>
+      <c r="CXT206" s="23"/>
+      <c r="CXU206" s="23"/>
+      <c r="CXV206" s="1"/>
+      <c r="CXW206" s="23"/>
+      <c r="CXX206" s="23"/>
+      <c r="CXY206" s="1"/>
+      <c r="CXZ206" s="23"/>
+      <c r="CYA206" s="23"/>
+      <c r="CYB206" s="1"/>
+      <c r="CYC206" s="23"/>
+      <c r="CYD206" s="23"/>
+      <c r="CYE206" s="1"/>
+      <c r="CYF206" s="23"/>
+      <c r="CYG206" s="23"/>
+      <c r="CYH206" s="1"/>
+      <c r="CYI206" s="23"/>
+      <c r="CYJ206" s="23"/>
+      <c r="CYK206" s="1"/>
+      <c r="CYL206" s="23"/>
+      <c r="CYM206" s="23"/>
+      <c r="CYN206" s="1"/>
+      <c r="CYO206" s="23"/>
+      <c r="CYP206" s="23"/>
+      <c r="CYQ206" s="1"/>
+      <c r="CYR206" s="23"/>
+      <c r="CYS206" s="23"/>
+      <c r="CYT206" s="1"/>
+      <c r="CYU206" s="23"/>
+      <c r="CYV206" s="23"/>
+      <c r="CYW206" s="1"/>
+      <c r="CYX206" s="23"/>
+      <c r="CYY206" s="23"/>
+      <c r="CYZ206" s="1"/>
+      <c r="CZA206" s="23"/>
+      <c r="CZB206" s="23"/>
+      <c r="CZC206" s="1"/>
+      <c r="CZD206" s="23"/>
+      <c r="CZE206" s="23"/>
+      <c r="CZF206" s="1"/>
+      <c r="CZG206" s="23"/>
+      <c r="CZH206" s="23"/>
+      <c r="CZI206" s="1"/>
+      <c r="CZJ206" s="23"/>
+      <c r="CZK206" s="23"/>
+      <c r="CZL206" s="1"/>
+      <c r="CZM206" s="23"/>
+      <c r="CZN206" s="23"/>
+      <c r="CZO206" s="1"/>
+      <c r="CZP206" s="23"/>
+      <c r="CZQ206" s="23"/>
+      <c r="CZR206" s="1"/>
+      <c r="CZS206" s="23"/>
+      <c r="CZT206" s="23"/>
+      <c r="CZU206" s="1"/>
+      <c r="CZV206" s="23"/>
+      <c r="CZW206" s="23"/>
+      <c r="CZX206" s="1"/>
+      <c r="CZY206" s="23"/>
+      <c r="CZZ206" s="23"/>
+      <c r="DAA206" s="1"/>
+      <c r="DAB206" s="23"/>
+      <c r="DAC206" s="23"/>
+      <c r="DAD206" s="1"/>
+      <c r="DAE206" s="23"/>
+      <c r="DAF206" s="23"/>
+      <c r="DAG206" s="1"/>
+      <c r="DAH206" s="23"/>
+      <c r="DAI206" s="23"/>
+      <c r="DAJ206" s="1"/>
+      <c r="DAK206" s="23"/>
+      <c r="DAL206" s="23"/>
+      <c r="DAM206" s="1"/>
+      <c r="DAN206" s="23"/>
+      <c r="DAO206" s="23"/>
+      <c r="DAP206" s="1"/>
+      <c r="DAQ206" s="23"/>
+      <c r="DAR206" s="23"/>
+      <c r="DAS206" s="1"/>
+      <c r="DAT206" s="23"/>
+      <c r="DAU206" s="23"/>
+      <c r="DAV206" s="1"/>
+      <c r="DAW206" s="23"/>
+      <c r="DAX206" s="23"/>
+      <c r="DAY206" s="1"/>
+      <c r="DAZ206" s="23"/>
+      <c r="DBA206" s="23"/>
+      <c r="DBB206" s="1"/>
+      <c r="DBC206" s="23"/>
+      <c r="DBD206" s="23"/>
+      <c r="DBE206" s="1"/>
+      <c r="DBF206" s="23"/>
+      <c r="DBG206" s="23"/>
+      <c r="DBH206" s="1"/>
+      <c r="DBI206" s="23"/>
+      <c r="DBJ206" s="23"/>
+      <c r="DBK206" s="1"/>
+      <c r="DBL206" s="23"/>
+      <c r="DBM206" s="23"/>
+      <c r="DBN206" s="1"/>
+      <c r="DBO206" s="23"/>
+      <c r="DBP206" s="23"/>
+      <c r="DBQ206" s="1"/>
+      <c r="DBR206" s="23"/>
+      <c r="DBS206" s="23"/>
+      <c r="DBT206" s="1"/>
+      <c r="DBU206" s="23"/>
+      <c r="DBV206" s="23"/>
+      <c r="DBW206" s="1"/>
+      <c r="DBX206" s="23"/>
+      <c r="DBY206" s="23"/>
+      <c r="DBZ206" s="1"/>
+      <c r="DCA206" s="23"/>
+      <c r="DCB206" s="23"/>
+      <c r="DCC206" s="1"/>
+      <c r="DCD206" s="23"/>
+      <c r="DCE206" s="23"/>
+      <c r="DCF206" s="1"/>
+      <c r="DCG206" s="23"/>
+      <c r="DCH206" s="23"/>
+      <c r="DCI206" s="1"/>
+      <c r="DCJ206" s="23"/>
+      <c r="DCK206" s="23"/>
+      <c r="DCL206" s="1"/>
+      <c r="DCM206" s="23"/>
+      <c r="DCN206" s="23"/>
+      <c r="DCO206" s="1"/>
+      <c r="DCP206" s="23"/>
+      <c r="DCQ206" s="23"/>
+      <c r="DCR206" s="1"/>
+      <c r="DCS206" s="23"/>
+      <c r="DCT206" s="23"/>
+      <c r="DCU206" s="1"/>
+      <c r="DCV206" s="23"/>
+      <c r="DCW206" s="23"/>
+      <c r="DCX206" s="1"/>
+      <c r="DCY206" s="23"/>
+      <c r="DCZ206" s="23"/>
+      <c r="DDA206" s="1"/>
+      <c r="DDB206" s="23"/>
+      <c r="DDC206" s="23"/>
+      <c r="DDD206" s="1"/>
+      <c r="DDE206" s="23"/>
+      <c r="DDF206" s="23"/>
+      <c r="DDG206" s="1"/>
+      <c r="DDH206" s="23"/>
+      <c r="DDI206" s="23"/>
+      <c r="DDJ206" s="1"/>
+      <c r="DDK206" s="23"/>
+      <c r="DDL206" s="23"/>
+      <c r="DDM206" s="1"/>
+      <c r="DDN206" s="23"/>
+      <c r="DDO206" s="23"/>
+      <c r="DDP206" s="1"/>
+      <c r="DDQ206" s="23"/>
+      <c r="DDR206" s="23"/>
+      <c r="DDS206" s="1"/>
+      <c r="DDT206" s="23"/>
+      <c r="DDU206" s="23"/>
+      <c r="DDV206" s="1"/>
+      <c r="DDW206" s="23"/>
+      <c r="DDX206" s="23"/>
+      <c r="DDY206" s="1"/>
+      <c r="DDZ206" s="23"/>
+      <c r="DEA206" s="23"/>
+      <c r="DEB206" s="1"/>
+      <c r="DEC206" s="23"/>
+      <c r="DED206" s="23"/>
+      <c r="DEE206" s="1"/>
+      <c r="DEF206" s="23"/>
+      <c r="DEG206" s="23"/>
+      <c r="DEH206" s="1"/>
+      <c r="DEI206" s="23"/>
+      <c r="DEJ206" s="23"/>
+      <c r="DEK206" s="1"/>
+      <c r="DEL206" s="23"/>
+      <c r="DEM206" s="23"/>
+      <c r="DEN206" s="1"/>
+      <c r="DEO206" s="23"/>
+      <c r="DEP206" s="23"/>
+      <c r="DEQ206" s="1"/>
+      <c r="DER206" s="23"/>
+      <c r="DES206" s="23"/>
+      <c r="DET206" s="1"/>
+      <c r="DEU206" s="23"/>
+      <c r="DEV206" s="23"/>
+      <c r="DEW206" s="1"/>
+      <c r="DEX206" s="23"/>
+      <c r="DEY206" s="23"/>
+      <c r="DEZ206" s="1"/>
+      <c r="DFA206" s="23"/>
+      <c r="DFB206" s="23"/>
+      <c r="DFC206" s="1"/>
+      <c r="DFD206" s="23"/>
+      <c r="DFE206" s="23"/>
+      <c r="DFF206" s="1"/>
+      <c r="DFG206" s="23"/>
+      <c r="DFH206" s="23"/>
+      <c r="DFI206" s="1"/>
+      <c r="DFJ206" s="23"/>
+      <c r="DFK206" s="23"/>
+      <c r="DFL206" s="1"/>
+      <c r="DFM206" s="23"/>
+      <c r="DFN206" s="23"/>
+      <c r="DFO206" s="1"/>
+      <c r="DFP206" s="23"/>
+      <c r="DFQ206" s="23"/>
+      <c r="DFR206" s="1"/>
+      <c r="DFS206" s="23"/>
+      <c r="DFT206" s="23"/>
+      <c r="DFU206" s="1"/>
+      <c r="DFV206" s="23"/>
+      <c r="DFW206" s="23"/>
+      <c r="DFX206" s="1"/>
+      <c r="DFY206" s="23"/>
+      <c r="DFZ206" s="23"/>
+      <c r="DGA206" s="1"/>
+      <c r="DGB206" s="23"/>
+      <c r="DGC206" s="23"/>
+      <c r="DGD206" s="1"/>
+      <c r="DGE206" s="23"/>
+      <c r="DGF206" s="23"/>
+      <c r="DGG206" s="1"/>
+      <c r="DGH206" s="23"/>
+      <c r="DGI206" s="23"/>
+      <c r="DGJ206" s="1"/>
+      <c r="DGK206" s="23"/>
+      <c r="DGL206" s="23"/>
+      <c r="DGM206" s="1"/>
+      <c r="DGN206" s="23"/>
+      <c r="DGO206" s="23"/>
+      <c r="DGP206" s="1"/>
+      <c r="DGQ206" s="23"/>
+      <c r="DGR206" s="23"/>
+      <c r="DGS206" s="1"/>
+      <c r="DGT206" s="23"/>
+      <c r="DGU206" s="23"/>
+      <c r="DGV206" s="1"/>
+      <c r="DGW206" s="23"/>
+      <c r="DGX206" s="23"/>
+      <c r="DGY206" s="1"/>
+      <c r="DGZ206" s="23"/>
+      <c r="DHA206" s="23"/>
+      <c r="DHB206" s="1"/>
+      <c r="DHC206" s="23"/>
+      <c r="DHD206" s="23"/>
+      <c r="DHE206" s="1"/>
+      <c r="DHF206" s="23"/>
+      <c r="DHG206" s="23"/>
+      <c r="DHH206" s="1"/>
+      <c r="DHI206" s="23"/>
+      <c r="DHJ206" s="23"/>
+      <c r="DHK206" s="1"/>
+      <c r="DHL206" s="23"/>
+      <c r="DHM206" s="23"/>
+      <c r="DHN206" s="1"/>
+      <c r="DHO206" s="23"/>
+      <c r="DHP206" s="23"/>
+      <c r="DHQ206" s="1"/>
+      <c r="DHR206" s="23"/>
+      <c r="DHS206" s="23"/>
+      <c r="DHT206" s="1"/>
+      <c r="DHU206" s="23"/>
+      <c r="DHV206" s="23"/>
+      <c r="DHW206" s="1"/>
+      <c r="DHX206" s="23"/>
+      <c r="DHY206" s="23"/>
+      <c r="DHZ206" s="1"/>
+      <c r="DIA206" s="23"/>
+      <c r="DIB206" s="23"/>
+      <c r="DIC206" s="1"/>
+      <c r="DID206" s="23"/>
+      <c r="DIE206" s="23"/>
+      <c r="DIF206" s="1"/>
+      <c r="DIG206" s="23"/>
+      <c r="DIH206" s="23"/>
+      <c r="DII206" s="1"/>
+      <c r="DIJ206" s="23"/>
+      <c r="DIK206" s="23"/>
+      <c r="DIL206" s="1"/>
+      <c r="DIM206" s="23"/>
+      <c r="DIN206" s="23"/>
+      <c r="DIO206" s="1"/>
+      <c r="DIP206" s="23"/>
+      <c r="DIQ206" s="23"/>
+      <c r="DIR206" s="1"/>
+      <c r="DIS206" s="23"/>
+      <c r="DIT206" s="23"/>
+      <c r="DIU206" s="1"/>
+      <c r="DIV206" s="23"/>
+      <c r="DIW206" s="23"/>
+      <c r="DIX206" s="1"/>
+      <c r="DIY206" s="23"/>
+      <c r="DIZ206" s="23"/>
+      <c r="DJA206" s="1"/>
+      <c r="DJB206" s="23"/>
+      <c r="DJC206" s="23"/>
+      <c r="DJD206" s="1"/>
+      <c r="DJE206" s="23"/>
+      <c r="DJF206" s="23"/>
+      <c r="DJG206" s="1"/>
+      <c r="DJH206" s="23"/>
+      <c r="DJI206" s="23"/>
+      <c r="DJJ206" s="1"/>
+      <c r="DJK206" s="23"/>
+      <c r="DJL206" s="23"/>
+      <c r="DJM206" s="1"/>
+      <c r="DJN206" s="23"/>
+      <c r="DJO206" s="23"/>
+      <c r="DJP206" s="1"/>
+      <c r="DJQ206" s="23"/>
+      <c r="DJR206" s="23"/>
+      <c r="DJS206" s="1"/>
+      <c r="DJT206" s="23"/>
+      <c r="DJU206" s="23"/>
+      <c r="DJV206" s="1"/>
+      <c r="DJW206" s="23"/>
+      <c r="DJX206" s="23"/>
+      <c r="DJY206" s="1"/>
+      <c r="DJZ206" s="23"/>
+      <c r="DKA206" s="23"/>
+      <c r="DKB206" s="1"/>
+      <c r="DKC206" s="23"/>
+      <c r="DKD206" s="23"/>
+      <c r="DKE206" s="1"/>
+      <c r="DKF206" s="23"/>
+      <c r="DKG206" s="23"/>
+      <c r="DKH206" s="1"/>
+      <c r="DKI206" s="23"/>
+      <c r="DKJ206" s="23"/>
+      <c r="DKK206" s="1"/>
+      <c r="DKL206" s="23"/>
+      <c r="DKM206" s="23"/>
+      <c r="DKN206" s="1"/>
+      <c r="DKO206" s="23"/>
+      <c r="DKP206" s="23"/>
+      <c r="DKQ206" s="1"/>
+      <c r="DKR206" s="23"/>
+      <c r="DKS206" s="23"/>
+      <c r="DKT206" s="1"/>
+      <c r="DKU206" s="23"/>
+      <c r="DKV206" s="23"/>
+      <c r="DKW206" s="1"/>
+      <c r="DKX206" s="23"/>
+      <c r="DKY206" s="23"/>
+      <c r="DKZ206" s="1"/>
+      <c r="DLA206" s="23"/>
+      <c r="DLB206" s="23"/>
+      <c r="DLC206" s="1"/>
+      <c r="DLD206" s="23"/>
+      <c r="DLE206" s="23"/>
+      <c r="DLF206" s="1"/>
+      <c r="DLG206" s="23"/>
+      <c r="DLH206" s="23"/>
+      <c r="DLI206" s="1"/>
+      <c r="DLJ206" s="23"/>
+      <c r="DLK206" s="23"/>
+      <c r="DLL206" s="1"/>
+      <c r="DLM206" s="23"/>
+      <c r="DLN206" s="23"/>
+      <c r="DLO206" s="1"/>
+      <c r="DLP206" s="23"/>
+      <c r="DLQ206" s="23"/>
+      <c r="DLR206" s="1"/>
+      <c r="DLS206" s="23"/>
+      <c r="DLT206" s="23"/>
+      <c r="DLU206" s="1"/>
+      <c r="DLV206" s="23"/>
+      <c r="DLW206" s="23"/>
+      <c r="DLX206" s="1"/>
+      <c r="DLY206" s="23"/>
+      <c r="DLZ206" s="23"/>
+      <c r="DMA206" s="1"/>
+      <c r="DMB206" s="23"/>
+      <c r="DMC206" s="23"/>
+      <c r="DMD206" s="1"/>
+      <c r="DME206" s="23"/>
+      <c r="DMF206" s="23"/>
+      <c r="DMG206" s="1"/>
+      <c r="DMH206" s="23"/>
+      <c r="DMI206" s="23"/>
+      <c r="DMJ206" s="1"/>
+      <c r="DMK206" s="23"/>
+      <c r="DML206" s="23"/>
+      <c r="DMM206" s="1"/>
+      <c r="DMN206" s="23"/>
+      <c r="DMO206" s="23"/>
+      <c r="DMP206" s="1"/>
+      <c r="DMQ206" s="23"/>
+      <c r="DMR206" s="23"/>
+      <c r="DMS206" s="1"/>
+      <c r="DMT206" s="23"/>
+      <c r="DMU206" s="23"/>
+      <c r="DMV206" s="1"/>
+      <c r="DMW206" s="23"/>
+      <c r="DMX206" s="23"/>
+      <c r="DMY206" s="1"/>
+      <c r="DMZ206" s="23"/>
+      <c r="DNA206" s="23"/>
+      <c r="DNB206" s="1"/>
+      <c r="DNC206" s="23"/>
+      <c r="DND206" s="23"/>
+      <c r="DNE206" s="1"/>
+      <c r="DNF206" s="23"/>
+      <c r="DNG206" s="23"/>
+      <c r="DNH206" s="1"/>
+      <c r="DNI206" s="23"/>
+      <c r="DNJ206" s="23"/>
+      <c r="DNK206" s="1"/>
+      <c r="DNL206" s="23"/>
+      <c r="DNM206" s="23"/>
+      <c r="DNN206" s="1"/>
+      <c r="DNO206" s="23"/>
+      <c r="DNP206" s="23"/>
+      <c r="DNQ206" s="1"/>
+      <c r="DNR206" s="23"/>
+      <c r="DNS206" s="23"/>
+      <c r="DNT206" s="1"/>
+      <c r="DNU206" s="23"/>
+      <c r="DNV206" s="23"/>
+      <c r="DNW206" s="1"/>
+      <c r="DNX206" s="23"/>
+      <c r="DNY206" s="23"/>
+      <c r="DNZ206" s="1"/>
+      <c r="DOA206" s="23"/>
+      <c r="DOB206" s="23"/>
+      <c r="DOC206" s="1"/>
+      <c r="DOD206" s="23"/>
+      <c r="DOE206" s="23"/>
+      <c r="DOF206" s="1"/>
+      <c r="DOG206" s="23"/>
+      <c r="DOH206" s="23"/>
+      <c r="DOI206" s="1"/>
+      <c r="DOJ206" s="23"/>
+      <c r="DOK206" s="23"/>
+      <c r="DOL206" s="1"/>
+      <c r="DOM206" s="23"/>
+      <c r="DON206" s="23"/>
+      <c r="DOO206" s="1"/>
+      <c r="DOP206" s="23"/>
+      <c r="DOQ206" s="23"/>
+      <c r="DOR206" s="1"/>
+      <c r="DOS206" s="23"/>
+      <c r="DOT206" s="23"/>
+      <c r="DOU206" s="1"/>
+      <c r="DOV206" s="23"/>
+      <c r="DOW206" s="23"/>
+      <c r="DOX206" s="1"/>
+      <c r="DOY206" s="23"/>
+      <c r="DOZ206" s="23"/>
+      <c r="DPA206" s="1"/>
+      <c r="DPB206" s="23"/>
+      <c r="DPC206" s="23"/>
+      <c r="DPD206" s="1"/>
+      <c r="DPE206" s="23"/>
+      <c r="DPF206" s="23"/>
+      <c r="DPG206" s="1"/>
+      <c r="DPH206" s="23"/>
+      <c r="DPI206" s="23"/>
+      <c r="DPJ206" s="1"/>
+      <c r="DPK206" s="23"/>
+      <c r="DPL206" s="23"/>
+      <c r="DPM206" s="1"/>
+      <c r="DPN206" s="23"/>
+      <c r="DPO206" s="23"/>
+      <c r="DPP206" s="1"/>
+      <c r="DPQ206" s="23"/>
+      <c r="DPR206" s="23"/>
+      <c r="DPS206" s="1"/>
+      <c r="DPT206" s="23"/>
+      <c r="DPU206" s="23"/>
+      <c r="DPV206" s="1"/>
+      <c r="DPW206" s="23"/>
+      <c r="DPX206" s="23"/>
+      <c r="DPY206" s="1"/>
+      <c r="DPZ206" s="23"/>
+      <c r="DQA206" s="23"/>
+      <c r="DQB206" s="1"/>
+      <c r="DQC206" s="23"/>
+      <c r="DQD206" s="23"/>
+      <c r="DQE206" s="1"/>
+      <c r="DQF206" s="23"/>
+      <c r="DQG206" s="23"/>
+      <c r="DQH206" s="1"/>
+      <c r="DQI206" s="23"/>
+      <c r="DQJ206" s="23"/>
+      <c r="DQK206" s="1"/>
+      <c r="DQL206" s="23"/>
+      <c r="DQM206" s="23"/>
+      <c r="DQN206" s="1"/>
+      <c r="DQO206" s="23"/>
+      <c r="DQP206" s="23"/>
+      <c r="DQQ206" s="1"/>
+      <c r="DQR206" s="23"/>
+      <c r="DQS206" s="23"/>
+      <c r="DQT206" s="1"/>
+      <c r="DQU206" s="23"/>
+      <c r="DQV206" s="23"/>
+      <c r="DQW206" s="1"/>
+      <c r="DQX206" s="23"/>
+      <c r="DQY206" s="23"/>
+      <c r="DQZ206" s="1"/>
+      <c r="DRA206" s="23"/>
+      <c r="DRB206" s="23"/>
+      <c r="DRC206" s="1"/>
+      <c r="DRD206" s="23"/>
+      <c r="DRE206" s="23"/>
+      <c r="DRF206" s="1"/>
+      <c r="DRG206" s="23"/>
+      <c r="DRH206" s="23"/>
+      <c r="DRI206" s="1"/>
+      <c r="DRJ206" s="23"/>
+      <c r="DRK206" s="23"/>
+      <c r="DRL206" s="1"/>
+      <c r="DRM206" s="23"/>
+      <c r="DRN206" s="23"/>
+      <c r="DRO206" s="1"/>
+      <c r="DRP206" s="23"/>
+      <c r="DRQ206" s="23"/>
+      <c r="DRR206" s="1"/>
+      <c r="DRS206" s="23"/>
+      <c r="DRT206" s="23"/>
+      <c r="DRU206" s="1"/>
+      <c r="DRV206" s="23"/>
+      <c r="DRW206" s="23"/>
+      <c r="DRX206" s="1"/>
+      <c r="DRY206" s="23"/>
+      <c r="DRZ206" s="23"/>
+      <c r="DSA206" s="1"/>
+      <c r="DSB206" s="23"/>
+      <c r="DSC206" s="23"/>
+      <c r="DSD206" s="1"/>
+      <c r="DSE206" s="23"/>
+      <c r="DSF206" s="23"/>
+      <c r="DSG206" s="1"/>
+      <c r="DSH206" s="23"/>
+      <c r="DSI206" s="23"/>
+      <c r="DSJ206" s="1"/>
+      <c r="DSK206" s="23"/>
+      <c r="DSL206" s="23"/>
+      <c r="DSM206" s="1"/>
+      <c r="DSN206" s="23"/>
+      <c r="DSO206" s="23"/>
+      <c r="DSP206" s="1"/>
+      <c r="DSQ206" s="23"/>
+      <c r="DSR206" s="23"/>
+      <c r="DSS206" s="1"/>
+      <c r="DST206" s="23"/>
+      <c r="DSU206" s="23"/>
+      <c r="DSV206" s="1"/>
+      <c r="DSW206" s="23"/>
+      <c r="DSX206" s="23"/>
+      <c r="DSY206" s="1"/>
+      <c r="DSZ206" s="23"/>
+      <c r="DTA206" s="23"/>
+      <c r="DTB206" s="1"/>
+      <c r="DTC206" s="23"/>
+      <c r="DTD206" s="23"/>
+      <c r="DTE206" s="1"/>
+      <c r="DTF206" s="23"/>
+      <c r="DTG206" s="23"/>
+      <c r="DTH206" s="1"/>
+      <c r="DTI206" s="23"/>
+      <c r="DTJ206" s="23"/>
+      <c r="DTK206" s="1"/>
+      <c r="DTL206" s="23"/>
+      <c r="DTM206" s="23"/>
+      <c r="DTN206" s="1"/>
+      <c r="DTO206" s="23"/>
+      <c r="DTP206" s="23"/>
+      <c r="DTQ206" s="1"/>
+      <c r="DTR206" s="23"/>
+      <c r="DTS206" s="23"/>
+      <c r="DTT206" s="1"/>
+      <c r="DTU206" s="23"/>
+      <c r="DTV206" s="23"/>
+      <c r="DTW206" s="1"/>
+      <c r="DTX206" s="23"/>
+      <c r="DTY206" s="23"/>
+      <c r="DTZ206" s="1"/>
+      <c r="DUA206" s="23"/>
+      <c r="DUB206" s="23"/>
+      <c r="DUC206" s="1"/>
+      <c r="DUD206" s="23"/>
+      <c r="DUE206" s="23"/>
+      <c r="DUF206" s="1"/>
+      <c r="DUG206" s="23"/>
+      <c r="DUH206" s="23"/>
+      <c r="DUI206" s="1"/>
+      <c r="DUJ206" s="23"/>
+      <c r="DUK206" s="23"/>
+      <c r="DUL206" s="1"/>
+      <c r="DUM206" s="23"/>
+      <c r="DUN206" s="23"/>
+      <c r="DUO206" s="1"/>
+      <c r="DUP206" s="23"/>
+      <c r="DUQ206" s="23"/>
+      <c r="DUR206" s="1"/>
+      <c r="DUS206" s="23"/>
+      <c r="DUT206" s="23"/>
+      <c r="DUU206" s="1"/>
+      <c r="DUV206" s="23"/>
+      <c r="DUW206" s="23"/>
+      <c r="DUX206" s="1"/>
+      <c r="DUY206" s="23"/>
+      <c r="DUZ206" s="23"/>
+      <c r="DVA206" s="1"/>
+      <c r="DVB206" s="23"/>
+      <c r="DVC206" s="23"/>
+      <c r="DVD206" s="1"/>
+      <c r="DVE206" s="23"/>
+      <c r="DVF206" s="23"/>
+      <c r="DVG206" s="1"/>
+      <c r="DVH206" s="23"/>
+      <c r="DVI206" s="23"/>
+      <c r="DVJ206" s="1"/>
+      <c r="DVK206" s="23"/>
+      <c r="DVL206" s="23"/>
+      <c r="DVM206" s="1"/>
+      <c r="DVN206" s="23"/>
+      <c r="DVO206" s="23"/>
+      <c r="DVP206" s="1"/>
+      <c r="DVQ206" s="23"/>
+      <c r="DVR206" s="23"/>
+      <c r="DVS206" s="1"/>
+      <c r="DVT206" s="23"/>
+      <c r="DVU206" s="23"/>
+      <c r="DVV206" s="1"/>
+      <c r="DVW206" s="23"/>
+      <c r="DVX206" s="23"/>
+      <c r="DVY206" s="1"/>
+      <c r="DVZ206" s="23"/>
+      <c r="DWA206" s="23"/>
+      <c r="DWB206" s="1"/>
+      <c r="DWC206" s="23"/>
+      <c r="DWD206" s="23"/>
+      <c r="DWE206" s="1"/>
+      <c r="DWF206" s="23"/>
+      <c r="DWG206" s="23"/>
+      <c r="DWH206" s="1"/>
+      <c r="DWI206" s="23"/>
+      <c r="DWJ206" s="23"/>
+      <c r="DWK206" s="1"/>
+      <c r="DWL206" s="23"/>
+      <c r="DWM206" s="23"/>
+      <c r="DWN206" s="1"/>
+      <c r="DWO206" s="23"/>
+      <c r="DWP206" s="23"/>
+      <c r="DWQ206" s="1"/>
+      <c r="DWR206" s="23"/>
+      <c r="DWS206" s="23"/>
+      <c r="DWT206" s="1"/>
+      <c r="DWU206" s="23"/>
+      <c r="DWV206" s="23"/>
+      <c r="DWW206" s="1"/>
+      <c r="DWX206" s="23"/>
+      <c r="DWY206" s="23"/>
+      <c r="DWZ206" s="1"/>
+      <c r="DXA206" s="23"/>
+      <c r="DXB206" s="23"/>
+      <c r="DXC206" s="1"/>
+      <c r="DXD206" s="23"/>
+      <c r="DXE206" s="23"/>
+      <c r="DXF206" s="1"/>
+      <c r="DXG206" s="23"/>
+      <c r="DXH206" s="23"/>
+      <c r="DXI206" s="1"/>
+      <c r="DXJ206" s="23"/>
+      <c r="DXK206" s="23"/>
+      <c r="DXL206" s="1"/>
+      <c r="DXM206" s="23"/>
+      <c r="DXN206" s="23"/>
+      <c r="DXO206" s="1"/>
+      <c r="DXP206" s="23"/>
+      <c r="DXQ206" s="23"/>
+      <c r="DXR206" s="1"/>
+      <c r="DXS206" s="23"/>
+      <c r="DXT206" s="23"/>
+      <c r="DXU206" s="1"/>
+      <c r="DXV206" s="23"/>
+      <c r="DXW206" s="23"/>
+      <c r="DXX206" s="1"/>
+      <c r="DXY206" s="23"/>
+      <c r="DXZ206" s="23"/>
+      <c r="DYA206" s="1"/>
+      <c r="DYB206" s="23"/>
+      <c r="DYC206" s="23"/>
+      <c r="DYD206" s="1"/>
+      <c r="DYE206" s="23"/>
+      <c r="DYF206" s="23"/>
+      <c r="DYG206" s="1"/>
+      <c r="DYH206" s="23"/>
+      <c r="DYI206" s="23"/>
+      <c r="DYJ206" s="1"/>
+      <c r="DYK206" s="23"/>
+      <c r="DYL206" s="23"/>
+      <c r="DYM206" s="1"/>
+      <c r="DYN206" s="23"/>
+      <c r="DYO206" s="23"/>
+      <c r="DYP206" s="1"/>
+      <c r="DYQ206" s="23"/>
+      <c r="DYR206" s="23"/>
+      <c r="DYS206" s="1"/>
+      <c r="DYT206" s="23"/>
+      <c r="DYU206" s="23"/>
+      <c r="DYV206" s="1"/>
+      <c r="DYW206" s="23"/>
+      <c r="DYX206" s="23"/>
+      <c r="DYY206" s="1"/>
+      <c r="DYZ206" s="23"/>
+      <c r="DZA206" s="23"/>
+      <c r="DZB206" s="1"/>
+      <c r="DZC206" s="23"/>
+      <c r="DZD206" s="23"/>
+      <c r="DZE206" s="1"/>
+      <c r="DZF206" s="23"/>
+      <c r="DZG206" s="23"/>
+      <c r="DZH206" s="1"/>
+      <c r="DZI206" s="23"/>
+      <c r="DZJ206" s="23"/>
+      <c r="DZK206" s="1"/>
+      <c r="DZL206" s="23"/>
+      <c r="DZM206" s="23"/>
+      <c r="DZN206" s="1"/>
+      <c r="DZO206" s="23"/>
+      <c r="DZP206" s="23"/>
+      <c r="DZQ206" s="1"/>
+      <c r="DZR206" s="23"/>
+      <c r="DZS206" s="23"/>
+      <c r="DZT206" s="1"/>
+      <c r="DZU206" s="23"/>
+      <c r="DZV206" s="23"/>
+      <c r="DZW206" s="1"/>
+      <c r="DZX206" s="23"/>
+      <c r="DZY206" s="23"/>
+      <c r="DZZ206" s="1"/>
+      <c r="EAA206" s="23"/>
+      <c r="EAB206" s="23"/>
+      <c r="EAC206" s="1"/>
+      <c r="EAD206" s="23"/>
+      <c r="EAE206" s="23"/>
+      <c r="EAF206" s="1"/>
+      <c r="EAG206" s="23"/>
+      <c r="EAH206" s="23"/>
+      <c r="EAI206" s="1"/>
+      <c r="EAJ206" s="23"/>
+      <c r="EAK206" s="23"/>
+      <c r="EAL206" s="1"/>
+      <c r="EAM206" s="23"/>
+      <c r="EAN206" s="23"/>
+      <c r="EAO206" s="1"/>
+      <c r="EAP206" s="23"/>
+      <c r="EAQ206" s="23"/>
+      <c r="EAR206" s="1"/>
+      <c r="EAS206" s="23"/>
+      <c r="EAT206" s="23"/>
+      <c r="EAU206" s="1"/>
+      <c r="EAV206" s="23"/>
+      <c r="EAW206" s="23"/>
+      <c r="EAX206" s="1"/>
+      <c r="EAY206" s="23"/>
+      <c r="EAZ206" s="23"/>
+      <c r="EBA206" s="1"/>
+      <c r="EBB206" s="23"/>
+      <c r="EBC206" s="23"/>
+      <c r="EBD206" s="1"/>
+      <c r="EBE206" s="23"/>
+      <c r="EBF206" s="23"/>
+      <c r="EBG206" s="1"/>
+      <c r="EBH206" s="23"/>
+      <c r="EBI206" s="23"/>
+      <c r="EBJ206" s="1"/>
+      <c r="EBK206" s="23"/>
+      <c r="EBL206" s="23"/>
+      <c r="EBM206" s="1"/>
+      <c r="EBN206" s="23"/>
+      <c r="EBO206" s="23"/>
+      <c r="EBP206" s="1"/>
+      <c r="EBQ206" s="23"/>
+      <c r="EBR206" s="23"/>
+      <c r="EBS206" s="1"/>
+      <c r="EBT206" s="23"/>
+      <c r="EBU206" s="23"/>
+      <c r="EBV206" s="1"/>
+      <c r="EBW206" s="23"/>
+      <c r="EBX206" s="23"/>
+      <c r="EBY206" s="1"/>
+      <c r="EBZ206" s="23"/>
+      <c r="ECA206" s="23"/>
+      <c r="ECB206" s="1"/>
+      <c r="ECC206" s="23"/>
+      <c r="ECD206" s="23"/>
+      <c r="ECE206" s="1"/>
+      <c r="ECF206" s="23"/>
+      <c r="ECG206" s="23"/>
+      <c r="ECH206" s="1"/>
+      <c r="ECI206" s="23"/>
+      <c r="ECJ206" s="23"/>
+      <c r="ECK206" s="1"/>
+      <c r="ECL206" s="23"/>
+      <c r="ECM206" s="23"/>
+      <c r="ECN206" s="1"/>
+      <c r="ECO206" s="23"/>
+      <c r="ECP206" s="23"/>
+      <c r="ECQ206" s="1"/>
+      <c r="ECR206" s="23"/>
+      <c r="ECS206" s="23"/>
+      <c r="ECT206" s="1"/>
+      <c r="ECU206" s="23"/>
+      <c r="ECV206" s="23"/>
+      <c r="ECW206" s="1"/>
+      <c r="ECX206" s="23"/>
+      <c r="ECY206" s="23"/>
+      <c r="ECZ206" s="1"/>
+      <c r="EDA206" s="23"/>
+      <c r="EDB206" s="23"/>
+      <c r="EDC206" s="1"/>
+      <c r="EDD206" s="23"/>
+      <c r="EDE206" s="23"/>
+      <c r="EDF206" s="1"/>
+      <c r="EDG206" s="23"/>
+      <c r="EDH206" s="23"/>
+      <c r="EDI206" s="1"/>
+      <c r="EDJ206" s="23"/>
+      <c r="EDK206" s="23"/>
+      <c r="EDL206" s="1"/>
+      <c r="EDM206" s="23"/>
+      <c r="EDN206" s="23"/>
+      <c r="EDO206" s="1"/>
+      <c r="EDP206" s="23"/>
+      <c r="EDQ206" s="23"/>
+      <c r="EDR206" s="1"/>
+      <c r="EDS206" s="23"/>
+      <c r="EDT206" s="23"/>
+      <c r="EDU206" s="1"/>
+      <c r="EDV206" s="23"/>
+      <c r="EDW206" s="23"/>
+      <c r="EDX206" s="1"/>
+      <c r="EDY206" s="23"/>
+      <c r="EDZ206" s="23"/>
+      <c r="EEA206" s="1"/>
+      <c r="EEB206" s="23"/>
+      <c r="EEC206" s="23"/>
+      <c r="EED206" s="1"/>
+      <c r="EEE206" s="23"/>
+      <c r="EEF206" s="23"/>
+      <c r="EEG206" s="1"/>
+      <c r="EEH206" s="23"/>
+      <c r="EEI206" s="23"/>
+      <c r="EEJ206" s="1"/>
+      <c r="EEK206" s="23"/>
+      <c r="EEL206" s="23"/>
+      <c r="EEM206" s="1"/>
+      <c r="EEN206" s="23"/>
+      <c r="EEO206" s="23"/>
+      <c r="EEP206" s="1"/>
+      <c r="EEQ206" s="23"/>
+      <c r="EER206" s="23"/>
+      <c r="EES206" s="1"/>
+      <c r="EET206" s="23"/>
+      <c r="EEU206" s="23"/>
+      <c r="EEV206" s="1"/>
+      <c r="EEW206" s="23"/>
+      <c r="EEX206" s="23"/>
+      <c r="EEY206" s="1"/>
+      <c r="EEZ206" s="23"/>
+      <c r="EFA206" s="23"/>
+      <c r="EFB206" s="1"/>
+      <c r="EFC206" s="23"/>
+      <c r="EFD206" s="23"/>
+      <c r="EFE206" s="1"/>
+      <c r="EFF206" s="23"/>
+      <c r="EFG206" s="23"/>
+      <c r="EFH206" s="1"/>
+      <c r="EFI206" s="23"/>
+      <c r="EFJ206" s="23"/>
+      <c r="EFK206" s="1"/>
+      <c r="EFL206" s="23"/>
+      <c r="EFM206" s="23"/>
+      <c r="EFN206" s="1"/>
+      <c r="EFO206" s="23"/>
+      <c r="EFP206" s="23"/>
+      <c r="EFQ206" s="1"/>
+      <c r="EFR206" s="23"/>
+      <c r="EFS206" s="23"/>
+      <c r="EFT206" s="1"/>
+      <c r="EFU206" s="23"/>
+      <c r="EFV206" s="23"/>
+      <c r="EFW206" s="1"/>
+      <c r="EFX206" s="23"/>
+      <c r="EFY206" s="23"/>
+      <c r="EFZ206" s="1"/>
+      <c r="EGA206" s="23"/>
+      <c r="EGB206" s="23"/>
+      <c r="EGC206" s="1"/>
+      <c r="EGD206" s="23"/>
+      <c r="EGE206" s="23"/>
+      <c r="EGF206" s="1"/>
+      <c r="EGG206" s="23"/>
+      <c r="EGH206" s="23"/>
+      <c r="EGI206" s="1"/>
+      <c r="EGJ206" s="23"/>
+      <c r="EGK206" s="23"/>
+      <c r="EGL206" s="1"/>
+      <c r="EGM206" s="23"/>
+      <c r="EGN206" s="23"/>
+      <c r="EGO206" s="1"/>
+      <c r="EGP206" s="23"/>
+      <c r="EGQ206" s="23"/>
+      <c r="EGR206" s="1"/>
+      <c r="EGS206" s="23"/>
+      <c r="EGT206" s="23"/>
+      <c r="EGU206" s="1"/>
+      <c r="EGV206" s="23"/>
+      <c r="EGW206" s="23"/>
+      <c r="EGX206" s="1"/>
+      <c r="EGY206" s="23"/>
+      <c r="EGZ206" s="23"/>
+      <c r="EHA206" s="1"/>
+      <c r="EHB206" s="23"/>
+      <c r="EHC206" s="23"/>
+      <c r="EHD206" s="1"/>
+      <c r="EHE206" s="23"/>
+      <c r="EHF206" s="23"/>
+      <c r="EHG206" s="1"/>
+      <c r="EHH206" s="23"/>
+      <c r="EHI206" s="23"/>
+      <c r="EHJ206" s="1"/>
+      <c r="EHK206" s="23"/>
+      <c r="EHL206" s="23"/>
+      <c r="EHM206" s="1"/>
+      <c r="EHN206" s="23"/>
+      <c r="EHO206" s="23"/>
+      <c r="EHP206" s="1"/>
+      <c r="EHQ206" s="23"/>
+      <c r="EHR206" s="23"/>
+      <c r="EHS206" s="1"/>
+      <c r="EHT206" s="23"/>
+      <c r="EHU206" s="23"/>
+      <c r="EHV206" s="1"/>
+      <c r="EHW206" s="23"/>
+      <c r="EHX206" s="23"/>
+      <c r="EHY206" s="1"/>
+      <c r="EHZ206" s="23"/>
+      <c r="EIA206" s="23"/>
+      <c r="EIB206" s="1"/>
+      <c r="EIC206" s="23"/>
+      <c r="EID206" s="23"/>
+      <c r="EIE206" s="1"/>
+      <c r="EIF206" s="23"/>
+      <c r="EIG206" s="23"/>
+      <c r="EIH206" s="1"/>
+      <c r="EII206" s="23"/>
+      <c r="EIJ206" s="23"/>
+      <c r="EIK206" s="1"/>
+      <c r="EIL206" s="23"/>
+      <c r="EIM206" s="23"/>
+      <c r="EIN206" s="1"/>
+      <c r="EIO206" s="23"/>
+      <c r="EIP206" s="23"/>
+      <c r="EIQ206" s="1"/>
+      <c r="EIR206" s="23"/>
+      <c r="EIS206" s="23"/>
+      <c r="EIT206" s="1"/>
+      <c r="EIU206" s="23"/>
+      <c r="EIV206" s="23"/>
+      <c r="EIW206" s="1"/>
+      <c r="EIX206" s="23"/>
+      <c r="EIY206" s="23"/>
+      <c r="EIZ206" s="1"/>
+      <c r="EJA206" s="23"/>
+      <c r="EJB206" s="23"/>
+      <c r="EJC206" s="1"/>
+      <c r="EJD206" s="23"/>
+      <c r="EJE206" s="23"/>
+      <c r="EJF206" s="1"/>
+      <c r="EJG206" s="23"/>
+      <c r="EJH206" s="23"/>
+      <c r="EJI206" s="1"/>
+      <c r="EJJ206" s="23"/>
+      <c r="EJK206" s="23"/>
+      <c r="EJL206" s="1"/>
+      <c r="EJM206" s="23"/>
+      <c r="EJN206" s="23"/>
+      <c r="EJO206" s="1"/>
+      <c r="EJP206" s="23"/>
+      <c r="EJQ206" s="23"/>
+      <c r="EJR206" s="1"/>
+      <c r="EJS206" s="23"/>
+      <c r="EJT206" s="23"/>
+      <c r="EJU206" s="1"/>
+      <c r="EJV206" s="23"/>
+      <c r="EJW206" s="23"/>
+      <c r="EJX206" s="1"/>
+      <c r="EJY206" s="23"/>
+      <c r="EJZ206" s="23"/>
+      <c r="EKA206" s="1"/>
+      <c r="EKB206" s="23"/>
+      <c r="EKC206" s="23"/>
+      <c r="EKD206" s="1"/>
+      <c r="EKE206" s="23"/>
+      <c r="EKF206" s="23"/>
+      <c r="EKG206" s="1"/>
+      <c r="EKH206" s="23"/>
+      <c r="EKI206" s="23"/>
+      <c r="EKJ206" s="1"/>
+      <c r="EKK206" s="23"/>
+      <c r="EKL206" s="23"/>
+      <c r="EKM206" s="1"/>
+      <c r="EKN206" s="23"/>
+      <c r="EKO206" s="23"/>
+      <c r="EKP206" s="1"/>
+      <c r="EKQ206" s="23"/>
+      <c r="EKR206" s="23"/>
+      <c r="EKS206" s="1"/>
+      <c r="EKT206" s="23"/>
+      <c r="EKU206" s="23"/>
+      <c r="EKV206" s="1"/>
+      <c r="EKW206" s="23"/>
+      <c r="EKX206" s="23"/>
+      <c r="EKY206" s="1"/>
+      <c r="EKZ206" s="23"/>
+      <c r="ELA206" s="23"/>
+      <c r="ELB206" s="1"/>
+      <c r="ELC206" s="23"/>
+      <c r="ELD206" s="23"/>
+      <c r="ELE206" s="1"/>
+      <c r="ELF206" s="23"/>
+      <c r="ELG206" s="23"/>
+      <c r="ELH206" s="1"/>
+      <c r="ELI206" s="23"/>
+      <c r="ELJ206" s="23"/>
+      <c r="ELK206" s="1"/>
+      <c r="ELL206" s="23"/>
+      <c r="ELM206" s="23"/>
+      <c r="ELN206" s="1"/>
+      <c r="ELO206" s="23"/>
+      <c r="ELP206" s="23"/>
+      <c r="ELQ206" s="1"/>
+      <c r="ELR206" s="23"/>
+      <c r="ELS206" s="23"/>
+      <c r="ELT206" s="1"/>
+      <c r="ELU206" s="23"/>
+      <c r="ELV206" s="23"/>
+      <c r="ELW206" s="1"/>
+      <c r="ELX206" s="23"/>
+      <c r="ELY206" s="23"/>
+      <c r="ELZ206" s="1"/>
+      <c r="EMA206" s="23"/>
+      <c r="EMB206" s="23"/>
+      <c r="EMC206" s="1"/>
+      <c r="EMD206" s="23"/>
+      <c r="EME206" s="23"/>
+      <c r="EMF206" s="1"/>
+      <c r="EMG206" s="23"/>
+      <c r="EMH206" s="23"/>
+      <c r="EMI206" s="1"/>
+      <c r="EMJ206" s="23"/>
+      <c r="EMK206" s="23"/>
+      <c r="EML206" s="1"/>
+      <c r="EMM206" s="23"/>
+      <c r="EMN206" s="23"/>
+      <c r="EMO206" s="1"/>
+      <c r="EMP206" s="23"/>
+      <c r="EMQ206" s="23"/>
+      <c r="EMR206" s="1"/>
+      <c r="EMS206" s="23"/>
+      <c r="EMT206" s="23"/>
+      <c r="EMU206" s="1"/>
+      <c r="EMV206" s="23"/>
+      <c r="EMW206" s="23"/>
+      <c r="EMX206" s="1"/>
+      <c r="EMY206" s="23"/>
+      <c r="EMZ206" s="23"/>
+      <c r="ENA206" s="1"/>
+      <c r="ENB206" s="23"/>
+      <c r="ENC206" s="23"/>
+      <c r="END206" s="1"/>
+      <c r="ENE206" s="23"/>
+      <c r="ENF206" s="23"/>
+      <c r="ENG206" s="1"/>
+      <c r="ENH206" s="23"/>
+      <c r="ENI206" s="23"/>
+      <c r="ENJ206" s="1"/>
+      <c r="ENK206" s="23"/>
+      <c r="ENL206" s="23"/>
+      <c r="ENM206" s="1"/>
+      <c r="ENN206" s="23"/>
+      <c r="ENO206" s="23"/>
+      <c r="ENP206" s="1"/>
+      <c r="ENQ206" s="23"/>
+      <c r="ENR206" s="23"/>
+      <c r="ENS206" s="1"/>
+      <c r="ENT206" s="23"/>
+      <c r="ENU206" s="23"/>
+      <c r="ENV206" s="1"/>
+      <c r="ENW206" s="23"/>
+      <c r="ENX206" s="23"/>
+      <c r="ENY206" s="1"/>
+      <c r="ENZ206" s="23"/>
+      <c r="EOA206" s="23"/>
+      <c r="EOB206" s="1"/>
+      <c r="EOC206" s="23"/>
+      <c r="EOD206" s="23"/>
+      <c r="EOE206" s="1"/>
+      <c r="EOF206" s="23"/>
+      <c r="EOG206" s="23"/>
+      <c r="EOH206" s="1"/>
+      <c r="EOI206" s="23"/>
+      <c r="EOJ206" s="23"/>
+      <c r="EOK206" s="1"/>
+      <c r="EOL206" s="23"/>
+      <c r="EOM206" s="23"/>
+      <c r="EON206" s="1"/>
+      <c r="EOO206" s="23"/>
+      <c r="EOP206" s="23"/>
+      <c r="EOQ206" s="1"/>
+      <c r="EOR206" s="23"/>
+      <c r="EOS206" s="23"/>
+      <c r="EOT206" s="1"/>
+      <c r="EOU206" s="23"/>
+      <c r="EOV206" s="23"/>
+      <c r="EOW206" s="1"/>
+      <c r="EOX206" s="23"/>
+      <c r="EOY206" s="23"/>
+      <c r="EOZ206" s="1"/>
+      <c r="EPA206" s="23"/>
+      <c r="EPB206" s="23"/>
+      <c r="EPC206" s="1"/>
+      <c r="EPD206" s="23"/>
+      <c r="EPE206" s="23"/>
+      <c r="EPF206" s="1"/>
+      <c r="EPG206" s="23"/>
+      <c r="EPH206" s="23"/>
+      <c r="EPI206" s="1"/>
+      <c r="EPJ206" s="23"/>
+      <c r="EPK206" s="23"/>
+      <c r="EPL206" s="1"/>
+      <c r="EPM206" s="23"/>
+      <c r="EPN206" s="23"/>
+      <c r="EPO206" s="1"/>
+      <c r="EPP206" s="23"/>
+      <c r="EPQ206" s="23"/>
+      <c r="EPR206" s="1"/>
+      <c r="EPS206" s="23"/>
+      <c r="EPT206" s="23"/>
+      <c r="EPU206" s="1"/>
+      <c r="EPV206" s="23"/>
+      <c r="EPW206" s="23"/>
+      <c r="EPX206" s="1"/>
+      <c r="EPY206" s="23"/>
+      <c r="EPZ206" s="23"/>
+      <c r="EQA206" s="1"/>
+      <c r="EQB206" s="23"/>
+      <c r="EQC206" s="23"/>
+      <c r="EQD206" s="1"/>
+      <c r="EQE206" s="23"/>
+      <c r="EQF206" s="23"/>
+      <c r="EQG206" s="1"/>
+      <c r="EQH206" s="23"/>
+      <c r="EQI206" s="23"/>
+      <c r="EQJ206" s="1"/>
+      <c r="EQK206" s="23"/>
+      <c r="EQL206" s="23"/>
+      <c r="EQM206" s="1"/>
+      <c r="EQN206" s="23"/>
+      <c r="EQO206" s="23"/>
+      <c r="EQP206" s="1"/>
+      <c r="EQQ206" s="23"/>
+      <c r="EQR206" s="23"/>
+      <c r="EQS206" s="1"/>
+      <c r="EQT206" s="23"/>
+      <c r="EQU206" s="23"/>
+      <c r="EQV206" s="1"/>
+      <c r="EQW206" s="23"/>
+      <c r="EQX206" s="23"/>
+      <c r="EQY206" s="1"/>
+      <c r="EQZ206" s="23"/>
+      <c r="ERA206" s="23"/>
+      <c r="ERB206" s="1"/>
+      <c r="ERC206" s="23"/>
+      <c r="ERD206" s="23"/>
+      <c r="ERE206" s="1"/>
+      <c r="ERF206" s="23"/>
+      <c r="ERG206" s="23"/>
+      <c r="ERH206" s="1"/>
+      <c r="ERI206" s="23"/>
+      <c r="ERJ206" s="23"/>
+      <c r="ERK206" s="1"/>
+      <c r="ERL206" s="23"/>
+      <c r="ERM206" s="23"/>
+      <c r="ERN206" s="1"/>
+      <c r="ERO206" s="23"/>
+      <c r="ERP206" s="23"/>
+      <c r="ERQ206" s="1"/>
+      <c r="ERR206" s="23"/>
+      <c r="ERS206" s="23"/>
+      <c r="ERT206" s="1"/>
+      <c r="ERU206" s="23"/>
+      <c r="ERV206" s="23"/>
+      <c r="ERW206" s="1"/>
+      <c r="ERX206" s="23"/>
+      <c r="ERY206" s="23"/>
+      <c r="ERZ206" s="1"/>
+      <c r="ESA206" s="23"/>
+      <c r="ESB206" s="23"/>
+      <c r="ESC206" s="1"/>
+      <c r="ESD206" s="23"/>
+      <c r="ESE206" s="23"/>
+      <c r="ESF206" s="1"/>
+      <c r="ESG206" s="23"/>
+      <c r="ESH206" s="23"/>
+      <c r="ESI206" s="1"/>
+      <c r="ESJ206" s="23"/>
+      <c r="ESK206" s="23"/>
+      <c r="ESL206" s="1"/>
+      <c r="ESM206" s="23"/>
+      <c r="ESN206" s="23"/>
+      <c r="ESO206" s="1"/>
+      <c r="ESP206" s="23"/>
+      <c r="ESQ206" s="23"/>
+      <c r="ESR206" s="1"/>
+      <c r="ESS206" s="23"/>
+      <c r="EST206" s="23"/>
+      <c r="ESU206" s="1"/>
+      <c r="ESV206" s="23"/>
+      <c r="ESW206" s="23"/>
+      <c r="ESX206" s="1"/>
+      <c r="ESY206" s="23"/>
+      <c r="ESZ206" s="23"/>
+      <c r="ETA206" s="1"/>
+      <c r="ETB206" s="23"/>
+      <c r="ETC206" s="23"/>
+      <c r="ETD206" s="1"/>
+      <c r="ETE206" s="23"/>
+      <c r="ETF206" s="23"/>
+      <c r="ETG206" s="1"/>
+      <c r="ETH206" s="23"/>
+      <c r="ETI206" s="23"/>
+      <c r="ETJ206" s="1"/>
+      <c r="ETK206" s="23"/>
+      <c r="ETL206" s="23"/>
+      <c r="ETM206" s="1"/>
+      <c r="ETN206" s="23"/>
+      <c r="ETO206" s="23"/>
+      <c r="ETP206" s="1"/>
+      <c r="ETQ206" s="23"/>
+      <c r="ETR206" s="23"/>
+      <c r="ETS206" s="1"/>
+      <c r="ETT206" s="23"/>
+      <c r="ETU206" s="23"/>
+      <c r="ETV206" s="1"/>
+      <c r="ETW206" s="23"/>
+      <c r="ETX206" s="23"/>
+      <c r="ETY206" s="1"/>
+      <c r="ETZ206" s="23"/>
+      <c r="EUA206" s="23"/>
+      <c r="EUB206" s="1"/>
+      <c r="EUC206" s="23"/>
+      <c r="EUD206" s="23"/>
+      <c r="EUE206" s="1"/>
+      <c r="EUF206" s="23"/>
+      <c r="EUG206" s="23"/>
+      <c r="EUH206" s="1"/>
+      <c r="EUI206" s="23"/>
+      <c r="EUJ206" s="23"/>
+      <c r="EUK206" s="1"/>
+      <c r="EUL206" s="23"/>
+      <c r="EUM206" s="23"/>
+      <c r="EUN206" s="1"/>
+      <c r="EUO206" s="23"/>
+      <c r="EUP206" s="23"/>
+      <c r="EUQ206" s="1"/>
+      <c r="EUR206" s="23"/>
+      <c r="EUS206" s="23"/>
+      <c r="EUT206" s="1"/>
+      <c r="EUU206" s="23"/>
+      <c r="EUV206" s="23"/>
+      <c r="EUW206" s="1"/>
+      <c r="EUX206" s="23"/>
+      <c r="EUY206" s="23"/>
+      <c r="EUZ206" s="1"/>
+      <c r="EVA206" s="23"/>
+      <c r="EVB206" s="23"/>
+      <c r="EVC206" s="1"/>
+      <c r="EVD206" s="23"/>
+      <c r="EVE206" s="23"/>
+      <c r="EVF206" s="1"/>
+      <c r="EVG206" s="23"/>
+      <c r="EVH206" s="23"/>
+      <c r="EVI206" s="1"/>
+      <c r="EVJ206" s="23"/>
+      <c r="EVK206" s="23"/>
+      <c r="EVL206" s="1"/>
+      <c r="EVM206" s="23"/>
+      <c r="EVN206" s="23"/>
+      <c r="EVO206" s="1"/>
+      <c r="EVP206" s="23"/>
+      <c r="EVQ206" s="23"/>
+      <c r="EVR206" s="1"/>
+      <c r="EVS206" s="23"/>
+      <c r="EVT206" s="23"/>
+      <c r="EVU206" s="1"/>
+      <c r="EVV206" s="23"/>
+      <c r="EVW206" s="23"/>
+      <c r="EVX206" s="1"/>
+      <c r="EVY206" s="23"/>
+      <c r="EVZ206" s="23"/>
+      <c r="EWA206" s="1"/>
+      <c r="EWB206" s="23"/>
+      <c r="EWC206" s="23"/>
+      <c r="EWD206" s="1"/>
+      <c r="EWE206" s="23"/>
+      <c r="EWF206" s="23"/>
+      <c r="EWG206" s="1"/>
+      <c r="EWH206" s="23"/>
+      <c r="EWI206" s="23"/>
+      <c r="EWJ206" s="1"/>
+      <c r="EWK206" s="23"/>
+      <c r="EWL206" s="23"/>
+      <c r="EWM206" s="1"/>
+      <c r="EWN206" s="23"/>
+      <c r="EWO206" s="23"/>
+      <c r="EWP206" s="1"/>
+      <c r="EWQ206" s="23"/>
+      <c r="EWR206" s="23"/>
+      <c r="EWS206" s="1"/>
+      <c r="EWT206" s="23"/>
+      <c r="EWU206" s="23"/>
+      <c r="EWV206" s="1"/>
+      <c r="EWW206" s="23"/>
+      <c r="EWX206" s="23"/>
+      <c r="EWY206" s="1"/>
+      <c r="EWZ206" s="23"/>
+      <c r="EXA206" s="23"/>
+      <c r="EXB206" s="1"/>
+      <c r="EXC206" s="23"/>
+      <c r="EXD206" s="23"/>
+      <c r="EXE206" s="1"/>
+      <c r="EXF206" s="23"/>
+      <c r="EXG206" s="23"/>
+      <c r="EXH206" s="1"/>
+      <c r="EXI206" s="23"/>
+      <c r="EXJ206" s="23"/>
+      <c r="EXK206" s="1"/>
+      <c r="EXL206" s="23"/>
+      <c r="EXM206" s="23"/>
+      <c r="EXN206" s="1"/>
+      <c r="EXO206" s="23"/>
+      <c r="EXP206" s="23"/>
+      <c r="EXQ206" s="1"/>
+      <c r="EXR206" s="23"/>
+      <c r="EXS206" s="23"/>
+      <c r="EXT206" s="1"/>
+      <c r="EXU206" s="23"/>
+      <c r="EXV206" s="23"/>
+      <c r="EXW206" s="1"/>
+      <c r="EXX206" s="23"/>
+      <c r="EXY206" s="23"/>
+      <c r="EXZ206" s="1"/>
+      <c r="EYA206" s="23"/>
+      <c r="EYB206" s="23"/>
+      <c r="EYC206" s="1"/>
+      <c r="EYD206" s="23"/>
+      <c r="EYE206" s="23"/>
+      <c r="EYF206" s="1"/>
+      <c r="EYG206" s="23"/>
+      <c r="EYH206" s="23"/>
+      <c r="EYI206" s="1"/>
+      <c r="EYJ206" s="23"/>
+      <c r="EYK206" s="23"/>
+      <c r="EYL206" s="1"/>
+      <c r="EYM206" s="23"/>
+      <c r="EYN206" s="23"/>
+      <c r="EYO206" s="1"/>
+      <c r="EYP206" s="23"/>
+      <c r="EYQ206" s="23"/>
+      <c r="EYR206" s="1"/>
+      <c r="EYS206" s="23"/>
+      <c r="EYT206" s="23"/>
+      <c r="EYU206" s="1"/>
+      <c r="EYV206" s="23"/>
+      <c r="EYW206" s="23"/>
+      <c r="EYX206" s="1"/>
+      <c r="EYY206" s="23"/>
+      <c r="EYZ206" s="23"/>
+      <c r="EZA206" s="1"/>
+      <c r="EZB206" s="23"/>
+      <c r="EZC206" s="23"/>
+      <c r="EZD206" s="1"/>
+      <c r="EZE206" s="23"/>
+      <c r="EZF206" s="23"/>
+      <c r="EZG206" s="1"/>
+      <c r="EZH206" s="23"/>
+      <c r="EZI206" s="23"/>
+      <c r="EZJ206" s="1"/>
+      <c r="EZK206" s="23"/>
+      <c r="EZL206" s="23"/>
+      <c r="EZM206" s="1"/>
+      <c r="EZN206" s="23"/>
+      <c r="EZO206" s="23"/>
+      <c r="EZP206" s="1"/>
+      <c r="EZQ206" s="23"/>
+      <c r="EZR206" s="23"/>
+      <c r="EZS206" s="1"/>
+      <c r="EZT206" s="23"/>
+      <c r="EZU206" s="23"/>
+      <c r="EZV206" s="1"/>
+      <c r="EZW206" s="23"/>
+      <c r="EZX206" s="23"/>
+      <c r="EZY206" s="1"/>
+      <c r="EZZ206" s="23"/>
+      <c r="FAA206" s="23"/>
+      <c r="FAB206" s="1"/>
+      <c r="FAC206" s="23"/>
+      <c r="FAD206" s="23"/>
+      <c r="FAE206" s="1"/>
+      <c r="FAF206" s="23"/>
+      <c r="FAG206" s="23"/>
+      <c r="FAH206" s="1"/>
+      <c r="FAI206" s="23"/>
+      <c r="FAJ206" s="23"/>
+      <c r="FAK206" s="1"/>
+      <c r="FAL206" s="23"/>
+      <c r="FAM206" s="23"/>
+      <c r="FAN206" s="1"/>
+      <c r="FAO206" s="23"/>
+      <c r="FAP206" s="23"/>
+      <c r="FAQ206" s="1"/>
+      <c r="FAR206" s="23"/>
+      <c r="FAS206" s="23"/>
+      <c r="FAT206" s="1"/>
+      <c r="FAU206" s="23"/>
+      <c r="FAV206" s="23"/>
+      <c r="FAW206" s="1"/>
+      <c r="FAX206" s="23"/>
+      <c r="FAY206" s="23"/>
+      <c r="FAZ206" s="1"/>
+      <c r="FBA206" s="23"/>
+      <c r="FBB206" s="23"/>
+      <c r="FBC206" s="1"/>
+      <c r="FBD206" s="23"/>
+      <c r="FBE206" s="23"/>
+      <c r="FBF206" s="1"/>
+      <c r="FBG206" s="23"/>
+      <c r="FBH206" s="23"/>
+      <c r="FBI206" s="1"/>
+      <c r="FBJ206" s="23"/>
+      <c r="FBK206" s="23"/>
+      <c r="FBL206" s="1"/>
+      <c r="FBM206" s="23"/>
+      <c r="FBN206" s="23"/>
+      <c r="FBO206" s="1"/>
+      <c r="FBP206" s="23"/>
+      <c r="FBQ206" s="23"/>
+      <c r="FBR206" s="1"/>
+      <c r="FBS206" s="23"/>
+      <c r="FBT206" s="23"/>
+      <c r="FBU206" s="1"/>
+      <c r="FBV206" s="23"/>
+      <c r="FBW206" s="23"/>
+      <c r="FBX206" s="1"/>
+      <c r="FBY206" s="23"/>
+      <c r="FBZ206" s="23"/>
+      <c r="FCA206" s="1"/>
+      <c r="FCB206" s="23"/>
+      <c r="FCC206" s="23"/>
+      <c r="FCD206" s="1"/>
+      <c r="FCE206" s="23"/>
+      <c r="FCF206" s="23"/>
+      <c r="FCG206" s="1"/>
+      <c r="FCH206" s="23"/>
+      <c r="FCI206" s="23"/>
+      <c r="FCJ206" s="1"/>
+      <c r="FCK206" s="23"/>
+      <c r="FCL206" s="23"/>
+      <c r="FCM206" s="1"/>
+      <c r="FCN206" s="23"/>
+      <c r="FCO206" s="23"/>
+      <c r="FCP206" s="1"/>
+      <c r="FCQ206" s="23"/>
+      <c r="FCR206" s="23"/>
+      <c r="FCS206" s="1"/>
+      <c r="FCT206" s="23"/>
+      <c r="FCU206" s="23"/>
+      <c r="FCV206" s="1"/>
+      <c r="FCW206" s="23"/>
+      <c r="FCX206" s="23"/>
+      <c r="FCY206" s="1"/>
+      <c r="FCZ206" s="23"/>
+      <c r="FDA206" s="23"/>
+      <c r="FDB206" s="1"/>
+      <c r="FDC206" s="23"/>
+      <c r="FDD206" s="23"/>
+      <c r="FDE206" s="1"/>
+      <c r="FDF206" s="23"/>
+      <c r="FDG206" s="23"/>
+      <c r="FDH206" s="1"/>
+      <c r="FDI206" s="23"/>
+      <c r="FDJ206" s="23"/>
+      <c r="FDK206" s="1"/>
+      <c r="FDL206" s="23"/>
+      <c r="FDM206" s="23"/>
+      <c r="FDN206" s="1"/>
+      <c r="FDO206" s="23"/>
+      <c r="FDP206" s="23"/>
+      <c r="FDQ206" s="1"/>
+      <c r="FDR206" s="23"/>
+      <c r="FDS206" s="23"/>
+      <c r="FDT206" s="1"/>
+      <c r="FDU206" s="23"/>
+      <c r="FDV206" s="23"/>
+      <c r="FDW206" s="1"/>
+      <c r="FDX206" s="23"/>
+      <c r="FDY206" s="23"/>
+      <c r="FDZ206" s="1"/>
+      <c r="FEA206" s="23"/>
+      <c r="FEB206" s="23"/>
+      <c r="FEC206" s="1"/>
+      <c r="FED206" s="23"/>
+      <c r="FEE206" s="23"/>
+      <c r="FEF206" s="1"/>
+      <c r="FEG206" s="23"/>
+      <c r="FEH206" s="23"/>
+      <c r="FEI206" s="1"/>
+      <c r="FEJ206" s="23"/>
+      <c r="FEK206" s="23"/>
+      <c r="FEL206" s="1"/>
+      <c r="FEM206" s="23"/>
+      <c r="FEN206" s="23"/>
+      <c r="FEO206" s="1"/>
+      <c r="FEP206" s="23"/>
+      <c r="FEQ206" s="23"/>
+      <c r="FER206" s="1"/>
+      <c r="FES206" s="23"/>
+      <c r="FET206" s="23"/>
+      <c r="FEU206" s="1"/>
+      <c r="FEV206" s="23"/>
+      <c r="FEW206" s="23"/>
+      <c r="FEX206" s="1"/>
+      <c r="FEY206" s="23"/>
+      <c r="FEZ206" s="23"/>
+      <c r="FFA206" s="1"/>
+      <c r="FFB206" s="23"/>
+      <c r="FFC206" s="23"/>
+      <c r="FFD206" s="1"/>
+      <c r="FFE206" s="23"/>
+      <c r="FFF206" s="23"/>
+      <c r="FFG206" s="1"/>
+      <c r="FFH206" s="23"/>
+      <c r="FFI206" s="23"/>
+      <c r="FFJ206" s="1"/>
+      <c r="FFK206" s="23"/>
+      <c r="FFL206" s="23"/>
+      <c r="FFM206" s="1"/>
+      <c r="FFN206" s="23"/>
+      <c r="FFO206" s="23"/>
+      <c r="FFP206" s="1"/>
+      <c r="FFQ206" s="23"/>
+      <c r="FFR206" s="23"/>
+      <c r="FFS206" s="1"/>
+      <c r="FFT206" s="23"/>
+      <c r="FFU206" s="23"/>
+      <c r="FFV206" s="1"/>
+      <c r="FFW206" s="23"/>
+      <c r="FFX206" s="23"/>
+      <c r="FFY206" s="1"/>
+      <c r="FFZ206" s="23"/>
+      <c r="FGA206" s="23"/>
+      <c r="FGB206" s="1"/>
+      <c r="FGC206" s="23"/>
+      <c r="FGD206" s="23"/>
+      <c r="FGE206" s="1"/>
+      <c r="FGF206" s="23"/>
+      <c r="FGG206" s="23"/>
+      <c r="FGH206" s="1"/>
+      <c r="FGI206" s="23"/>
+      <c r="FGJ206" s="23"/>
+      <c r="FGK206" s="1"/>
+      <c r="FGL206" s="23"/>
+      <c r="FGM206" s="23"/>
+      <c r="FGN206" s="1"/>
+      <c r="FGO206" s="23"/>
+      <c r="FGP206" s="23"/>
+      <c r="FGQ206" s="1"/>
+      <c r="FGR206" s="23"/>
+      <c r="FGS206" s="23"/>
+      <c r="FGT206" s="1"/>
+      <c r="FGU206" s="23"/>
+      <c r="FGV206" s="23"/>
+      <c r="FGW206" s="1"/>
+      <c r="FGX206" s="23"/>
+      <c r="FGY206" s="23"/>
+      <c r="FGZ206" s="1"/>
+      <c r="FHA206" s="23"/>
+      <c r="FHB206" s="23"/>
+      <c r="FHC206" s="1"/>
+      <c r="FHD206" s="23"/>
+      <c r="FHE206" s="23"/>
+      <c r="FHF206" s="1"/>
+      <c r="FHG206" s="23"/>
+      <c r="FHH206" s="23"/>
+      <c r="FHI206" s="1"/>
+      <c r="FHJ206" s="23"/>
+      <c r="FHK206" s="23"/>
+      <c r="FHL206" s="1"/>
+      <c r="FHM206" s="23"/>
+      <c r="FHN206" s="23"/>
+      <c r="FHO206" s="1"/>
+      <c r="FHP206" s="23"/>
+      <c r="FHQ206" s="23"/>
+      <c r="FHR206" s="1"/>
+      <c r="FHS206" s="23"/>
+      <c r="FHT206" s="23"/>
+      <c r="FHU206" s="1"/>
+      <c r="FHV206" s="23"/>
+      <c r="FHW206" s="23"/>
+      <c r="FHX206" s="1"/>
+      <c r="FHY206" s="23"/>
+      <c r="FHZ206" s="23"/>
+      <c r="FIA206" s="1"/>
+      <c r="FIB206" s="23"/>
+      <c r="FIC206" s="23"/>
+      <c r="FID206" s="1"/>
+      <c r="FIE206" s="23"/>
+      <c r="FIF206" s="23"/>
+      <c r="FIG206" s="1"/>
+      <c r="FIH206" s="23"/>
+      <c r="FII206" s="23"/>
+      <c r="FIJ206" s="1"/>
+      <c r="FIK206" s="23"/>
+      <c r="FIL206" s="23"/>
+      <c r="FIM206" s="1"/>
+      <c r="FIN206" s="23"/>
+      <c r="FIO206" s="23"/>
+      <c r="FIP206" s="1"/>
+      <c r="FIQ206" s="23"/>
+      <c r="FIR206" s="23"/>
+      <c r="FIS206" s="1"/>
+      <c r="FIT206" s="23"/>
+      <c r="FIU206" s="23"/>
+      <c r="FIV206" s="1"/>
+      <c r="FIW206" s="23"/>
+      <c r="FIX206" s="23"/>
+      <c r="FIY206" s="1"/>
+      <c r="FIZ206" s="23"/>
+      <c r="FJA206" s="23"/>
+      <c r="FJB206" s="1"/>
+      <c r="FJC206" s="23"/>
+      <c r="FJD206" s="23"/>
+      <c r="FJE206" s="1"/>
+      <c r="FJF206" s="23"/>
+      <c r="FJG206" s="23"/>
+      <c r="FJH206" s="1"/>
+      <c r="FJI206" s="23"/>
+      <c r="FJJ206" s="23"/>
+      <c r="FJK206" s="1"/>
+      <c r="FJL206" s="23"/>
+      <c r="FJM206" s="23"/>
+      <c r="FJN206" s="1"/>
+      <c r="FJO206" s="23"/>
+      <c r="FJP206" s="23"/>
+      <c r="FJQ206" s="1"/>
+      <c r="FJR206" s="23"/>
+      <c r="FJS206" s="23"/>
+      <c r="FJT206" s="1"/>
+      <c r="FJU206" s="23"/>
+      <c r="FJV206" s="23"/>
+      <c r="FJW206" s="1"/>
+      <c r="FJX206" s="23"/>
+      <c r="FJY206" s="23"/>
+      <c r="FJZ206" s="1"/>
+      <c r="FKA206" s="23"/>
+      <c r="FKB206" s="23"/>
+      <c r="FKC206" s="1"/>
+      <c r="FKD206" s="23"/>
+      <c r="FKE206" s="23"/>
+      <c r="FKF206" s="1"/>
+      <c r="FKG206" s="23"/>
+      <c r="FKH206" s="23"/>
+      <c r="FKI206" s="1"/>
+      <c r="FKJ206" s="23"/>
+      <c r="FKK206" s="23"/>
+      <c r="FKL206" s="1"/>
+      <c r="FKM206" s="23"/>
+      <c r="FKN206" s="23"/>
+      <c r="FKO206" s="1"/>
+      <c r="FKP206" s="23"/>
+      <c r="FKQ206" s="23"/>
+      <c r="FKR206" s="1"/>
+      <c r="FKS206" s="23"/>
+      <c r="FKT206" s="23"/>
+      <c r="FKU206" s="1"/>
+      <c r="FKV206" s="23"/>
+      <c r="FKW206" s="23"/>
+      <c r="FKX206" s="1"/>
+      <c r="FKY206" s="23"/>
+      <c r="FKZ206" s="23"/>
+      <c r="FLA206" s="1"/>
+      <c r="FLB206" s="23"/>
+      <c r="FLC206" s="23"/>
+      <c r="FLD206" s="1"/>
+      <c r="FLE206" s="23"/>
+      <c r="FLF206" s="23"/>
+      <c r="FLG206" s="1"/>
+      <c r="FLH206" s="23"/>
+      <c r="FLI206" s="23"/>
+      <c r="FLJ206" s="1"/>
+      <c r="FLK206" s="23"/>
+      <c r="FLL206" s="23"/>
+      <c r="FLM206" s="1"/>
+      <c r="FLN206" s="23"/>
+      <c r="FLO206" s="23"/>
+      <c r="FLP206" s="1"/>
+      <c r="FLQ206" s="23"/>
+      <c r="FLR206" s="23"/>
+      <c r="FLS206" s="1"/>
+      <c r="FLT206" s="23"/>
+      <c r="FLU206" s="23"/>
+      <c r="FLV206" s="1"/>
+      <c r="FLW206" s="23"/>
+      <c r="FLX206" s="23"/>
+      <c r="FLY206" s="1"/>
+      <c r="FLZ206" s="23"/>
+      <c r="FMA206" s="23"/>
+      <c r="FMB206" s="1"/>
+      <c r="FMC206" s="23"/>
+      <c r="FMD206" s="23"/>
+      <c r="FME206" s="1"/>
+      <c r="FMF206" s="23"/>
+      <c r="FMG206" s="23"/>
+      <c r="FMH206" s="1"/>
+      <c r="FMI206" s="23"/>
+      <c r="FMJ206" s="23"/>
+      <c r="FMK206" s="1"/>
+      <c r="FML206" s="23"/>
+      <c r="FMM206" s="23"/>
+      <c r="FMN206" s="1"/>
+      <c r="FMO206" s="23"/>
+      <c r="FMP206" s="23"/>
+      <c r="FMQ206" s="1"/>
+      <c r="FMR206" s="23"/>
+      <c r="FMS206" s="23"/>
+      <c r="FMT206" s="1"/>
+      <c r="FMU206" s="23"/>
+      <c r="FMV206" s="23"/>
+      <c r="FMW206" s="1"/>
+      <c r="FMX206" s="23"/>
+      <c r="FMY206" s="23"/>
+      <c r="FMZ206" s="1"/>
+      <c r="FNA206" s="23"/>
+      <c r="FNB206" s="23"/>
+      <c r="FNC206" s="1"/>
+      <c r="FND206" s="23"/>
+      <c r="FNE206" s="23"/>
+      <c r="FNF206" s="1"/>
+      <c r="FNG206" s="23"/>
+      <c r="FNH206" s="23"/>
+      <c r="FNI206" s="1"/>
+      <c r="FNJ206" s="23"/>
+      <c r="FNK206" s="23"/>
+      <c r="FNL206" s="1"/>
+      <c r="FNM206" s="23"/>
+      <c r="FNN206" s="23"/>
+      <c r="FNO206" s="1"/>
+      <c r="FNP206" s="23"/>
+      <c r="FNQ206" s="23"/>
+      <c r="FNR206" s="1"/>
+      <c r="FNS206" s="23"/>
+      <c r="FNT206" s="23"/>
+      <c r="FNU206" s="1"/>
+      <c r="FNV206" s="23"/>
+      <c r="FNW206" s="23"/>
+      <c r="FNX206" s="1"/>
+      <c r="FNY206" s="23"/>
+      <c r="FNZ206" s="23"/>
+      <c r="FOA206" s="1"/>
+      <c r="FOB206" s="23"/>
+      <c r="FOC206" s="23"/>
+      <c r="FOD206" s="1"/>
+      <c r="FOE206" s="23"/>
+      <c r="FOF206" s="23"/>
+      <c r="FOG206" s="1"/>
+      <c r="FOH206" s="23"/>
+      <c r="FOI206" s="23"/>
+      <c r="FOJ206" s="1"/>
+      <c r="FOK206" s="23"/>
+      <c r="FOL206" s="23"/>
+      <c r="FOM206" s="1"/>
+      <c r="FON206" s="23"/>
+      <c r="FOO206" s="23"/>
+      <c r="FOP206" s="1"/>
+      <c r="FOQ206" s="23"/>
+      <c r="FOR206" s="23"/>
+      <c r="FOS206" s="1"/>
+      <c r="FOT206" s="23"/>
+      <c r="FOU206" s="23"/>
+      <c r="FOV206" s="1"/>
+      <c r="FOW206" s="23"/>
+      <c r="FOX206" s="23"/>
+      <c r="FOY206" s="1"/>
+      <c r="FOZ206" s="23"/>
+      <c r="FPA206" s="23"/>
+      <c r="FPB206" s="1"/>
+      <c r="FPC206" s="23"/>
+      <c r="FPD206" s="23"/>
+      <c r="FPE206" s="1"/>
+      <c r="FPF206" s="23"/>
+      <c r="FPG206" s="23"/>
+      <c r="FPH206" s="1"/>
+      <c r="FPI206" s="23"/>
+      <c r="FPJ206" s="23"/>
+      <c r="FPK206" s="1"/>
+      <c r="FPL206" s="23"/>
+      <c r="FPM206" s="23"/>
+      <c r="FPN206" s="1"/>
+      <c r="FPO206" s="23"/>
+      <c r="FPP206" s="23"/>
+      <c r="FPQ206" s="1"/>
+      <c r="FPR206" s="23"/>
+      <c r="FPS206" s="23"/>
+      <c r="FPT206" s="1"/>
+      <c r="FPU206" s="23"/>
+      <c r="FPV206" s="23"/>
+      <c r="FPW206" s="1"/>
+      <c r="FPX206" s="23"/>
+      <c r="FPY206" s="23"/>
+      <c r="FPZ206" s="1"/>
+      <c r="FQA206" s="23"/>
+      <c r="FQB206" s="23"/>
+      <c r="FQC206" s="1"/>
+      <c r="FQD206" s="23"/>
+      <c r="FQE206" s="23"/>
+      <c r="FQF206" s="1"/>
+      <c r="FQG206" s="23"/>
+      <c r="FQH206" s="23"/>
+      <c r="FQI206" s="1"/>
+      <c r="FQJ206" s="23"/>
+      <c r="FQK206" s="23"/>
+      <c r="FQL206" s="1"/>
+      <c r="FQM206" s="23"/>
+      <c r="FQN206" s="23"/>
+      <c r="FQO206" s="1"/>
+      <c r="FQP206" s="23"/>
+      <c r="FQQ206" s="23"/>
+      <c r="FQR206" s="1"/>
+      <c r="FQS206" s="23"/>
+      <c r="FQT206" s="23"/>
+      <c r="FQU206" s="1"/>
+      <c r="FQV206" s="23"/>
+      <c r="FQW206" s="23"/>
+      <c r="FQX206" s="1"/>
+      <c r="FQY206" s="23"/>
+      <c r="FQZ206" s="23"/>
+      <c r="FRA206" s="1"/>
+      <c r="FRB206" s="23"/>
+      <c r="FRC206" s="23"/>
+      <c r="FRD206" s="1"/>
+      <c r="FRE206" s="23"/>
+      <c r="FRF206" s="23"/>
+      <c r="FRG206" s="1"/>
+      <c r="FRH206" s="23"/>
+      <c r="FRI206" s="23"/>
+      <c r="FRJ206" s="1"/>
+      <c r="FRK206" s="23"/>
+      <c r="FRL206" s="23"/>
+      <c r="FRM206" s="1"/>
+      <c r="FRN206" s="23"/>
+      <c r="FRO206" s="23"/>
+      <c r="FRP206" s="1"/>
+      <c r="FRQ206" s="23"/>
+      <c r="FRR206" s="23"/>
+      <c r="FRS206" s="1"/>
+      <c r="FRT206" s="23"/>
+      <c r="FRU206" s="23"/>
+      <c r="FRV206" s="1"/>
+      <c r="FRW206" s="23"/>
+      <c r="FRX206" s="23"/>
+      <c r="FRY206" s="1"/>
+      <c r="FRZ206" s="23"/>
+      <c r="FSA206" s="23"/>
+      <c r="FSB206" s="1"/>
+      <c r="FSC206" s="23"/>
+      <c r="FSD206" s="23"/>
+      <c r="FSE206" s="1"/>
+      <c r="FSF206" s="23"/>
+      <c r="FSG206" s="23"/>
+      <c r="FSH206" s="1"/>
+      <c r="FSI206" s="23"/>
+      <c r="FSJ206" s="23"/>
+      <c r="FSK206" s="1"/>
+      <c r="FSL206" s="23"/>
+      <c r="FSM206" s="23"/>
+      <c r="FSN206" s="1"/>
+      <c r="FSO206" s="23"/>
+      <c r="FSP206" s="23"/>
+      <c r="FSQ206" s="1"/>
+      <c r="FSR206" s="23"/>
+      <c r="FSS206" s="23"/>
+      <c r="FST206" s="1"/>
+      <c r="FSU206" s="23"/>
+      <c r="FSV206" s="23"/>
+      <c r="FSW206" s="1"/>
+      <c r="FSX206" s="23"/>
+      <c r="FSY206" s="23"/>
+      <c r="FSZ206" s="1"/>
+      <c r="FTA206" s="23"/>
+      <c r="FTB206" s="23"/>
+      <c r="FTC206" s="1"/>
+      <c r="FTD206" s="23"/>
+      <c r="FTE206" s="23"/>
+      <c r="FTF206" s="1"/>
+      <c r="FTG206" s="23"/>
+      <c r="FTH206" s="23"/>
+      <c r="FTI206" s="1"/>
+      <c r="FTJ206" s="23"/>
+      <c r="FTK206" s="23"/>
+      <c r="FTL206" s="1"/>
+      <c r="FTM206" s="23"/>
+      <c r="FTN206" s="23"/>
+      <c r="FTO206" s="1"/>
+      <c r="FTP206" s="23"/>
+      <c r="FTQ206" s="23"/>
+      <c r="FTR206" s="1"/>
+      <c r="FTS206" s="23"/>
+      <c r="FTT206" s="23"/>
+      <c r="FTU206" s="1"/>
+      <c r="FTV206" s="23"/>
+      <c r="FTW206" s="23"/>
+      <c r="FTX206" s="1"/>
+      <c r="FTY206" s="23"/>
+      <c r="FTZ206" s="23"/>
+      <c r="FUA206" s="1"/>
+      <c r="FUB206" s="23"/>
+      <c r="FUC206" s="23"/>
+      <c r="FUD206" s="1"/>
+      <c r="FUE206" s="23"/>
+      <c r="FUF206" s="23"/>
+      <c r="FUG206" s="1"/>
+      <c r="FUH206" s="23"/>
+      <c r="FUI206" s="23"/>
+      <c r="FUJ206" s="1"/>
+      <c r="FUK206" s="23"/>
+      <c r="FUL206" s="23"/>
+      <c r="FUM206" s="1"/>
+      <c r="FUN206" s="23"/>
+      <c r="FUO206" s="23"/>
+      <c r="FUP206" s="1"/>
+      <c r="FUQ206" s="23"/>
+      <c r="FUR206" s="23"/>
+      <c r="FUS206" s="1"/>
+      <c r="FUT206" s="23"/>
+      <c r="FUU206" s="23"/>
+      <c r="FUV206" s="1"/>
+      <c r="FUW206" s="23"/>
+      <c r="FUX206" s="23"/>
+      <c r="FUY206" s="1"/>
+      <c r="FUZ206" s="23"/>
+      <c r="FVA206" s="23"/>
+      <c r="FVB206" s="1"/>
+      <c r="FVC206" s="23"/>
+      <c r="FVD206" s="23"/>
+      <c r="FVE206" s="1"/>
+      <c r="FVF206" s="23"/>
+      <c r="FVG206" s="23"/>
+      <c r="FVH206" s="1"/>
+      <c r="FVI206" s="23"/>
+      <c r="FVJ206" s="23"/>
+      <c r="FVK206" s="1"/>
+      <c r="FVL206" s="23"/>
+      <c r="FVM206" s="23"/>
+      <c r="FVN206" s="1"/>
+      <c r="FVO206" s="23"/>
+      <c r="FVP206" s="23"/>
+      <c r="FVQ206" s="1"/>
+      <c r="FVR206" s="23"/>
+      <c r="FVS206" s="23"/>
+      <c r="FVT206" s="1"/>
+      <c r="FVU206" s="23"/>
+      <c r="FVV206" s="23"/>
+      <c r="FVW206" s="1"/>
+      <c r="FVX206" s="23"/>
+      <c r="FVY206" s="23"/>
+      <c r="FVZ206" s="1"/>
+      <c r="FWA206" s="23"/>
+      <c r="FWB206" s="23"/>
+      <c r="FWC206" s="1"/>
+      <c r="FWD206" s="23"/>
+      <c r="FWE206" s="23"/>
+      <c r="FWF206" s="1"/>
+      <c r="FWG206" s="23"/>
+      <c r="FWH206" s="23"/>
+      <c r="FWI206" s="1"/>
+      <c r="FWJ206" s="23"/>
+      <c r="FWK206" s="23"/>
+      <c r="FWL206" s="1"/>
+      <c r="FWM206" s="23"/>
+      <c r="FWN206" s="23"/>
+      <c r="FWO206" s="1"/>
+      <c r="FWP206" s="23"/>
+      <c r="FWQ206" s="23"/>
+      <c r="FWR206" s="1"/>
+      <c r="FWS206" s="23"/>
+      <c r="FWT206" s="23"/>
+      <c r="FWU206" s="1"/>
+      <c r="FWV206" s="23"/>
+      <c r="FWW206" s="23"/>
+      <c r="FWX206" s="1"/>
+      <c r="FWY206" s="23"/>
+      <c r="FWZ206" s="23"/>
+      <c r="FXA206" s="1"/>
+      <c r="FXB206" s="23"/>
+      <c r="FXC206" s="23"/>
+      <c r="FXD206" s="1"/>
+      <c r="FXE206" s="23"/>
+      <c r="FXF206" s="23"/>
+      <c r="FXG206" s="1"/>
+      <c r="FXH206" s="23"/>
+      <c r="FXI206" s="23"/>
+      <c r="FXJ206" s="1"/>
+      <c r="FXK206" s="23"/>
+      <c r="FXL206" s="23"/>
+      <c r="FXM206" s="1"/>
+      <c r="FXN206" s="23"/>
+      <c r="FXO206" s="23"/>
+      <c r="FXP206" s="1"/>
+      <c r="FXQ206" s="23"/>
+      <c r="FXR206" s="23"/>
+      <c r="FXS206" s="1"/>
+      <c r="FXT206" s="23"/>
+      <c r="FXU206" s="23"/>
+      <c r="FXV206" s="1"/>
+      <c r="FXW206" s="23"/>
+      <c r="FXX206" s="23"/>
+      <c r="FXY206" s="1"/>
+      <c r="FXZ206" s="23"/>
+      <c r="FYA206" s="23"/>
+      <c r="FYB206" s="1"/>
+      <c r="FYC206" s="23"/>
+      <c r="FYD206" s="23"/>
+      <c r="FYE206" s="1"/>
+      <c r="FYF206" s="23"/>
+      <c r="FYG206" s="23"/>
+      <c r="FYH206" s="1"/>
+      <c r="FYI206" s="23"/>
+      <c r="FYJ206" s="23"/>
+      <c r="FYK206" s="1"/>
+      <c r="FYL206" s="23"/>
+      <c r="FYM206" s="23"/>
+      <c r="FYN206" s="1"/>
+      <c r="FYO206" s="23"/>
+      <c r="FYP206" s="23"/>
+      <c r="FYQ206" s="1"/>
+      <c r="FYR206" s="23"/>
+      <c r="FYS206" s="23"/>
+      <c r="FYT206" s="1"/>
+      <c r="FYU206" s="23"/>
+      <c r="FYV206" s="23"/>
+      <c r="FYW206" s="1"/>
+      <c r="FYX206" s="23"/>
+      <c r="FYY206" s="23"/>
+      <c r="FYZ206" s="1"/>
+      <c r="FZA206" s="23"/>
+      <c r="FZB206" s="23"/>
+      <c r="FZC206" s="1"/>
+      <c r="FZD206" s="23"/>
+      <c r="FZE206" s="23"/>
+      <c r="FZF206" s="1"/>
+      <c r="FZG206" s="23"/>
+      <c r="FZH206" s="23"/>
+      <c r="FZI206" s="1"/>
+      <c r="FZJ206" s="23"/>
+      <c r="FZK206" s="23"/>
+      <c r="FZL206" s="1"/>
+      <c r="FZM206" s="23"/>
+      <c r="FZN206" s="23"/>
+      <c r="FZO206" s="1"/>
+      <c r="FZP206" s="23"/>
+      <c r="FZQ206" s="23"/>
+      <c r="FZR206" s="1"/>
+      <c r="FZS206" s="23"/>
+      <c r="FZT206" s="23"/>
+      <c r="FZU206" s="1"/>
+      <c r="FZV206" s="23"/>
+      <c r="FZW206" s="23"/>
+      <c r="FZX206" s="1"/>
+      <c r="FZY206" s="23"/>
+      <c r="FZZ206" s="23"/>
+      <c r="GAA206" s="1"/>
+      <c r="GAB206" s="23"/>
+      <c r="GAC206" s="23"/>
+      <c r="GAD206" s="1"/>
+      <c r="GAE206" s="23"/>
+      <c r="GAF206" s="23"/>
+      <c r="GAG206" s="1"/>
+      <c r="GAH206" s="23"/>
+      <c r="GAI206" s="23"/>
+      <c r="GAJ206" s="1"/>
+      <c r="GAK206" s="23"/>
+      <c r="GAL206" s="23"/>
+      <c r="GAM206" s="1"/>
+      <c r="GAN206" s="23"/>
+      <c r="GAO206" s="23"/>
+      <c r="GAP206" s="1"/>
+      <c r="GAQ206" s="23"/>
+      <c r="GAR206" s="23"/>
+      <c r="GAS206" s="1"/>
+      <c r="GAT206" s="23"/>
+      <c r="GAU206" s="23"/>
+      <c r="GAV206" s="1"/>
+      <c r="GAW206" s="23"/>
+      <c r="GAX206" s="23"/>
+      <c r="GAY206" s="1"/>
+      <c r="GAZ206" s="23"/>
+      <c r="GBA206" s="23"/>
+      <c r="GBB206" s="1"/>
+      <c r="GBC206" s="23"/>
+      <c r="GBD206" s="23"/>
+      <c r="GBE206" s="1"/>
+      <c r="GBF206" s="23"/>
+      <c r="GBG206" s="23"/>
+      <c r="GBH206" s="1"/>
+      <c r="GBI206" s="23"/>
+      <c r="GBJ206" s="23"/>
+      <c r="GBK206" s="1"/>
+      <c r="GBL206" s="23"/>
+      <c r="GBM206" s="23"/>
+      <c r="GBN206" s="1"/>
+      <c r="GBO206" s="23"/>
+      <c r="GBP206" s="23"/>
+      <c r="GBQ206" s="1"/>
+      <c r="GBR206" s="23"/>
+      <c r="GBS206" s="23"/>
+      <c r="GBT206" s="1"/>
+      <c r="GBU206" s="23"/>
+      <c r="GBV206" s="23"/>
+      <c r="GBW206" s="1"/>
+      <c r="GBX206" s="23"/>
+      <c r="GBY206" s="23"/>
+      <c r="GBZ206" s="1"/>
+      <c r="GCA206" s="23"/>
+      <c r="GCB206" s="23"/>
+      <c r="GCC206" s="1"/>
+      <c r="GCD206" s="23"/>
+      <c r="GCE206" s="23"/>
+      <c r="GCF206" s="1"/>
+      <c r="GCG206" s="23"/>
+      <c r="GCH206" s="23"/>
+      <c r="GCI206" s="1"/>
+      <c r="GCJ206" s="23"/>
+      <c r="GCK206" s="23"/>
+      <c r="GCL206" s="1"/>
+      <c r="GCM206" s="23"/>
+      <c r="GCN206" s="23"/>
+      <c r="GCO206" s="1"/>
+      <c r="GCP206" s="23"/>
+      <c r="GCQ206" s="23"/>
+      <c r="GCR206" s="1"/>
+      <c r="GCS206" s="23"/>
+      <c r="GCT206" s="23"/>
+      <c r="GCU206" s="1"/>
+      <c r="GCV206" s="23"/>
+      <c r="GCW206" s="23"/>
+      <c r="GCX206" s="1"/>
+      <c r="GCY206" s="23"/>
+      <c r="GCZ206" s="23"/>
+      <c r="GDA206" s="1"/>
+      <c r="GDB206" s="23"/>
+      <c r="GDC206" s="23"/>
+      <c r="GDD206" s="1"/>
+      <c r="GDE206" s="23"/>
+      <c r="GDF206" s="23"/>
+      <c r="GDG206" s="1"/>
+      <c r="GDH206" s="23"/>
+      <c r="GDI206" s="23"/>
+      <c r="GDJ206" s="1"/>
+      <c r="GDK206" s="23"/>
+      <c r="GDL206" s="23"/>
+      <c r="GDM206" s="1"/>
+      <c r="GDN206" s="23"/>
+      <c r="GDO206" s="23"/>
+      <c r="GDP206" s="1"/>
+      <c r="GDQ206" s="23"/>
+      <c r="GDR206" s="23"/>
+      <c r="GDS206" s="1"/>
+      <c r="GDT206" s="23"/>
+      <c r="GDU206" s="23"/>
+      <c r="GDV206" s="1"/>
+      <c r="GDW206" s="23"/>
+      <c r="GDX206" s="23"/>
+      <c r="GDY206" s="1"/>
+      <c r="GDZ206" s="23"/>
+      <c r="GEA206" s="23"/>
+      <c r="GEB206" s="1"/>
+      <c r="GEC206" s="23"/>
+      <c r="GED206" s="23"/>
+      <c r="GEE206" s="1"/>
+      <c r="GEF206" s="23"/>
+      <c r="GEG206" s="23"/>
+      <c r="GEH206" s="1"/>
+      <c r="GEI206" s="23"/>
+      <c r="GEJ206" s="23"/>
+      <c r="GEK206" s="1"/>
+      <c r="GEL206" s="23"/>
+      <c r="GEM206" s="23"/>
+      <c r="GEN206" s="1"/>
+      <c r="GEO206" s="23"/>
+      <c r="GEP206" s="23"/>
+      <c r="GEQ206" s="1"/>
+      <c r="GER206" s="23"/>
+      <c r="GES206" s="23"/>
+      <c r="GET206" s="1"/>
+      <c r="GEU206" s="23"/>
+      <c r="GEV206" s="23"/>
+      <c r="GEW206" s="1"/>
+      <c r="GEX206" s="23"/>
+      <c r="GEY206" s="23"/>
+      <c r="GEZ206" s="1"/>
+      <c r="GFA206" s="23"/>
+      <c r="GFB206" s="23"/>
+      <c r="GFC206" s="1"/>
+      <c r="GFD206" s="23"/>
+      <c r="GFE206" s="23"/>
+      <c r="GFF206" s="1"/>
+      <c r="GFG206" s="23"/>
+      <c r="GFH206" s="23"/>
+      <c r="GFI206" s="1"/>
+      <c r="GFJ206" s="23"/>
+      <c r="GFK206" s="23"/>
+      <c r="GFL206" s="1"/>
+      <c r="GFM206" s="23"/>
+      <c r="GFN206" s="23"/>
+      <c r="GFO206" s="1"/>
+      <c r="GFP206" s="23"/>
+      <c r="GFQ206" s="23"/>
+      <c r="GFR206" s="1"/>
+      <c r="GFS206" s="23"/>
+      <c r="GFT206" s="23"/>
+      <c r="GFU206" s="1"/>
+      <c r="GFV206" s="23"/>
+      <c r="GFW206" s="23"/>
+      <c r="GFX206" s="1"/>
+      <c r="GFY206" s="23"/>
+      <c r="GFZ206" s="23"/>
+      <c r="GGA206" s="1"/>
+      <c r="GGB206" s="23"/>
+      <c r="GGC206" s="23"/>
+      <c r="GGD206" s="1"/>
+      <c r="GGE206" s="23"/>
+      <c r="GGF206" s="23"/>
+      <c r="GGG206" s="1"/>
+      <c r="GGH206" s="23"/>
+      <c r="GGI206" s="23"/>
+      <c r="GGJ206" s="1"/>
+      <c r="GGK206" s="23"/>
+      <c r="GGL206" s="23"/>
+      <c r="GGM206" s="1"/>
+      <c r="GGN206" s="23"/>
+      <c r="GGO206" s="23"/>
+      <c r="GGP206" s="1"/>
+      <c r="GGQ206" s="23"/>
+      <c r="GGR206" s="23"/>
+      <c r="GGS206" s="1"/>
+      <c r="GGT206" s="23"/>
+      <c r="GGU206" s="23"/>
+      <c r="GGV206" s="1"/>
+      <c r="GGW206" s="23"/>
+      <c r="GGX206" s="23"/>
+      <c r="GGY206" s="1"/>
+      <c r="GGZ206" s="23"/>
+      <c r="GHA206" s="23"/>
+      <c r="GHB206" s="1"/>
+      <c r="GHC206" s="23"/>
+      <c r="GHD206" s="23"/>
+      <c r="GHE206" s="1"/>
+      <c r="GHF206" s="23"/>
+      <c r="GHG206" s="23"/>
+      <c r="GHH206" s="1"/>
+      <c r="GHI206" s="23"/>
+      <c r="GHJ206" s="23"/>
+      <c r="GHK206" s="1"/>
+      <c r="GHL206" s="23"/>
+      <c r="GHM206" s="23"/>
+      <c r="GHN206" s="1"/>
+      <c r="GHO206" s="23"/>
+      <c r="GHP206" s="23"/>
+      <c r="GHQ206" s="1"/>
+      <c r="GHR206" s="23"/>
+      <c r="GHS206" s="23"/>
+      <c r="GHT206" s="1"/>
+      <c r="GHU206" s="23"/>
+      <c r="GHV206" s="23"/>
+      <c r="GHW206" s="1"/>
+      <c r="GHX206" s="23"/>
+      <c r="GHY206" s="23"/>
+      <c r="GHZ206" s="1"/>
+      <c r="GIA206" s="23"/>
+      <c r="GIB206" s="23"/>
+      <c r="GIC206" s="1"/>
+      <c r="GID206" s="23"/>
+      <c r="GIE206" s="23"/>
+      <c r="GIF206" s="1"/>
+      <c r="GIG206" s="23"/>
+      <c r="GIH206" s="23"/>
+      <c r="GII206" s="1"/>
+      <c r="GIJ206" s="23"/>
+      <c r="GIK206" s="23"/>
+      <c r="GIL206" s="1"/>
+      <c r="GIM206" s="23"/>
+      <c r="GIN206" s="23"/>
+      <c r="GIO206" s="1"/>
+      <c r="GIP206" s="23"/>
+      <c r="GIQ206" s="23"/>
+      <c r="GIR206" s="1"/>
+      <c r="GIS206" s="23"/>
+      <c r="GIT206" s="23"/>
+      <c r="GIU206" s="1"/>
+      <c r="GIV206" s="23"/>
+      <c r="GIW206" s="23"/>
+      <c r="GIX206" s="1"/>
+      <c r="GIY206" s="23"/>
+      <c r="GIZ206" s="23"/>
+      <c r="GJA206" s="1"/>
+      <c r="GJB206" s="23"/>
+      <c r="GJC206" s="23"/>
+      <c r="GJD206" s="1"/>
+      <c r="GJE206" s="23"/>
+      <c r="GJF206" s="23"/>
+      <c r="GJG206" s="1"/>
+      <c r="GJH206" s="23"/>
+      <c r="GJI206" s="23"/>
+      <c r="GJJ206" s="1"/>
+      <c r="GJK206" s="23"/>
+      <c r="GJL206" s="23"/>
+      <c r="GJM206" s="1"/>
+      <c r="GJN206" s="23"/>
+      <c r="GJO206" s="23"/>
+      <c r="GJP206" s="1"/>
+      <c r="GJQ206" s="23"/>
+      <c r="GJR206" s="23"/>
+      <c r="GJS206" s="1"/>
+      <c r="GJT206" s="23"/>
+      <c r="GJU206" s="23"/>
+      <c r="GJV206" s="1"/>
+      <c r="GJW206" s="23"/>
+      <c r="GJX206" s="23"/>
+      <c r="GJY206" s="1"/>
+      <c r="GJZ206" s="23"/>
+      <c r="GKA206" s="23"/>
+      <c r="GKB206" s="1"/>
+      <c r="GKC206" s="23"/>
+      <c r="GKD206" s="23"/>
+      <c r="GKE206" s="1"/>
+      <c r="GKF206" s="23"/>
+      <c r="GKG206" s="23"/>
+      <c r="GKH206" s="1"/>
+      <c r="GKI206" s="23"/>
+      <c r="GKJ206" s="23"/>
+      <c r="GKK206" s="1"/>
+      <c r="GKL206" s="23"/>
+      <c r="GKM206" s="23"/>
+      <c r="GKN206" s="1"/>
+      <c r="GKO206" s="23"/>
+      <c r="GKP206" s="23"/>
+      <c r="GKQ206" s="1"/>
+      <c r="GKR206" s="23"/>
+      <c r="GKS206" s="23"/>
+      <c r="GKT206" s="1"/>
+      <c r="GKU206" s="23"/>
+      <c r="GKV206" s="23"/>
+      <c r="GKW206" s="1"/>
+      <c r="GKX206" s="23"/>
+      <c r="GKY206" s="23"/>
+      <c r="GKZ206" s="1"/>
+      <c r="GLA206" s="23"/>
+      <c r="GLB206" s="23"/>
+      <c r="GLC206" s="1"/>
+      <c r="GLD206" s="23"/>
+      <c r="GLE206" s="23"/>
+      <c r="GLF206" s="1"/>
+      <c r="GLG206" s="23"/>
+      <c r="GLH206" s="23"/>
+      <c r="GLI206" s="1"/>
+      <c r="GLJ206" s="23"/>
+      <c r="GLK206" s="23"/>
+      <c r="GLL206" s="1"/>
+      <c r="GLM206" s="23"/>
+      <c r="GLN206" s="23"/>
+      <c r="GLO206" s="1"/>
+      <c r="GLP206" s="23"/>
+      <c r="GLQ206" s="23"/>
+      <c r="GLR206" s="1"/>
+      <c r="GLS206" s="23"/>
+      <c r="GLT206" s="23"/>
+      <c r="GLU206" s="1"/>
+      <c r="GLV206" s="23"/>
+      <c r="GLW206" s="23"/>
+      <c r="GLX206" s="1"/>
+      <c r="GLY206" s="23"/>
+      <c r="GLZ206" s="23"/>
+      <c r="GMA206" s="1"/>
+      <c r="GMB206" s="23"/>
+      <c r="GMC206" s="23"/>
+      <c r="GMD206" s="1"/>
+      <c r="GME206" s="23"/>
+      <c r="GMF206" s="23"/>
+      <c r="GMG206" s="1"/>
+      <c r="GMH206" s="23"/>
+      <c r="GMI206" s="23"/>
+      <c r="GMJ206" s="1"/>
+      <c r="GMK206" s="23"/>
+      <c r="GML206" s="23"/>
+      <c r="GMM206" s="1"/>
+      <c r="GMN206" s="23"/>
+      <c r="GMO206" s="23"/>
+      <c r="GMP206" s="1"/>
+      <c r="GMQ206" s="23"/>
+      <c r="GMR206" s="23"/>
+      <c r="GMS206" s="1"/>
+      <c r="GMT206" s="23"/>
+      <c r="GMU206" s="23"/>
+      <c r="GMV206" s="1"/>
+      <c r="GMW206" s="23"/>
+      <c r="GMX206" s="23"/>
+      <c r="GMY206" s="1"/>
+      <c r="GMZ206" s="23"/>
+      <c r="GNA206" s="23"/>
+      <c r="GNB206" s="1"/>
+      <c r="GNC206" s="23"/>
+      <c r="GND206" s="23"/>
+      <c r="GNE206" s="1"/>
+      <c r="GNF206" s="23"/>
+      <c r="GNG206" s="23"/>
+      <c r="GNH206" s="1"/>
+      <c r="GNI206" s="23"/>
+      <c r="GNJ206" s="23"/>
+      <c r="GNK206" s="1"/>
+      <c r="GNL206" s="23"/>
+      <c r="GNM206" s="23"/>
+      <c r="GNN206" s="1"/>
+      <c r="GNO206" s="23"/>
+      <c r="GNP206" s="23"/>
+      <c r="GNQ206" s="1"/>
+      <c r="GNR206" s="23"/>
+      <c r="GNS206" s="23"/>
+      <c r="GNT206" s="1"/>
+      <c r="GNU206" s="23"/>
+      <c r="GNV206" s="23"/>
+      <c r="GNW206" s="1"/>
+      <c r="GNX206" s="23"/>
+      <c r="GNY206" s="23"/>
+      <c r="GNZ206" s="1"/>
+      <c r="GOA206" s="23"/>
+      <c r="GOB206" s="23"/>
+      <c r="GOC206" s="1"/>
+      <c r="GOD206" s="23"/>
+      <c r="GOE206" s="23"/>
+      <c r="GOF206" s="1"/>
+      <c r="GOG206" s="23"/>
+      <c r="GOH206" s="23"/>
+      <c r="GOI206" s="1"/>
+      <c r="GOJ206" s="23"/>
+      <c r="GOK206" s="23"/>
+      <c r="GOL206" s="1"/>
+      <c r="GOM206" s="23"/>
+      <c r="GON206" s="23"/>
+      <c r="GOO206" s="1"/>
+      <c r="GOP206" s="23"/>
+      <c r="GOQ206" s="23"/>
+      <c r="GOR206" s="1"/>
+      <c r="GOS206" s="23"/>
+      <c r="GOT206" s="23"/>
+      <c r="GOU206" s="1"/>
+      <c r="GOV206" s="23"/>
+      <c r="GOW206" s="23"/>
+      <c r="GOX206" s="1"/>
+      <c r="GOY206" s="23"/>
+      <c r="GOZ206" s="23"/>
+      <c r="GPA206" s="1"/>
+      <c r="GPB206" s="23"/>
+      <c r="GPC206" s="23"/>
+      <c r="GPD206" s="1"/>
+      <c r="GPE206" s="23"/>
+      <c r="GPF206" s="23"/>
+      <c r="GPG206" s="1"/>
+      <c r="GPH206" s="23"/>
+      <c r="GPI206" s="23"/>
+      <c r="GPJ206" s="1"/>
+      <c r="GPK206" s="23"/>
+      <c r="GPL206" s="23"/>
+      <c r="GPM206" s="1"/>
+      <c r="GPN206" s="23"/>
+      <c r="GPO206" s="23"/>
+      <c r="GPP206" s="1"/>
+      <c r="GPQ206" s="23"/>
+      <c r="GPR206" s="23"/>
+      <c r="GPS206" s="1"/>
+      <c r="GPT206" s="23"/>
+      <c r="GPU206" s="23"/>
+      <c r="GPV206" s="1"/>
+      <c r="GPW206" s="23"/>
+      <c r="GPX206" s="23"/>
+      <c r="GPY206" s="1"/>
+      <c r="GPZ206" s="23"/>
+      <c r="GQA206" s="23"/>
+      <c r="GQB206" s="1"/>
+      <c r="GQC206" s="23"/>
+      <c r="GQD206" s="23"/>
+      <c r="GQE206" s="1"/>
+      <c r="GQF206" s="23"/>
+      <c r="GQG206" s="23"/>
+      <c r="GQH206" s="1"/>
+      <c r="GQI206" s="23"/>
+      <c r="GQJ206" s="23"/>
+      <c r="GQK206" s="1"/>
+      <c r="GQL206" s="23"/>
+      <c r="GQM206" s="23"/>
+      <c r="GQN206" s="1"/>
+      <c r="GQO206" s="23"/>
+      <c r="GQP206" s="23"/>
+      <c r="GQQ206" s="1"/>
+      <c r="GQR206" s="23"/>
+      <c r="GQS206" s="23"/>
+      <c r="GQT206" s="1"/>
+      <c r="GQU206" s="23"/>
+      <c r="GQV206" s="23"/>
+      <c r="GQW206" s="1"/>
+      <c r="GQX206" s="23"/>
+      <c r="GQY206" s="23"/>
+      <c r="GQZ206" s="1"/>
+      <c r="GRA206" s="23"/>
+      <c r="GRB206" s="23"/>
+      <c r="GRC206" s="1"/>
+      <c r="GRD206" s="23"/>
+      <c r="GRE206" s="23"/>
+      <c r="GRF206" s="1"/>
+      <c r="GRG206" s="23"/>
+      <c r="GRH206" s="23"/>
+      <c r="GRI206" s="1"/>
+      <c r="GRJ206" s="23"/>
+      <c r="GRK206" s="23"/>
+      <c r="GRL206" s="1"/>
+      <c r="GRM206" s="23"/>
+      <c r="GRN206" s="23"/>
+      <c r="GRO206" s="1"/>
+      <c r="GRP206" s="23"/>
+      <c r="GRQ206" s="23"/>
+      <c r="GRR206" s="1"/>
+      <c r="GRS206" s="23"/>
+      <c r="GRT206" s="23"/>
+      <c r="GRU206" s="1"/>
+      <c r="GRV206" s="23"/>
+      <c r="GRW206" s="23"/>
+      <c r="GRX206" s="1"/>
+      <c r="GRY206" s="23"/>
+      <c r="GRZ206" s="23"/>
+      <c r="GSA206" s="1"/>
+      <c r="GSB206" s="23"/>
+      <c r="GSC206" s="23"/>
+      <c r="GSD206" s="1"/>
+      <c r="GSE206" s="23"/>
+      <c r="GSF206" s="23"/>
+      <c r="GSG206" s="1"/>
+      <c r="GSH206" s="23"/>
+      <c r="GSI206" s="23"/>
+      <c r="GSJ206" s="1"/>
+      <c r="GSK206" s="23"/>
+      <c r="GSL206" s="23"/>
+      <c r="GSM206" s="1"/>
+      <c r="GSN206" s="23"/>
+      <c r="GSO206" s="23"/>
+      <c r="GSP206" s="1"/>
+      <c r="GSQ206" s="23"/>
+      <c r="GSR206" s="23"/>
+      <c r="GSS206" s="1"/>
+      <c r="GST206" s="23"/>
+      <c r="GSU206" s="23"/>
+      <c r="GSV206" s="1"/>
+      <c r="GSW206" s="23"/>
+      <c r="GSX206" s="23"/>
+      <c r="GSY206" s="1"/>
+      <c r="GSZ206" s="23"/>
+      <c r="GTA206" s="23"/>
+      <c r="GTB206" s="1"/>
+      <c r="GTC206" s="23"/>
+      <c r="GTD206" s="23"/>
+      <c r="GTE206" s="1"/>
+      <c r="GTF206" s="23"/>
+      <c r="GTG206" s="23"/>
+      <c r="GTH206" s="1"/>
+      <c r="GTI206" s="23"/>
+      <c r="GTJ206" s="23"/>
+      <c r="GTK206" s="1"/>
+      <c r="GTL206" s="23"/>
+      <c r="GTM206" s="23"/>
+      <c r="GTN206" s="1"/>
+      <c r="GTO206" s="23"/>
+      <c r="GTP206" s="23"/>
+      <c r="GTQ206" s="1"/>
+      <c r="GTR206" s="23"/>
+      <c r="GTS206" s="23"/>
+      <c r="GTT206" s="1"/>
+      <c r="GTU206" s="23"/>
+      <c r="GTV206" s="23"/>
+      <c r="GTW206" s="1"/>
+      <c r="GTX206" s="23"/>
+      <c r="GTY206" s="23"/>
+      <c r="GTZ206" s="1"/>
+      <c r="GUA206" s="23"/>
+      <c r="GUB206" s="23"/>
+      <c r="GUC206" s="1"/>
+      <c r="GUD206" s="23"/>
+      <c r="GUE206" s="23"/>
+      <c r="GUF206" s="1"/>
+      <c r="GUG206" s="23"/>
+      <c r="GUH206" s="23"/>
+      <c r="GUI206" s="1"/>
+      <c r="GUJ206" s="23"/>
+      <c r="GUK206" s="23"/>
+      <c r="GUL206" s="1"/>
+      <c r="GUM206" s="23"/>
+      <c r="GUN206" s="23"/>
+      <c r="GUO206" s="1"/>
+      <c r="GUP206" s="23"/>
+      <c r="GUQ206" s="23"/>
+      <c r="GUR206" s="1"/>
+      <c r="GUS206" s="23"/>
+      <c r="GUT206" s="23"/>
+      <c r="GUU206" s="1"/>
+      <c r="GUV206" s="23"/>
+      <c r="GUW206" s="23"/>
+      <c r="GUX206" s="1"/>
+      <c r="GUY206" s="23"/>
+      <c r="GUZ206" s="23"/>
+      <c r="GVA206" s="1"/>
+      <c r="GVB206" s="23"/>
+      <c r="GVC206" s="23"/>
+      <c r="GVD206" s="1"/>
+      <c r="GVE206" s="23"/>
+      <c r="GVF206" s="23"/>
+      <c r="GVG206" s="1"/>
+      <c r="GVH206" s="23"/>
+      <c r="GVI206" s="23"/>
+      <c r="GVJ206" s="1"/>
+      <c r="GVK206" s="23"/>
+      <c r="GVL206" s="23"/>
+      <c r="GVM206" s="1"/>
+      <c r="GVN206" s="23"/>
+      <c r="GVO206" s="23"/>
+      <c r="GVP206" s="1"/>
+      <c r="GVQ206" s="23"/>
+      <c r="GVR206" s="23"/>
+      <c r="GVS206" s="1"/>
+      <c r="GVT206" s="23"/>
+      <c r="GVU206" s="23"/>
+      <c r="GVV206" s="1"/>
+      <c r="GVW206" s="23"/>
+      <c r="GVX206" s="23"/>
+      <c r="GVY206" s="1"/>
+      <c r="GVZ206" s="23"/>
+      <c r="GWA206" s="23"/>
+      <c r="GWB206" s="1"/>
+      <c r="GWC206" s="23"/>
+      <c r="GWD206" s="23"/>
+      <c r="GWE206" s="1"/>
+      <c r="GWF206" s="23"/>
+      <c r="GWG206" s="23"/>
+      <c r="GWH206" s="1"/>
+      <c r="GWI206" s="23"/>
+      <c r="GWJ206" s="23"/>
+      <c r="GWK206" s="1"/>
+      <c r="GWL206" s="23"/>
+      <c r="GWM206" s="23"/>
+      <c r="GWN206" s="1"/>
+      <c r="GWO206" s="23"/>
+      <c r="GWP206" s="23"/>
+      <c r="GWQ206" s="1"/>
+      <c r="GWR206" s="23"/>
+      <c r="GWS206" s="23"/>
+      <c r="GWT206" s="1"/>
+      <c r="GWU206" s="23"/>
+      <c r="GWV206" s="23"/>
+      <c r="GWW206" s="1"/>
+      <c r="GWX206" s="23"/>
+      <c r="GWY206" s="23"/>
+      <c r="GWZ206" s="1"/>
+      <c r="GXA206" s="23"/>
+      <c r="GXB206" s="23"/>
+      <c r="GXC206" s="1"/>
+      <c r="GXD206" s="23"/>
+      <c r="GXE206" s="23"/>
+      <c r="GXF206" s="1"/>
+      <c r="GXG206" s="23"/>
+      <c r="GXH206" s="23"/>
+      <c r="GXI206" s="1"/>
+      <c r="GXJ206" s="23"/>
+      <c r="GXK206" s="23"/>
+      <c r="GXL206" s="1"/>
+      <c r="GXM206" s="23"/>
+      <c r="GXN206" s="23"/>
+      <c r="GXO206" s="1"/>
+      <c r="GXP206" s="23"/>
+      <c r="GXQ206" s="23"/>
+      <c r="GXR206" s="1"/>
+      <c r="GXS206" s="23"/>
+      <c r="GXT206" s="23"/>
+      <c r="GXU206" s="1"/>
+      <c r="GXV206" s="23"/>
+      <c r="GXW206" s="23"/>
+      <c r="GXX206" s="1"/>
+      <c r="GXY206" s="23"/>
+      <c r="GXZ206" s="23"/>
+      <c r="GYA206" s="1"/>
+      <c r="GYB206" s="23"/>
+      <c r="GYC206" s="23"/>
+      <c r="GYD206" s="1"/>
+      <c r="GYE206" s="23"/>
+      <c r="GYF206" s="23"/>
+      <c r="GYG206" s="1"/>
+      <c r="GYH206" s="23"/>
+      <c r="GYI206" s="23"/>
+      <c r="GYJ206" s="1"/>
+      <c r="GYK206" s="23"/>
+      <c r="GYL206" s="23"/>
+      <c r="GYM206" s="1"/>
+      <c r="GYN206" s="23"/>
+      <c r="GYO206" s="23"/>
+      <c r="GYP206" s="1"/>
+      <c r="GYQ206" s="23"/>
+      <c r="GYR206" s="23"/>
+      <c r="GYS206" s="1"/>
+      <c r="GYT206" s="23"/>
+      <c r="GYU206" s="23"/>
+      <c r="GYV206" s="1"/>
+      <c r="GYW206" s="23"/>
+      <c r="GYX206" s="23"/>
+      <c r="GYY206" s="1"/>
+      <c r="GYZ206" s="23"/>
+      <c r="GZA206" s="23"/>
+      <c r="GZB206" s="1"/>
+      <c r="GZC206" s="23"/>
+      <c r="GZD206" s="23"/>
+      <c r="GZE206" s="1"/>
+      <c r="GZF206" s="23"/>
+      <c r="GZG206" s="23"/>
+      <c r="GZH206" s="1"/>
+      <c r="GZI206" s="23"/>
+      <c r="GZJ206" s="23"/>
+      <c r="GZK206" s="1"/>
+      <c r="GZL206" s="23"/>
+      <c r="GZM206" s="23"/>
+      <c r="GZN206" s="1"/>
+      <c r="GZO206" s="23"/>
+      <c r="GZP206" s="23"/>
+      <c r="GZQ206" s="1"/>
+      <c r="GZR206" s="23"/>
+      <c r="GZS206" s="23"/>
+      <c r="GZT206" s="1"/>
+      <c r="GZU206" s="23"/>
+      <c r="GZV206" s="23"/>
+      <c r="GZW206" s="1"/>
+      <c r="GZX206" s="23"/>
+      <c r="GZY206" s="23"/>
+      <c r="GZZ206" s="1"/>
+      <c r="HAA206" s="23"/>
+      <c r="HAB206" s="23"/>
+      <c r="HAC206" s="1"/>
+      <c r="HAD206" s="23"/>
+      <c r="HAE206" s="23"/>
+      <c r="HAF206" s="1"/>
+      <c r="HAG206" s="23"/>
+      <c r="HAH206" s="23"/>
+      <c r="HAI206" s="1"/>
+      <c r="HAJ206" s="23"/>
+      <c r="HAK206" s="23"/>
+      <c r="HAL206" s="1"/>
+      <c r="HAM206" s="23"/>
+      <c r="HAN206" s="23"/>
+      <c r="HAO206" s="1"/>
+      <c r="HAP206" s="23"/>
+      <c r="HAQ206" s="23"/>
+      <c r="HAR206" s="1"/>
+      <c r="HAS206" s="23"/>
+      <c r="HAT206" s="23"/>
+      <c r="HAU206" s="1"/>
+      <c r="HAV206" s="23"/>
+      <c r="HAW206" s="23"/>
+      <c r="HAX206" s="1"/>
+      <c r="HAY206" s="23"/>
+      <c r="HAZ206" s="23"/>
+      <c r="HBA206" s="1"/>
+      <c r="HBB206" s="23"/>
+      <c r="HBC206" s="23"/>
+      <c r="HBD206" s="1"/>
+      <c r="HBE206" s="23"/>
+      <c r="HBF206" s="23"/>
+      <c r="HBG206" s="1"/>
+      <c r="HBH206" s="23"/>
+      <c r="HBI206" s="23"/>
+      <c r="HBJ206" s="1"/>
+      <c r="HBK206" s="23"/>
+      <c r="HBL206" s="23"/>
+      <c r="HBM206" s="1"/>
+      <c r="HBN206" s="23"/>
+      <c r="HBO206" s="23"/>
+      <c r="HBP206" s="1"/>
+      <c r="HBQ206" s="23"/>
+      <c r="HBR206" s="23"/>
+      <c r="HBS206" s="1"/>
+      <c r="HBT206" s="23"/>
+      <c r="HBU206" s="23"/>
+      <c r="HBV206" s="1"/>
+      <c r="HBW206" s="23"/>
+      <c r="HBX206" s="23"/>
+      <c r="HBY206" s="1"/>
+      <c r="HBZ206" s="23"/>
+      <c r="HCA206" s="23"/>
+      <c r="HCB206" s="1"/>
+      <c r="HCC206" s="23"/>
+      <c r="HCD206" s="23"/>
+      <c r="HCE206" s="1"/>
+      <c r="HCF206" s="23"/>
+      <c r="HCG206" s="23"/>
+      <c r="HCH206" s="1"/>
+      <c r="HCI206" s="23"/>
+      <c r="HCJ206" s="23"/>
+      <c r="HCK206" s="1"/>
+      <c r="HCL206" s="23"/>
+      <c r="HCM206" s="23"/>
+      <c r="HCN206" s="1"/>
+      <c r="HCO206" s="23"/>
+      <c r="HCP206" s="23"/>
+      <c r="HCQ206" s="1"/>
+      <c r="HCR206" s="23"/>
+      <c r="HCS206" s="23"/>
+      <c r="HCT206" s="1"/>
+      <c r="HCU206" s="23"/>
+      <c r="HCV206" s="23"/>
+      <c r="HCW206" s="1"/>
+      <c r="HCX206" s="23"/>
+      <c r="HCY206" s="23"/>
+      <c r="HCZ206" s="1"/>
+      <c r="HDA206" s="23"/>
+      <c r="HDB206" s="23"/>
+      <c r="HDC206" s="1"/>
+      <c r="HDD206" s="23"/>
+      <c r="HDE206" s="23"/>
+      <c r="HDF206" s="1"/>
+      <c r="HDG206" s="23"/>
+      <c r="HDH206" s="23"/>
+      <c r="HDI206" s="1"/>
+      <c r="HDJ206" s="23"/>
+      <c r="HDK206" s="23"/>
+      <c r="HDL206" s="1"/>
+      <c r="HDM206" s="23"/>
+      <c r="HDN206" s="23"/>
+      <c r="HDO206" s="1"/>
+      <c r="HDP206" s="23"/>
+      <c r="HDQ206" s="23"/>
+      <c r="HDR206" s="1"/>
+      <c r="HDS206" s="23"/>
+      <c r="HDT206" s="23"/>
+      <c r="HDU206" s="1"/>
+      <c r="HDV206" s="23"/>
+      <c r="HDW206" s="23"/>
+      <c r="HDX206" s="1"/>
+      <c r="HDY206" s="23"/>
+      <c r="HDZ206" s="23"/>
+      <c r="HEA206" s="1"/>
+      <c r="HEB206" s="23"/>
+      <c r="HEC206" s="23"/>
+      <c r="HED206" s="1"/>
+      <c r="HEE206" s="23"/>
+      <c r="HEF206" s="23"/>
+      <c r="HEG206" s="1"/>
+      <c r="HEH206" s="23"/>
+      <c r="HEI206" s="23"/>
+      <c r="HEJ206" s="1"/>
+      <c r="HEK206" s="23"/>
+      <c r="HEL206" s="23"/>
+      <c r="HEM206" s="1"/>
+      <c r="HEN206" s="23"/>
+      <c r="HEO206" s="23"/>
+      <c r="HEP206" s="1"/>
+      <c r="HEQ206" s="23"/>
+      <c r="HER206" s="23"/>
+      <c r="HES206" s="1"/>
+      <c r="HET206" s="23"/>
+      <c r="HEU206" s="23"/>
+      <c r="HEV206" s="1"/>
+      <c r="HEW206" s="23"/>
+      <c r="HEX206" s="23"/>
+      <c r="HEY206" s="1"/>
+      <c r="HEZ206" s="23"/>
+      <c r="HFA206" s="23"/>
+      <c r="HFB206" s="1"/>
+      <c r="HFC206" s="23"/>
+      <c r="HFD206" s="23"/>
+      <c r="HFE206" s="1"/>
+      <c r="HFF206" s="23"/>
+      <c r="HFG206" s="23"/>
+      <c r="HFH206" s="1"/>
+      <c r="HFI206" s="23"/>
+      <c r="HFJ206" s="23"/>
+      <c r="HFK206" s="1"/>
+      <c r="HFL206" s="23"/>
+      <c r="HFM206" s="23"/>
+      <c r="HFN206" s="1"/>
+      <c r="HFO206" s="23"/>
+      <c r="HFP206" s="23"/>
+      <c r="HFQ206" s="1"/>
+      <c r="HFR206" s="23"/>
+      <c r="HFS206" s="23"/>
+      <c r="HFT206" s="1"/>
+      <c r="HFU206" s="23"/>
+      <c r="HFV206" s="23"/>
+      <c r="HFW206" s="1"/>
+      <c r="HFX206" s="23"/>
+      <c r="HFY206" s="23"/>
+      <c r="HFZ206" s="1"/>
+      <c r="HGA206" s="23"/>
+      <c r="HGB206" s="23"/>
+      <c r="HGC206" s="1"/>
+      <c r="HGD206" s="23"/>
+      <c r="HGE206" s="23"/>
+      <c r="HGF206" s="1"/>
+      <c r="HGG206" s="23"/>
+      <c r="HGH206" s="23"/>
+      <c r="HGI206" s="1"/>
+      <c r="HGJ206" s="23"/>
+      <c r="HGK206" s="23"/>
+      <c r="HGL206" s="1"/>
+      <c r="HGM206" s="23"/>
+      <c r="HGN206" s="23"/>
+      <c r="HGO206" s="1"/>
+      <c r="HGP206" s="23"/>
+      <c r="HGQ206" s="23"/>
+      <c r="HGR206" s="1"/>
+      <c r="HGS206" s="23"/>
+      <c r="HGT206" s="23"/>
+      <c r="HGU206" s="1"/>
+      <c r="HGV206" s="23"/>
+      <c r="HGW206" s="23"/>
+      <c r="HGX206" s="1"/>
+      <c r="HGY206" s="23"/>
+      <c r="HGZ206" s="23"/>
+      <c r="HHA206" s="1"/>
+      <c r="HHB206" s="23"/>
+      <c r="HHC206" s="23"/>
+      <c r="HHD206" s="1"/>
+      <c r="HHE206" s="23"/>
+      <c r="HHF206" s="23"/>
+      <c r="HHG206" s="1"/>
+      <c r="HHH206" s="23"/>
+      <c r="HHI206" s="23"/>
+      <c r="HHJ206" s="1"/>
+      <c r="HHK206" s="23"/>
+      <c r="HHL206" s="23"/>
+      <c r="HHM206" s="1"/>
+      <c r="HHN206" s="23"/>
+      <c r="HHO206" s="23"/>
+      <c r="HHP206" s="1"/>
+      <c r="HHQ206" s="23"/>
+      <c r="HHR206" s="23"/>
+      <c r="HHS206" s="1"/>
+      <c r="HHT206" s="23"/>
+      <c r="HHU206" s="23"/>
+      <c r="HHV206" s="1"/>
+      <c r="HHW206" s="23"/>
+      <c r="HHX206" s="23"/>
+      <c r="HHY206" s="1"/>
+      <c r="HHZ206" s="23"/>
+      <c r="HIA206" s="23"/>
+      <c r="HIB206" s="1"/>
+      <c r="HIC206" s="23"/>
+      <c r="HID206" s="23"/>
+      <c r="HIE206" s="1"/>
+      <c r="HIF206" s="23"/>
+      <c r="HIG206" s="23"/>
+      <c r="HIH206" s="1"/>
+      <c r="HII206" s="23"/>
+      <c r="HIJ206" s="23"/>
+      <c r="HIK206" s="1"/>
+      <c r="HIL206" s="23"/>
+      <c r="HIM206" s="23"/>
+      <c r="HIN206" s="1"/>
+      <c r="HIO206" s="23"/>
+      <c r="HIP206" s="23"/>
+      <c r="HIQ206" s="1"/>
+      <c r="HIR206" s="23"/>
+      <c r="HIS206" s="23"/>
+      <c r="HIT206" s="1"/>
+      <c r="HIU206" s="23"/>
+      <c r="HIV206" s="23"/>
+      <c r="HIW206" s="1"/>
+      <c r="HIX206" s="23"/>
+      <c r="HIY206" s="23"/>
+      <c r="HIZ206" s="1"/>
+      <c r="HJA206" s="23"/>
+      <c r="HJB206" s="23"/>
+      <c r="HJC206" s="1"/>
+      <c r="HJD206" s="23"/>
+      <c r="HJE206" s="23"/>
+      <c r="HJF206" s="1"/>
+      <c r="HJG206" s="23"/>
+      <c r="HJH206" s="23"/>
+      <c r="HJI206" s="1"/>
+      <c r="HJJ206" s="23"/>
+      <c r="HJK206" s="23"/>
+      <c r="HJL206" s="1"/>
+      <c r="HJM206" s="23"/>
+      <c r="HJN206" s="23"/>
+      <c r="HJO206" s="1"/>
+      <c r="HJP206" s="23"/>
+      <c r="HJQ206" s="23"/>
+      <c r="HJR206" s="1"/>
+      <c r="HJS206" s="23"/>
+      <c r="HJT206" s="23"/>
+      <c r="HJU206" s="1"/>
+      <c r="HJV206" s="23"/>
+      <c r="HJW206" s="23"/>
+      <c r="HJX206" s="1"/>
+      <c r="HJY206" s="23"/>
+      <c r="HJZ206" s="23"/>
+      <c r="HKA206" s="1"/>
+      <c r="HKB206" s="23"/>
+      <c r="HKC206" s="23"/>
+      <c r="HKD206" s="1"/>
+      <c r="HKE206" s="23"/>
+      <c r="HKF206" s="23"/>
+      <c r="HKG206" s="1"/>
+      <c r="HKH206" s="23"/>
+      <c r="HKI206" s="23"/>
+      <c r="HKJ206" s="1"/>
+      <c r="HKK206" s="23"/>
+      <c r="HKL206" s="23"/>
+      <c r="HKM206" s="1"/>
+      <c r="HKN206" s="23"/>
+      <c r="HKO206" s="23"/>
+      <c r="HKP206" s="1"/>
+      <c r="HKQ206" s="23"/>
+      <c r="HKR206" s="23"/>
+      <c r="HKS206" s="1"/>
+      <c r="HKT206" s="23"/>
+      <c r="HKU206" s="23"/>
+      <c r="HKV206" s="1"/>
+      <c r="HKW206" s="23"/>
+      <c r="HKX206" s="23"/>
+      <c r="HKY206" s="1"/>
+      <c r="HKZ206" s="23"/>
+      <c r="HLA206" s="23"/>
+      <c r="HLB206" s="1"/>
+      <c r="HLC206" s="23"/>
+      <c r="HLD206" s="23"/>
+      <c r="HLE206" s="1"/>
+      <c r="HLF206" s="23"/>
+      <c r="HLG206" s="23"/>
+      <c r="HLH206" s="1"/>
+      <c r="HLI206" s="23"/>
+      <c r="HLJ206" s="23"/>
+      <c r="HLK206" s="1"/>
+      <c r="HLL206" s="23"/>
+      <c r="HLM206" s="23"/>
+      <c r="HLN206" s="1"/>
+      <c r="HLO206" s="23"/>
+      <c r="HLP206" s="23"/>
+      <c r="HLQ206" s="1"/>
+      <c r="HLR206" s="23"/>
+      <c r="HLS206" s="23"/>
+      <c r="HLT206" s="1"/>
+      <c r="HLU206" s="23"/>
+      <c r="HLV206" s="23"/>
+      <c r="HLW206" s="1"/>
+      <c r="HLX206" s="23"/>
+      <c r="HLY206" s="23"/>
+      <c r="HLZ206" s="1"/>
+      <c r="HMA206" s="23"/>
+      <c r="HMB206" s="23"/>
+      <c r="HMC206" s="1"/>
+      <c r="HMD206" s="23"/>
+      <c r="HME206" s="23"/>
+      <c r="HMF206" s="1"/>
+      <c r="HMG206" s="23"/>
+      <c r="HMH206" s="23"/>
+      <c r="HMI206" s="1"/>
+      <c r="HMJ206" s="23"/>
+      <c r="HMK206" s="23"/>
+      <c r="HML206" s="1"/>
+      <c r="HMM206" s="23"/>
+      <c r="HMN206" s="23"/>
+      <c r="HMO206" s="1"/>
+      <c r="HMP206" s="23"/>
+      <c r="HMQ206" s="23"/>
+      <c r="HMR206" s="1"/>
+      <c r="HMS206" s="23"/>
+      <c r="HMT206" s="23"/>
+      <c r="HMU206" s="1"/>
+      <c r="HMV206" s="23"/>
+      <c r="HMW206" s="23"/>
+      <c r="HMX206" s="1"/>
+      <c r="HMY206" s="23"/>
+      <c r="HMZ206" s="23"/>
+      <c r="HNA206" s="1"/>
+      <c r="HNB206" s="23"/>
+      <c r="HNC206" s="23"/>
+      <c r="HND206" s="1"/>
+      <c r="HNE206" s="23"/>
+      <c r="HNF206" s="23"/>
+      <c r="HNG206" s="1"/>
+      <c r="HNH206" s="23"/>
+      <c r="HNI206" s="23"/>
+      <c r="HNJ206" s="1"/>
+      <c r="HNK206" s="23"/>
+      <c r="HNL206" s="23"/>
+      <c r="HNM206" s="1"/>
+      <c r="HNN206" s="23"/>
+      <c r="HNO206" s="23"/>
+      <c r="HNP206" s="1"/>
+      <c r="HNQ206" s="23"/>
+      <c r="HNR206" s="23"/>
+      <c r="HNS206" s="1"/>
+      <c r="HNT206" s="23"/>
+      <c r="HNU206" s="23"/>
+      <c r="HNV206" s="1"/>
+      <c r="HNW206" s="23"/>
+      <c r="HNX206" s="23"/>
+      <c r="HNY206" s="1"/>
+      <c r="HNZ206" s="23"/>
+      <c r="HOA206" s="23"/>
+      <c r="HOB206" s="1"/>
+      <c r="HOC206" s="23"/>
+      <c r="HOD206" s="23"/>
+      <c r="HOE206" s="1"/>
+      <c r="HOF206" s="23"/>
+      <c r="HOG206" s="23"/>
+      <c r="HOH206" s="1"/>
+      <c r="HOI206" s="23"/>
+      <c r="HOJ206" s="23"/>
+      <c r="HOK206" s="1"/>
+      <c r="HOL206" s="23"/>
+      <c r="HOM206" s="23"/>
+      <c r="HON206" s="1"/>
+      <c r="HOO206" s="23"/>
+      <c r="HOP206" s="23"/>
+      <c r="HOQ206" s="1"/>
+      <c r="HOR206" s="23"/>
+      <c r="HOS206" s="23"/>
+      <c r="HOT206" s="1"/>
+      <c r="HOU206" s="23"/>
+      <c r="HOV206" s="23"/>
+      <c r="HOW206" s="1"/>
+      <c r="HOX206" s="23"/>
+      <c r="HOY206" s="23"/>
+      <c r="HOZ206" s="1"/>
+      <c r="HPA206" s="23"/>
+      <c r="HPB206" s="23"/>
+      <c r="HPC206" s="1"/>
+      <c r="HPD206" s="23"/>
+      <c r="HPE206" s="23"/>
+      <c r="HPF206" s="1"/>
+      <c r="HPG206" s="23"/>
+      <c r="HPH206" s="23"/>
+      <c r="HPI206" s="1"/>
+      <c r="HPJ206" s="23"/>
+      <c r="HPK206" s="23"/>
+      <c r="HPL206" s="1"/>
+      <c r="HPM206" s="23"/>
+      <c r="HPN206" s="23"/>
+      <c r="HPO206" s="1"/>
+      <c r="HPP206" s="23"/>
+      <c r="HPQ206" s="23"/>
+      <c r="HPR206" s="1"/>
+      <c r="HPS206" s="23"/>
+      <c r="HPT206" s="23"/>
+      <c r="HPU206" s="1"/>
+      <c r="HPV206" s="23"/>
+      <c r="HPW206" s="23"/>
+      <c r="HPX206" s="1"/>
+      <c r="HPY206" s="23"/>
+      <c r="HPZ206" s="23"/>
+      <c r="HQA206" s="1"/>
+      <c r="HQB206" s="23"/>
+      <c r="HQC206" s="23"/>
+      <c r="HQD206" s="1"/>
+      <c r="HQE206" s="23"/>
+      <c r="HQF206" s="23"/>
+      <c r="HQG206" s="1"/>
+      <c r="HQH206" s="23"/>
+      <c r="HQI206" s="23"/>
+      <c r="HQJ206" s="1"/>
+      <c r="HQK206" s="23"/>
+      <c r="HQL206" s="23"/>
+      <c r="HQM206" s="1"/>
+      <c r="HQN206" s="23"/>
+      <c r="HQO206" s="23"/>
+      <c r="HQP206" s="1"/>
+      <c r="HQQ206" s="23"/>
+      <c r="HQR206" s="23"/>
+      <c r="HQS206" s="1"/>
+      <c r="HQT206" s="23"/>
+      <c r="HQU206" s="23"/>
+      <c r="HQV206" s="1"/>
+      <c r="HQW206" s="23"/>
+      <c r="HQX206" s="23"/>
+      <c r="HQY206" s="1"/>
+      <c r="HQZ206" s="23"/>
+      <c r="HRA206" s="23"/>
+      <c r="HRB206" s="1"/>
+      <c r="HRC206" s="23"/>
+      <c r="HRD206" s="23"/>
+      <c r="HRE206" s="1"/>
+      <c r="HRF206" s="23"/>
+      <c r="HRG206" s="23"/>
+      <c r="HRH206" s="1"/>
+      <c r="HRI206" s="23"/>
+      <c r="HRJ206" s="23"/>
+      <c r="HRK206" s="1"/>
+      <c r="HRL206" s="23"/>
+      <c r="HRM206" s="23"/>
+      <c r="HRN206" s="1"/>
+      <c r="HRO206" s="23"/>
+      <c r="HRP206" s="23"/>
+      <c r="HRQ206" s="1"/>
+      <c r="HRR206" s="23"/>
+      <c r="HRS206" s="23"/>
+      <c r="HRT206" s="1"/>
+      <c r="HRU206" s="23"/>
+      <c r="HRV206" s="23"/>
+      <c r="HRW206" s="1"/>
+      <c r="HRX206" s="23"/>
+      <c r="HRY206" s="23"/>
+      <c r="HRZ206" s="1"/>
+      <c r="HSA206" s="23"/>
+      <c r="HSB206" s="23"/>
+      <c r="HSC206" s="1"/>
+      <c r="HSD206" s="23"/>
+      <c r="HSE206" s="23"/>
+      <c r="HSF206" s="1"/>
+      <c r="HSG206" s="23"/>
+      <c r="HSH206" s="23"/>
+      <c r="HSI206" s="1"/>
+      <c r="HSJ206" s="23"/>
+      <c r="HSK206" s="23"/>
+      <c r="HSL206" s="1"/>
+      <c r="HSM206" s="23"/>
+      <c r="HSN206" s="23"/>
+      <c r="HSO206" s="1"/>
+      <c r="HSP206" s="23"/>
+      <c r="HSQ206" s="23"/>
+      <c r="HSR206" s="1"/>
+      <c r="HSS206" s="23"/>
+      <c r="HST206" s="23"/>
+      <c r="HSU206" s="1"/>
+      <c r="HSV206" s="23"/>
+      <c r="HSW206" s="23"/>
+      <c r="HSX206" s="1"/>
+      <c r="HSY206" s="23"/>
+      <c r="HSZ206" s="23"/>
+      <c r="HTA206" s="1"/>
+      <c r="HTB206" s="23"/>
+      <c r="HTC206" s="23"/>
+      <c r="HTD206" s="1"/>
+      <c r="HTE206" s="23"/>
+      <c r="HTF206" s="23"/>
+      <c r="HTG206" s="1"/>
+      <c r="HTH206" s="23"/>
+      <c r="HTI206" s="23"/>
+      <c r="HTJ206" s="1"/>
+      <c r="HTK206" s="23"/>
+      <c r="HTL206" s="23"/>
+      <c r="HTM206" s="1"/>
+      <c r="HTN206" s="23"/>
+      <c r="HTO206" s="23"/>
+      <c r="HTP206" s="1"/>
+      <c r="HTQ206" s="23"/>
+      <c r="HTR206" s="23"/>
+      <c r="HTS206" s="1"/>
+      <c r="HTT206" s="23"/>
+      <c r="HTU206" s="23"/>
+      <c r="HTV206" s="1"/>
+      <c r="HTW206" s="23"/>
+      <c r="HTX206" s="23"/>
+      <c r="HTY206" s="1"/>
+      <c r="HTZ206" s="23"/>
+      <c r="HUA206" s="23"/>
+      <c r="HUB206" s="1"/>
+      <c r="HUC206" s="23"/>
+      <c r="HUD206" s="23"/>
+      <c r="HUE206" s="1"/>
+      <c r="HUF206" s="23"/>
+      <c r="HUG206" s="23"/>
+      <c r="HUH206" s="1"/>
+      <c r="HUI206" s="23"/>
+      <c r="HUJ206" s="23"/>
+      <c r="HUK206" s="1"/>
+      <c r="HUL206" s="23"/>
+      <c r="HUM206" s="23"/>
+      <c r="HUN206" s="1"/>
+      <c r="HUO206" s="23"/>
+      <c r="HUP206" s="23"/>
+      <c r="HUQ206" s="1"/>
+      <c r="HUR206" s="23"/>
+      <c r="HUS206" s="23"/>
+      <c r="HUT206" s="1"/>
+      <c r="HUU206" s="23"/>
+      <c r="HUV206" s="23"/>
+      <c r="HUW206" s="1"/>
+      <c r="HUX206" s="23"/>
+      <c r="HUY206" s="23"/>
+      <c r="HUZ206" s="1"/>
+      <c r="HVA206" s="23"/>
+      <c r="HVB206" s="23"/>
+      <c r="HVC206" s="1"/>
+      <c r="HVD206" s="23"/>
+      <c r="HVE206" s="23"/>
+      <c r="HVF206" s="1"/>
+      <c r="HVG206" s="23"/>
+      <c r="HVH206" s="23"/>
+      <c r="HVI206" s="1"/>
+      <c r="HVJ206" s="23"/>
+      <c r="HVK206" s="23"/>
+      <c r="HVL206" s="1"/>
+      <c r="HVM206" s="23"/>
+      <c r="HVN206" s="23"/>
+      <c r="HVO206" s="1"/>
+      <c r="HVP206" s="23"/>
+      <c r="HVQ206" s="23"/>
+      <c r="HVR206" s="1"/>
+      <c r="HVS206" s="23"/>
+      <c r="HVT206" s="23"/>
+      <c r="HVU206" s="1"/>
+      <c r="HVV206" s="23"/>
+      <c r="HVW206" s="23"/>
+      <c r="HVX206" s="1"/>
+      <c r="HVY206" s="23"/>
+      <c r="HVZ206" s="23"/>
+      <c r="HWA206" s="1"/>
+      <c r="HWB206" s="23"/>
+      <c r="HWC206" s="23"/>
+      <c r="HWD206" s="1"/>
+      <c r="HWE206" s="23"/>
+      <c r="HWF206" s="23"/>
+      <c r="HWG206" s="1"/>
+      <c r="HWH206" s="23"/>
+      <c r="HWI206" s="23"/>
+      <c r="HWJ206" s="1"/>
+      <c r="HWK206" s="23"/>
+      <c r="HWL206" s="23"/>
+      <c r="HWM206" s="1"/>
+      <c r="HWN206" s="23"/>
+      <c r="HWO206" s="23"/>
+      <c r="HWP206" s="1"/>
+      <c r="HWQ206" s="23"/>
+      <c r="HWR206" s="23"/>
+      <c r="HWS206" s="1"/>
+      <c r="HWT206" s="23"/>
+      <c r="HWU206" s="23"/>
+      <c r="HWV206" s="1"/>
+      <c r="HWW206" s="23"/>
+      <c r="HWX206" s="23"/>
+      <c r="HWY206" s="1"/>
+      <c r="HWZ206" s="23"/>
+      <c r="HXA206" s="23"/>
+      <c r="HXB206" s="1"/>
+      <c r="HXC206" s="23"/>
+      <c r="HXD206" s="23"/>
+      <c r="HXE206" s="1"/>
+      <c r="HXF206" s="23"/>
+      <c r="HXG206" s="23"/>
+      <c r="HXH206" s="1"/>
+      <c r="HXI206" s="23"/>
+      <c r="HXJ206" s="23"/>
+      <c r="HXK206" s="1"/>
+      <c r="HXL206" s="23"/>
+      <c r="HXM206" s="23"/>
+      <c r="HXN206" s="1"/>
+      <c r="HXO206" s="23"/>
+      <c r="HXP206" s="23"/>
+      <c r="HXQ206" s="1"/>
+      <c r="HXR206" s="23"/>
+      <c r="HXS206" s="23"/>
+      <c r="HXT206" s="1"/>
+      <c r="HXU206" s="23"/>
+      <c r="HXV206" s="23"/>
+      <c r="HXW206" s="1"/>
+      <c r="HXX206" s="23"/>
+      <c r="HXY206" s="23"/>
+      <c r="HXZ206" s="1"/>
+      <c r="HYA206" s="23"/>
+      <c r="HYB206" s="23"/>
+      <c r="HYC206" s="1"/>
+      <c r="HYD206" s="23"/>
+      <c r="HYE206" s="23"/>
+      <c r="HYF206" s="1"/>
+      <c r="HYG206" s="23"/>
+      <c r="HYH206" s="23"/>
+      <c r="HYI206" s="1"/>
+      <c r="HYJ206" s="23"/>
+      <c r="HYK206" s="23"/>
+      <c r="HYL206" s="1"/>
+      <c r="HYM206" s="23"/>
+      <c r="HYN206" s="23"/>
+      <c r="HYO206" s="1"/>
+      <c r="HYP206" s="23"/>
+      <c r="HYQ206" s="23"/>
+      <c r="HYR206" s="1"/>
+      <c r="HYS206" s="23"/>
+      <c r="HYT206" s="23"/>
+      <c r="HYU206" s="1"/>
+      <c r="HYV206" s="23"/>
+      <c r="HYW206" s="23"/>
+      <c r="HYX206" s="1"/>
+      <c r="HYY206" s="23"/>
+      <c r="HYZ206" s="23"/>
+      <c r="HZA206" s="1"/>
+      <c r="HZB206" s="23"/>
+      <c r="HZC206" s="23"/>
+      <c r="HZD206" s="1"/>
+      <c r="HZE206" s="23"/>
+      <c r="HZF206" s="23"/>
+      <c r="HZG206" s="1"/>
+      <c r="HZH206" s="23"/>
+      <c r="HZI206" s="23"/>
+      <c r="HZJ206" s="1"/>
+      <c r="HZK206" s="23"/>
+      <c r="HZL206" s="23"/>
+      <c r="HZM206" s="1"/>
+      <c r="HZN206" s="23"/>
+      <c r="HZO206" s="23"/>
+      <c r="HZP206" s="1"/>
+      <c r="HZQ206" s="23"/>
+      <c r="HZR206" s="23"/>
+      <c r="HZS206" s="1"/>
+      <c r="HZT206" s="23"/>
+      <c r="HZU206" s="23"/>
+      <c r="HZV206" s="1"/>
+      <c r="HZW206" s="23"/>
+      <c r="HZX206" s="23"/>
+      <c r="HZY206" s="1"/>
+      <c r="HZZ206" s="23"/>
+      <c r="IAA206" s="23"/>
+      <c r="IAB206" s="1"/>
+      <c r="IAC206" s="23"/>
+      <c r="IAD206" s="23"/>
+      <c r="IAE206" s="1"/>
+      <c r="IAF206" s="23"/>
+      <c r="IAG206" s="23"/>
+      <c r="IAH206" s="1"/>
+      <c r="IAI206" s="23"/>
+      <c r="IAJ206" s="23"/>
+      <c r="IAK206" s="1"/>
+      <c r="IAL206" s="23"/>
+      <c r="IAM206" s="23"/>
+      <c r="IAN206" s="1"/>
+      <c r="IAO206" s="23"/>
+      <c r="IAP206" s="23"/>
+      <c r="IAQ206" s="1"/>
+      <c r="IAR206" s="23"/>
+      <c r="IAS206" s="23"/>
+      <c r="IAT206" s="1"/>
+      <c r="IAU206" s="23"/>
+      <c r="IAV206" s="23"/>
+      <c r="IAW206" s="1"/>
+      <c r="IAX206" s="23"/>
+      <c r="IAY206" s="23"/>
+      <c r="IAZ206" s="1"/>
+      <c r="IBA206" s="23"/>
+      <c r="IBB206" s="23"/>
+      <c r="IBC206" s="1"/>
+      <c r="IBD206" s="23"/>
+      <c r="IBE206" s="23"/>
+      <c r="IBF206" s="1"/>
+      <c r="IBG206" s="23"/>
+      <c r="IBH206" s="23"/>
+      <c r="IBI206" s="1"/>
+      <c r="IBJ206" s="23"/>
+      <c r="IBK206" s="23"/>
+      <c r="IBL206" s="1"/>
+      <c r="IBM206" s="23"/>
+      <c r="IBN206" s="23"/>
+      <c r="IBO206" s="1"/>
+      <c r="IBP206" s="23"/>
+      <c r="IBQ206" s="23"/>
+      <c r="IBR206" s="1"/>
+      <c r="IBS206" s="23"/>
+      <c r="IBT206" s="23"/>
+      <c r="IBU206" s="1"/>
+      <c r="IBV206" s="23"/>
+      <c r="IBW206" s="23"/>
+      <c r="IBX206" s="1"/>
+      <c r="IBY206" s="23"/>
+      <c r="IBZ206" s="23"/>
+      <c r="ICA206" s="1"/>
+      <c r="ICB206" s="23"/>
+      <c r="ICC206" s="23"/>
+      <c r="ICD206" s="1"/>
+      <c r="ICE206" s="23"/>
+      <c r="ICF206" s="23"/>
+      <c r="ICG206" s="1"/>
+      <c r="ICH206" s="23"/>
+      <c r="ICI206" s="23"/>
+      <c r="ICJ206" s="1"/>
+      <c r="ICK206" s="23"/>
+      <c r="ICL206" s="23"/>
+      <c r="ICM206" s="1"/>
+      <c r="ICN206" s="23"/>
+      <c r="ICO206" s="23"/>
+      <c r="ICP206" s="1"/>
+      <c r="ICQ206" s="23"/>
+      <c r="ICR206" s="23"/>
+      <c r="ICS206" s="1"/>
+      <c r="ICT206" s="23"/>
+      <c r="ICU206" s="23"/>
+      <c r="ICV206" s="1"/>
+      <c r="ICW206" s="23"/>
+      <c r="ICX206" s="23"/>
+      <c r="ICY206" s="1"/>
+      <c r="ICZ206" s="23"/>
+      <c r="IDA206" s="23"/>
+      <c r="IDB206" s="1"/>
+      <c r="IDC206" s="23"/>
+      <c r="IDD206" s="23"/>
+      <c r="IDE206" s="1"/>
+      <c r="IDF206" s="23"/>
+      <c r="IDG206" s="23"/>
+      <c r="IDH206" s="1"/>
+      <c r="IDI206" s="23"/>
+      <c r="IDJ206" s="23"/>
+      <c r="IDK206" s="1"/>
+      <c r="IDL206" s="23"/>
+      <c r="IDM206" s="23"/>
+      <c r="IDN206" s="1"/>
+      <c r="IDO206" s="23"/>
+      <c r="IDP206" s="23"/>
+      <c r="IDQ206" s="1"/>
+      <c r="IDR206" s="23"/>
+      <c r="IDS206" s="23"/>
+      <c r="IDT206" s="1"/>
+      <c r="IDU206" s="23"/>
+      <c r="IDV206" s="23"/>
+      <c r="IDW206" s="1"/>
+      <c r="IDX206" s="23"/>
+      <c r="IDY206" s="23"/>
+      <c r="IDZ206" s="1"/>
+      <c r="IEA206" s="23"/>
+      <c r="IEB206" s="23"/>
+      <c r="IEC206" s="1"/>
+      <c r="IED206" s="23"/>
+      <c r="IEE206" s="23"/>
+      <c r="IEF206" s="1"/>
+      <c r="IEG206" s="23"/>
+      <c r="IEH206" s="23"/>
+      <c r="IEI206" s="1"/>
+      <c r="IEJ206" s="23"/>
+      <c r="IEK206" s="23"/>
+      <c r="IEL206" s="1"/>
+      <c r="IEM206" s="23"/>
+      <c r="IEN206" s="23"/>
+      <c r="IEO206" s="1"/>
+      <c r="IEP206" s="23"/>
+      <c r="IEQ206" s="23"/>
+      <c r="IER206" s="1"/>
+      <c r="IES206" s="23"/>
+      <c r="IET206" s="23"/>
+      <c r="IEU206" s="1"/>
+      <c r="IEV206" s="23"/>
+      <c r="IEW206" s="23"/>
+      <c r="IEX206" s="1"/>
+      <c r="IEY206" s="23"/>
+      <c r="IEZ206" s="23"/>
+      <c r="IFA206" s="1"/>
+      <c r="IFB206" s="23"/>
+      <c r="IFC206" s="23"/>
+      <c r="IFD206" s="1"/>
+      <c r="IFE206" s="23"/>
+      <c r="IFF206" s="23"/>
+      <c r="IFG206" s="1"/>
+      <c r="IFH206" s="23"/>
+      <c r="IFI206" s="23"/>
+      <c r="IFJ206" s="1"/>
+      <c r="IFK206" s="23"/>
+      <c r="IFL206" s="23"/>
+      <c r="IFM206" s="1"/>
+      <c r="IFN206" s="23"/>
+      <c r="IFO206" s="23"/>
+      <c r="IFP206" s="1"/>
+      <c r="IFQ206" s="23"/>
+      <c r="IFR206" s="23"/>
+      <c r="IFS206" s="1"/>
+      <c r="IFT206" s="23"/>
+      <c r="IFU206" s="23"/>
+      <c r="IFV206" s="1"/>
+      <c r="IFW206" s="23"/>
+      <c r="IFX206" s="23"/>
+      <c r="IFY206" s="1"/>
+      <c r="IFZ206" s="23"/>
+      <c r="IGA206" s="23"/>
+      <c r="IGB206" s="1"/>
+      <c r="IGC206" s="23"/>
+      <c r="IGD206" s="23"/>
+      <c r="IGE206" s="1"/>
+      <c r="IGF206" s="23"/>
+      <c r="IGG206" s="23"/>
+      <c r="IGH206" s="1"/>
+      <c r="IGI206" s="23"/>
+      <c r="IGJ206" s="23"/>
+      <c r="IGK206" s="1"/>
+      <c r="IGL206" s="23"/>
+      <c r="IGM206" s="23"/>
+      <c r="IGN206" s="1"/>
+      <c r="IGO206" s="23"/>
+      <c r="IGP206" s="23"/>
+      <c r="IGQ206" s="1"/>
+      <c r="IGR206" s="23"/>
+      <c r="IGS206" s="23"/>
+      <c r="IGT206" s="1"/>
+      <c r="IGU206" s="23"/>
+      <c r="IGV206" s="23"/>
+      <c r="IGW206" s="1"/>
+      <c r="IGX206" s="23"/>
+      <c r="IGY206" s="23"/>
+      <c r="IGZ206" s="1"/>
+      <c r="IHA206" s="23"/>
+      <c r="IHB206" s="23"/>
+      <c r="IHC206" s="1"/>
+      <c r="IHD206" s="23"/>
+      <c r="IHE206" s="23"/>
+      <c r="IHF206" s="1"/>
+      <c r="IHG206" s="23"/>
+      <c r="IHH206" s="23"/>
+      <c r="IHI206" s="1"/>
+      <c r="IHJ206" s="23"/>
+      <c r="IHK206" s="23"/>
+      <c r="IHL206" s="1"/>
+      <c r="IHM206" s="23"/>
+      <c r="IHN206" s="23"/>
+      <c r="IHO206" s="1"/>
+      <c r="IHP206" s="23"/>
+      <c r="IHQ206" s="23"/>
+      <c r="IHR206" s="1"/>
+      <c r="IHS206" s="23"/>
+      <c r="IHT206" s="23"/>
+      <c r="IHU206" s="1"/>
+      <c r="IHV206" s="23"/>
+      <c r="IHW206" s="23"/>
+      <c r="IHX206" s="1"/>
+      <c r="IHY206" s="23"/>
+      <c r="IHZ206" s="23"/>
+      <c r="IIA206" s="1"/>
+      <c r="IIB206" s="23"/>
+      <c r="IIC206" s="23"/>
+      <c r="IID206" s="1"/>
+      <c r="IIE206" s="23"/>
+      <c r="IIF206" s="23"/>
+      <c r="IIG206" s="1"/>
+      <c r="IIH206" s="23"/>
+      <c r="III206" s="23"/>
+      <c r="IIJ206" s="1"/>
+      <c r="IIK206" s="23"/>
+      <c r="IIL206" s="23"/>
+      <c r="IIM206" s="1"/>
+      <c r="IIN206" s="23"/>
+      <c r="IIO206" s="23"/>
+      <c r="IIP206" s="1"/>
+      <c r="IIQ206" s="23"/>
+      <c r="IIR206" s="23"/>
+      <c r="IIS206" s="1"/>
+      <c r="IIT206" s="23"/>
+      <c r="IIU206" s="23"/>
+      <c r="IIV206" s="1"/>
+      <c r="IIW206" s="23"/>
+      <c r="IIX206" s="23"/>
+      <c r="IIY206" s="1"/>
+      <c r="IIZ206" s="23"/>
+      <c r="IJA206" s="23"/>
+      <c r="IJB206" s="1"/>
+      <c r="IJC206" s="23"/>
+      <c r="IJD206" s="23"/>
+      <c r="IJE206" s="1"/>
+      <c r="IJF206" s="23"/>
+      <c r="IJG206" s="23"/>
+      <c r="IJH206" s="1"/>
+      <c r="IJI206" s="23"/>
+      <c r="IJJ206" s="23"/>
+      <c r="IJK206" s="1"/>
+      <c r="IJL206" s="23"/>
+      <c r="IJM206" s="23"/>
+      <c r="IJN206" s="1"/>
+      <c r="IJO206" s="23"/>
+      <c r="IJP206" s="23"/>
+      <c r="IJQ206" s="1"/>
+      <c r="IJR206" s="23"/>
+      <c r="IJS206" s="23"/>
+      <c r="IJT206" s="1"/>
+      <c r="IJU206" s="23"/>
+      <c r="IJV206" s="23"/>
+      <c r="IJW206" s="1"/>
+      <c r="IJX206" s="23"/>
+      <c r="IJY206" s="23"/>
+      <c r="IJZ206" s="1"/>
+      <c r="IKA206" s="23"/>
+      <c r="IKB206" s="23"/>
+      <c r="IKC206" s="1"/>
+      <c r="IKD206" s="23"/>
+      <c r="IKE206" s="23"/>
+      <c r="IKF206" s="1"/>
+      <c r="IKG206" s="23"/>
+      <c r="IKH206" s="23"/>
+      <c r="IKI206" s="1"/>
+      <c r="IKJ206" s="23"/>
+      <c r="IKK206" s="23"/>
+      <c r="IKL206" s="1"/>
+      <c r="IKM206" s="23"/>
+      <c r="IKN206" s="23"/>
+      <c r="IKO206" s="1"/>
+      <c r="IKP206" s="23"/>
+      <c r="IKQ206" s="23"/>
+      <c r="IKR206" s="1"/>
+      <c r="IKS206" s="23"/>
+      <c r="IKT206" s="23"/>
+      <c r="IKU206" s="1"/>
+      <c r="IKV206" s="23"/>
+      <c r="IKW206" s="23"/>
+      <c r="IKX206" s="1"/>
+      <c r="IKY206" s="23"/>
+      <c r="IKZ206" s="23"/>
+      <c r="ILA206" s="1"/>
+      <c r="ILB206" s="23"/>
+      <c r="ILC206" s="23"/>
+      <c r="ILD206" s="1"/>
+      <c r="ILE206" s="23"/>
+      <c r="ILF206" s="23"/>
+      <c r="ILG206" s="1"/>
+      <c r="ILH206" s="23"/>
+      <c r="ILI206" s="23"/>
+      <c r="ILJ206" s="1"/>
+      <c r="ILK206" s="23"/>
+      <c r="ILL206" s="23"/>
+      <c r="ILM206" s="1"/>
+      <c r="ILN206" s="23"/>
+      <c r="ILO206" s="23"/>
+      <c r="ILP206" s="1"/>
+      <c r="ILQ206" s="23"/>
+      <c r="ILR206" s="23"/>
+      <c r="ILS206" s="1"/>
+      <c r="ILT206" s="23"/>
+      <c r="ILU206" s="23"/>
+      <c r="ILV206" s="1"/>
+      <c r="ILW206" s="23"/>
+      <c r="ILX206" s="23"/>
+      <c r="ILY206" s="1"/>
+      <c r="ILZ206" s="23"/>
+      <c r="IMA206" s="23"/>
+      <c r="IMB206" s="1"/>
+      <c r="IMC206" s="23"/>
+      <c r="IMD206" s="23"/>
+      <c r="IME206" s="1"/>
+      <c r="IMF206" s="23"/>
+      <c r="IMG206" s="23"/>
+      <c r="IMH206" s="1"/>
+      <c r="IMI206" s="23"/>
+      <c r="IMJ206" s="23"/>
+      <c r="IMK206" s="1"/>
+      <c r="IML206" s="23"/>
+      <c r="IMM206" s="23"/>
+      <c r="IMN206" s="1"/>
+      <c r="IMO206" s="23"/>
+      <c r="IMP206" s="23"/>
+      <c r="IMQ206" s="1"/>
+      <c r="IMR206" s="23"/>
+      <c r="IMS206" s="23"/>
+      <c r="IMT206" s="1"/>
+      <c r="IMU206" s="23"/>
+      <c r="IMV206" s="23"/>
+      <c r="IMW206" s="1"/>
+      <c r="IMX206" s="23"/>
+      <c r="IMY206" s="23"/>
+      <c r="IMZ206" s="1"/>
+      <c r="INA206" s="23"/>
+      <c r="INB206" s="23"/>
+      <c r="INC206" s="1"/>
+      <c r="IND206" s="23"/>
+      <c r="INE206" s="23"/>
+      <c r="INF206" s="1"/>
+      <c r="ING206" s="23"/>
+      <c r="INH206" s="23"/>
+      <c r="INI206" s="1"/>
+      <c r="INJ206" s="23"/>
+      <c r="INK206" s="23"/>
+      <c r="INL206" s="1"/>
+      <c r="INM206" s="23"/>
+      <c r="INN206" s="23"/>
+      <c r="INO206" s="1"/>
+      <c r="INP206" s="23"/>
+      <c r="INQ206" s="23"/>
+      <c r="INR206" s="1"/>
+      <c r="INS206" s="23"/>
+      <c r="INT206" s="23"/>
+      <c r="INU206" s="1"/>
+      <c r="INV206" s="23"/>
+      <c r="INW206" s="23"/>
+      <c r="INX206" s="1"/>
+      <c r="INY206" s="23"/>
+      <c r="INZ206" s="23"/>
+      <c r="IOA206" s="1"/>
+      <c r="IOB206" s="23"/>
+      <c r="IOC206" s="23"/>
+      <c r="IOD206" s="1"/>
+      <c r="IOE206" s="23"/>
+      <c r="IOF206" s="23"/>
+      <c r="IOG206" s="1"/>
+      <c r="IOH206" s="23"/>
+      <c r="IOI206" s="23"/>
+      <c r="IOJ206" s="1"/>
+      <c r="IOK206" s="23"/>
+      <c r="IOL206" s="23"/>
+      <c r="IOM206" s="1"/>
+      <c r="ION206" s="23"/>
+      <c r="IOO206" s="23"/>
+      <c r="IOP206" s="1"/>
+      <c r="IOQ206" s="23"/>
+      <c r="IOR206" s="23"/>
+      <c r="IOS206" s="1"/>
+      <c r="IOT206" s="23"/>
+      <c r="IOU206" s="23"/>
+      <c r="IOV206" s="1"/>
+      <c r="IOW206" s="23"/>
+      <c r="IOX206" s="23"/>
+      <c r="IOY206" s="1"/>
+      <c r="IOZ206" s="23"/>
+      <c r="IPA206" s="23"/>
+      <c r="IPB206" s="1"/>
+      <c r="IPC206" s="23"/>
+      <c r="IPD206" s="23"/>
+      <c r="IPE206" s="1"/>
+      <c r="IPF206" s="23"/>
+      <c r="IPG206" s="23"/>
+      <c r="IPH206" s="1"/>
+      <c r="IPI206" s="23"/>
+      <c r="IPJ206" s="23"/>
+      <c r="IPK206" s="1"/>
+      <c r="IPL206" s="23"/>
+      <c r="IPM206" s="23"/>
+      <c r="IPN206" s="1"/>
+      <c r="IPO206" s="23"/>
+      <c r="IPP206" s="23"/>
+      <c r="IPQ206" s="1"/>
+      <c r="IPR206" s="23"/>
+      <c r="IPS206" s="23"/>
+      <c r="IPT206" s="1"/>
+      <c r="IPU206" s="23"/>
+      <c r="IPV206" s="23"/>
+      <c r="IPW206" s="1"/>
+      <c r="IPX206" s="23"/>
+      <c r="IPY206" s="23"/>
+      <c r="IPZ206" s="1"/>
+      <c r="IQA206" s="23"/>
+      <c r="IQB206" s="23"/>
+      <c r="IQC206" s="1"/>
+      <c r="IQD206" s="23"/>
+      <c r="IQE206" s="23"/>
+      <c r="IQF206" s="1"/>
+      <c r="IQG206" s="23"/>
+      <c r="IQH206" s="23"/>
+      <c r="IQI206" s="1"/>
+      <c r="IQJ206" s="23"/>
+      <c r="IQK206" s="23"/>
+      <c r="IQL206" s="1"/>
+      <c r="IQM206" s="23"/>
+      <c r="IQN206" s="23"/>
+      <c r="IQO206" s="1"/>
+      <c r="IQP206" s="23"/>
+      <c r="IQQ206" s="23"/>
+      <c r="IQR206" s="1"/>
+      <c r="IQS206" s="23"/>
+      <c r="IQT206" s="23"/>
+      <c r="IQU206" s="1"/>
+      <c r="IQV206" s="23"/>
+      <c r="IQW206" s="23"/>
+      <c r="IQX206" s="1"/>
+      <c r="IQY206" s="23"/>
+      <c r="IQZ206" s="23"/>
+      <c r="IRA206" s="1"/>
+      <c r="IRB206" s="23"/>
+      <c r="IRC206" s="23"/>
+      <c r="IRD206" s="1"/>
+      <c r="IRE206" s="23"/>
+      <c r="IRF206" s="23"/>
+      <c r="IRG206" s="1"/>
+      <c r="IRH206" s="23"/>
+      <c r="IRI206" s="23"/>
+      <c r="IRJ206" s="1"/>
+      <c r="IRK206" s="23"/>
+      <c r="IRL206" s="23"/>
+      <c r="IRM206" s="1"/>
+      <c r="IRN206" s="23"/>
+      <c r="IRO206" s="23"/>
+      <c r="IRP206" s="1"/>
+      <c r="IRQ206" s="23"/>
+      <c r="IRR206" s="23"/>
+      <c r="IRS206" s="1"/>
+      <c r="IRT206" s="23"/>
+      <c r="IRU206" s="23"/>
+      <c r="IRV206" s="1"/>
+      <c r="IRW206" s="23"/>
+      <c r="IRX206" s="23"/>
+      <c r="IRY206" s="1"/>
+      <c r="IRZ206" s="23"/>
+      <c r="ISA206" s="23"/>
+      <c r="ISB206" s="1"/>
+      <c r="ISC206" s="23"/>
+      <c r="ISD206" s="23"/>
+      <c r="ISE206" s="1"/>
+      <c r="ISF206" s="23"/>
+      <c r="ISG206" s="23"/>
+      <c r="ISH206" s="1"/>
+      <c r="ISI206" s="23"/>
+      <c r="ISJ206" s="23"/>
+      <c r="ISK206" s="1"/>
+      <c r="ISL206" s="23"/>
+      <c r="ISM206" s="23"/>
+      <c r="ISN206" s="1"/>
+      <c r="ISO206" s="23"/>
+      <c r="ISP206" s="23"/>
+      <c r="ISQ206" s="1"/>
+      <c r="ISR206" s="23"/>
+      <c r="ISS206" s="23"/>
+      <c r="IST206" s="1"/>
+      <c r="ISU206" s="23"/>
+      <c r="ISV206" s="23"/>
+      <c r="ISW206" s="1"/>
+      <c r="ISX206" s="23"/>
+      <c r="ISY206" s="23"/>
+      <c r="ISZ206" s="1"/>
+      <c r="ITA206" s="23"/>
+      <c r="ITB206" s="23"/>
+      <c r="ITC206" s="1"/>
+      <c r="ITD206" s="23"/>
+      <c r="ITE206" s="23"/>
+      <c r="ITF206" s="1"/>
+      <c r="ITG206" s="23"/>
+      <c r="ITH206" s="23"/>
+      <c r="ITI206" s="1"/>
+      <c r="ITJ206" s="23"/>
+      <c r="ITK206" s="23"/>
+      <c r="ITL206" s="1"/>
+      <c r="ITM206" s="23"/>
+      <c r="ITN206" s="23"/>
+      <c r="ITO206" s="1"/>
+      <c r="ITP206" s="23"/>
+      <c r="ITQ206" s="23"/>
+      <c r="ITR206" s="1"/>
+      <c r="ITS206" s="23"/>
+      <c r="ITT206" s="23"/>
+      <c r="ITU206" s="1"/>
+      <c r="ITV206" s="23"/>
+      <c r="ITW206" s="23"/>
+      <c r="ITX206" s="1"/>
+      <c r="ITY206" s="23"/>
+      <c r="ITZ206" s="23"/>
+      <c r="IUA206" s="1"/>
+      <c r="IUB206" s="23"/>
+      <c r="IUC206" s="23"/>
+      <c r="IUD206" s="1"/>
+      <c r="IUE206" s="23"/>
+      <c r="IUF206" s="23"/>
+      <c r="IUG206" s="1"/>
+      <c r="IUH206" s="23"/>
+      <c r="IUI206" s="23"/>
+      <c r="IUJ206" s="1"/>
+      <c r="IUK206" s="23"/>
+      <c r="IUL206" s="23"/>
+      <c r="IUM206" s="1"/>
+      <c r="IUN206" s="23"/>
+      <c r="IUO206" s="23"/>
+      <c r="IUP206" s="1"/>
+      <c r="IUQ206" s="23"/>
+      <c r="IUR206" s="23"/>
+      <c r="IUS206" s="1"/>
+      <c r="IUT206" s="23"/>
+      <c r="IUU206" s="23"/>
+      <c r="IUV206" s="1"/>
+      <c r="IUW206" s="23"/>
+      <c r="IUX206" s="23"/>
+      <c r="IUY206" s="1"/>
+      <c r="IUZ206" s="23"/>
+      <c r="IVA206" s="23"/>
+      <c r="IVB206" s="1"/>
+      <c r="IVC206" s="23"/>
+      <c r="IVD206" s="23"/>
+      <c r="IVE206" s="1"/>
+      <c r="IVF206" s="23"/>
+      <c r="IVG206" s="23"/>
+      <c r="IVH206" s="1"/>
+      <c r="IVI206" s="23"/>
+      <c r="IVJ206" s="23"/>
+      <c r="IVK206" s="1"/>
+      <c r="IVL206" s="23"/>
+      <c r="IVM206" s="23"/>
+      <c r="IVN206" s="1"/>
+      <c r="IVO206" s="23"/>
+      <c r="IVP206" s="23"/>
+      <c r="IVQ206" s="1"/>
+      <c r="IVR206" s="23"/>
+      <c r="IVS206" s="23"/>
+      <c r="IVT206" s="1"/>
+      <c r="IVU206" s="23"/>
+      <c r="IVV206" s="23"/>
+      <c r="IVW206" s="1"/>
+      <c r="IVX206" s="23"/>
+      <c r="IVY206" s="23"/>
+      <c r="IVZ206" s="1"/>
+      <c r="IWA206" s="23"/>
+      <c r="IWB206" s="23"/>
+      <c r="IWC206" s="1"/>
+      <c r="IWD206" s="23"/>
+      <c r="IWE206" s="23"/>
+      <c r="IWF206" s="1"/>
+      <c r="IWG206" s="23"/>
+      <c r="IWH206" s="23"/>
+      <c r="IWI206" s="1"/>
+      <c r="IWJ206" s="23"/>
+      <c r="IWK206" s="23"/>
+      <c r="IWL206" s="1"/>
+      <c r="IWM206" s="23"/>
+      <c r="IWN206" s="23"/>
+      <c r="IWO206" s="1"/>
+      <c r="IWP206" s="23"/>
+      <c r="IWQ206" s="23"/>
+      <c r="IWR206" s="1"/>
+      <c r="IWS206" s="23"/>
+      <c r="IWT206" s="23"/>
+      <c r="IWU206" s="1"/>
+      <c r="IWV206" s="23"/>
+      <c r="IWW206" s="23"/>
+      <c r="IWX206" s="1"/>
+      <c r="IWY206" s="23"/>
+      <c r="IWZ206" s="23"/>
+      <c r="IXA206" s="1"/>
+      <c r="IXB206" s="23"/>
+      <c r="IXC206" s="23"/>
+      <c r="IXD206" s="1"/>
+      <c r="IXE206" s="23"/>
+      <c r="IXF206" s="23"/>
+      <c r="IXG206" s="1"/>
+      <c r="IXH206" s="23"/>
+      <c r="IXI206" s="23"/>
+      <c r="IXJ206" s="1"/>
+      <c r="IXK206" s="23"/>
+      <c r="IXL206" s="23"/>
+      <c r="IXM206" s="1"/>
+      <c r="IXN206" s="23"/>
+      <c r="IXO206" s="23"/>
+      <c r="IXP206" s="1"/>
+      <c r="IXQ206" s="23"/>
+      <c r="IXR206" s="23"/>
+      <c r="IXS206" s="1"/>
+      <c r="IXT206" s="23"/>
+      <c r="IXU206" s="23"/>
+      <c r="IXV206" s="1"/>
+      <c r="IXW206" s="23"/>
+      <c r="IXX206" s="23"/>
+      <c r="IXY206" s="1"/>
+      <c r="IXZ206" s="23"/>
+      <c r="IYA206" s="23"/>
+      <c r="IYB206" s="1"/>
+      <c r="IYC206" s="23"/>
+      <c r="IYD206" s="23"/>
+      <c r="IYE206" s="1"/>
+      <c r="IYF206" s="23"/>
+      <c r="IYG206" s="23"/>
+      <c r="IYH206" s="1"/>
+      <c r="IYI206" s="23"/>
+      <c r="IYJ206" s="23"/>
+      <c r="IYK206" s="1"/>
+      <c r="IYL206" s="23"/>
+      <c r="IYM206" s="23"/>
+      <c r="IYN206" s="1"/>
+      <c r="IYO206" s="23"/>
+      <c r="IYP206" s="23"/>
+      <c r="IYQ206" s="1"/>
+      <c r="IYR206" s="23"/>
+      <c r="IYS206" s="23"/>
+      <c r="IYT206" s="1"/>
+      <c r="IYU206" s="23"/>
+      <c r="IYV206" s="23"/>
+      <c r="IYW206" s="1"/>
+      <c r="IYX206" s="23"/>
+      <c r="IYY206" s="23"/>
+      <c r="IYZ206" s="1"/>
+      <c r="IZA206" s="23"/>
+      <c r="IZB206" s="23"/>
+      <c r="IZC206" s="1"/>
+      <c r="IZD206" s="23"/>
+      <c r="IZE206" s="23"/>
+      <c r="IZF206" s="1"/>
+      <c r="IZG206" s="23"/>
+      <c r="IZH206" s="23"/>
+      <c r="IZI206" s="1"/>
+      <c r="IZJ206" s="23"/>
+      <c r="IZK206" s="23"/>
+      <c r="IZL206" s="1"/>
+      <c r="IZM206" s="23"/>
+      <c r="IZN206" s="23"/>
+      <c r="IZO206" s="1"/>
+      <c r="IZP206" s="23"/>
+      <c r="IZQ206" s="23"/>
+      <c r="IZR206" s="1"/>
+      <c r="IZS206" s="23"/>
+      <c r="IZT206" s="23"/>
+      <c r="IZU206" s="1"/>
+      <c r="IZV206" s="23"/>
+      <c r="IZW206" s="23"/>
+      <c r="IZX206" s="1"/>
+      <c r="IZY206" s="23"/>
+      <c r="IZZ206" s="23"/>
+      <c r="JAA206" s="1"/>
+      <c r="JAB206" s="23"/>
+      <c r="JAC206" s="23"/>
+      <c r="JAD206" s="1"/>
+      <c r="JAE206" s="23"/>
+      <c r="JAF206" s="23"/>
+      <c r="JAG206" s="1"/>
+      <c r="JAH206" s="23"/>
+      <c r="JAI206" s="23"/>
+      <c r="JAJ206" s="1"/>
+      <c r="JAK206" s="23"/>
+      <c r="JAL206" s="23"/>
+      <c r="JAM206" s="1"/>
+      <c r="JAN206" s="23"/>
+      <c r="JAO206" s="23"/>
+      <c r="JAP206" s="1"/>
+      <c r="JAQ206" s="23"/>
+      <c r="JAR206" s="23"/>
+      <c r="JAS206" s="1"/>
+      <c r="JAT206" s="23"/>
+      <c r="JAU206" s="23"/>
+      <c r="JAV206" s="1"/>
+      <c r="JAW206" s="23"/>
+      <c r="JAX206" s="23"/>
+      <c r="JAY206" s="1"/>
+      <c r="JAZ206" s="23"/>
+      <c r="JBA206" s="23"/>
+      <c r="JBB206" s="1"/>
+      <c r="JBC206" s="23"/>
+      <c r="JBD206" s="23"/>
+      <c r="JBE206" s="1"/>
+      <c r="JBF206" s="23"/>
+      <c r="JBG206" s="23"/>
+      <c r="JBH206" s="1"/>
+      <c r="JBI206" s="23"/>
+      <c r="JBJ206" s="23"/>
+      <c r="JBK206" s="1"/>
+      <c r="JBL206" s="23"/>
+      <c r="JBM206" s="23"/>
+      <c r="JBN206" s="1"/>
+      <c r="JBO206" s="23"/>
+      <c r="JBP206" s="23"/>
+      <c r="JBQ206" s="1"/>
+      <c r="JBR206" s="23"/>
+      <c r="JBS206" s="23"/>
+      <c r="JBT206" s="1"/>
+      <c r="JBU206" s="23"/>
+      <c r="JBV206" s="23"/>
+      <c r="JBW206" s="1"/>
+      <c r="JBX206" s="23"/>
+      <c r="JBY206" s="23"/>
+      <c r="JBZ206" s="1"/>
+      <c r="JCA206" s="23"/>
+      <c r="JCB206" s="23"/>
+      <c r="JCC206" s="1"/>
+      <c r="JCD206" s="23"/>
+      <c r="JCE206" s="23"/>
+      <c r="JCF206" s="1"/>
+      <c r="JCG206" s="23"/>
+      <c r="JCH206" s="23"/>
+      <c r="JCI206" s="1"/>
+      <c r="JCJ206" s="23"/>
+      <c r="JCK206" s="23"/>
+      <c r="JCL206" s="1"/>
+      <c r="JCM206" s="23"/>
+      <c r="JCN206" s="23"/>
+      <c r="JCO206" s="1"/>
+      <c r="JCP206" s="23"/>
+      <c r="JCQ206" s="23"/>
+      <c r="JCR206" s="1"/>
+      <c r="JCS206" s="23"/>
+      <c r="JCT206" s="23"/>
+      <c r="JCU206" s="1"/>
+      <c r="JCV206" s="23"/>
+      <c r="JCW206" s="23"/>
+      <c r="JCX206" s="1"/>
+      <c r="JCY206" s="23"/>
+      <c r="JCZ206" s="23"/>
+      <c r="JDA206" s="1"/>
+      <c r="JDB206" s="23"/>
+      <c r="JDC206" s="23"/>
+      <c r="JDD206" s="1"/>
+      <c r="JDE206" s="23"/>
+      <c r="JDF206" s="23"/>
+      <c r="JDG206" s="1"/>
+      <c r="JDH206" s="23"/>
+      <c r="JDI206" s="23"/>
+      <c r="JDJ206" s="1"/>
+      <c r="JDK206" s="23"/>
+      <c r="JDL206" s="23"/>
+      <c r="JDM206" s="1"/>
+      <c r="JDN206" s="23"/>
+      <c r="JDO206" s="23"/>
+      <c r="JDP206" s="1"/>
+      <c r="JDQ206" s="23"/>
+      <c r="JDR206" s="23"/>
+      <c r="JDS206" s="1"/>
+      <c r="JDT206" s="23"/>
+      <c r="JDU206" s="23"/>
+      <c r="JDV206" s="1"/>
+      <c r="JDW206" s="23"/>
+      <c r="JDX206" s="23"/>
+      <c r="JDY206" s="1"/>
+      <c r="JDZ206" s="23"/>
+      <c r="JEA206" s="23"/>
+      <c r="JEB206" s="1"/>
+      <c r="JEC206" s="23"/>
+      <c r="JED206" s="23"/>
+      <c r="JEE206" s="1"/>
+      <c r="JEF206" s="23"/>
+      <c r="JEG206" s="23"/>
+      <c r="JEH206" s="1"/>
+      <c r="JEI206" s="23"/>
+      <c r="JEJ206" s="23"/>
+      <c r="JEK206" s="1"/>
+      <c r="JEL206" s="23"/>
+      <c r="JEM206" s="23"/>
+      <c r="JEN206" s="1"/>
+      <c r="JEO206" s="23"/>
+      <c r="JEP206" s="23"/>
+      <c r="JEQ206" s="1"/>
+      <c r="JER206" s="23"/>
+      <c r="JES206" s="23"/>
+      <c r="JET206" s="1"/>
+      <c r="JEU206" s="23"/>
+      <c r="JEV206" s="23"/>
+      <c r="JEW206" s="1"/>
+      <c r="JEX206" s="23"/>
+      <c r="JEY206" s="23"/>
+      <c r="JEZ206" s="1"/>
+      <c r="JFA206" s="23"/>
+      <c r="JFB206" s="23"/>
+      <c r="JFC206" s="1"/>
+      <c r="JFD206" s="23"/>
+      <c r="JFE206" s="23"/>
+      <c r="JFF206" s="1"/>
+      <c r="JFG206" s="23"/>
+      <c r="JFH206" s="23"/>
+      <c r="JFI206" s="1"/>
+      <c r="JFJ206" s="23"/>
+      <c r="JFK206" s="23"/>
+      <c r="JFL206" s="1"/>
+      <c r="JFM206" s="23"/>
+      <c r="JFN206" s="23"/>
+      <c r="JFO206" s="1"/>
+      <c r="JFP206" s="23"/>
+      <c r="JFQ206" s="23"/>
+      <c r="JFR206" s="1"/>
+      <c r="JFS206" s="23"/>
+      <c r="JFT206" s="23"/>
+      <c r="JFU206" s="1"/>
+      <c r="JFV206" s="23"/>
+      <c r="JFW206" s="23"/>
+      <c r="JFX206" s="1"/>
+      <c r="JFY206" s="23"/>
+      <c r="JFZ206" s="23"/>
+      <c r="JGA206" s="1"/>
+      <c r="JGB206" s="23"/>
+      <c r="JGC206" s="23"/>
+      <c r="JGD206" s="1"/>
+      <c r="JGE206" s="23"/>
+      <c r="JGF206" s="23"/>
+      <c r="JGG206" s="1"/>
+      <c r="JGH206" s="23"/>
+      <c r="JGI206" s="23"/>
+      <c r="JGJ206" s="1"/>
+      <c r="JGK206" s="23"/>
+      <c r="JGL206" s="23"/>
+      <c r="JGM206" s="1"/>
+      <c r="JGN206" s="23"/>
+      <c r="JGO206" s="23"/>
+      <c r="JGP206" s="1"/>
+      <c r="JGQ206" s="23"/>
+      <c r="JGR206" s="23"/>
+      <c r="JGS206" s="1"/>
+      <c r="JGT206" s="23"/>
+      <c r="JGU206" s="23"/>
+      <c r="JGV206" s="1"/>
+      <c r="JGW206" s="23"/>
+      <c r="JGX206" s="23"/>
+      <c r="JGY206" s="1"/>
+      <c r="JGZ206" s="23"/>
+      <c r="JHA206" s="23"/>
+      <c r="JHB206" s="1"/>
+      <c r="JHC206" s="23"/>
+      <c r="JHD206" s="23"/>
+      <c r="JHE206" s="1"/>
+      <c r="JHF206" s="23"/>
+      <c r="JHG206" s="23"/>
+      <c r="JHH206" s="1"/>
+      <c r="JHI206" s="23"/>
+      <c r="JHJ206" s="23"/>
+      <c r="JHK206" s="1"/>
+      <c r="JHL206" s="23"/>
+      <c r="JHM206" s="23"/>
+      <c r="JHN206" s="1"/>
+      <c r="JHO206" s="23"/>
+      <c r="JHP206" s="23"/>
+      <c r="JHQ206" s="1"/>
+      <c r="JHR206" s="23"/>
+      <c r="JHS206" s="23"/>
+      <c r="JHT206" s="1"/>
+      <c r="JHU206" s="23"/>
+      <c r="JHV206" s="23"/>
+      <c r="JHW206" s="1"/>
+      <c r="JHX206" s="23"/>
+      <c r="JHY206" s="23"/>
+      <c r="JHZ206" s="1"/>
+      <c r="JIA206" s="23"/>
+      <c r="JIB206" s="23"/>
+      <c r="JIC206" s="1"/>
+      <c r="JID206" s="23"/>
+      <c r="JIE206" s="23"/>
+      <c r="JIF206" s="1"/>
+      <c r="JIG206" s="23"/>
+      <c r="JIH206" s="23"/>
+      <c r="JII206" s="1"/>
+      <c r="JIJ206" s="23"/>
+      <c r="JIK206" s="23"/>
+      <c r="JIL206" s="1"/>
+      <c r="JIM206" s="23"/>
+      <c r="JIN206" s="23"/>
+      <c r="JIO206" s="1"/>
+      <c r="JIP206" s="23"/>
+      <c r="JIQ206" s="23"/>
+      <c r="JIR206" s="1"/>
+      <c r="JIS206" s="23"/>
+      <c r="JIT206" s="23"/>
+      <c r="JIU206" s="1"/>
+      <c r="JIV206" s="23"/>
+      <c r="JIW206" s="23"/>
+      <c r="JIX206" s="1"/>
+      <c r="JIY206" s="23"/>
+      <c r="JIZ206" s="23"/>
+      <c r="JJA206" s="1"/>
+      <c r="JJB206" s="23"/>
+      <c r="JJC206" s="23"/>
+      <c r="JJD206" s="1"/>
+      <c r="JJE206" s="23"/>
+      <c r="JJF206" s="23"/>
+      <c r="JJG206" s="1"/>
+      <c r="JJH206" s="23"/>
+      <c r="JJI206" s="23"/>
+      <c r="JJJ206" s="1"/>
+      <c r="JJK206" s="23"/>
+      <c r="JJL206" s="23"/>
+      <c r="JJM206" s="1"/>
+      <c r="JJN206" s="23"/>
+      <c r="JJO206" s="23"/>
+      <c r="JJP206" s="1"/>
+      <c r="JJQ206" s="23"/>
+      <c r="JJR206" s="23"/>
+      <c r="JJS206" s="1"/>
+      <c r="JJT206" s="23"/>
+      <c r="JJU206" s="23"/>
+      <c r="JJV206" s="1"/>
+      <c r="JJW206" s="23"/>
+      <c r="JJX206" s="23"/>
+      <c r="JJY206" s="1"/>
+      <c r="JJZ206" s="23"/>
+      <c r="JKA206" s="23"/>
+      <c r="JKB206" s="1"/>
+      <c r="JKC206" s="23"/>
+      <c r="JKD206" s="23"/>
+      <c r="JKE206" s="1"/>
+      <c r="JKF206" s="23"/>
+      <c r="JKG206" s="23"/>
+      <c r="JKH206" s="1"/>
+      <c r="JKI206" s="23"/>
+      <c r="JKJ206" s="23"/>
+      <c r="JKK206" s="1"/>
+      <c r="JKL206" s="23"/>
+      <c r="JKM206" s="23"/>
+      <c r="JKN206" s="1"/>
+      <c r="JKO206" s="23"/>
+      <c r="JKP206" s="23"/>
+      <c r="JKQ206" s="1"/>
+      <c r="JKR206" s="23"/>
+      <c r="JKS206" s="23"/>
+      <c r="JKT206" s="1"/>
+      <c r="JKU206" s="23"/>
+      <c r="JKV206" s="23"/>
+      <c r="JKW206" s="1"/>
+      <c r="JKX206" s="23"/>
+      <c r="JKY206" s="23"/>
+      <c r="JKZ206" s="1"/>
+      <c r="JLA206" s="23"/>
+      <c r="JLB206" s="23"/>
+      <c r="JLC206" s="1"/>
+      <c r="JLD206" s="23"/>
+      <c r="JLE206" s="23"/>
+      <c r="JLF206" s="1"/>
+      <c r="JLG206" s="23"/>
+      <c r="JLH206" s="23"/>
+      <c r="JLI206" s="1"/>
+      <c r="JLJ206" s="23"/>
+      <c r="JLK206" s="23"/>
+      <c r="JLL206" s="1"/>
+      <c r="JLM206" s="23"/>
+      <c r="JLN206" s="23"/>
+      <c r="JLO206" s="1"/>
+      <c r="JLP206" s="23"/>
+      <c r="JLQ206" s="23"/>
+      <c r="JLR206" s="1"/>
+      <c r="JLS206" s="23"/>
+      <c r="JLT206" s="23"/>
+      <c r="JLU206" s="1"/>
+      <c r="JLV206" s="23"/>
+      <c r="JLW206" s="23"/>
+      <c r="JLX206" s="1"/>
+      <c r="JLY206" s="23"/>
+      <c r="JLZ206" s="23"/>
+      <c r="JMA206" s="1"/>
+      <c r="JMB206" s="23"/>
+      <c r="JMC206" s="23"/>
+      <c r="JMD206" s="1"/>
+      <c r="JME206" s="23"/>
+      <c r="JMF206" s="23"/>
+      <c r="JMG206" s="1"/>
+      <c r="JMH206" s="23"/>
+      <c r="JMI206" s="23"/>
+      <c r="JMJ206" s="1"/>
+      <c r="JMK206" s="23"/>
+      <c r="JML206" s="23"/>
+      <c r="JMM206" s="1"/>
+      <c r="JMN206" s="23"/>
+      <c r="JMO206" s="23"/>
+      <c r="JMP206" s="1"/>
+      <c r="JMQ206" s="23"/>
+      <c r="JMR206" s="23"/>
+      <c r="JMS206" s="1"/>
+      <c r="JMT206" s="23"/>
+      <c r="JMU206" s="23"/>
+      <c r="JMV206" s="1"/>
+      <c r="JMW206" s="23"/>
+      <c r="JMX206" s="23"/>
+      <c r="JMY206" s="1"/>
+      <c r="JMZ206" s="23"/>
+      <c r="JNA206" s="23"/>
+      <c r="JNB206" s="1"/>
+      <c r="JNC206" s="23"/>
+      <c r="JND206" s="23"/>
+      <c r="JNE206" s="1"/>
+      <c r="JNF206" s="23"/>
+      <c r="JNG206" s="23"/>
+      <c r="JNH206" s="1"/>
+      <c r="JNI206" s="23"/>
+      <c r="JNJ206" s="23"/>
+      <c r="JNK206" s="1"/>
+      <c r="JNL206" s="23"/>
+      <c r="JNM206" s="23"/>
+      <c r="JNN206" s="1"/>
+      <c r="JNO206" s="23"/>
+      <c r="JNP206" s="23"/>
+      <c r="JNQ206" s="1"/>
+      <c r="JNR206" s="23"/>
+      <c r="JNS206" s="23"/>
+      <c r="JNT206" s="1"/>
+      <c r="JNU206" s="23"/>
+      <c r="JNV206" s="23"/>
+      <c r="JNW206" s="1"/>
+      <c r="JNX206" s="23"/>
+      <c r="JNY206" s="23"/>
+      <c r="JNZ206" s="1"/>
+      <c r="JOA206" s="23"/>
+      <c r="JOB206" s="23"/>
+      <c r="JOC206" s="1"/>
+      <c r="JOD206" s="23"/>
+      <c r="JOE206" s="23"/>
+      <c r="JOF206" s="1"/>
+      <c r="JOG206" s="23"/>
+      <c r="JOH206" s="23"/>
+      <c r="JOI206" s="1"/>
+      <c r="JOJ206" s="23"/>
+      <c r="JOK206" s="23"/>
+      <c r="JOL206" s="1"/>
+      <c r="JOM206" s="23"/>
+      <c r="JON206" s="23"/>
+      <c r="JOO206" s="1"/>
+      <c r="JOP206" s="23"/>
+      <c r="JOQ206" s="23"/>
+      <c r="JOR206" s="1"/>
+      <c r="JOS206" s="23"/>
+      <c r="JOT206" s="23"/>
+      <c r="JOU206" s="1"/>
+      <c r="JOV206" s="23"/>
+      <c r="JOW206" s="23"/>
+      <c r="JOX206" s="1"/>
+      <c r="JOY206" s="23"/>
+      <c r="JOZ206" s="23"/>
+      <c r="JPA206" s="1"/>
+      <c r="JPB206" s="23"/>
+      <c r="JPC206" s="23"/>
+      <c r="JPD206" s="1"/>
+      <c r="JPE206" s="23"/>
+      <c r="JPF206" s="23"/>
+      <c r="JPG206" s="1"/>
+      <c r="JPH206" s="23"/>
+      <c r="JPI206" s="23"/>
+      <c r="JPJ206" s="1"/>
+      <c r="JPK206" s="23"/>
+      <c r="JPL206" s="23"/>
+      <c r="JPM206" s="1"/>
+      <c r="JPN206" s="23"/>
+      <c r="JPO206" s="23"/>
+      <c r="JPP206" s="1"/>
+      <c r="JPQ206" s="23"/>
+      <c r="JPR206" s="23"/>
+      <c r="JPS206" s="1"/>
+      <c r="JPT206" s="23"/>
+      <c r="JPU206" s="23"/>
+      <c r="JPV206" s="1"/>
+      <c r="JPW206" s="23"/>
+      <c r="JPX206" s="23"/>
+      <c r="JPY206" s="1"/>
+      <c r="JPZ206" s="23"/>
+      <c r="JQA206" s="23"/>
+      <c r="JQB206" s="1"/>
+      <c r="JQC206" s="23"/>
+      <c r="JQD206" s="23"/>
+      <c r="JQE206" s="1"/>
+      <c r="JQF206" s="23"/>
+      <c r="JQG206" s="23"/>
+      <c r="JQH206" s="1"/>
+      <c r="JQI206" s="23"/>
+      <c r="JQJ206" s="23"/>
+      <c r="JQK206" s="1"/>
+      <c r="JQL206" s="23"/>
+      <c r="JQM206" s="23"/>
+      <c r="JQN206" s="1"/>
+      <c r="JQO206" s="23"/>
+      <c r="JQP206" s="23"/>
+      <c r="JQQ206" s="1"/>
+      <c r="JQR206" s="23"/>
+      <c r="JQS206" s="23"/>
+      <c r="JQT206" s="1"/>
+      <c r="JQU206" s="23"/>
+      <c r="JQV206" s="23"/>
+      <c r="JQW206" s="1"/>
+      <c r="JQX206" s="23"/>
+      <c r="JQY206" s="23"/>
+      <c r="JQZ206" s="1"/>
+      <c r="JRA206" s="23"/>
+      <c r="JRB206" s="23"/>
+      <c r="JRC206" s="1"/>
+      <c r="JRD206" s="23"/>
+      <c r="JRE206" s="23"/>
+      <c r="JRF206" s="1"/>
+      <c r="JRG206" s="23"/>
+      <c r="JRH206" s="23"/>
+      <c r="JRI206" s="1"/>
+      <c r="JRJ206" s="23"/>
+      <c r="JRK206" s="23"/>
+      <c r="JRL206" s="1"/>
+      <c r="JRM206" s="23"/>
+      <c r="JRN206" s="23"/>
+      <c r="JRO206" s="1"/>
+      <c r="JRP206" s="23"/>
+      <c r="JRQ206" s="23"/>
+      <c r="JRR206" s="1"/>
+      <c r="JRS206" s="23"/>
+      <c r="JRT206" s="23"/>
+      <c r="JRU206" s="1"/>
+      <c r="JRV206" s="23"/>
+      <c r="JRW206" s="23"/>
+      <c r="JRX206" s="1"/>
+      <c r="JRY206" s="23"/>
+      <c r="JRZ206" s="23"/>
+      <c r="JSA206" s="1"/>
+      <c r="JSB206" s="23"/>
+      <c r="JSC206" s="23"/>
+      <c r="JSD206" s="1"/>
+      <c r="JSE206" s="23"/>
+      <c r="JSF206" s="23"/>
+      <c r="JSG206" s="1"/>
+      <c r="JSH206" s="23"/>
+      <c r="JSI206" s="23"/>
+      <c r="JSJ206" s="1"/>
+      <c r="JSK206" s="23"/>
+      <c r="JSL206" s="23"/>
+      <c r="JSM206" s="1"/>
+      <c r="JSN206" s="23"/>
+      <c r="JSO206" s="23"/>
+      <c r="JSP206" s="1"/>
+      <c r="JSQ206" s="23"/>
+      <c r="JSR206" s="23"/>
+      <c r="JSS206" s="1"/>
+      <c r="JST206" s="23"/>
+      <c r="JSU206" s="23"/>
+      <c r="JSV206" s="1"/>
+      <c r="JSW206" s="23"/>
+      <c r="JSX206" s="23"/>
+      <c r="JSY206" s="1"/>
+      <c r="JSZ206" s="23"/>
+      <c r="JTA206" s="23"/>
+      <c r="JTB206" s="1"/>
+      <c r="JTC206" s="23"/>
+      <c r="JTD206" s="23"/>
+      <c r="JTE206" s="1"/>
+      <c r="JTF206" s="23"/>
+      <c r="JTG206" s="23"/>
+      <c r="JTH206" s="1"/>
+      <c r="JTI206" s="23"/>
+      <c r="JTJ206" s="23"/>
+      <c r="JTK206" s="1"/>
+      <c r="JTL206" s="23"/>
+      <c r="JTM206" s="23"/>
+      <c r="JTN206" s="1"/>
+      <c r="JTO206" s="23"/>
+      <c r="JTP206" s="23"/>
+      <c r="JTQ206" s="1"/>
+      <c r="JTR206" s="23"/>
+      <c r="JTS206" s="23"/>
+      <c r="JTT206" s="1"/>
+      <c r="JTU206" s="23"/>
+      <c r="JTV206" s="23"/>
+      <c r="JTW206" s="1"/>
+      <c r="JTX206" s="23"/>
+      <c r="JTY206" s="23"/>
+      <c r="JTZ206" s="1"/>
+      <c r="JUA206" s="23"/>
+      <c r="JUB206" s="23"/>
+      <c r="JUC206" s="1"/>
+      <c r="JUD206" s="23"/>
+      <c r="JUE206" s="23"/>
+      <c r="JUF206" s="1"/>
+      <c r="JUG206" s="23"/>
+      <c r="JUH206" s="23"/>
+      <c r="JUI206" s="1"/>
+      <c r="JUJ206" s="23"/>
+      <c r="JUK206" s="23"/>
+      <c r="JUL206" s="1"/>
+      <c r="JUM206" s="23"/>
+      <c r="JUN206" s="23"/>
+      <c r="JUO206" s="1"/>
+      <c r="JUP206" s="23"/>
+      <c r="JUQ206" s="23"/>
+      <c r="JUR206" s="1"/>
+      <c r="JUS206" s="23"/>
+      <c r="JUT206" s="23"/>
+      <c r="JUU206" s="1"/>
+      <c r="JUV206" s="23"/>
+      <c r="JUW206" s="23"/>
+      <c r="JUX206" s="1"/>
+      <c r="JUY206" s="23"/>
+      <c r="JUZ206" s="23"/>
+      <c r="JVA206" s="1"/>
+      <c r="JVB206" s="23"/>
+      <c r="JVC206" s="23"/>
+      <c r="JVD206" s="1"/>
+      <c r="JVE206" s="23"/>
+      <c r="JVF206" s="23"/>
+      <c r="JVG206" s="1"/>
+      <c r="JVH206" s="23"/>
+      <c r="JVI206" s="23"/>
+      <c r="JVJ206" s="1"/>
+      <c r="JVK206" s="23"/>
+      <c r="JVL206" s="23"/>
+      <c r="JVM206" s="1"/>
+      <c r="JVN206" s="23"/>
+      <c r="JVO206" s="23"/>
+      <c r="JVP206" s="1"/>
+      <c r="JVQ206" s="23"/>
+      <c r="JVR206" s="23"/>
+      <c r="JVS206" s="1"/>
+      <c r="JVT206" s="23"/>
+      <c r="JVU206" s="23"/>
+      <c r="JVV206" s="1"/>
+      <c r="JVW206" s="23"/>
+      <c r="JVX206" s="23"/>
+      <c r="JVY206" s="1"/>
+      <c r="JVZ206" s="23"/>
+      <c r="JWA206" s="23"/>
+      <c r="JWB206" s="1"/>
+      <c r="JWC206" s="23"/>
+      <c r="JWD206" s="23"/>
+      <c r="JWE206" s="1"/>
+      <c r="JWF206" s="23"/>
+      <c r="JWG206" s="23"/>
+      <c r="JWH206" s="1"/>
+      <c r="JWI206" s="23"/>
+      <c r="JWJ206" s="23"/>
+      <c r="JWK206" s="1"/>
+      <c r="JWL206" s="23"/>
+      <c r="JWM206" s="23"/>
+      <c r="JWN206" s="1"/>
+      <c r="JWO206" s="23"/>
+      <c r="JWP206" s="23"/>
+      <c r="JWQ206" s="1"/>
+      <c r="JWR206" s="23"/>
+      <c r="JWS206" s="23"/>
+      <c r="JWT206" s="1"/>
+      <c r="JWU206" s="23"/>
+      <c r="JWV206" s="23"/>
+      <c r="JWW206" s="1"/>
+      <c r="JWX206" s="23"/>
+      <c r="JWY206" s="23"/>
+      <c r="JWZ206" s="1"/>
+      <c r="JXA206" s="23"/>
+      <c r="JXB206" s="23"/>
+      <c r="JXC206" s="1"/>
+      <c r="JXD206" s="23"/>
+      <c r="JXE206" s="23"/>
+      <c r="JXF206" s="1"/>
+      <c r="JXG206" s="23"/>
+      <c r="JXH206" s="23"/>
+      <c r="JXI206" s="1"/>
+      <c r="JXJ206" s="23"/>
+      <c r="JXK206" s="23"/>
+      <c r="JXL206" s="1"/>
+      <c r="JXM206" s="23"/>
+      <c r="JXN206" s="23"/>
+      <c r="JXO206" s="1"/>
+      <c r="JXP206" s="23"/>
+      <c r="JXQ206" s="23"/>
+      <c r="JXR206" s="1"/>
+      <c r="JXS206" s="23"/>
+      <c r="JXT206" s="23"/>
+      <c r="JXU206" s="1"/>
+      <c r="JXV206" s="23"/>
+      <c r="JXW206" s="23"/>
+      <c r="JXX206" s="1"/>
+      <c r="JXY206" s="23"/>
+      <c r="JXZ206" s="23"/>
+      <c r="JYA206" s="1"/>
+      <c r="JYB206" s="23"/>
+      <c r="JYC206" s="23"/>
+      <c r="JYD206" s="1"/>
+      <c r="JYE206" s="23"/>
+      <c r="JYF206" s="23"/>
+      <c r="JYG206" s="1"/>
+      <c r="JYH206" s="23"/>
+      <c r="JYI206" s="23"/>
+      <c r="JYJ206" s="1"/>
+      <c r="JYK206" s="23"/>
+      <c r="JYL206" s="23"/>
+      <c r="JYM206" s="1"/>
+      <c r="JYN206" s="23"/>
+      <c r="JYO206" s="23"/>
+      <c r="JYP206" s="1"/>
+      <c r="JYQ206" s="23"/>
+      <c r="JYR206" s="23"/>
+      <c r="JYS206" s="1"/>
+      <c r="JYT206" s="23"/>
+      <c r="JYU206" s="23"/>
+      <c r="JYV206" s="1"/>
+      <c r="JYW206" s="23"/>
+      <c r="JYX206" s="23"/>
+      <c r="JYY206" s="1"/>
+      <c r="JYZ206" s="23"/>
+      <c r="JZA206" s="23"/>
+      <c r="JZB206" s="1"/>
+      <c r="JZC206" s="23"/>
+      <c r="JZD206" s="23"/>
+      <c r="JZE206" s="1"/>
+      <c r="JZF206" s="23"/>
+      <c r="JZG206" s="23"/>
+      <c r="JZH206" s="1"/>
+      <c r="JZI206" s="23"/>
+      <c r="JZJ206" s="23"/>
+      <c r="JZK206" s="1"/>
+      <c r="JZL206" s="23"/>
+      <c r="JZM206" s="23"/>
+      <c r="JZN206" s="1"/>
+      <c r="JZO206" s="23"/>
+      <c r="JZP206" s="23"/>
+      <c r="JZQ206" s="1"/>
+      <c r="JZR206" s="23"/>
+      <c r="JZS206" s="23"/>
+      <c r="JZT206" s="1"/>
+      <c r="JZU206" s="23"/>
+      <c r="JZV206" s="23"/>
+      <c r="JZW206" s="1"/>
+      <c r="JZX206" s="23"/>
+      <c r="JZY206" s="23"/>
+      <c r="JZZ206" s="1"/>
+      <c r="KAA206" s="23"/>
+      <c r="KAB206" s="23"/>
+      <c r="KAC206" s="1"/>
+      <c r="KAD206" s="23"/>
+      <c r="KAE206" s="23"/>
+      <c r="KAF206" s="1"/>
+      <c r="KAG206" s="23"/>
+      <c r="KAH206" s="23"/>
+      <c r="KAI206" s="1"/>
+      <c r="KAJ206" s="23"/>
+      <c r="KAK206" s="23"/>
+      <c r="KAL206" s="1"/>
+      <c r="KAM206" s="23"/>
+      <c r="KAN206" s="23"/>
+      <c r="KAO206" s="1"/>
+      <c r="KAP206" s="23"/>
+      <c r="KAQ206" s="23"/>
+      <c r="KAR206" s="1"/>
+      <c r="KAS206" s="23"/>
+      <c r="KAT206" s="23"/>
+      <c r="KAU206" s="1"/>
+      <c r="KAV206" s="23"/>
+      <c r="KAW206" s="23"/>
+      <c r="KAX206" s="1"/>
+      <c r="KAY206" s="23"/>
+      <c r="KAZ206" s="23"/>
+      <c r="KBA206" s="1"/>
+      <c r="KBB206" s="23"/>
+      <c r="KBC206" s="23"/>
+      <c r="KBD206" s="1"/>
+      <c r="KBE206" s="23"/>
+      <c r="KBF206" s="23"/>
+      <c r="KBG206" s="1"/>
+      <c r="KBH206" s="23"/>
+      <c r="KBI206" s="23"/>
+      <c r="KBJ206" s="1"/>
+      <c r="KBK206" s="23"/>
+      <c r="KBL206" s="23"/>
+      <c r="KBM206" s="1"/>
+      <c r="KBN206" s="23"/>
+      <c r="KBO206" s="23"/>
+      <c r="KBP206" s="1"/>
+      <c r="KBQ206" s="23"/>
+      <c r="KBR206" s="23"/>
+      <c r="KBS206" s="1"/>
+      <c r="KBT206" s="23"/>
+      <c r="KBU206" s="23"/>
+      <c r="KBV206" s="1"/>
+      <c r="KBW206" s="23"/>
+      <c r="KBX206" s="23"/>
+      <c r="KBY206" s="1"/>
+      <c r="KBZ206" s="23"/>
+      <c r="KCA206" s="23"/>
+      <c r="KCB206" s="1"/>
+      <c r="KCC206" s="23"/>
+      <c r="KCD206" s="23"/>
+      <c r="KCE206" s="1"/>
+      <c r="KCF206" s="23"/>
+      <c r="KCG206" s="23"/>
+      <c r="KCH206" s="1"/>
+      <c r="KCI206" s="23"/>
+      <c r="KCJ206" s="23"/>
+      <c r="KCK206" s="1"/>
+      <c r="KCL206" s="23"/>
+      <c r="KCM206" s="23"/>
+      <c r="KCN206" s="1"/>
+      <c r="KCO206" s="23"/>
+      <c r="KCP206" s="23"/>
+      <c r="KCQ206" s="1"/>
+      <c r="KCR206" s="23"/>
+      <c r="KCS206" s="23"/>
+      <c r="KCT206" s="1"/>
+      <c r="KCU206" s="23"/>
+      <c r="KCV206" s="23"/>
+      <c r="KCW206" s="1"/>
+      <c r="KCX206" s="23"/>
+      <c r="KCY206" s="23"/>
+      <c r="KCZ206" s="1"/>
+      <c r="KDA206" s="23"/>
+      <c r="KDB206" s="23"/>
+      <c r="KDC206" s="1"/>
+      <c r="KDD206" s="23"/>
+      <c r="KDE206" s="23"/>
+      <c r="KDF206" s="1"/>
+      <c r="KDG206" s="23"/>
+      <c r="KDH206" s="23"/>
+      <c r="KDI206" s="1"/>
+      <c r="KDJ206" s="23"/>
+      <c r="KDK206" s="23"/>
+      <c r="KDL206" s="1"/>
+      <c r="KDM206" s="23"/>
+      <c r="KDN206" s="23"/>
+      <c r="KDO206" s="1"/>
+      <c r="KDP206" s="23"/>
+      <c r="KDQ206" s="23"/>
+      <c r="KDR206" s="1"/>
+      <c r="KDS206" s="23"/>
+      <c r="KDT206" s="23"/>
+      <c r="KDU206" s="1"/>
+      <c r="KDV206" s="23"/>
+      <c r="KDW206" s="23"/>
+      <c r="KDX206" s="1"/>
+      <c r="KDY206" s="23"/>
+      <c r="KDZ206" s="23"/>
+      <c r="KEA206" s="1"/>
+      <c r="KEB206" s="23"/>
+      <c r="KEC206" s="23"/>
+      <c r="KED206" s="1"/>
+      <c r="KEE206" s="23"/>
+      <c r="KEF206" s="23"/>
+      <c r="KEG206" s="1"/>
+      <c r="KEH206" s="23"/>
+      <c r="KEI206" s="23"/>
+      <c r="KEJ206" s="1"/>
+      <c r="KEK206" s="23"/>
+      <c r="KEL206" s="23"/>
+      <c r="KEM206" s="1"/>
+      <c r="KEN206" s="23"/>
+      <c r="KEO206" s="23"/>
+      <c r="KEP206" s="1"/>
+      <c r="KEQ206" s="23"/>
+      <c r="KER206" s="23"/>
+      <c r="KES206" s="1"/>
+      <c r="KET206" s="23"/>
+      <c r="KEU206" s="23"/>
+      <c r="KEV206" s="1"/>
+      <c r="KEW206" s="23"/>
+      <c r="KEX206" s="23"/>
+      <c r="KEY206" s="1"/>
+      <c r="KEZ206" s="23"/>
+      <c r="KFA206" s="23"/>
+      <c r="KFB206" s="1"/>
+      <c r="KFC206" s="23"/>
+      <c r="KFD206" s="23"/>
+      <c r="KFE206" s="1"/>
+      <c r="KFF206" s="23"/>
+      <c r="KFG206" s="23"/>
+      <c r="KFH206" s="1"/>
+      <c r="KFI206" s="23"/>
+      <c r="KFJ206" s="23"/>
+      <c r="KFK206" s="1"/>
+      <c r="KFL206" s="23"/>
+      <c r="KFM206" s="23"/>
+      <c r="KFN206" s="1"/>
+      <c r="KFO206" s="23"/>
+      <c r="KFP206" s="23"/>
+      <c r="KFQ206" s="1"/>
+      <c r="KFR206" s="23"/>
+      <c r="KFS206" s="23"/>
+      <c r="KFT206" s="1"/>
+      <c r="KFU206" s="23"/>
+      <c r="KFV206" s="23"/>
+      <c r="KFW206" s="1"/>
+      <c r="KFX206" s="23"/>
+      <c r="KFY206" s="23"/>
+      <c r="KFZ206" s="1"/>
+      <c r="KGA206" s="23"/>
+      <c r="KGB206" s="23"/>
+      <c r="KGC206" s="1"/>
+      <c r="KGD206" s="23"/>
+      <c r="KGE206" s="23"/>
+      <c r="KGF206" s="1"/>
+      <c r="KGG206" s="23"/>
+      <c r="KGH206" s="23"/>
+      <c r="KGI206" s="1"/>
+      <c r="KGJ206" s="23"/>
+      <c r="KGK206" s="23"/>
+      <c r="KGL206" s="1"/>
+      <c r="KGM206" s="23"/>
+      <c r="KGN206" s="23"/>
+      <c r="KGO206" s="1"/>
+      <c r="KGP206" s="23"/>
+      <c r="KGQ206" s="23"/>
+      <c r="KGR206" s="1"/>
+      <c r="KGS206" s="23"/>
+      <c r="KGT206" s="23"/>
+      <c r="KGU206" s="1"/>
+      <c r="KGV206" s="23"/>
+      <c r="KGW206" s="23"/>
+      <c r="KGX206" s="1"/>
+      <c r="KGY206" s="23"/>
+      <c r="KGZ206" s="23"/>
+      <c r="KHA206" s="1"/>
+      <c r="KHB206" s="23"/>
+      <c r="KHC206" s="23"/>
+      <c r="KHD206" s="1"/>
+      <c r="KHE206" s="23"/>
+      <c r="KHF206" s="23"/>
+      <c r="KHG206" s="1"/>
+      <c r="KHH206" s="23"/>
+      <c r="KHI206" s="23"/>
+      <c r="KHJ206" s="1"/>
+      <c r="KHK206" s="23"/>
+      <c r="KHL206" s="23"/>
+      <c r="KHM206" s="1"/>
+      <c r="KHN206" s="23"/>
+      <c r="KHO206" s="23"/>
+      <c r="KHP206" s="1"/>
+      <c r="KHQ206" s="23"/>
+      <c r="KHR206" s="23"/>
+      <c r="KHS206" s="1"/>
+      <c r="KHT206" s="23"/>
+      <c r="KHU206" s="23"/>
+      <c r="KHV206" s="1"/>
+      <c r="KHW206" s="23"/>
+      <c r="KHX206" s="23"/>
+      <c r="KHY206" s="1"/>
+      <c r="KHZ206" s="23"/>
+      <c r="KIA206" s="23"/>
+      <c r="KIB206" s="1"/>
+      <c r="KIC206" s="23"/>
+      <c r="KID206" s="23"/>
+      <c r="KIE206" s="1"/>
+      <c r="KIF206" s="23"/>
+      <c r="KIG206" s="23"/>
+      <c r="KIH206" s="1"/>
+      <c r="KII206" s="23"/>
+      <c r="KIJ206" s="23"/>
+      <c r="KIK206" s="1"/>
+      <c r="KIL206" s="23"/>
+      <c r="KIM206" s="23"/>
+      <c r="KIN206" s="1"/>
+      <c r="KIO206" s="23"/>
+      <c r="KIP206" s="23"/>
+      <c r="KIQ206" s="1"/>
+      <c r="KIR206" s="23"/>
+      <c r="KIS206" s="23"/>
+      <c r="KIT206" s="1"/>
+      <c r="KIU206" s="23"/>
+      <c r="KIV206" s="23"/>
+      <c r="KIW206" s="1"/>
+      <c r="KIX206" s="23"/>
+      <c r="KIY206" s="23"/>
+      <c r="KIZ206" s="1"/>
+      <c r="KJA206" s="23"/>
+      <c r="KJB206" s="23"/>
+      <c r="KJC206" s="1"/>
+      <c r="KJD206" s="23"/>
+      <c r="KJE206" s="23"/>
+      <c r="KJF206" s="1"/>
+      <c r="KJG206" s="23"/>
+      <c r="KJH206" s="23"/>
+      <c r="KJI206" s="1"/>
+      <c r="KJJ206" s="23"/>
+      <c r="KJK206" s="23"/>
+      <c r="KJL206" s="1"/>
+      <c r="KJM206" s="23"/>
+      <c r="KJN206" s="23"/>
+      <c r="KJO206" s="1"/>
+      <c r="KJP206" s="23"/>
+      <c r="KJQ206" s="23"/>
+      <c r="KJR206" s="1"/>
+      <c r="KJS206" s="23"/>
+      <c r="KJT206" s="23"/>
+      <c r="KJU206" s="1"/>
+      <c r="KJV206" s="23"/>
+      <c r="KJW206" s="23"/>
+      <c r="KJX206" s="1"/>
+      <c r="KJY206" s="23"/>
+      <c r="KJZ206" s="23"/>
+      <c r="KKA206" s="1"/>
+      <c r="KKB206" s="23"/>
+      <c r="KKC206" s="23"/>
+      <c r="KKD206" s="1"/>
+      <c r="KKE206" s="23"/>
+      <c r="KKF206" s="23"/>
+      <c r="KKG206" s="1"/>
+      <c r="KKH206" s="23"/>
+      <c r="KKI206" s="23"/>
+      <c r="KKJ206" s="1"/>
+      <c r="KKK206" s="23"/>
+      <c r="KKL206" s="23"/>
+      <c r="KKM206" s="1"/>
+      <c r="KKN206" s="23"/>
+      <c r="KKO206" s="23"/>
+      <c r="KKP206" s="1"/>
+      <c r="KKQ206" s="23"/>
+      <c r="KKR206" s="23"/>
+      <c r="KKS206" s="1"/>
+      <c r="KKT206" s="23"/>
+      <c r="KKU206" s="23"/>
+      <c r="KKV206" s="1"/>
+      <c r="KKW206" s="23"/>
+      <c r="KKX206" s="23"/>
+      <c r="KKY206" s="1"/>
+      <c r="KKZ206" s="23"/>
+      <c r="KLA206" s="23"/>
+      <c r="KLB206" s="1"/>
+      <c r="KLC206" s="23"/>
+      <c r="KLD206" s="23"/>
+      <c r="KLE206" s="1"/>
+      <c r="KLF206" s="23"/>
+      <c r="KLG206" s="23"/>
+      <c r="KLH206" s="1"/>
+      <c r="KLI206" s="23"/>
+      <c r="KLJ206" s="23"/>
+      <c r="KLK206" s="1"/>
+      <c r="KLL206" s="23"/>
+      <c r="KLM206" s="23"/>
+      <c r="KLN206" s="1"/>
+      <c r="KLO206" s="23"/>
+      <c r="KLP206" s="23"/>
+      <c r="KLQ206" s="1"/>
+      <c r="KLR206" s="23"/>
+      <c r="KLS206" s="23"/>
+      <c r="KLT206" s="1"/>
+      <c r="KLU206" s="23"/>
+      <c r="KLV206" s="23"/>
+      <c r="KLW206" s="1"/>
+      <c r="KLX206" s="23"/>
+      <c r="KLY206" s="23"/>
+      <c r="KLZ206" s="1"/>
+      <c r="KMA206" s="23"/>
+      <c r="KMB206" s="23"/>
+      <c r="KMC206" s="1"/>
+      <c r="KMD206" s="23"/>
+      <c r="KME206" s="23"/>
+      <c r="KMF206" s="1"/>
+      <c r="KMG206" s="23"/>
+      <c r="KMH206" s="23"/>
+      <c r="KMI206" s="1"/>
+      <c r="KMJ206" s="23"/>
+      <c r="KMK206" s="23"/>
+      <c r="KML206" s="1"/>
+      <c r="KMM206" s="23"/>
+      <c r="KMN206" s="23"/>
+      <c r="KMO206" s="1"/>
+      <c r="KMP206" s="23"/>
+      <c r="KMQ206" s="23"/>
+      <c r="KMR206" s="1"/>
+      <c r="KMS206" s="23"/>
+      <c r="KMT206" s="23"/>
+      <c r="KMU206" s="1"/>
+      <c r="KMV206" s="23"/>
+      <c r="KMW206" s="23"/>
+      <c r="KMX206" s="1"/>
+      <c r="KMY206" s="23"/>
+      <c r="KMZ206" s="23"/>
+      <c r="KNA206" s="1"/>
+      <c r="KNB206" s="23"/>
+      <c r="KNC206" s="23"/>
+      <c r="KND206" s="1"/>
+      <c r="KNE206" s="23"/>
+      <c r="KNF206" s="23"/>
+      <c r="KNG206" s="1"/>
+      <c r="KNH206" s="23"/>
+      <c r="KNI206" s="23"/>
+      <c r="KNJ206" s="1"/>
+      <c r="KNK206" s="23"/>
+      <c r="KNL206" s="23"/>
+      <c r="KNM206" s="1"/>
+      <c r="KNN206" s="23"/>
+      <c r="KNO206" s="23"/>
+      <c r="KNP206" s="1"/>
+      <c r="KNQ206" s="23"/>
+      <c r="KNR206" s="23"/>
+      <c r="KNS206" s="1"/>
+      <c r="KNT206" s="23"/>
+      <c r="KNU206" s="23"/>
+      <c r="KNV206" s="1"/>
+      <c r="KNW206" s="23"/>
+      <c r="KNX206" s="23"/>
+      <c r="KNY206" s="1"/>
+      <c r="KNZ206" s="23"/>
+      <c r="KOA206" s="23"/>
+      <c r="KOB206" s="1"/>
+      <c r="KOC206" s="23"/>
+      <c r="KOD206" s="23"/>
+      <c r="KOE206" s="1"/>
+      <c r="KOF206" s="23"/>
+      <c r="KOG206" s="23"/>
+      <c r="KOH206" s="1"/>
+      <c r="KOI206" s="23"/>
+      <c r="KOJ206" s="23"/>
+      <c r="KOK206" s="1"/>
+      <c r="KOL206" s="23"/>
+      <c r="KOM206" s="23"/>
+      <c r="KON206" s="1"/>
+      <c r="KOO206" s="23"/>
+      <c r="KOP206" s="23"/>
+      <c r="KOQ206" s="1"/>
+      <c r="KOR206" s="23"/>
+      <c r="KOS206" s="23"/>
+      <c r="KOT206" s="1"/>
+      <c r="KOU206" s="23"/>
+      <c r="KOV206" s="23"/>
+      <c r="KOW206" s="1"/>
+      <c r="KOX206" s="23"/>
+      <c r="KOY206" s="23"/>
+      <c r="KOZ206" s="1"/>
+      <c r="KPA206" s="23"/>
+      <c r="KPB206" s="23"/>
+      <c r="KPC206" s="1"/>
+      <c r="KPD206" s="23"/>
+      <c r="KPE206" s="23"/>
+      <c r="KPF206" s="1"/>
+      <c r="KPG206" s="23"/>
+      <c r="KPH206" s="23"/>
+      <c r="KPI206" s="1"/>
+      <c r="KPJ206" s="23"/>
+      <c r="KPK206" s="23"/>
+      <c r="KPL206" s="1"/>
+      <c r="KPM206" s="23"/>
+      <c r="KPN206" s="23"/>
+      <c r="KPO206" s="1"/>
+      <c r="KPP206" s="23"/>
+      <c r="KPQ206" s="23"/>
+      <c r="KPR206" s="1"/>
+      <c r="KPS206" s="23"/>
+      <c r="KPT206" s="23"/>
+      <c r="KPU206" s="1"/>
+      <c r="KPV206" s="23"/>
+      <c r="KPW206" s="23"/>
+      <c r="KPX206" s="1"/>
+      <c r="KPY206" s="23"/>
+      <c r="KPZ206" s="23"/>
+      <c r="KQA206" s="1"/>
+      <c r="KQB206" s="23"/>
+      <c r="KQC206" s="23"/>
+      <c r="KQD206" s="1"/>
+      <c r="KQE206" s="23"/>
+      <c r="KQF206" s="23"/>
+      <c r="KQG206" s="1"/>
+      <c r="KQH206" s="23"/>
+      <c r="KQI206" s="23"/>
+      <c r="KQJ206" s="1"/>
+      <c r="KQK206" s="23"/>
+      <c r="KQL206" s="23"/>
+      <c r="KQM206" s="1"/>
+      <c r="KQN206" s="23"/>
+      <c r="KQO206" s="23"/>
+      <c r="KQP206" s="1"/>
+      <c r="KQQ206" s="23"/>
+      <c r="KQR206" s="23"/>
+      <c r="KQS206" s="1"/>
+      <c r="KQT206" s="23"/>
+      <c r="KQU206" s="23"/>
+      <c r="KQV206" s="1"/>
+      <c r="KQW206" s="23"/>
+      <c r="KQX206" s="23"/>
+      <c r="KQY206" s="1"/>
+      <c r="KQZ206" s="23"/>
+      <c r="KRA206" s="23"/>
+      <c r="KRB206" s="1"/>
+      <c r="KRC206" s="23"/>
+      <c r="KRD206" s="23"/>
+      <c r="KRE206" s="1"/>
+      <c r="KRF206" s="23"/>
+      <c r="KRG206" s="23"/>
+      <c r="KRH206" s="1"/>
+      <c r="KRI206" s="23"/>
+      <c r="KRJ206" s="23"/>
+      <c r="KRK206" s="1"/>
+      <c r="KRL206" s="23"/>
+      <c r="KRM206" s="23"/>
+      <c r="KRN206" s="1"/>
+      <c r="KRO206" s="23"/>
+      <c r="KRP206" s="23"/>
+      <c r="KRQ206" s="1"/>
+      <c r="KRR206" s="23"/>
+      <c r="KRS206" s="23"/>
+      <c r="KRT206" s="1"/>
+      <c r="KRU206" s="23"/>
+      <c r="KRV206" s="23"/>
+      <c r="KRW206" s="1"/>
+      <c r="KRX206" s="23"/>
+      <c r="KRY206" s="23"/>
+      <c r="KRZ206" s="1"/>
+      <c r="KSA206" s="23"/>
+      <c r="KSB206" s="23"/>
+      <c r="KSC206" s="1"/>
+      <c r="KSD206" s="23"/>
+      <c r="KSE206" s="23"/>
+      <c r="KSF206" s="1"/>
+      <c r="KSG206" s="23"/>
+      <c r="KSH206" s="23"/>
+      <c r="KSI206" s="1"/>
+      <c r="KSJ206" s="23"/>
+      <c r="KSK206" s="23"/>
+      <c r="KSL206" s="1"/>
+      <c r="KSM206" s="23"/>
+      <c r="KSN206" s="23"/>
+      <c r="KSO206" s="1"/>
+      <c r="KSP206" s="23"/>
+      <c r="KSQ206" s="23"/>
+      <c r="KSR206" s="1"/>
+      <c r="KSS206" s="23"/>
+      <c r="KST206" s="23"/>
+      <c r="KSU206" s="1"/>
+      <c r="KSV206" s="23"/>
+      <c r="KSW206" s="23"/>
+      <c r="KSX206" s="1"/>
+      <c r="KSY206" s="23"/>
+      <c r="KSZ206" s="23"/>
+      <c r="KTA206" s="1"/>
+      <c r="KTB206" s="23"/>
+      <c r="KTC206" s="23"/>
+      <c r="KTD206" s="1"/>
+      <c r="KTE206" s="23"/>
+      <c r="KTF206" s="23"/>
+      <c r="KTG206" s="1"/>
+      <c r="KTH206" s="23"/>
+      <c r="KTI206" s="23"/>
+      <c r="KTJ206" s="1"/>
+      <c r="KTK206" s="23"/>
+      <c r="KTL206" s="23"/>
+      <c r="KTM206" s="1"/>
+      <c r="KTN206" s="23"/>
+      <c r="KTO206" s="23"/>
+      <c r="KTP206" s="1"/>
+      <c r="KTQ206" s="23"/>
+      <c r="KTR206" s="23"/>
+      <c r="KTS206" s="1"/>
+      <c r="KTT206" s="23"/>
+      <c r="KTU206" s="23"/>
+      <c r="KTV206" s="1"/>
+      <c r="KTW206" s="23"/>
+      <c r="KTX206" s="23"/>
+      <c r="KTY206" s="1"/>
+      <c r="KTZ206" s="23"/>
+      <c r="KUA206" s="23"/>
+      <c r="KUB206" s="1"/>
+      <c r="KUC206" s="23"/>
+      <c r="KUD206" s="23"/>
+      <c r="KUE206" s="1"/>
+      <c r="KUF206" s="23"/>
+      <c r="KUG206" s="23"/>
+      <c r="KUH206" s="1"/>
+      <c r="KUI206" s="23"/>
+      <c r="KUJ206" s="23"/>
+      <c r="KUK206" s="1"/>
+      <c r="KUL206" s="23"/>
+      <c r="KUM206" s="23"/>
+      <c r="KUN206" s="1"/>
+      <c r="KUO206" s="23"/>
+      <c r="KUP206" s="23"/>
+      <c r="KUQ206" s="1"/>
+      <c r="KUR206" s="23"/>
+      <c r="KUS206" s="23"/>
+      <c r="KUT206" s="1"/>
+      <c r="KUU206" s="23"/>
+      <c r="KUV206" s="23"/>
+      <c r="KUW206" s="1"/>
+      <c r="KUX206" s="23"/>
+      <c r="KUY206" s="23"/>
+      <c r="KUZ206" s="1"/>
+      <c r="KVA206" s="23"/>
+      <c r="KVB206" s="23"/>
+      <c r="KVC206" s="1"/>
+      <c r="KVD206" s="23"/>
+      <c r="KVE206" s="23"/>
+      <c r="KVF206" s="1"/>
+      <c r="KVG206" s="23"/>
+      <c r="KVH206" s="23"/>
+      <c r="KVI206" s="1"/>
+      <c r="KVJ206" s="23"/>
+      <c r="KVK206" s="23"/>
+      <c r="KVL206" s="1"/>
+      <c r="KVM206" s="23"/>
+      <c r="KVN206" s="23"/>
+      <c r="KVO206" s="1"/>
+      <c r="KVP206" s="23"/>
+      <c r="KVQ206" s="23"/>
+      <c r="KVR206" s="1"/>
+      <c r="KVS206" s="23"/>
+      <c r="KVT206" s="23"/>
+      <c r="KVU206" s="1"/>
+      <c r="KVV206" s="23"/>
+      <c r="KVW206" s="23"/>
+      <c r="KVX206" s="1"/>
+      <c r="KVY206" s="23"/>
+      <c r="KVZ206" s="23"/>
+      <c r="KWA206" s="1"/>
+      <c r="KWB206" s="23"/>
+      <c r="KWC206" s="23"/>
+      <c r="KWD206" s="1"/>
+      <c r="KWE206" s="23"/>
+      <c r="KWF206" s="23"/>
+      <c r="KWG206" s="1"/>
+      <c r="KWH206" s="23"/>
+      <c r="KWI206" s="23"/>
+      <c r="KWJ206" s="1"/>
+      <c r="KWK206" s="23"/>
+      <c r="KWL206" s="23"/>
+      <c r="KWM206" s="1"/>
+      <c r="KWN206" s="23"/>
+      <c r="KWO206" s="23"/>
+      <c r="KWP206" s="1"/>
+      <c r="KWQ206" s="23"/>
+      <c r="KWR206" s="23"/>
+      <c r="KWS206" s="1"/>
+      <c r="KWT206" s="23"/>
+      <c r="KWU206" s="23"/>
+      <c r="KWV206" s="1"/>
+      <c r="KWW206" s="23"/>
+      <c r="KWX206" s="23"/>
+      <c r="KWY206" s="1"/>
+      <c r="KWZ206" s="23"/>
+      <c r="KXA206" s="23"/>
+      <c r="KXB206" s="1"/>
+      <c r="KXC206" s="23"/>
+      <c r="KXD206" s="23"/>
+      <c r="KXE206" s="1"/>
+      <c r="KXF206" s="23"/>
+      <c r="KXG206" s="23"/>
+      <c r="KXH206" s="1"/>
+      <c r="KXI206" s="23"/>
+      <c r="KXJ206" s="23"/>
+      <c r="KXK206" s="1"/>
+      <c r="KXL206" s="23"/>
+      <c r="KXM206" s="23"/>
+      <c r="KXN206" s="1"/>
+      <c r="KXO206" s="23"/>
+      <c r="KXP206" s="23"/>
+      <c r="KXQ206" s="1"/>
+      <c r="KXR206" s="23"/>
+      <c r="KXS206" s="23"/>
+      <c r="KXT206" s="1"/>
+      <c r="KXU206" s="23"/>
+      <c r="KXV206" s="23"/>
+      <c r="KXW206" s="1"/>
+      <c r="KXX206" s="23"/>
+      <c r="KXY206" s="23"/>
+      <c r="KXZ206" s="1"/>
+      <c r="KYA206" s="23"/>
+      <c r="KYB206" s="23"/>
+      <c r="KYC206" s="1"/>
+      <c r="KYD206" s="23"/>
+      <c r="KYE206" s="23"/>
+      <c r="KYF206" s="1"/>
+      <c r="KYG206" s="23"/>
+      <c r="KYH206" s="23"/>
+      <c r="KYI206" s="1"/>
+      <c r="KYJ206" s="23"/>
+      <c r="KYK206" s="23"/>
+      <c r="KYL206" s="1"/>
+      <c r="KYM206" s="23"/>
+      <c r="KYN206" s="23"/>
+      <c r="KYO206" s="1"/>
+      <c r="KYP206" s="23"/>
+      <c r="KYQ206" s="23"/>
+      <c r="KYR206" s="1"/>
+      <c r="KYS206" s="23"/>
+      <c r="KYT206" s="23"/>
+      <c r="KYU206" s="1"/>
+      <c r="KYV206" s="23"/>
+      <c r="KYW206" s="23"/>
+      <c r="KYX206" s="1"/>
+      <c r="KYY206" s="23"/>
+      <c r="KYZ206" s="23"/>
+      <c r="KZA206" s="1"/>
+      <c r="KZB206" s="23"/>
+      <c r="KZC206" s="23"/>
+      <c r="KZD206" s="1"/>
+      <c r="KZE206" s="23"/>
+      <c r="KZF206" s="23"/>
+      <c r="KZG206" s="1"/>
+      <c r="KZH206" s="23"/>
+      <c r="KZI206" s="23"/>
+      <c r="KZJ206" s="1"/>
+      <c r="KZK206" s="23"/>
+      <c r="KZL206" s="23"/>
+      <c r="KZM206" s="1"/>
+      <c r="KZN206" s="23"/>
+      <c r="KZO206" s="23"/>
+      <c r="KZP206" s="1"/>
+      <c r="KZQ206" s="23"/>
+      <c r="KZR206" s="23"/>
+      <c r="KZS206" s="1"/>
+      <c r="KZT206" s="23"/>
+      <c r="KZU206" s="23"/>
+      <c r="KZV206" s="1"/>
+      <c r="KZW206" s="23"/>
+      <c r="KZX206" s="23"/>
+      <c r="KZY206" s="1"/>
+      <c r="KZZ206" s="23"/>
+      <c r="LAA206" s="23"/>
+      <c r="LAB206" s="1"/>
+      <c r="LAC206" s="23"/>
+      <c r="LAD206" s="23"/>
+      <c r="LAE206" s="1"/>
+      <c r="LAF206" s="23"/>
+      <c r="LAG206" s="23"/>
+      <c r="LAH206" s="1"/>
+      <c r="LAI206" s="23"/>
+      <c r="LAJ206" s="23"/>
+      <c r="LAK206" s="1"/>
+      <c r="LAL206" s="23"/>
+      <c r="LAM206" s="23"/>
+      <c r="LAN206" s="1"/>
+      <c r="LAO206" s="23"/>
+      <c r="LAP206" s="23"/>
+      <c r="LAQ206" s="1"/>
+      <c r="LAR206" s="23"/>
+      <c r="LAS206" s="23"/>
+      <c r="LAT206" s="1"/>
+      <c r="LAU206" s="23"/>
+      <c r="LAV206" s="23"/>
+      <c r="LAW206" s="1"/>
+      <c r="LAX206" s="23"/>
+      <c r="LAY206" s="23"/>
+      <c r="LAZ206" s="1"/>
+      <c r="LBA206" s="23"/>
+      <c r="LBB206" s="23"/>
+      <c r="LBC206" s="1"/>
+      <c r="LBD206" s="23"/>
+      <c r="LBE206" s="23"/>
+      <c r="LBF206" s="1"/>
+      <c r="LBG206" s="23"/>
+      <c r="LBH206" s="23"/>
+      <c r="LBI206" s="1"/>
+      <c r="LBJ206" s="23"/>
+      <c r="LBK206" s="23"/>
+      <c r="LBL206" s="1"/>
+      <c r="LBM206" s="23"/>
+      <c r="LBN206" s="23"/>
+      <c r="LBO206" s="1"/>
+      <c r="LBP206" s="23"/>
+      <c r="LBQ206" s="23"/>
+      <c r="LBR206" s="1"/>
+      <c r="LBS206" s="23"/>
+      <c r="LBT206" s="23"/>
+      <c r="LBU206" s="1"/>
+      <c r="LBV206" s="23"/>
+      <c r="LBW206" s="23"/>
+      <c r="LBX206" s="1"/>
+      <c r="LBY206" s="23"/>
+      <c r="LBZ206" s="23"/>
+      <c r="LCA206" s="1"/>
+      <c r="LCB206" s="23"/>
+      <c r="LCC206" s="23"/>
+      <c r="LCD206" s="1"/>
+      <c r="LCE206" s="23"/>
+      <c r="LCF206" s="23"/>
+      <c r="LCG206" s="1"/>
+      <c r="LCH206" s="23"/>
+      <c r="LCI206" s="23"/>
+      <c r="LCJ206" s="1"/>
+      <c r="LCK206" s="23"/>
+      <c r="LCL206" s="23"/>
+      <c r="LCM206" s="1"/>
+      <c r="LCN206" s="23"/>
+      <c r="LCO206" s="23"/>
+      <c r="LCP206" s="1"/>
+      <c r="LCQ206" s="23"/>
+      <c r="LCR206" s="23"/>
+      <c r="LCS206" s="1"/>
+      <c r="LCT206" s="23"/>
+      <c r="LCU206" s="23"/>
+      <c r="LCV206" s="1"/>
+      <c r="LCW206" s="23"/>
+      <c r="LCX206" s="23"/>
+      <c r="LCY206" s="1"/>
+      <c r="LCZ206" s="23"/>
+      <c r="LDA206" s="23"/>
+      <c r="LDB206" s="1"/>
+      <c r="LDC206" s="23"/>
+      <c r="LDD206" s="23"/>
+      <c r="LDE206" s="1"/>
+      <c r="LDF206" s="23"/>
+      <c r="LDG206" s="23"/>
+      <c r="LDH206" s="1"/>
+      <c r="LDI206" s="23"/>
+      <c r="LDJ206" s="23"/>
+      <c r="LDK206" s="1"/>
+      <c r="LDL206" s="23"/>
+      <c r="LDM206" s="23"/>
+      <c r="LDN206" s="1"/>
+      <c r="LDO206" s="23"/>
+      <c r="LDP206" s="23"/>
+      <c r="LDQ206" s="1"/>
+      <c r="LDR206" s="23"/>
+      <c r="LDS206" s="23"/>
+      <c r="LDT206" s="1"/>
+      <c r="LDU206" s="23"/>
+      <c r="LDV206" s="23"/>
+      <c r="LDW206" s="1"/>
+      <c r="LDX206" s="23"/>
+      <c r="LDY206" s="23"/>
+      <c r="LDZ206" s="1"/>
+      <c r="LEA206" s="23"/>
+      <c r="LEB206" s="23"/>
+      <c r="LEC206" s="1"/>
+      <c r="LED206" s="23"/>
+      <c r="LEE206" s="23"/>
+      <c r="LEF206" s="1"/>
+      <c r="LEG206" s="23"/>
+      <c r="LEH206" s="23"/>
+      <c r="LEI206" s="1"/>
+      <c r="LEJ206" s="23"/>
+      <c r="LEK206" s="23"/>
+      <c r="LEL206" s="1"/>
+      <c r="LEM206" s="23"/>
+      <c r="LEN206" s="23"/>
+      <c r="LEO206" s="1"/>
+      <c r="LEP206" s="23"/>
+      <c r="LEQ206" s="23"/>
+      <c r="LER206" s="1"/>
+      <c r="LES206" s="23"/>
+      <c r="LET206" s="23"/>
+      <c r="LEU206" s="1"/>
+      <c r="LEV206" s="23"/>
+      <c r="LEW206" s="23"/>
+      <c r="LEX206" s="1"/>
+      <c r="LEY206" s="23"/>
+      <c r="LEZ206" s="23"/>
+      <c r="LFA206" s="1"/>
+      <c r="LFB206" s="23"/>
+      <c r="LFC206" s="23"/>
+      <c r="LFD206" s="1"/>
+      <c r="LFE206" s="23"/>
+      <c r="LFF206" s="23"/>
+      <c r="LFG206" s="1"/>
+      <c r="LFH206" s="23"/>
+      <c r="LFI206" s="23"/>
+      <c r="LFJ206" s="1"/>
+      <c r="LFK206" s="23"/>
+      <c r="LFL206" s="23"/>
+      <c r="LFM206" s="1"/>
+      <c r="LFN206" s="23"/>
+      <c r="LFO206" s="23"/>
+      <c r="LFP206" s="1"/>
+      <c r="LFQ206" s="23"/>
+      <c r="LFR206" s="23"/>
+      <c r="LFS206" s="1"/>
+      <c r="LFT206" s="23"/>
+      <c r="LFU206" s="23"/>
+      <c r="LFV206" s="1"/>
+      <c r="LFW206" s="23"/>
+      <c r="LFX206" s="23"/>
+      <c r="LFY206" s="1"/>
+      <c r="LFZ206" s="23"/>
+      <c r="LGA206" s="23"/>
+      <c r="LGB206" s="1"/>
+      <c r="LGC206" s="23"/>
+      <c r="LGD206" s="23"/>
+      <c r="LGE206" s="1"/>
+      <c r="LGF206" s="23"/>
+      <c r="LGG206" s="23"/>
+      <c r="LGH206" s="1"/>
+      <c r="LGI206" s="23"/>
+      <c r="LGJ206" s="23"/>
+      <c r="LGK206" s="1"/>
+      <c r="LGL206" s="23"/>
+      <c r="LGM206" s="23"/>
+      <c r="LGN206" s="1"/>
+      <c r="LGO206" s="23"/>
+      <c r="LGP206" s="23"/>
+      <c r="LGQ206" s="1"/>
+      <c r="LGR206" s="23"/>
+      <c r="LGS206" s="23"/>
+      <c r="LGT206" s="1"/>
+      <c r="LGU206" s="23"/>
+      <c r="LGV206" s="23"/>
+      <c r="LGW206" s="1"/>
+      <c r="LGX206" s="23"/>
+      <c r="LGY206" s="23"/>
+      <c r="LGZ206" s="1"/>
+      <c r="LHA206" s="23"/>
+      <c r="LHB206" s="23"/>
+      <c r="LHC206" s="1"/>
+      <c r="LHD206" s="23"/>
+      <c r="LHE206" s="23"/>
+      <c r="LHF206" s="1"/>
+      <c r="LHG206" s="23"/>
+      <c r="LHH206" s="23"/>
+      <c r="LHI206" s="1"/>
+      <c r="LHJ206" s="23"/>
+      <c r="LHK206" s="23"/>
+      <c r="LHL206" s="1"/>
+      <c r="LHM206" s="23"/>
+      <c r="LHN206" s="23"/>
+      <c r="LHO206" s="1"/>
+      <c r="LHP206" s="23"/>
+      <c r="LHQ206" s="23"/>
+      <c r="LHR206" s="1"/>
+      <c r="LHS206" s="23"/>
+      <c r="LHT206" s="23"/>
+      <c r="LHU206" s="1"/>
+      <c r="LHV206" s="23"/>
+      <c r="LHW206" s="23"/>
+      <c r="LHX206" s="1"/>
+      <c r="LHY206" s="23"/>
+      <c r="LHZ206" s="23"/>
+      <c r="LIA206" s="1"/>
+      <c r="LIB206" s="23"/>
+      <c r="LIC206" s="23"/>
+      <c r="LID206" s="1"/>
+      <c r="LIE206" s="23"/>
+      <c r="LIF206" s="23"/>
+      <c r="LIG206" s="1"/>
+      <c r="LIH206" s="23"/>
+      <c r="LII206" s="23"/>
+      <c r="LIJ206" s="1"/>
+      <c r="LIK206" s="23"/>
+      <c r="LIL206" s="23"/>
+      <c r="LIM206" s="1"/>
+      <c r="LIN206" s="23"/>
+      <c r="LIO206" s="23"/>
+      <c r="LIP206" s="1"/>
+      <c r="LIQ206" s="23"/>
+      <c r="LIR206" s="23"/>
+      <c r="LIS206" s="1"/>
+      <c r="LIT206" s="23"/>
+      <c r="LIU206" s="23"/>
+      <c r="LIV206" s="1"/>
+      <c r="LIW206" s="23"/>
+      <c r="LIX206" s="23"/>
+      <c r="LIY206" s="1"/>
+      <c r="LIZ206" s="23"/>
+      <c r="LJA206" s="23"/>
+      <c r="LJB206" s="1"/>
+      <c r="LJC206" s="23"/>
+      <c r="LJD206" s="23"/>
+      <c r="LJE206" s="1"/>
+      <c r="LJF206" s="23"/>
+      <c r="LJG206" s="23"/>
+      <c r="LJH206" s="1"/>
+      <c r="LJI206" s="23"/>
+      <c r="LJJ206" s="23"/>
+      <c r="LJK206" s="1"/>
+      <c r="LJL206" s="23"/>
+      <c r="LJM206" s="23"/>
+      <c r="LJN206" s="1"/>
+      <c r="LJO206" s="23"/>
+      <c r="LJP206" s="23"/>
+      <c r="LJQ206" s="1"/>
+      <c r="LJR206" s="23"/>
+      <c r="LJS206" s="23"/>
+      <c r="LJT206" s="1"/>
+      <c r="LJU206" s="23"/>
+      <c r="LJV206" s="23"/>
+      <c r="LJW206" s="1"/>
+      <c r="LJX206" s="23"/>
+      <c r="LJY206" s="23"/>
+      <c r="LJZ206" s="1"/>
+      <c r="LKA206" s="23"/>
+      <c r="LKB206" s="23"/>
+      <c r="LKC206" s="1"/>
+      <c r="LKD206" s="23"/>
+      <c r="LKE206" s="23"/>
+      <c r="LKF206" s="1"/>
+      <c r="LKG206" s="23"/>
+      <c r="LKH206" s="23"/>
+      <c r="LKI206" s="1"/>
+      <c r="LKJ206" s="23"/>
+      <c r="LKK206" s="23"/>
+      <c r="LKL206" s="1"/>
+      <c r="LKM206" s="23"/>
+      <c r="LKN206" s="23"/>
+      <c r="LKO206" s="1"/>
+      <c r="LKP206" s="23"/>
+      <c r="LKQ206" s="23"/>
+      <c r="LKR206" s="1"/>
+      <c r="LKS206" s="23"/>
+      <c r="LKT206" s="23"/>
+      <c r="LKU206" s="1"/>
+      <c r="LKV206" s="23"/>
+      <c r="LKW206" s="23"/>
+      <c r="LKX206" s="1"/>
+      <c r="LKY206" s="23"/>
+      <c r="LKZ206" s="23"/>
+      <c r="LLA206" s="1"/>
+      <c r="LLB206" s="23"/>
+      <c r="LLC206" s="23"/>
+      <c r="LLD206" s="1"/>
+      <c r="LLE206" s="23"/>
+      <c r="LLF206" s="23"/>
+      <c r="LLG206" s="1"/>
+      <c r="LLH206" s="23"/>
+      <c r="LLI206" s="23"/>
+      <c r="LLJ206" s="1"/>
+      <c r="LLK206" s="23"/>
+      <c r="LLL206" s="23"/>
+      <c r="LLM206" s="1"/>
+      <c r="LLN206" s="23"/>
+      <c r="LLO206" s="23"/>
+      <c r="LLP206" s="1"/>
+      <c r="LLQ206" s="23"/>
+      <c r="LLR206" s="23"/>
+      <c r="LLS206" s="1"/>
+      <c r="LLT206" s="23"/>
+      <c r="LLU206" s="23"/>
+      <c r="LLV206" s="1"/>
+      <c r="LLW206" s="23"/>
+      <c r="LLX206" s="23"/>
+      <c r="LLY206" s="1"/>
+      <c r="LLZ206" s="23"/>
+      <c r="LMA206" s="23"/>
+      <c r="LMB206" s="1"/>
+      <c r="LMC206" s="23"/>
+      <c r="LMD206" s="23"/>
+      <c r="LME206" s="1"/>
+      <c r="LMF206" s="23"/>
+      <c r="LMG206" s="23"/>
+      <c r="LMH206" s="1"/>
+      <c r="LMI206" s="23"/>
+      <c r="LMJ206" s="23"/>
+      <c r="LMK206" s="1"/>
+      <c r="LML206" s="23"/>
+      <c r="LMM206" s="23"/>
+      <c r="LMN206" s="1"/>
+      <c r="LMO206" s="23"/>
+      <c r="LMP206" s="23"/>
+      <c r="LMQ206" s="1"/>
+      <c r="LMR206" s="23"/>
+      <c r="LMS206" s="23"/>
+      <c r="LMT206" s="1"/>
+      <c r="LMU206" s="23"/>
+      <c r="LMV206" s="23"/>
+      <c r="LMW206" s="1"/>
+      <c r="LMX206" s="23"/>
+      <c r="LMY206" s="23"/>
+      <c r="LMZ206" s="1"/>
+      <c r="LNA206" s="23"/>
+      <c r="LNB206" s="23"/>
+      <c r="LNC206" s="1"/>
+      <c r="LND206" s="23"/>
+      <c r="LNE206" s="23"/>
+      <c r="LNF206" s="1"/>
+      <c r="LNG206" s="23"/>
+      <c r="LNH206" s="23"/>
+      <c r="LNI206" s="1"/>
+      <c r="LNJ206" s="23"/>
+      <c r="LNK206" s="23"/>
+      <c r="LNL206" s="1"/>
+      <c r="LNM206" s="23"/>
+      <c r="LNN206" s="23"/>
+      <c r="LNO206" s="1"/>
+      <c r="LNP206" s="23"/>
+      <c r="LNQ206" s="23"/>
+      <c r="LNR206" s="1"/>
+      <c r="LNS206" s="23"/>
+      <c r="LNT206" s="23"/>
+      <c r="LNU206" s="1"/>
+      <c r="LNV206" s="23"/>
+      <c r="LNW206" s="23"/>
+      <c r="LNX206" s="1"/>
+      <c r="LNY206" s="23"/>
+      <c r="LNZ206" s="23"/>
+      <c r="LOA206" s="1"/>
+      <c r="LOB206" s="23"/>
+      <c r="LOC206" s="23"/>
+      <c r="LOD206" s="1"/>
+      <c r="LOE206" s="23"/>
+      <c r="LOF206" s="23"/>
+      <c r="LOG206" s="1"/>
+      <c r="LOH206" s="23"/>
+      <c r="LOI206" s="23"/>
+      <c r="LOJ206" s="1"/>
+      <c r="LOK206" s="23"/>
+      <c r="LOL206" s="23"/>
+      <c r="LOM206" s="1"/>
+      <c r="LON206" s="23"/>
+      <c r="LOO206" s="23"/>
+      <c r="LOP206" s="1"/>
+      <c r="LOQ206" s="23"/>
+      <c r="LOR206" s="23"/>
+      <c r="LOS206" s="1"/>
+      <c r="LOT206" s="23"/>
+      <c r="LOU206" s="23"/>
+      <c r="LOV206" s="1"/>
+      <c r="LOW206" s="23"/>
+      <c r="LOX206" s="23"/>
+      <c r="LOY206" s="1"/>
+      <c r="LOZ206" s="23"/>
+      <c r="LPA206" s="23"/>
+      <c r="LPB206" s="1"/>
+      <c r="LPC206" s="23"/>
+      <c r="LPD206" s="23"/>
+      <c r="LPE206" s="1"/>
+      <c r="LPF206" s="23"/>
+      <c r="LPG206" s="23"/>
+      <c r="LPH206" s="1"/>
+      <c r="LPI206" s="23"/>
+      <c r="LPJ206" s="23"/>
+      <c r="LPK206" s="1"/>
+      <c r="LPL206" s="23"/>
+      <c r="LPM206" s="23"/>
+      <c r="LPN206" s="1"/>
+      <c r="LPO206" s="23"/>
+      <c r="LPP206" s="23"/>
+      <c r="LPQ206" s="1"/>
+      <c r="LPR206" s="23"/>
+      <c r="LPS206" s="23"/>
+      <c r="LPT206" s="1"/>
+      <c r="LPU206" s="23"/>
+      <c r="LPV206" s="23"/>
+      <c r="LPW206" s="1"/>
+      <c r="LPX206" s="23"/>
+      <c r="LPY206" s="23"/>
+      <c r="LPZ206" s="1"/>
+      <c r="LQA206" s="23"/>
+      <c r="LQB206" s="23"/>
+      <c r="LQC206" s="1"/>
+      <c r="LQD206" s="23"/>
+      <c r="LQE206" s="23"/>
+      <c r="LQF206" s="1"/>
+      <c r="LQG206" s="23"/>
+      <c r="LQH206" s="23"/>
+      <c r="LQI206" s="1"/>
+      <c r="LQJ206" s="23"/>
+      <c r="LQK206" s="23"/>
+      <c r="LQL206" s="1"/>
+      <c r="LQM206" s="23"/>
+      <c r="LQN206" s="23"/>
+      <c r="LQO206" s="1"/>
+      <c r="LQP206" s="23"/>
+      <c r="LQQ206" s="23"/>
+      <c r="LQR206" s="1"/>
+      <c r="LQS206" s="23"/>
+      <c r="LQT206" s="23"/>
+      <c r="LQU206" s="1"/>
+      <c r="LQV206" s="23"/>
+      <c r="LQW206" s="23"/>
+      <c r="LQX206" s="1"/>
+      <c r="LQY206" s="23"/>
+      <c r="LQZ206" s="23"/>
+      <c r="LRA206" s="1"/>
+      <c r="LRB206" s="23"/>
+      <c r="LRC206" s="23"/>
+      <c r="LRD206" s="1"/>
+      <c r="LRE206" s="23"/>
+      <c r="LRF206" s="23"/>
+      <c r="LRG206" s="1"/>
+      <c r="LRH206" s="23"/>
+      <c r="LRI206" s="23"/>
+      <c r="LRJ206" s="1"/>
+      <c r="LRK206" s="23"/>
+      <c r="LRL206" s="23"/>
+      <c r="LRM206" s="1"/>
+      <c r="LRN206" s="23"/>
+      <c r="LRO206" s="23"/>
+      <c r="LRP206" s="1"/>
+      <c r="LRQ206" s="23"/>
+      <c r="LRR206" s="23"/>
+      <c r="LRS206" s="1"/>
+      <c r="LRT206" s="23"/>
+      <c r="LRU206" s="23"/>
+      <c r="LRV206" s="1"/>
+      <c r="LRW206" s="23"/>
+      <c r="LRX206" s="23"/>
+      <c r="LRY206" s="1"/>
+      <c r="LRZ206" s="23"/>
+      <c r="LSA206" s="23"/>
+      <c r="LSB206" s="1"/>
+      <c r="LSC206" s="23"/>
+      <c r="LSD206" s="23"/>
+      <c r="LSE206" s="1"/>
+      <c r="LSF206" s="23"/>
+      <c r="LSG206" s="23"/>
+      <c r="LSH206" s="1"/>
+      <c r="LSI206" s="23"/>
+      <c r="LSJ206" s="23"/>
+      <c r="LSK206" s="1"/>
+      <c r="LSL206" s="23"/>
+      <c r="LSM206" s="23"/>
+      <c r="LSN206" s="1"/>
+      <c r="LSO206" s="23"/>
+      <c r="LSP206" s="23"/>
+      <c r="LSQ206" s="1"/>
+      <c r="LSR206" s="23"/>
+      <c r="LSS206" s="23"/>
+      <c r="LST206" s="1"/>
+      <c r="LSU206" s="23"/>
+      <c r="LSV206" s="23"/>
+      <c r="LSW206" s="1"/>
+      <c r="LSX206" s="23"/>
+      <c r="LSY206" s="23"/>
+      <c r="LSZ206" s="1"/>
+      <c r="LTA206" s="23"/>
+      <c r="LTB206" s="23"/>
+      <c r="LTC206" s="1"/>
+      <c r="LTD206" s="23"/>
+      <c r="LTE206" s="23"/>
+      <c r="LTF206" s="1"/>
+      <c r="LTG206" s="23"/>
+      <c r="LTH206" s="23"/>
+      <c r="LTI206" s="1"/>
+      <c r="LTJ206" s="23"/>
+      <c r="LTK206" s="23"/>
+      <c r="LTL206" s="1"/>
+      <c r="LTM206" s="23"/>
+      <c r="LTN206" s="23"/>
+      <c r="LTO206" s="1"/>
+      <c r="LTP206" s="23"/>
+      <c r="LTQ206" s="23"/>
+      <c r="LTR206" s="1"/>
+      <c r="LTS206" s="23"/>
+      <c r="LTT206" s="23"/>
+      <c r="LTU206" s="1"/>
+      <c r="LTV206" s="23"/>
+      <c r="LTW206" s="23"/>
+      <c r="LTX206" s="1"/>
+      <c r="LTY206" s="23"/>
+      <c r="LTZ206" s="23"/>
+      <c r="LUA206" s="1"/>
+      <c r="LUB206" s="23"/>
+      <c r="LUC206" s="23"/>
+      <c r="LUD206" s="1"/>
+      <c r="LUE206" s="23"/>
+      <c r="LUF206" s="23"/>
+      <c r="LUG206" s="1"/>
+      <c r="LUH206" s="23"/>
+      <c r="LUI206" s="23"/>
+      <c r="LUJ206" s="1"/>
+      <c r="LUK206" s="23"/>
+      <c r="LUL206" s="23"/>
+      <c r="LUM206" s="1"/>
+      <c r="LUN206" s="23"/>
+      <c r="LUO206" s="23"/>
+      <c r="LUP206" s="1"/>
+      <c r="LUQ206" s="23"/>
+      <c r="LUR206" s="23"/>
+      <c r="LUS206" s="1"/>
+      <c r="LUT206" s="23"/>
+      <c r="LUU206" s="23"/>
+      <c r="LUV206" s="1"/>
+      <c r="LUW206" s="23"/>
+      <c r="LUX206" s="23"/>
+      <c r="LUY206" s="1"/>
+      <c r="LUZ206" s="23"/>
+      <c r="LVA206" s="23"/>
+      <c r="LVB206" s="1"/>
+      <c r="LVC206" s="23"/>
+      <c r="LVD206" s="23"/>
+      <c r="LVE206" s="1"/>
+      <c r="LVF206" s="23"/>
+      <c r="LVG206" s="23"/>
+      <c r="LVH206" s="1"/>
+      <c r="LVI206" s="23"/>
+      <c r="LVJ206" s="23"/>
+      <c r="LVK206" s="1"/>
+      <c r="LVL206" s="23"/>
+      <c r="LVM206" s="23"/>
+      <c r="LVN206" s="1"/>
+      <c r="LVO206" s="23"/>
+      <c r="LVP206" s="23"/>
+      <c r="LVQ206" s="1"/>
+      <c r="LVR206" s="23"/>
+      <c r="LVS206" s="23"/>
+      <c r="LVT206" s="1"/>
+      <c r="LVU206" s="23"/>
+      <c r="LVV206" s="23"/>
+      <c r="LVW206" s="1"/>
+      <c r="LVX206" s="23"/>
+      <c r="LVY206" s="23"/>
+      <c r="LVZ206" s="1"/>
+      <c r="LWA206" s="23"/>
+      <c r="LWB206" s="23"/>
+      <c r="LWC206" s="1"/>
+      <c r="LWD206" s="23"/>
+      <c r="LWE206" s="23"/>
+      <c r="LWF206" s="1"/>
+      <c r="LWG206" s="23"/>
+      <c r="LWH206" s="23"/>
+      <c r="LWI206" s="1"/>
+      <c r="LWJ206" s="23"/>
+      <c r="LWK206" s="23"/>
+      <c r="LWL206" s="1"/>
+      <c r="LWM206" s="23"/>
+      <c r="LWN206" s="23"/>
+      <c r="LWO206" s="1"/>
+      <c r="LWP206" s="23"/>
+      <c r="LWQ206" s="23"/>
+      <c r="LWR206" s="1"/>
+      <c r="LWS206" s="23"/>
+      <c r="LWT206" s="23"/>
+      <c r="LWU206" s="1"/>
+      <c r="LWV206" s="23"/>
+      <c r="LWW206" s="23"/>
+      <c r="LWX206" s="1"/>
+      <c r="LWY206" s="23"/>
+      <c r="LWZ206" s="23"/>
+      <c r="LXA206" s="1"/>
+      <c r="LXB206" s="23"/>
+      <c r="LXC206" s="23"/>
+      <c r="LXD206" s="1"/>
+      <c r="LXE206" s="23"/>
+      <c r="LXF206" s="23"/>
+      <c r="LXG206" s="1"/>
+      <c r="LXH206" s="23"/>
+      <c r="LXI206" s="23"/>
+      <c r="LXJ206" s="1"/>
+      <c r="LXK206" s="23"/>
+      <c r="LXL206" s="23"/>
+      <c r="LXM206" s="1"/>
+      <c r="LXN206" s="23"/>
+      <c r="LXO206" s="23"/>
+      <c r="LXP206" s="1"/>
+      <c r="LXQ206" s="23"/>
+      <c r="LXR206" s="23"/>
+      <c r="LXS206" s="1"/>
+      <c r="LXT206" s="23"/>
+      <c r="LXU206" s="23"/>
+      <c r="LXV206" s="1"/>
+      <c r="LXW206" s="23"/>
+      <c r="LXX206" s="23"/>
+      <c r="LXY206" s="1"/>
+      <c r="LXZ206" s="23"/>
+      <c r="LYA206" s="23"/>
+      <c r="LYB206" s="1"/>
+      <c r="LYC206" s="23"/>
+      <c r="LYD206" s="23"/>
+      <c r="LYE206" s="1"/>
+      <c r="LYF206" s="23"/>
+      <c r="LYG206" s="23"/>
+      <c r="LYH206" s="1"/>
+      <c r="LYI206" s="23"/>
+      <c r="LYJ206" s="23"/>
+      <c r="LYK206" s="1"/>
+      <c r="LYL206" s="23"/>
+      <c r="LYM206" s="23"/>
+      <c r="LYN206" s="1"/>
+      <c r="LYO206" s="23"/>
+      <c r="LYP206" s="23"/>
+      <c r="LYQ206" s="1"/>
+      <c r="LYR206" s="23"/>
+      <c r="LYS206" s="23"/>
+      <c r="LYT206" s="1"/>
+      <c r="LYU206" s="23"/>
+      <c r="LYV206" s="23"/>
+      <c r="LYW206" s="1"/>
+      <c r="LYX206" s="23"/>
+      <c r="LYY206" s="23"/>
+      <c r="LYZ206" s="1"/>
+      <c r="LZA206" s="23"/>
+      <c r="LZB206" s="23"/>
+      <c r="LZC206" s="1"/>
+      <c r="LZD206" s="23"/>
+      <c r="LZE206" s="23"/>
+      <c r="LZF206" s="1"/>
+      <c r="LZG206" s="23"/>
+      <c r="LZH206" s="23"/>
+      <c r="LZI206" s="1"/>
+      <c r="LZJ206" s="23"/>
+      <c r="LZK206" s="23"/>
+      <c r="LZL206" s="1"/>
+      <c r="LZM206" s="23"/>
+      <c r="LZN206" s="23"/>
+      <c r="LZO206" s="1"/>
+      <c r="LZP206" s="23"/>
+      <c r="LZQ206" s="23"/>
+      <c r="LZR206" s="1"/>
+      <c r="LZS206" s="23"/>
+      <c r="LZT206" s="23"/>
+      <c r="LZU206" s="1"/>
+      <c r="LZV206" s="23"/>
+      <c r="LZW206" s="23"/>
+      <c r="LZX206" s="1"/>
+      <c r="LZY206" s="23"/>
+      <c r="LZZ206" s="23"/>
+      <c r="MAA206" s="1"/>
+      <c r="MAB206" s="23"/>
+      <c r="MAC206" s="23"/>
+      <c r="MAD206" s="1"/>
+      <c r="MAE206" s="23"/>
+      <c r="MAF206" s="23"/>
+      <c r="MAG206" s="1"/>
+      <c r="MAH206" s="23"/>
+      <c r="MAI206" s="23"/>
+      <c r="MAJ206" s="1"/>
+      <c r="MAK206" s="23"/>
+      <c r="MAL206" s="23"/>
+      <c r="MAM206" s="1"/>
+      <c r="MAN206" s="23"/>
+      <c r="MAO206" s="23"/>
+      <c r="MAP206" s="1"/>
+      <c r="MAQ206" s="23"/>
+      <c r="MAR206" s="23"/>
+      <c r="MAS206" s="1"/>
+      <c r="MAT206" s="23"/>
+      <c r="MAU206" s="23"/>
+      <c r="MAV206" s="1"/>
+      <c r="MAW206" s="23"/>
+      <c r="MAX206" s="23"/>
+      <c r="MAY206" s="1"/>
+      <c r="MAZ206" s="23"/>
+      <c r="MBA206" s="23"/>
+      <c r="MBB206" s="1"/>
+      <c r="MBC206" s="23"/>
+      <c r="MBD206" s="23"/>
+      <c r="MBE206" s="1"/>
+      <c r="MBF206" s="23"/>
+      <c r="MBG206" s="23"/>
+      <c r="MBH206" s="1"/>
+      <c r="MBI206" s="23"/>
+      <c r="MBJ206" s="23"/>
+      <c r="MBK206" s="1"/>
+      <c r="MBL206" s="23"/>
+      <c r="MBM206" s="23"/>
+      <c r="MBN206" s="1"/>
+      <c r="MBO206" s="23"/>
+      <c r="MBP206" s="23"/>
+      <c r="MBQ206" s="1"/>
+      <c r="MBR206" s="23"/>
+      <c r="MBS206" s="23"/>
+      <c r="MBT206" s="1"/>
+      <c r="MBU206" s="23"/>
+      <c r="MBV206" s="23"/>
+      <c r="MBW206" s="1"/>
+      <c r="MBX206" s="23"/>
+      <c r="MBY206" s="23"/>
+      <c r="MBZ206" s="1"/>
+      <c r="MCA206" s="23"/>
+      <c r="MCB206" s="23"/>
+      <c r="MCC206" s="1"/>
+      <c r="MCD206" s="23"/>
+      <c r="MCE206" s="23"/>
+      <c r="MCF206" s="1"/>
+      <c r="MCG206" s="23"/>
+      <c r="MCH206" s="23"/>
+      <c r="MCI206" s="1"/>
+      <c r="MCJ206" s="23"/>
+      <c r="MCK206" s="23"/>
+      <c r="MCL206" s="1"/>
+      <c r="MCM206" s="23"/>
+      <c r="MCN206" s="23"/>
+      <c r="MCO206" s="1"/>
+      <c r="MCP206" s="23"/>
+      <c r="MCQ206" s="23"/>
+      <c r="MCR206" s="1"/>
+      <c r="MCS206" s="23"/>
+      <c r="MCT206" s="23"/>
+      <c r="MCU206" s="1"/>
+      <c r="MCV206" s="23"/>
+      <c r="MCW206" s="23"/>
+      <c r="MCX206" s="1"/>
+      <c r="MCY206" s="23"/>
+      <c r="MCZ206" s="23"/>
+      <c r="MDA206" s="1"/>
+      <c r="MDB206" s="23"/>
+      <c r="MDC206" s="23"/>
+      <c r="MDD206" s="1"/>
+      <c r="MDE206" s="23"/>
+      <c r="MDF206" s="23"/>
+      <c r="MDG206" s="1"/>
+      <c r="MDH206" s="23"/>
+      <c r="MDI206" s="23"/>
+      <c r="MDJ206" s="1"/>
+      <c r="MDK206" s="23"/>
+      <c r="MDL206" s="23"/>
+      <c r="MDM206" s="1"/>
+      <c r="MDN206" s="23"/>
+      <c r="MDO206" s="23"/>
+      <c r="MDP206" s="1"/>
+      <c r="MDQ206" s="23"/>
+      <c r="MDR206" s="23"/>
+      <c r="MDS206" s="1"/>
+      <c r="MDT206" s="23"/>
+      <c r="MDU206" s="23"/>
+      <c r="MDV206" s="1"/>
+      <c r="MDW206" s="23"/>
+      <c r="MDX206" s="23"/>
+      <c r="MDY206" s="1"/>
+      <c r="MDZ206" s="23"/>
+      <c r="MEA206" s="23"/>
+      <c r="MEB206" s="1"/>
+      <c r="MEC206" s="23"/>
+      <c r="MED206" s="23"/>
+      <c r="MEE206" s="1"/>
+      <c r="MEF206" s="23"/>
+      <c r="MEG206" s="23"/>
+      <c r="MEH206" s="1"/>
+      <c r="MEI206" s="23"/>
+      <c r="MEJ206" s="23"/>
+      <c r="MEK206" s="1"/>
+      <c r="MEL206" s="23"/>
+      <c r="MEM206" s="23"/>
+      <c r="MEN206" s="1"/>
+      <c r="MEO206" s="23"/>
+      <c r="MEP206" s="23"/>
+      <c r="MEQ206" s="1"/>
+      <c r="MER206" s="23"/>
+      <c r="MES206" s="23"/>
+      <c r="MET206" s="1"/>
+      <c r="MEU206" s="23"/>
+      <c r="MEV206" s="23"/>
+      <c r="MEW206" s="1"/>
+      <c r="MEX206" s="23"/>
+      <c r="MEY206" s="23"/>
+      <c r="MEZ206" s="1"/>
+      <c r="MFA206" s="23"/>
+      <c r="MFB206" s="23"/>
+      <c r="MFC206" s="1"/>
+      <c r="MFD206" s="23"/>
+      <c r="MFE206" s="23"/>
+      <c r="MFF206" s="1"/>
+      <c r="MFG206" s="23"/>
+      <c r="MFH206" s="23"/>
+      <c r="MFI206" s="1"/>
+      <c r="MFJ206" s="23"/>
+      <c r="MFK206" s="23"/>
+      <c r="MFL206" s="1"/>
+      <c r="MFM206" s="23"/>
+      <c r="MFN206" s="23"/>
+      <c r="MFO206" s="1"/>
+      <c r="MFP206" s="23"/>
+      <c r="MFQ206" s="23"/>
+      <c r="MFR206" s="1"/>
+      <c r="MFS206" s="23"/>
+      <c r="MFT206" s="23"/>
+      <c r="MFU206" s="1"/>
+      <c r="MFV206" s="23"/>
+      <c r="MFW206" s="23"/>
+      <c r="MFX206" s="1"/>
+      <c r="MFY206" s="23"/>
+      <c r="MFZ206" s="23"/>
+      <c r="MGA206" s="1"/>
+      <c r="MGB206" s="23"/>
+      <c r="MGC206" s="23"/>
+      <c r="MGD206" s="1"/>
+      <c r="MGE206" s="23"/>
+      <c r="MGF206" s="23"/>
+      <c r="MGG206" s="1"/>
+      <c r="MGH206" s="23"/>
+      <c r="MGI206" s="23"/>
+      <c r="MGJ206" s="1"/>
+      <c r="MGK206" s="23"/>
+      <c r="MGL206" s="23"/>
+      <c r="MGM206" s="1"/>
+      <c r="MGN206" s="23"/>
+      <c r="MGO206" s="23"/>
+      <c r="MGP206" s="1"/>
+      <c r="MGQ206" s="23"/>
+      <c r="MGR206" s="23"/>
+      <c r="MGS206" s="1"/>
+      <c r="MGT206" s="23"/>
+      <c r="MGU206" s="23"/>
+      <c r="MGV206" s="1"/>
+      <c r="MGW206" s="23"/>
+      <c r="MGX206" s="23"/>
+      <c r="MGY206" s="1"/>
+      <c r="MGZ206" s="23"/>
+      <c r="MHA206" s="23"/>
+      <c r="MHB206" s="1"/>
+      <c r="MHC206" s="23"/>
+      <c r="MHD206" s="23"/>
+      <c r="MHE206" s="1"/>
+      <c r="MHF206" s="23"/>
+      <c r="MHG206" s="23"/>
+      <c r="MHH206" s="1"/>
+      <c r="MHI206" s="23"/>
+      <c r="MHJ206" s="23"/>
+      <c r="MHK206" s="1"/>
+      <c r="MHL206" s="23"/>
+      <c r="MHM206" s="23"/>
+      <c r="MHN206" s="1"/>
+      <c r="MHO206" s="23"/>
+      <c r="MHP206" s="23"/>
+      <c r="MHQ206" s="1"/>
+      <c r="MHR206" s="23"/>
+      <c r="MHS206" s="23"/>
+      <c r="MHT206" s="1"/>
+      <c r="MHU206" s="23"/>
+      <c r="MHV206" s="23"/>
+      <c r="MHW206" s="1"/>
+      <c r="MHX206" s="23"/>
+      <c r="MHY206" s="23"/>
+      <c r="MHZ206" s="1"/>
+      <c r="MIA206" s="23"/>
+      <c r="MIB206" s="23"/>
+      <c r="MIC206" s="1"/>
+      <c r="MID206" s="23"/>
+      <c r="MIE206" s="23"/>
+      <c r="MIF206" s="1"/>
+      <c r="MIG206" s="23"/>
+      <c r="MIH206" s="23"/>
+      <c r="MII206" s="1"/>
+      <c r="MIJ206" s="23"/>
+      <c r="MIK206" s="23"/>
+      <c r="MIL206" s="1"/>
+      <c r="MIM206" s="23"/>
+      <c r="MIN206" s="23"/>
+      <c r="MIO206" s="1"/>
+      <c r="MIP206" s="23"/>
+      <c r="MIQ206" s="23"/>
+      <c r="MIR206" s="1"/>
+      <c r="MIS206" s="23"/>
+      <c r="MIT206" s="23"/>
+      <c r="MIU206" s="1"/>
+      <c r="MIV206" s="23"/>
+      <c r="MIW206" s="23"/>
+      <c r="MIX206" s="1"/>
+      <c r="MIY206" s="23"/>
+      <c r="MIZ206" s="23"/>
+      <c r="MJA206" s="1"/>
+      <c r="MJB206" s="23"/>
+      <c r="MJC206" s="23"/>
+      <c r="MJD206" s="1"/>
+      <c r="MJE206" s="23"/>
+      <c r="MJF206" s="23"/>
+      <c r="MJG206" s="1"/>
+      <c r="MJH206" s="23"/>
+      <c r="MJI206" s="23"/>
+      <c r="MJJ206" s="1"/>
+      <c r="MJK206" s="23"/>
+      <c r="MJL206" s="23"/>
+      <c r="MJM206" s="1"/>
+      <c r="MJN206" s="23"/>
+      <c r="MJO206" s="23"/>
+      <c r="MJP206" s="1"/>
+      <c r="MJQ206" s="23"/>
+      <c r="MJR206" s="23"/>
+      <c r="MJS206" s="1"/>
+      <c r="MJT206" s="23"/>
+      <c r="MJU206" s="23"/>
+      <c r="MJV206" s="1"/>
+      <c r="MJW206" s="23"/>
+      <c r="MJX206" s="23"/>
+      <c r="MJY206" s="1"/>
+      <c r="MJZ206" s="23"/>
+      <c r="MKA206" s="23"/>
+      <c r="MKB206" s="1"/>
+      <c r="MKC206" s="23"/>
+      <c r="MKD206" s="23"/>
+      <c r="MKE206" s="1"/>
+      <c r="MKF206" s="23"/>
+      <c r="MKG206" s="23"/>
+      <c r="MKH206" s="1"/>
+      <c r="MKI206" s="23"/>
+      <c r="MKJ206" s="23"/>
+      <c r="MKK206" s="1"/>
+      <c r="MKL206" s="23"/>
+      <c r="MKM206" s="23"/>
+      <c r="MKN206" s="1"/>
+      <c r="MKO206" s="23"/>
+      <c r="MKP206" s="23"/>
+      <c r="MKQ206" s="1"/>
+      <c r="MKR206" s="23"/>
+      <c r="MKS206" s="23"/>
+      <c r="MKT206" s="1"/>
+      <c r="MKU206" s="23"/>
+      <c r="MKV206" s="23"/>
+      <c r="MKW206" s="1"/>
+      <c r="MKX206" s="23"/>
+      <c r="MKY206" s="23"/>
+      <c r="MKZ206" s="1"/>
+      <c r="MLA206" s="23"/>
+      <c r="MLB206" s="23"/>
+      <c r="MLC206" s="1"/>
+      <c r="MLD206" s="23"/>
+      <c r="MLE206" s="23"/>
+      <c r="MLF206" s="1"/>
+      <c r="MLG206" s="23"/>
+      <c r="MLH206" s="23"/>
+      <c r="MLI206" s="1"/>
+      <c r="MLJ206" s="23"/>
+      <c r="MLK206" s="23"/>
+      <c r="MLL206" s="1"/>
+      <c r="MLM206" s="23"/>
+      <c r="MLN206" s="23"/>
+      <c r="MLO206" s="1"/>
+      <c r="MLP206" s="23"/>
+      <c r="MLQ206" s="23"/>
+      <c r="MLR206" s="1"/>
+      <c r="MLS206" s="23"/>
+      <c r="MLT206" s="23"/>
+      <c r="MLU206" s="1"/>
+      <c r="MLV206" s="23"/>
+      <c r="MLW206" s="23"/>
+      <c r="MLX206" s="1"/>
+      <c r="MLY206" s="23"/>
+      <c r="MLZ206" s="23"/>
+      <c r="MMA206" s="1"/>
+      <c r="MMB206" s="23"/>
+      <c r="MMC206" s="23"/>
+      <c r="MMD206" s="1"/>
+      <c r="MME206" s="23"/>
+      <c r="MMF206" s="23"/>
+      <c r="MMG206" s="1"/>
+      <c r="MMH206" s="23"/>
+      <c r="MMI206" s="23"/>
+      <c r="MMJ206" s="1"/>
+      <c r="MMK206" s="23"/>
+      <c r="MML206" s="23"/>
+      <c r="MMM206" s="1"/>
+      <c r="MMN206" s="23"/>
+      <c r="MMO206" s="23"/>
+      <c r="MMP206" s="1"/>
+      <c r="MMQ206" s="23"/>
+      <c r="MMR206" s="23"/>
+      <c r="MMS206" s="1"/>
+      <c r="MMT206" s="23"/>
+      <c r="MMU206" s="23"/>
+      <c r="MMV206" s="1"/>
+      <c r="MMW206" s="23"/>
+      <c r="MMX206" s="23"/>
+      <c r="MMY206" s="1"/>
+      <c r="MMZ206" s="23"/>
+      <c r="MNA206" s="23"/>
+      <c r="MNB206" s="1"/>
+      <c r="MNC206" s="23"/>
+      <c r="MND206" s="23"/>
+      <c r="MNE206" s="1"/>
+      <c r="MNF206" s="23"/>
+      <c r="MNG206" s="23"/>
+      <c r="MNH206" s="1"/>
+      <c r="MNI206" s="23"/>
+      <c r="MNJ206" s="23"/>
+      <c r="MNK206" s="1"/>
+      <c r="MNL206" s="23"/>
+      <c r="MNM206" s="23"/>
+      <c r="MNN206" s="1"/>
+      <c r="MNO206" s="23"/>
+      <c r="MNP206" s="23"/>
+      <c r="MNQ206" s="1"/>
+      <c r="MNR206" s="23"/>
+      <c r="MNS206" s="23"/>
+      <c r="MNT206" s="1"/>
+      <c r="MNU206" s="23"/>
+      <c r="MNV206" s="23"/>
+      <c r="MNW206" s="1"/>
+      <c r="MNX206" s="23"/>
+      <c r="MNY206" s="23"/>
+      <c r="MNZ206" s="1"/>
+      <c r="MOA206" s="23"/>
+      <c r="MOB206" s="23"/>
+      <c r="MOC206" s="1"/>
+      <c r="MOD206" s="23"/>
+      <c r="MOE206" s="23"/>
+      <c r="MOF206" s="1"/>
+      <c r="MOG206" s="23"/>
+      <c r="MOH206" s="23"/>
+      <c r="MOI206" s="1"/>
+      <c r="MOJ206" s="23"/>
+      <c r="MOK206" s="23"/>
+      <c r="MOL206" s="1"/>
+      <c r="MOM206" s="23"/>
+      <c r="MON206" s="23"/>
+      <c r="MOO206" s="1"/>
+      <c r="MOP206" s="23"/>
+      <c r="MOQ206" s="23"/>
+      <c r="MOR206" s="1"/>
+      <c r="MOS206" s="23"/>
+      <c r="MOT206" s="23"/>
+      <c r="MOU206" s="1"/>
+      <c r="MOV206" s="23"/>
+      <c r="MOW206" s="23"/>
+      <c r="MOX206" s="1"/>
+      <c r="MOY206" s="23"/>
+      <c r="MOZ206" s="23"/>
+      <c r="MPA206" s="1"/>
+      <c r="MPB206" s="23"/>
+      <c r="MPC206" s="23"/>
+      <c r="MPD206" s="1"/>
+      <c r="MPE206" s="23"/>
+      <c r="MPF206" s="23"/>
+      <c r="MPG206" s="1"/>
+      <c r="MPH206" s="23"/>
+      <c r="MPI206" s="23"/>
+      <c r="MPJ206" s="1"/>
+      <c r="MPK206" s="23"/>
+      <c r="MPL206" s="23"/>
+      <c r="MPM206" s="1"/>
+      <c r="MPN206" s="23"/>
+      <c r="MPO206" s="23"/>
+      <c r="MPP206" s="1"/>
+      <c r="MPQ206" s="23"/>
+      <c r="MPR206" s="23"/>
+      <c r="MPS206" s="1"/>
+      <c r="MPT206" s="23"/>
+      <c r="MPU206" s="23"/>
+      <c r="MPV206" s="1"/>
+      <c r="MPW206" s="23"/>
+      <c r="MPX206" s="23"/>
+      <c r="MPY206" s="1"/>
+      <c r="MPZ206" s="23"/>
+      <c r="MQA206" s="23"/>
+      <c r="MQB206" s="1"/>
+      <c r="MQC206" s="23"/>
+      <c r="MQD206" s="23"/>
+      <c r="MQE206" s="1"/>
+      <c r="MQF206" s="23"/>
+      <c r="MQG206" s="23"/>
+      <c r="MQH206" s="1"/>
+      <c r="MQI206" s="23"/>
+      <c r="MQJ206" s="23"/>
+      <c r="MQK206" s="1"/>
+      <c r="MQL206" s="23"/>
+      <c r="MQM206" s="23"/>
+      <c r="MQN206" s="1"/>
+      <c r="MQO206" s="23"/>
+      <c r="MQP206" s="23"/>
+      <c r="MQQ206" s="1"/>
+      <c r="MQR206" s="23"/>
+      <c r="MQS206" s="23"/>
+      <c r="MQT206" s="1"/>
+      <c r="MQU206" s="23"/>
+      <c r="MQV206" s="23"/>
+      <c r="MQW206" s="1"/>
+      <c r="MQX206" s="23"/>
+      <c r="MQY206" s="23"/>
+      <c r="MQZ206" s="1"/>
+      <c r="MRA206" s="23"/>
+      <c r="MRB206" s="23"/>
+      <c r="MRC206" s="1"/>
+      <c r="MRD206" s="23"/>
+      <c r="MRE206" s="23"/>
+      <c r="MRF206" s="1"/>
+      <c r="MRG206" s="23"/>
+      <c r="MRH206" s="23"/>
+      <c r="MRI206" s="1"/>
+      <c r="MRJ206" s="23"/>
+      <c r="MRK206" s="23"/>
+      <c r="MRL206" s="1"/>
+      <c r="MRM206" s="23"/>
+      <c r="MRN206" s="23"/>
+      <c r="MRO206" s="1"/>
+      <c r="MRP206" s="23"/>
+      <c r="MRQ206" s="23"/>
+      <c r="MRR206" s="1"/>
+      <c r="MRS206" s="23"/>
+      <c r="MRT206" s="23"/>
+      <c r="MRU206" s="1"/>
+      <c r="MRV206" s="23"/>
+      <c r="MRW206" s="23"/>
+      <c r="MRX206" s="1"/>
+      <c r="MRY206" s="23"/>
+      <c r="MRZ206" s="23"/>
+      <c r="MSA206" s="1"/>
+      <c r="MSB206" s="23"/>
+      <c r="MSC206" s="23"/>
+      <c r="MSD206" s="1"/>
+      <c r="MSE206" s="23"/>
+      <c r="MSF206" s="23"/>
+      <c r="MSG206" s="1"/>
+      <c r="MSH206" s="23"/>
+      <c r="MSI206" s="23"/>
+      <c r="MSJ206" s="1"/>
+      <c r="MSK206" s="23"/>
+      <c r="MSL206" s="23"/>
+      <c r="MSM206" s="1"/>
+      <c r="MSN206" s="23"/>
+      <c r="MSO206" s="23"/>
+      <c r="MSP206" s="1"/>
+      <c r="MSQ206" s="23"/>
+      <c r="MSR206" s="23"/>
+      <c r="MSS206" s="1"/>
+      <c r="MST206" s="23"/>
+      <c r="MSU206" s="23"/>
+      <c r="MSV206" s="1"/>
+      <c r="MSW206" s="23"/>
+      <c r="MSX206" s="23"/>
+      <c r="MSY206" s="1"/>
+      <c r="MSZ206" s="23"/>
+      <c r="MTA206" s="23"/>
+      <c r="MTB206" s="1"/>
+      <c r="MTC206" s="23"/>
+      <c r="MTD206" s="23"/>
+      <c r="MTE206" s="1"/>
+      <c r="MTF206" s="23"/>
+      <c r="MTG206" s="23"/>
+      <c r="MTH206" s="1"/>
+      <c r="MTI206" s="23"/>
+      <c r="MTJ206" s="23"/>
+      <c r="MTK206" s="1"/>
+      <c r="MTL206" s="23"/>
+      <c r="MTM206" s="23"/>
+      <c r="MTN206" s="1"/>
+      <c r="MTO206" s="23"/>
+      <c r="MTP206" s="23"/>
+      <c r="MTQ206" s="1"/>
+      <c r="MTR206" s="23"/>
+      <c r="MTS206" s="23"/>
+      <c r="MTT206" s="1"/>
+      <c r="MTU206" s="23"/>
+      <c r="MTV206" s="23"/>
+      <c r="MTW206" s="1"/>
+      <c r="MTX206" s="23"/>
+      <c r="MTY206" s="23"/>
+      <c r="MTZ206" s="1"/>
+      <c r="MUA206" s="23"/>
+      <c r="MUB206" s="23"/>
+      <c r="MUC206" s="1"/>
+      <c r="MUD206" s="23"/>
+      <c r="MUE206" s="23"/>
+      <c r="MUF206" s="1"/>
+      <c r="MUG206" s="23"/>
+      <c r="MUH206" s="23"/>
+      <c r="MUI206" s="1"/>
+      <c r="MUJ206" s="23"/>
+      <c r="MUK206" s="23"/>
+      <c r="MUL206" s="1"/>
+      <c r="MUM206" s="23"/>
+      <c r="MUN206" s="23"/>
+      <c r="MUO206" s="1"/>
+      <c r="MUP206" s="23"/>
+      <c r="MUQ206" s="23"/>
+      <c r="MUR206" s="1"/>
+      <c r="MUS206" s="23"/>
+      <c r="MUT206" s="23"/>
+      <c r="MUU206" s="1"/>
+      <c r="MUV206" s="23"/>
+      <c r="MUW206" s="23"/>
+      <c r="MUX206" s="1"/>
+      <c r="MUY206" s="23"/>
+      <c r="MUZ206" s="23"/>
+      <c r="MVA206" s="1"/>
+      <c r="MVB206" s="23"/>
+      <c r="MVC206" s="23"/>
+      <c r="MVD206" s="1"/>
+      <c r="MVE206" s="23"/>
+      <c r="MVF206" s="23"/>
+      <c r="MVG206" s="1"/>
+      <c r="MVH206" s="23"/>
+      <c r="MVI206" s="23"/>
+      <c r="MVJ206" s="1"/>
+      <c r="MVK206" s="23"/>
+      <c r="MVL206" s="23"/>
+      <c r="MVM206" s="1"/>
+      <c r="MVN206" s="23"/>
+      <c r="MVO206" s="23"/>
+      <c r="MVP206" s="1"/>
+      <c r="MVQ206" s="23"/>
+      <c r="MVR206" s="23"/>
+      <c r="MVS206" s="1"/>
+      <c r="MVT206" s="23"/>
+      <c r="MVU206" s="23"/>
+      <c r="MVV206" s="1"/>
+      <c r="MVW206" s="23"/>
+      <c r="MVX206" s="23"/>
+      <c r="MVY206" s="1"/>
+      <c r="MVZ206" s="23"/>
+      <c r="MWA206" s="23"/>
+      <c r="MWB206" s="1"/>
+      <c r="MWC206" s="23"/>
+      <c r="MWD206" s="23"/>
+      <c r="MWE206" s="1"/>
+      <c r="MWF206" s="23"/>
+      <c r="MWG206" s="23"/>
+      <c r="MWH206" s="1"/>
+      <c r="MWI206" s="23"/>
+      <c r="MWJ206" s="23"/>
+      <c r="MWK206" s="1"/>
+      <c r="MWL206" s="23"/>
+      <c r="MWM206" s="23"/>
+      <c r="MWN206" s="1"/>
+      <c r="MWO206" s="23"/>
+      <c r="MWP206" s="23"/>
+      <c r="MWQ206" s="1"/>
+      <c r="MWR206" s="23"/>
+      <c r="MWS206" s="23"/>
+      <c r="MWT206" s="1"/>
+      <c r="MWU206" s="23"/>
+      <c r="MWV206" s="23"/>
+      <c r="MWW206" s="1"/>
+      <c r="MWX206" s="23"/>
+      <c r="MWY206" s="23"/>
+      <c r="MWZ206" s="1"/>
+      <c r="MXA206" s="23"/>
+      <c r="MXB206" s="23"/>
+      <c r="MXC206" s="1"/>
+      <c r="MXD206" s="23"/>
+      <c r="MXE206" s="23"/>
+      <c r="MXF206" s="1"/>
+      <c r="MXG206" s="23"/>
+      <c r="MXH206" s="23"/>
+      <c r="MXI206" s="1"/>
+      <c r="MXJ206" s="23"/>
+      <c r="MXK206" s="23"/>
+      <c r="MXL206" s="1"/>
+      <c r="MXM206" s="23"/>
+      <c r="MXN206" s="23"/>
+      <c r="MXO206" s="1"/>
+      <c r="MXP206" s="23"/>
+      <c r="MXQ206" s="23"/>
+      <c r="MXR206" s="1"/>
+      <c r="MXS206" s="23"/>
+      <c r="MXT206" s="23"/>
+      <c r="MXU206" s="1"/>
+      <c r="MXV206" s="23"/>
+      <c r="MXW206" s="23"/>
+      <c r="MXX206" s="1"/>
+      <c r="MXY206" s="23"/>
+      <c r="MXZ206" s="23"/>
+      <c r="MYA206" s="1"/>
+      <c r="MYB206" s="23"/>
+      <c r="MYC206" s="23"/>
+      <c r="MYD206" s="1"/>
+      <c r="MYE206" s="23"/>
+      <c r="MYF206" s="23"/>
+      <c r="MYG206" s="1"/>
+      <c r="MYH206" s="23"/>
+      <c r="MYI206" s="23"/>
+      <c r="MYJ206" s="1"/>
+      <c r="MYK206" s="23"/>
+      <c r="MYL206" s="23"/>
+      <c r="MYM206" s="1"/>
+      <c r="MYN206" s="23"/>
+      <c r="MYO206" s="23"/>
+      <c r="MYP206" s="1"/>
+      <c r="MYQ206" s="23"/>
+      <c r="MYR206" s="23"/>
+      <c r="MYS206" s="1"/>
+      <c r="MYT206" s="23"/>
+      <c r="MYU206" s="23"/>
+      <c r="MYV206" s="1"/>
+      <c r="MYW206" s="23"/>
+      <c r="MYX206" s="23"/>
+      <c r="MYY206" s="1"/>
+      <c r="MYZ206" s="23"/>
+      <c r="MZA206" s="23"/>
+      <c r="MZB206" s="1"/>
+      <c r="MZC206" s="23"/>
+      <c r="MZD206" s="23"/>
+      <c r="MZE206" s="1"/>
+      <c r="MZF206" s="23"/>
+      <c r="MZG206" s="23"/>
+      <c r="MZH206" s="1"/>
+      <c r="MZI206" s="23"/>
+      <c r="MZJ206" s="23"/>
+      <c r="MZK206" s="1"/>
+      <c r="MZL206" s="23"/>
+      <c r="MZM206" s="23"/>
+      <c r="MZN206" s="1"/>
+      <c r="MZO206" s="23"/>
+      <c r="MZP206" s="23"/>
+      <c r="MZQ206" s="1"/>
+      <c r="MZR206" s="23"/>
+      <c r="MZS206" s="23"/>
+      <c r="MZT206" s="1"/>
+      <c r="MZU206" s="23"/>
+      <c r="MZV206" s="23"/>
+      <c r="MZW206" s="1"/>
+      <c r="MZX206" s="23"/>
+      <c r="MZY206" s="23"/>
+      <c r="MZZ206" s="1"/>
+      <c r="NAA206" s="23"/>
+      <c r="NAB206" s="23"/>
+      <c r="NAC206" s="1"/>
+      <c r="NAD206" s="23"/>
+      <c r="NAE206" s="23"/>
+      <c r="NAF206" s="1"/>
+      <c r="NAG206" s="23"/>
+      <c r="NAH206" s="23"/>
+      <c r="NAI206" s="1"/>
+      <c r="NAJ206" s="23"/>
+      <c r="NAK206" s="23"/>
+      <c r="NAL206" s="1"/>
+      <c r="NAM206" s="23"/>
+      <c r="NAN206" s="23"/>
+      <c r="NAO206" s="1"/>
+      <c r="NAP206" s="23"/>
+      <c r="NAQ206" s="23"/>
+      <c r="NAR206" s="1"/>
+      <c r="NAS206" s="23"/>
+      <c r="NAT206" s="23"/>
+      <c r="NAU206" s="1"/>
+      <c r="NAV206" s="23"/>
+      <c r="NAW206" s="23"/>
+      <c r="NAX206" s="1"/>
+      <c r="NAY206" s="23"/>
+      <c r="NAZ206" s="23"/>
+      <c r="NBA206" s="1"/>
+      <c r="NBB206" s="23"/>
+      <c r="NBC206" s="23"/>
+      <c r="NBD206" s="1"/>
+      <c r="NBE206" s="23"/>
+      <c r="NBF206" s="23"/>
+      <c r="NBG206" s="1"/>
+      <c r="NBH206" s="23"/>
+      <c r="NBI206" s="23"/>
+      <c r="NBJ206" s="1"/>
+      <c r="NBK206" s="23"/>
+      <c r="NBL206" s="23"/>
+      <c r="NBM206" s="1"/>
+      <c r="NBN206" s="23"/>
+      <c r="NBO206" s="23"/>
+      <c r="NBP206" s="1"/>
+      <c r="NBQ206" s="23"/>
+      <c r="NBR206" s="23"/>
+      <c r="NBS206" s="1"/>
+      <c r="NBT206" s="23"/>
+      <c r="NBU206" s="23"/>
+      <c r="NBV206" s="1"/>
+      <c r="NBW206" s="23"/>
+      <c r="NBX206" s="23"/>
+      <c r="NBY206" s="1"/>
+      <c r="NBZ206" s="23"/>
+      <c r="NCA206" s="23"/>
+      <c r="NCB206" s="1"/>
+      <c r="NCC206" s="23"/>
+      <c r="NCD206" s="23"/>
+      <c r="NCE206" s="1"/>
+      <c r="NCF206" s="23"/>
+      <c r="NCG206" s="23"/>
+      <c r="NCH206" s="1"/>
+      <c r="NCI206" s="23"/>
+      <c r="NCJ206" s="23"/>
+      <c r="NCK206" s="1"/>
+      <c r="NCL206" s="23"/>
+      <c r="NCM206" s="23"/>
+      <c r="NCN206" s="1"/>
+      <c r="NCO206" s="23"/>
+      <c r="NCP206" s="23"/>
+      <c r="NCQ206" s="1"/>
+      <c r="NCR206" s="23"/>
+      <c r="NCS206" s="23"/>
+      <c r="NCT206" s="1"/>
+      <c r="NCU206" s="23"/>
+      <c r="NCV206" s="23"/>
+      <c r="NCW206" s="1"/>
+      <c r="NCX206" s="23"/>
+      <c r="NCY206" s="23"/>
+      <c r="NCZ206" s="1"/>
+      <c r="NDA206" s="23"/>
+      <c r="NDB206" s="23"/>
+      <c r="NDC206" s="1"/>
+      <c r="NDD206" s="23"/>
+      <c r="NDE206" s="23"/>
+      <c r="NDF206" s="1"/>
+      <c r="NDG206" s="23"/>
+      <c r="NDH206" s="23"/>
+      <c r="NDI206" s="1"/>
+      <c r="NDJ206" s="23"/>
+      <c r="NDK206" s="23"/>
+      <c r="NDL206" s="1"/>
+      <c r="NDM206" s="23"/>
+      <c r="NDN206" s="23"/>
+      <c r="NDO206" s="1"/>
+      <c r="NDP206" s="23"/>
+      <c r="NDQ206" s="23"/>
+      <c r="NDR206" s="1"/>
+      <c r="NDS206" s="23"/>
+      <c r="NDT206" s="23"/>
+      <c r="NDU206" s="1"/>
+      <c r="NDV206" s="23"/>
+      <c r="NDW206" s="23"/>
+      <c r="NDX206" s="1"/>
+      <c r="NDY206" s="23"/>
+      <c r="NDZ206" s="23"/>
+      <c r="NEA206" s="1"/>
+      <c r="NEB206" s="23"/>
+      <c r="NEC206" s="23"/>
+      <c r="NED206" s="1"/>
+      <c r="NEE206" s="23"/>
+      <c r="NEF206" s="23"/>
+      <c r="NEG206" s="1"/>
+      <c r="NEH206" s="23"/>
+      <c r="NEI206" s="23"/>
+      <c r="NEJ206" s="1"/>
+      <c r="NEK206" s="23"/>
+      <c r="NEL206" s="23"/>
+      <c r="NEM206" s="1"/>
+      <c r="NEN206" s="23"/>
+      <c r="NEO206" s="23"/>
+      <c r="NEP206" s="1"/>
+      <c r="NEQ206" s="23"/>
+      <c r="NER206" s="23"/>
+      <c r="NES206" s="1"/>
+      <c r="NET206" s="23"/>
+      <c r="NEU206" s="23"/>
+      <c r="NEV206" s="1"/>
+      <c r="NEW206" s="23"/>
+      <c r="NEX206" s="23"/>
+      <c r="NEY206" s="1"/>
+      <c r="NEZ206" s="23"/>
+      <c r="NFA206" s="23"/>
+      <c r="NFB206" s="1"/>
+      <c r="NFC206" s="23"/>
+      <c r="NFD206" s="23"/>
+      <c r="NFE206" s="1"/>
+      <c r="NFF206" s="23"/>
+      <c r="NFG206" s="23"/>
+      <c r="NFH206" s="1"/>
+      <c r="NFI206" s="23"/>
+      <c r="NFJ206" s="23"/>
+      <c r="NFK206" s="1"/>
+      <c r="NFL206" s="23"/>
+      <c r="NFM206" s="23"/>
+      <c r="NFN206" s="1"/>
+      <c r="NFO206" s="23"/>
+      <c r="NFP206" s="23"/>
+      <c r="NFQ206" s="1"/>
+      <c r="NFR206" s="23"/>
+      <c r="NFS206" s="23"/>
+      <c r="NFT206" s="1"/>
+      <c r="NFU206" s="23"/>
+      <c r="NFV206" s="23"/>
+      <c r="NFW206" s="1"/>
+      <c r="NFX206" s="23"/>
+      <c r="NFY206" s="23"/>
+      <c r="NFZ206" s="1"/>
+      <c r="NGA206" s="23"/>
+      <c r="NGB206" s="23"/>
+      <c r="NGC206" s="1"/>
+      <c r="NGD206" s="23"/>
+      <c r="NGE206" s="23"/>
+      <c r="NGF206" s="1"/>
+      <c r="NGG206" s="23"/>
+      <c r="NGH206" s="23"/>
+      <c r="NGI206" s="1"/>
+      <c r="NGJ206" s="23"/>
+      <c r="NGK206" s="23"/>
+      <c r="NGL206" s="1"/>
+      <c r="NGM206" s="23"/>
+      <c r="NGN206" s="23"/>
+      <c r="NGO206" s="1"/>
+      <c r="NGP206" s="23"/>
+      <c r="NGQ206" s="23"/>
+      <c r="NGR206" s="1"/>
+      <c r="NGS206" s="23"/>
+      <c r="NGT206" s="23"/>
+      <c r="NGU206" s="1"/>
+      <c r="NGV206" s="23"/>
+      <c r="NGW206" s="23"/>
+      <c r="NGX206" s="1"/>
+      <c r="NGY206" s="23"/>
+      <c r="NGZ206" s="23"/>
+      <c r="NHA206" s="1"/>
+      <c r="NHB206" s="23"/>
+      <c r="NHC206" s="23"/>
+      <c r="NHD206" s="1"/>
+      <c r="NHE206" s="23"/>
+      <c r="NHF206" s="23"/>
+      <c r="NHG206" s="1"/>
+      <c r="NHH206" s="23"/>
+      <c r="NHI206" s="23"/>
+      <c r="NHJ206" s="1"/>
+      <c r="NHK206" s="23"/>
+      <c r="NHL206" s="23"/>
+      <c r="NHM206" s="1"/>
+      <c r="NHN206" s="23"/>
+      <c r="NHO206" s="23"/>
+      <c r="NHP206" s="1"/>
+      <c r="NHQ206" s="23"/>
+      <c r="NHR206" s="23"/>
+      <c r="NHS206" s="1"/>
+      <c r="NHT206" s="23"/>
+      <c r="NHU206" s="23"/>
+      <c r="NHV206" s="1"/>
+      <c r="NHW206" s="23"/>
+      <c r="NHX206" s="23"/>
+      <c r="NHY206" s="1"/>
+      <c r="NHZ206" s="23"/>
+      <c r="NIA206" s="23"/>
+      <c r="NIB206" s="1"/>
+      <c r="NIC206" s="23"/>
+      <c r="NID206" s="23"/>
+      <c r="NIE206" s="1"/>
+      <c r="NIF206" s="23"/>
+      <c r="NIG206" s="23"/>
+      <c r="NIH206" s="1"/>
+      <c r="NII206" s="23"/>
+      <c r="NIJ206" s="23"/>
+      <c r="NIK206" s="1"/>
+      <c r="NIL206" s="23"/>
+      <c r="NIM206" s="23"/>
+      <c r="NIN206" s="1"/>
+      <c r="NIO206" s="23"/>
+      <c r="NIP206" s="23"/>
+      <c r="NIQ206" s="1"/>
+      <c r="NIR206" s="23"/>
+      <c r="NIS206" s="23"/>
+      <c r="NIT206" s="1"/>
+      <c r="NIU206" s="23"/>
+      <c r="NIV206" s="23"/>
+      <c r="NIW206" s="1"/>
+      <c r="NIX206" s="23"/>
+      <c r="NIY206" s="23"/>
+      <c r="NIZ206" s="1"/>
+      <c r="NJA206" s="23"/>
+      <c r="NJB206" s="23"/>
+      <c r="NJC206" s="1"/>
+      <c r="NJD206" s="23"/>
+      <c r="NJE206" s="23"/>
+      <c r="NJF206" s="1"/>
+      <c r="NJG206" s="23"/>
+      <c r="NJH206" s="23"/>
+      <c r="NJI206" s="1"/>
+      <c r="NJJ206" s="23"/>
+      <c r="NJK206" s="23"/>
+      <c r="NJL206" s="1"/>
+      <c r="NJM206" s="23"/>
+      <c r="NJN206" s="23"/>
+      <c r="NJO206" s="1"/>
+      <c r="NJP206" s="23"/>
+      <c r="NJQ206" s="23"/>
+      <c r="NJR206" s="1"/>
+      <c r="NJS206" s="23"/>
+      <c r="NJT206" s="23"/>
+      <c r="NJU206" s="1"/>
+      <c r="NJV206" s="23"/>
+      <c r="NJW206" s="23"/>
+      <c r="NJX206" s="1"/>
+      <c r="NJY206" s="23"/>
+      <c r="NJZ206" s="23"/>
+      <c r="NKA206" s="1"/>
+      <c r="NKB206" s="23"/>
+      <c r="NKC206" s="23"/>
+      <c r="NKD206" s="1"/>
+      <c r="NKE206" s="23"/>
+      <c r="NKF206" s="23"/>
+      <c r="NKG206" s="1"/>
+      <c r="NKH206" s="23"/>
+      <c r="NKI206" s="23"/>
+      <c r="NKJ206" s="1"/>
+      <c r="NKK206" s="23"/>
+      <c r="NKL206" s="23"/>
+      <c r="NKM206" s="1"/>
+      <c r="NKN206" s="23"/>
+      <c r="NKO206" s="23"/>
+      <c r="NKP206" s="1"/>
+      <c r="NKQ206" s="23"/>
+      <c r="NKR206" s="23"/>
+      <c r="NKS206" s="1"/>
+      <c r="NKT206" s="23"/>
+      <c r="NKU206" s="23"/>
+      <c r="NKV206" s="1"/>
+      <c r="NKW206" s="23"/>
+      <c r="NKX206" s="23"/>
+      <c r="NKY206" s="1"/>
+      <c r="NKZ206" s="23"/>
+      <c r="NLA206" s="23"/>
+      <c r="NLB206" s="1"/>
+      <c r="NLC206" s="23"/>
+      <c r="NLD206" s="23"/>
+      <c r="NLE206" s="1"/>
+      <c r="NLF206" s="23"/>
+      <c r="NLG206" s="23"/>
+      <c r="NLH206" s="1"/>
+      <c r="NLI206" s="23"/>
+      <c r="NLJ206" s="23"/>
+      <c r="NLK206" s="1"/>
+      <c r="NLL206" s="23"/>
+      <c r="NLM206" s="23"/>
+      <c r="NLN206" s="1"/>
+      <c r="NLO206" s="23"/>
+      <c r="NLP206" s="23"/>
+      <c r="NLQ206" s="1"/>
+      <c r="NLR206" s="23"/>
+      <c r="NLS206" s="23"/>
+      <c r="NLT206" s="1"/>
+      <c r="NLU206" s="23"/>
+      <c r="NLV206" s="23"/>
+      <c r="NLW206" s="1"/>
+      <c r="NLX206" s="23"/>
+      <c r="NLY206" s="23"/>
+      <c r="NLZ206" s="1"/>
+      <c r="NMA206" s="23"/>
+      <c r="NMB206" s="23"/>
+      <c r="NMC206" s="1"/>
+      <c r="NMD206" s="23"/>
+      <c r="NME206" s="23"/>
+      <c r="NMF206" s="1"/>
+      <c r="NMG206" s="23"/>
+      <c r="NMH206" s="23"/>
+      <c r="NMI206" s="1"/>
+      <c r="NMJ206" s="23"/>
+      <c r="NMK206" s="23"/>
+      <c r="NML206" s="1"/>
+      <c r="NMM206" s="23"/>
+      <c r="NMN206" s="23"/>
+      <c r="NMO206" s="1"/>
+      <c r="NMP206" s="23"/>
+      <c r="NMQ206" s="23"/>
+      <c r="NMR206" s="1"/>
+      <c r="NMS206" s="23"/>
+      <c r="NMT206" s="23"/>
+      <c r="NMU206" s="1"/>
+      <c r="NMV206" s="23"/>
+      <c r="NMW206" s="23"/>
+      <c r="NMX206" s="1"/>
+      <c r="NMY206" s="23"/>
+      <c r="NMZ206" s="23"/>
+      <c r="NNA206" s="1"/>
+      <c r="NNB206" s="23"/>
+      <c r="NNC206" s="23"/>
+      <c r="NND206" s="1"/>
+      <c r="NNE206" s="23"/>
+      <c r="NNF206" s="23"/>
+      <c r="NNG206" s="1"/>
+      <c r="NNH206" s="23"/>
+      <c r="NNI206" s="23"/>
+      <c r="NNJ206" s="1"/>
+      <c r="NNK206" s="23"/>
+      <c r="NNL206" s="23"/>
+      <c r="NNM206" s="1"/>
+      <c r="NNN206" s="23"/>
+      <c r="NNO206" s="23"/>
+      <c r="NNP206" s="1"/>
+      <c r="NNQ206" s="23"/>
+      <c r="NNR206" s="23"/>
+      <c r="NNS206" s="1"/>
+      <c r="NNT206" s="23"/>
+      <c r="NNU206" s="23"/>
+      <c r="NNV206" s="1"/>
+      <c r="NNW206" s="23"/>
+      <c r="NNX206" s="23"/>
+      <c r="NNY206" s="1"/>
+      <c r="NNZ206" s="23"/>
+      <c r="NOA206" s="23"/>
+      <c r="NOB206" s="1"/>
+      <c r="NOC206" s="23"/>
+      <c r="NOD206" s="23"/>
+      <c r="NOE206" s="1"/>
+      <c r="NOF206" s="23"/>
+      <c r="NOG206" s="23"/>
+      <c r="NOH206" s="1"/>
+      <c r="NOI206" s="23"/>
+      <c r="NOJ206" s="23"/>
+      <c r="NOK206" s="1"/>
+      <c r="NOL206" s="23"/>
+      <c r="NOM206" s="23"/>
+      <c r="NON206" s="1"/>
+      <c r="NOO206" s="23"/>
+      <c r="NOP206" s="23"/>
+      <c r="NOQ206" s="1"/>
+      <c r="NOR206" s="23"/>
+      <c r="NOS206" s="23"/>
+      <c r="NOT206" s="1"/>
+      <c r="NOU206" s="23"/>
+      <c r="NOV206" s="23"/>
+      <c r="NOW206" s="1"/>
+      <c r="NOX206" s="23"/>
+      <c r="NOY206" s="23"/>
+      <c r="NOZ206" s="1"/>
+      <c r="NPA206" s="23"/>
+      <c r="NPB206" s="23"/>
+      <c r="NPC206" s="1"/>
+      <c r="NPD206" s="23"/>
+      <c r="NPE206" s="23"/>
+      <c r="NPF206" s="1"/>
+      <c r="NPG206" s="23"/>
+      <c r="NPH206" s="23"/>
+      <c r="NPI206" s="1"/>
+      <c r="NPJ206" s="23"/>
+      <c r="NPK206" s="23"/>
+      <c r="NPL206" s="1"/>
+      <c r="NPM206" s="23"/>
+      <c r="NPN206" s="23"/>
+      <c r="NPO206" s="1"/>
+      <c r="NPP206" s="23"/>
+      <c r="NPQ206" s="23"/>
+      <c r="NPR206" s="1"/>
+      <c r="NPS206" s="23"/>
+      <c r="NPT206" s="23"/>
+      <c r="NPU206" s="1"/>
+      <c r="NPV206" s="23"/>
+      <c r="NPW206" s="23"/>
+      <c r="NPX206" s="1"/>
+      <c r="NPY206" s="23"/>
+      <c r="NPZ206" s="23"/>
+      <c r="NQA206" s="1"/>
+      <c r="NQB206" s="23"/>
+      <c r="NQC206" s="23"/>
+      <c r="NQD206" s="1"/>
+      <c r="NQE206" s="23"/>
+      <c r="NQF206" s="23"/>
+      <c r="NQG206" s="1"/>
+      <c r="NQH206" s="23"/>
+      <c r="NQI206" s="23"/>
+      <c r="NQJ206" s="1"/>
+      <c r="NQK206" s="23"/>
+      <c r="NQL206" s="23"/>
+      <c r="NQM206" s="1"/>
+      <c r="NQN206" s="23"/>
+      <c r="NQO206" s="23"/>
+      <c r="NQP206" s="1"/>
+      <c r="NQQ206" s="23"/>
+      <c r="NQR206" s="23"/>
+      <c r="NQS206" s="1"/>
+      <c r="NQT206" s="23"/>
+      <c r="NQU206" s="23"/>
+      <c r="NQV206" s="1"/>
+      <c r="NQW206" s="23"/>
+      <c r="NQX206" s="23"/>
+      <c r="NQY206" s="1"/>
+      <c r="NQZ206" s="23"/>
+      <c r="NRA206" s="23"/>
+      <c r="NRB206" s="1"/>
+      <c r="NRC206" s="23"/>
+      <c r="NRD206" s="23"/>
+      <c r="NRE206" s="1"/>
+      <c r="NRF206" s="23"/>
+      <c r="NRG206" s="23"/>
+      <c r="NRH206" s="1"/>
+      <c r="NRI206" s="23"/>
+      <c r="NRJ206" s="23"/>
+      <c r="NRK206" s="1"/>
+      <c r="NRL206" s="23"/>
+      <c r="NRM206" s="23"/>
+      <c r="NRN206" s="1"/>
+      <c r="NRO206" s="23"/>
+      <c r="NRP206" s="23"/>
+      <c r="NRQ206" s="1"/>
+      <c r="NRR206" s="23"/>
+      <c r="NRS206" s="23"/>
+      <c r="NRT206" s="1"/>
+      <c r="NRU206" s="23"/>
+      <c r="NRV206" s="23"/>
+      <c r="NRW206" s="1"/>
+      <c r="NRX206" s="23"/>
+      <c r="NRY206" s="23"/>
+      <c r="NRZ206" s="1"/>
+      <c r="NSA206" s="23"/>
+      <c r="NSB206" s="23"/>
+      <c r="NSC206" s="1"/>
+      <c r="NSD206" s="23"/>
+      <c r="NSE206" s="23"/>
+      <c r="NSF206" s="1"/>
+      <c r="NSG206" s="23"/>
+      <c r="NSH206" s="23"/>
+      <c r="NSI206" s="1"/>
+      <c r="NSJ206" s="23"/>
+      <c r="NSK206" s="23"/>
+      <c r="NSL206" s="1"/>
+      <c r="NSM206" s="23"/>
+      <c r="NSN206" s="23"/>
+      <c r="NSO206" s="1"/>
+      <c r="NSP206" s="23"/>
+      <c r="NSQ206" s="23"/>
+      <c r="NSR206" s="1"/>
+      <c r="NSS206" s="23"/>
+      <c r="NST206" s="23"/>
+      <c r="NSU206" s="1"/>
+      <c r="NSV206" s="23"/>
+      <c r="NSW206" s="23"/>
+      <c r="NSX206" s="1"/>
+      <c r="NSY206" s="23"/>
+      <c r="NSZ206" s="23"/>
+      <c r="NTA206" s="1"/>
+      <c r="NTB206" s="23"/>
+      <c r="NTC206" s="23"/>
+      <c r="NTD206" s="1"/>
+      <c r="NTE206" s="23"/>
+      <c r="NTF206" s="23"/>
+      <c r="NTG206" s="1"/>
+      <c r="NTH206" s="23"/>
+      <c r="NTI206" s="23"/>
+      <c r="NTJ206" s="1"/>
+      <c r="NTK206" s="23"/>
+      <c r="NTL206" s="23"/>
+      <c r="NTM206" s="1"/>
+      <c r="NTN206" s="23"/>
+      <c r="NTO206" s="23"/>
+      <c r="NTP206" s="1"/>
+      <c r="NTQ206" s="23"/>
+      <c r="NTR206" s="23"/>
+      <c r="NTS206" s="1"/>
+      <c r="NTT206" s="23"/>
+      <c r="NTU206" s="23"/>
+      <c r="NTV206" s="1"/>
+      <c r="NTW206" s="23"/>
+      <c r="NTX206" s="23"/>
+      <c r="NTY206" s="1"/>
+      <c r="NTZ206" s="23"/>
+      <c r="NUA206" s="23"/>
+      <c r="NUB206" s="1"/>
+      <c r="NUC206" s="23"/>
+      <c r="NUD206" s="23"/>
+      <c r="NUE206" s="1"/>
+      <c r="NUF206" s="23"/>
+      <c r="NUG206" s="23"/>
+      <c r="NUH206" s="1"/>
+      <c r="NUI206" s="23"/>
+      <c r="NUJ206" s="23"/>
+      <c r="NUK206" s="1"/>
+      <c r="NUL206" s="23"/>
+      <c r="NUM206" s="23"/>
+      <c r="NUN206" s="1"/>
+      <c r="NUO206" s="23"/>
+      <c r="NUP206" s="23"/>
+      <c r="NUQ206" s="1"/>
+      <c r="NUR206" s="23"/>
+      <c r="NUS206" s="23"/>
+      <c r="NUT206" s="1"/>
+      <c r="NUU206" s="23"/>
+      <c r="NUV206" s="23"/>
+      <c r="NUW206" s="1"/>
+      <c r="NUX206" s="23"/>
+      <c r="NUY206" s="23"/>
+      <c r="NUZ206" s="1"/>
+      <c r="NVA206" s="23"/>
+      <c r="NVB206" s="23"/>
+      <c r="NVC206" s="1"/>
+      <c r="NVD206" s="23"/>
+      <c r="NVE206" s="23"/>
+      <c r="NVF206" s="1"/>
+      <c r="NVG206" s="23"/>
+      <c r="NVH206" s="23"/>
+      <c r="NVI206" s="1"/>
+      <c r="NVJ206" s="23"/>
+      <c r="NVK206" s="23"/>
+      <c r="NVL206" s="1"/>
+      <c r="NVM206" s="23"/>
+      <c r="NVN206" s="23"/>
+      <c r="NVO206" s="1"/>
+      <c r="NVP206" s="23"/>
+      <c r="NVQ206" s="23"/>
+      <c r="NVR206" s="1"/>
+      <c r="NVS206" s="23"/>
+      <c r="NVT206" s="23"/>
+      <c r="NVU206" s="1"/>
+      <c r="NVV206" s="23"/>
+      <c r="NVW206" s="23"/>
+      <c r="NVX206" s="1"/>
+      <c r="NVY206" s="23"/>
+      <c r="NVZ206" s="23"/>
+      <c r="NWA206" s="1"/>
+      <c r="NWB206" s="23"/>
+      <c r="NWC206" s="23"/>
+      <c r="NWD206" s="1"/>
+      <c r="NWE206" s="23"/>
+      <c r="NWF206" s="23"/>
+      <c r="NWG206" s="1"/>
+      <c r="NWH206" s="23"/>
+      <c r="NWI206" s="23"/>
+      <c r="NWJ206" s="1"/>
+      <c r="NWK206" s="23"/>
+      <c r="NWL206" s="23"/>
+      <c r="NWM206" s="1"/>
+      <c r="NWN206" s="23"/>
+      <c r="NWO206" s="23"/>
+      <c r="NWP206" s="1"/>
+      <c r="NWQ206" s="23"/>
+      <c r="NWR206" s="23"/>
+      <c r="NWS206" s="1"/>
+      <c r="NWT206" s="23"/>
+      <c r="NWU206" s="23"/>
+      <c r="NWV206" s="1"/>
+      <c r="NWW206" s="23"/>
+      <c r="NWX206" s="23"/>
+      <c r="NWY206" s="1"/>
+      <c r="NWZ206" s="23"/>
+      <c r="NXA206" s="23"/>
+      <c r="NXB206" s="1"/>
+      <c r="NXC206" s="23"/>
+      <c r="NXD206" s="23"/>
+      <c r="NXE206" s="1"/>
+      <c r="NXF206" s="23"/>
+      <c r="NXG206" s="23"/>
+      <c r="NXH206" s="1"/>
+      <c r="NXI206" s="23"/>
+      <c r="NXJ206" s="23"/>
+      <c r="NXK206" s="1"/>
+      <c r="NXL206" s="23"/>
+      <c r="NXM206" s="23"/>
+      <c r="NXN206" s="1"/>
+      <c r="NXO206" s="23"/>
+      <c r="NXP206" s="23"/>
+      <c r="NXQ206" s="1"/>
+      <c r="NXR206" s="23"/>
+      <c r="NXS206" s="23"/>
+      <c r="NXT206" s="1"/>
+      <c r="NXU206" s="23"/>
+      <c r="NXV206" s="23"/>
+      <c r="NXW206" s="1"/>
+      <c r="NXX206" s="23"/>
+      <c r="NXY206" s="23"/>
+      <c r="NXZ206" s="1"/>
+      <c r="NYA206" s="23"/>
+      <c r="NYB206" s="23"/>
+      <c r="NYC206" s="1"/>
+      <c r="NYD206" s="23"/>
+      <c r="NYE206" s="23"/>
+      <c r="NYF206" s="1"/>
+      <c r="NYG206" s="23"/>
+      <c r="NYH206" s="23"/>
+      <c r="NYI206" s="1"/>
+      <c r="NYJ206" s="23"/>
+      <c r="NYK206" s="23"/>
+      <c r="NYL206" s="1"/>
+      <c r="NYM206" s="23"/>
+      <c r="NYN206" s="23"/>
+      <c r="NYO206" s="1"/>
+      <c r="NYP206" s="23"/>
+      <c r="NYQ206" s="23"/>
+      <c r="NYR206" s="1"/>
+      <c r="NYS206" s="23"/>
+      <c r="NYT206" s="23"/>
+      <c r="NYU206" s="1"/>
+      <c r="NYV206" s="23"/>
+      <c r="NYW206" s="23"/>
+      <c r="NYX206" s="1"/>
+      <c r="NYY206" s="23"/>
+      <c r="NYZ206" s="23"/>
+      <c r="NZA206" s="1"/>
+      <c r="NZB206" s="23"/>
+      <c r="NZC206" s="23"/>
+      <c r="NZD206" s="1"/>
+      <c r="NZE206" s="23"/>
+      <c r="NZF206" s="23"/>
+      <c r="NZG206" s="1"/>
+      <c r="NZH206" s="23"/>
+      <c r="NZI206" s="23"/>
+      <c r="NZJ206" s="1"/>
+      <c r="NZK206" s="23"/>
+      <c r="NZL206" s="23"/>
+      <c r="NZM206" s="1"/>
+      <c r="NZN206" s="23"/>
+      <c r="NZO206" s="23"/>
+      <c r="NZP206" s="1"/>
+      <c r="NZQ206" s="23"/>
+      <c r="NZR206" s="23"/>
+      <c r="NZS206" s="1"/>
+      <c r="NZT206" s="23"/>
+      <c r="NZU206" s="23"/>
+      <c r="NZV206" s="1"/>
+      <c r="NZW206" s="23"/>
+      <c r="NZX206" s="23"/>
+      <c r="NZY206" s="1"/>
+      <c r="NZZ206" s="23"/>
+      <c r="OAA206" s="23"/>
+      <c r="OAB206" s="1"/>
+      <c r="OAC206" s="23"/>
+      <c r="OAD206" s="23"/>
+      <c r="OAE206" s="1"/>
+      <c r="OAF206" s="23"/>
+      <c r="OAG206" s="23"/>
+      <c r="OAH206" s="1"/>
+      <c r="OAI206" s="23"/>
+      <c r="OAJ206" s="23"/>
+      <c r="OAK206" s="1"/>
+      <c r="OAL206" s="23"/>
+      <c r="OAM206" s="23"/>
+      <c r="OAN206" s="1"/>
+      <c r="OAO206" s="23"/>
+      <c r="OAP206" s="23"/>
+      <c r="OAQ206" s="1"/>
+      <c r="OAR206" s="23"/>
+      <c r="OAS206" s="23"/>
+      <c r="OAT206" s="1"/>
+      <c r="OAU206" s="23"/>
+      <c r="OAV206" s="23"/>
+      <c r="OAW206" s="1"/>
+      <c r="OAX206" s="23"/>
+      <c r="OAY206" s="23"/>
+      <c r="OAZ206" s="1"/>
+      <c r="OBA206" s="23"/>
+      <c r="OBB206" s="23"/>
+      <c r="OBC206" s="1"/>
+      <c r="OBD206" s="23"/>
+      <c r="OBE206" s="23"/>
+      <c r="OBF206" s="1"/>
+      <c r="OBG206" s="23"/>
+      <c r="OBH206" s="23"/>
+      <c r="OBI206" s="1"/>
+      <c r="OBJ206" s="23"/>
+      <c r="OBK206" s="23"/>
+      <c r="OBL206" s="1"/>
+      <c r="OBM206" s="23"/>
+      <c r="OBN206" s="23"/>
+      <c r="OBO206" s="1"/>
+      <c r="OBP206" s="23"/>
+      <c r="OBQ206" s="23"/>
+      <c r="OBR206" s="1"/>
+      <c r="OBS206" s="23"/>
+      <c r="OBT206" s="23"/>
+      <c r="OBU206" s="1"/>
+      <c r="OBV206" s="23"/>
+      <c r="OBW206" s="23"/>
+      <c r="OBX206" s="1"/>
+      <c r="OBY206" s="23"/>
+      <c r="OBZ206" s="23"/>
+      <c r="OCA206" s="1"/>
+      <c r="OCB206" s="23"/>
+      <c r="OCC206" s="23"/>
+      <c r="OCD206" s="1"/>
+      <c r="OCE206" s="23"/>
+      <c r="OCF206" s="23"/>
+      <c r="OCG206" s="1"/>
+      <c r="OCH206" s="23"/>
+      <c r="OCI206" s="23"/>
+      <c r="OCJ206" s="1"/>
+      <c r="OCK206" s="23"/>
+      <c r="OCL206" s="23"/>
+      <c r="OCM206" s="1"/>
+      <c r="OCN206" s="23"/>
+      <c r="OCO206" s="23"/>
+      <c r="OCP206" s="1"/>
+      <c r="OCQ206" s="23"/>
+      <c r="OCR206" s="23"/>
+      <c r="OCS206" s="1"/>
+      <c r="OCT206" s="23"/>
+      <c r="OCU206" s="23"/>
+      <c r="OCV206" s="1"/>
+      <c r="OCW206" s="23"/>
+      <c r="OCX206" s="23"/>
+      <c r="OCY206" s="1"/>
+      <c r="OCZ206" s="23"/>
+      <c r="ODA206" s="23"/>
+      <c r="ODB206" s="1"/>
+      <c r="ODC206" s="23"/>
+      <c r="ODD206" s="23"/>
+      <c r="ODE206" s="1"/>
+      <c r="ODF206" s="23"/>
+      <c r="ODG206" s="23"/>
+      <c r="ODH206" s="1"/>
+      <c r="ODI206" s="23"/>
+      <c r="ODJ206" s="23"/>
+      <c r="ODK206" s="1"/>
+      <c r="ODL206" s="23"/>
+      <c r="ODM206" s="23"/>
+      <c r="ODN206" s="1"/>
+      <c r="ODO206" s="23"/>
+      <c r="ODP206" s="23"/>
+      <c r="ODQ206" s="1"/>
+      <c r="ODR206" s="23"/>
+      <c r="ODS206" s="23"/>
+      <c r="ODT206" s="1"/>
+      <c r="ODU206" s="23"/>
+      <c r="ODV206" s="23"/>
+      <c r="ODW206" s="1"/>
+      <c r="ODX206" s="23"/>
+      <c r="ODY206" s="23"/>
+      <c r="ODZ206" s="1"/>
+      <c r="OEA206" s="23"/>
+      <c r="OEB206" s="23"/>
+      <c r="OEC206" s="1"/>
+      <c r="OED206" s="23"/>
+      <c r="OEE206" s="23"/>
+      <c r="OEF206" s="1"/>
+      <c r="OEG206" s="23"/>
+      <c r="OEH206" s="23"/>
+      <c r="OEI206" s="1"/>
+      <c r="OEJ206" s="23"/>
+      <c r="OEK206" s="23"/>
+      <c r="OEL206" s="1"/>
+      <c r="OEM206" s="23"/>
+      <c r="OEN206" s="23"/>
+      <c r="OEO206" s="1"/>
+      <c r="OEP206" s="23"/>
+      <c r="OEQ206" s="23"/>
+      <c r="OER206" s="1"/>
+      <c r="OES206" s="23"/>
+      <c r="OET206" s="23"/>
+      <c r="OEU206" s="1"/>
+      <c r="OEV206" s="23"/>
+      <c r="OEW206" s="23"/>
+      <c r="OEX206" s="1"/>
+      <c r="OEY206" s="23"/>
+      <c r="OEZ206" s="23"/>
+      <c r="OFA206" s="1"/>
+      <c r="OFB206" s="23"/>
+      <c r="OFC206" s="23"/>
+      <c r="OFD206" s="1"/>
+      <c r="OFE206" s="23"/>
+      <c r="OFF206" s="23"/>
+      <c r="OFG206" s="1"/>
+      <c r="OFH206" s="23"/>
+      <c r="OFI206" s="23"/>
+      <c r="OFJ206" s="1"/>
+      <c r="OFK206" s="23"/>
+      <c r="OFL206" s="23"/>
+      <c r="OFM206" s="1"/>
+      <c r="OFN206" s="23"/>
+      <c r="OFO206" s="23"/>
+      <c r="OFP206" s="1"/>
+      <c r="OFQ206" s="23"/>
+      <c r="OFR206" s="23"/>
+      <c r="OFS206" s="1"/>
+      <c r="OFT206" s="23"/>
+      <c r="OFU206" s="23"/>
+      <c r="OFV206" s="1"/>
+      <c r="OFW206" s="23"/>
+      <c r="OFX206" s="23"/>
+      <c r="OFY206" s="1"/>
+      <c r="OFZ206" s="23"/>
+      <c r="OGA206" s="23"/>
+      <c r="OGB206" s="1"/>
+      <c r="OGC206" s="23"/>
+      <c r="OGD206" s="23"/>
+      <c r="OGE206" s="1"/>
+      <c r="OGF206" s="23"/>
+      <c r="OGG206" s="23"/>
+      <c r="OGH206" s="1"/>
+      <c r="OGI206" s="23"/>
+      <c r="OGJ206" s="23"/>
+      <c r="OGK206" s="1"/>
+      <c r="OGL206" s="23"/>
+      <c r="OGM206" s="23"/>
+      <c r="OGN206" s="1"/>
+      <c r="OGO206" s="23"/>
+      <c r="OGP206" s="23"/>
+      <c r="OGQ206" s="1"/>
+      <c r="OGR206" s="23"/>
+      <c r="OGS206" s="23"/>
+      <c r="OGT206" s="1"/>
+      <c r="OGU206" s="23"/>
+      <c r="OGV206" s="23"/>
+      <c r="OGW206" s="1"/>
+      <c r="OGX206" s="23"/>
+      <c r="OGY206" s="23"/>
+      <c r="OGZ206" s="1"/>
+      <c r="OHA206" s="23"/>
+      <c r="OHB206" s="23"/>
+      <c r="OHC206" s="1"/>
+      <c r="OHD206" s="23"/>
+      <c r="OHE206" s="23"/>
+      <c r="OHF206" s="1"/>
+      <c r="OHG206" s="23"/>
+      <c r="OHH206" s="23"/>
+      <c r="OHI206" s="1"/>
+      <c r="OHJ206" s="23"/>
+      <c r="OHK206" s="23"/>
+      <c r="OHL206" s="1"/>
+      <c r="OHM206" s="23"/>
+      <c r="OHN206" s="23"/>
+      <c r="OHO206" s="1"/>
+      <c r="OHP206" s="23"/>
+      <c r="OHQ206" s="23"/>
+      <c r="OHR206" s="1"/>
+      <c r="OHS206" s="23"/>
+      <c r="OHT206" s="23"/>
+      <c r="OHU206" s="1"/>
+      <c r="OHV206" s="23"/>
+      <c r="OHW206" s="23"/>
+      <c r="OHX206" s="1"/>
+      <c r="OHY206" s="23"/>
+      <c r="OHZ206" s="23"/>
+      <c r="OIA206" s="1"/>
+      <c r="OIB206" s="23"/>
+      <c r="OIC206" s="23"/>
+      <c r="OID206" s="1"/>
+      <c r="OIE206" s="23"/>
+      <c r="OIF206" s="23"/>
+      <c r="OIG206" s="1"/>
+      <c r="OIH206" s="23"/>
+      <c r="OII206" s="23"/>
+      <c r="OIJ206" s="1"/>
+      <c r="OIK206" s="23"/>
+      <c r="OIL206" s="23"/>
+      <c r="OIM206" s="1"/>
+      <c r="OIN206" s="23"/>
+      <c r="OIO206" s="23"/>
+      <c r="OIP206" s="1"/>
+      <c r="OIQ206" s="23"/>
+      <c r="OIR206" s="23"/>
+      <c r="OIS206" s="1"/>
+      <c r="OIT206" s="23"/>
+      <c r="OIU206" s="23"/>
+      <c r="OIV206" s="1"/>
+      <c r="OIW206" s="23"/>
+      <c r="OIX206" s="23"/>
+      <c r="OIY206" s="1"/>
+      <c r="OIZ206" s="23"/>
+      <c r="OJA206" s="23"/>
+      <c r="OJB206" s="1"/>
+      <c r="OJC206" s="23"/>
+      <c r="OJD206" s="23"/>
+      <c r="OJE206" s="1"/>
+      <c r="OJF206" s="23"/>
+      <c r="OJG206" s="23"/>
+      <c r="OJH206" s="1"/>
+      <c r="OJI206" s="23"/>
+      <c r="OJJ206" s="23"/>
+      <c r="OJK206" s="1"/>
+      <c r="OJL206" s="23"/>
+      <c r="OJM206" s="23"/>
+      <c r="OJN206" s="1"/>
+      <c r="OJO206" s="23"/>
+      <c r="OJP206" s="23"/>
+      <c r="OJQ206" s="1"/>
+      <c r="OJR206" s="23"/>
+      <c r="OJS206" s="23"/>
+      <c r="OJT206" s="1"/>
+      <c r="OJU206" s="23"/>
+      <c r="OJV206" s="23"/>
+      <c r="OJW206" s="1"/>
+      <c r="OJX206" s="23"/>
+      <c r="OJY206" s="23"/>
+      <c r="OJZ206" s="1"/>
+      <c r="OKA206" s="23"/>
+      <c r="OKB206" s="23"/>
+      <c r="OKC206" s="1"/>
+      <c r="OKD206" s="23"/>
+      <c r="OKE206" s="23"/>
+      <c r="OKF206" s="1"/>
+      <c r="OKG206" s="23"/>
+      <c r="OKH206" s="23"/>
+      <c r="OKI206" s="1"/>
+      <c r="OKJ206" s="23"/>
+      <c r="OKK206" s="23"/>
+      <c r="OKL206" s="1"/>
+      <c r="OKM206" s="23"/>
+      <c r="OKN206" s="23"/>
+      <c r="OKO206" s="1"/>
+      <c r="OKP206" s="23"/>
+      <c r="OKQ206" s="23"/>
+      <c r="OKR206" s="1"/>
+      <c r="OKS206" s="23"/>
+      <c r="OKT206" s="23"/>
+      <c r="OKU206" s="1"/>
+      <c r="OKV206" s="23"/>
+      <c r="OKW206" s="23"/>
+      <c r="OKX206" s="1"/>
+      <c r="OKY206" s="23"/>
+      <c r="OKZ206" s="23"/>
+      <c r="OLA206" s="1"/>
+      <c r="OLB206" s="23"/>
+      <c r="OLC206" s="23"/>
+      <c r="OLD206" s="1"/>
+      <c r="OLE206" s="23"/>
+      <c r="OLF206" s="23"/>
+      <c r="OLG206" s="1"/>
+      <c r="OLH206" s="23"/>
+      <c r="OLI206" s="23"/>
+      <c r="OLJ206" s="1"/>
+      <c r="OLK206" s="23"/>
+      <c r="OLL206" s="23"/>
+      <c r="OLM206" s="1"/>
+      <c r="OLN206" s="23"/>
+      <c r="OLO206" s="23"/>
+      <c r="OLP206" s="1"/>
+      <c r="OLQ206" s="23"/>
+      <c r="OLR206" s="23"/>
+      <c r="OLS206" s="1"/>
+      <c r="OLT206" s="23"/>
+      <c r="OLU206" s="23"/>
+      <c r="OLV206" s="1"/>
+      <c r="OLW206" s="23"/>
+      <c r="OLX206" s="23"/>
+      <c r="OLY206" s="1"/>
+      <c r="OLZ206" s="23"/>
+      <c r="OMA206" s="23"/>
+      <c r="OMB206" s="1"/>
+      <c r="OMC206" s="23"/>
+      <c r="OMD206" s="23"/>
+      <c r="OME206" s="1"/>
+      <c r="OMF206" s="23"/>
+      <c r="OMG206" s="23"/>
+      <c r="OMH206" s="1"/>
+      <c r="OMI206" s="23"/>
+      <c r="OMJ206" s="23"/>
+      <c r="OMK206" s="1"/>
+      <c r="OML206" s="23"/>
+      <c r="OMM206" s="23"/>
+      <c r="OMN206" s="1"/>
+      <c r="OMO206" s="23"/>
+      <c r="OMP206" s="23"/>
+      <c r="OMQ206" s="1"/>
+      <c r="OMR206" s="23"/>
+      <c r="OMS206" s="23"/>
+      <c r="OMT206" s="1"/>
+      <c r="OMU206" s="23"/>
+      <c r="OMV206" s="23"/>
+      <c r="OMW206" s="1"/>
+      <c r="OMX206" s="23"/>
+      <c r="OMY206" s="23"/>
+      <c r="OMZ206" s="1"/>
+      <c r="ONA206" s="23"/>
+      <c r="ONB206" s="23"/>
+      <c r="ONC206" s="1"/>
+      <c r="OND206" s="23"/>
+      <c r="ONE206" s="23"/>
+      <c r="ONF206" s="1"/>
+      <c r="ONG206" s="23"/>
+      <c r="ONH206" s="23"/>
+      <c r="ONI206" s="1"/>
+      <c r="ONJ206" s="23"/>
+      <c r="ONK206" s="23"/>
+      <c r="ONL206" s="1"/>
+      <c r="ONM206" s="23"/>
+      <c r="ONN206" s="23"/>
+      <c r="ONO206" s="1"/>
+      <c r="ONP206" s="23"/>
+      <c r="ONQ206" s="23"/>
+      <c r="ONR206" s="1"/>
+      <c r="ONS206" s="23"/>
+      <c r="ONT206" s="23"/>
+      <c r="ONU206" s="1"/>
+      <c r="ONV206" s="23"/>
+      <c r="ONW206" s="23"/>
+      <c r="ONX206" s="1"/>
+      <c r="ONY206" s="23"/>
+      <c r="ONZ206" s="23"/>
+      <c r="OOA206" s="1"/>
+      <c r="OOB206" s="23"/>
+      <c r="OOC206" s="23"/>
+      <c r="OOD206" s="1"/>
+      <c r="OOE206" s="23"/>
+      <c r="OOF206" s="23"/>
+      <c r="OOG206" s="1"/>
+      <c r="OOH206" s="23"/>
+      <c r="OOI206" s="23"/>
+      <c r="OOJ206" s="1"/>
+      <c r="OOK206" s="23"/>
+      <c r="OOL206" s="23"/>
+      <c r="OOM206" s="1"/>
+      <c r="OON206" s="23"/>
+      <c r="OOO206" s="23"/>
+      <c r="OOP206" s="1"/>
+      <c r="OOQ206" s="23"/>
+      <c r="OOR206" s="23"/>
+      <c r="OOS206" s="1"/>
+      <c r="OOT206" s="23"/>
+      <c r="OOU206" s="23"/>
+      <c r="OOV206" s="1"/>
+      <c r="OOW206" s="23"/>
+      <c r="OOX206" s="23"/>
+      <c r="OOY206" s="1"/>
+      <c r="OOZ206" s="23"/>
+      <c r="OPA206" s="23"/>
+      <c r="OPB206" s="1"/>
+      <c r="OPC206" s="23"/>
+      <c r="OPD206" s="23"/>
+      <c r="OPE206" s="1"/>
+      <c r="OPF206" s="23"/>
+      <c r="OPG206" s="23"/>
+      <c r="OPH206" s="1"/>
+      <c r="OPI206" s="23"/>
+      <c r="OPJ206" s="23"/>
+      <c r="OPK206" s="1"/>
+      <c r="OPL206" s="23"/>
+      <c r="OPM206" s="23"/>
+      <c r="OPN206" s="1"/>
+      <c r="OPO206" s="23"/>
+      <c r="OPP206" s="23"/>
+      <c r="OPQ206" s="1"/>
+      <c r="OPR206" s="23"/>
+      <c r="OPS206" s="23"/>
+      <c r="OPT206" s="1"/>
+      <c r="OPU206" s="23"/>
+      <c r="OPV206" s="23"/>
+      <c r="OPW206" s="1"/>
+      <c r="OPX206" s="23"/>
+      <c r="OPY206" s="23"/>
+      <c r="OPZ206" s="1"/>
+      <c r="OQA206" s="23"/>
+      <c r="OQB206" s="23"/>
+      <c r="OQC206" s="1"/>
+      <c r="OQD206" s="23"/>
+      <c r="OQE206" s="23"/>
+      <c r="OQF206" s="1"/>
+      <c r="OQG206" s="23"/>
+      <c r="OQH206" s="23"/>
+      <c r="OQI206" s="1"/>
+      <c r="OQJ206" s="23"/>
+      <c r="OQK206" s="23"/>
+      <c r="OQL206" s="1"/>
+      <c r="OQM206" s="23"/>
+      <c r="OQN206" s="23"/>
+      <c r="OQO206" s="1"/>
+      <c r="OQP206" s="23"/>
+      <c r="OQQ206" s="23"/>
+      <c r="OQR206" s="1"/>
+      <c r="OQS206" s="23"/>
+      <c r="OQT206" s="23"/>
+      <c r="OQU206" s="1"/>
+      <c r="OQV206" s="23"/>
+      <c r="OQW206" s="23"/>
+      <c r="OQX206" s="1"/>
+      <c r="OQY206" s="23"/>
+      <c r="OQZ206" s="23"/>
+      <c r="ORA206" s="1"/>
+      <c r="ORB206" s="23"/>
+      <c r="ORC206" s="23"/>
+      <c r="ORD206" s="1"/>
+      <c r="ORE206" s="23"/>
+      <c r="ORF206" s="23"/>
+      <c r="ORG206" s="1"/>
+      <c r="ORH206" s="23"/>
+      <c r="ORI206" s="23"/>
+      <c r="ORJ206" s="1"/>
+      <c r="ORK206" s="23"/>
+      <c r="ORL206" s="23"/>
+      <c r="ORM206" s="1"/>
+      <c r="ORN206" s="23"/>
+      <c r="ORO206" s="23"/>
+      <c r="ORP206" s="1"/>
+      <c r="ORQ206" s="23"/>
+      <c r="ORR206" s="23"/>
+      <c r="ORS206" s="1"/>
+      <c r="ORT206" s="23"/>
+      <c r="ORU206" s="23"/>
+      <c r="ORV206" s="1"/>
+      <c r="ORW206" s="23"/>
+      <c r="ORX206" s="23"/>
+      <c r="ORY206" s="1"/>
+      <c r="ORZ206" s="23"/>
+      <c r="OSA206" s="23"/>
+      <c r="OSB206" s="1"/>
+      <c r="OSC206" s="23"/>
+      <c r="OSD206" s="23"/>
+      <c r="OSE206" s="1"/>
+      <c r="OSF206" s="23"/>
+      <c r="OSG206" s="23"/>
+      <c r="OSH206" s="1"/>
+      <c r="OSI206" s="23"/>
+      <c r="OSJ206" s="23"/>
+      <c r="OSK206" s="1"/>
+      <c r="OSL206" s="23"/>
+      <c r="OSM206" s="23"/>
+      <c r="OSN206" s="1"/>
+      <c r="OSO206" s="23"/>
+      <c r="OSP206" s="23"/>
+      <c r="OSQ206" s="1"/>
+      <c r="OSR206" s="23"/>
+      <c r="OSS206" s="23"/>
+      <c r="OST206" s="1"/>
+      <c r="OSU206" s="23"/>
+      <c r="OSV206" s="23"/>
+      <c r="OSW206" s="1"/>
+      <c r="OSX206" s="23"/>
+      <c r="OSY206" s="23"/>
+      <c r="OSZ206" s="1"/>
+      <c r="OTA206" s="23"/>
+      <c r="OTB206" s="23"/>
+      <c r="OTC206" s="1"/>
+      <c r="OTD206" s="23"/>
+      <c r="OTE206" s="23"/>
+      <c r="OTF206" s="1"/>
+      <c r="OTG206" s="23"/>
+      <c r="OTH206" s="23"/>
+      <c r="OTI206" s="1"/>
+      <c r="OTJ206" s="23"/>
+      <c r="OTK206" s="23"/>
+      <c r="OTL206" s="1"/>
+      <c r="OTM206" s="23"/>
+      <c r="OTN206" s="23"/>
+      <c r="OTO206" s="1"/>
+      <c r="OTP206" s="23"/>
+      <c r="OTQ206" s="23"/>
+      <c r="OTR206" s="1"/>
+      <c r="OTS206" s="23"/>
+      <c r="OTT206" s="23"/>
+      <c r="OTU206" s="1"/>
+      <c r="OTV206" s="23"/>
+      <c r="OTW206" s="23"/>
+      <c r="OTX206" s="1"/>
+      <c r="OTY206" s="23"/>
+      <c r="OTZ206" s="23"/>
+      <c r="OUA206" s="1"/>
+      <c r="OUB206" s="23"/>
+      <c r="OUC206" s="23"/>
+      <c r="OUD206" s="1"/>
+      <c r="OUE206" s="23"/>
+      <c r="OUF206" s="23"/>
+      <c r="OUG206" s="1"/>
+      <c r="OUH206" s="23"/>
+      <c r="OUI206" s="23"/>
+      <c r="OUJ206" s="1"/>
+      <c r="OUK206" s="23"/>
+      <c r="OUL206" s="23"/>
+      <c r="OUM206" s="1"/>
+      <c r="OUN206" s="23"/>
+      <c r="OUO206" s="23"/>
+      <c r="OUP206" s="1"/>
+      <c r="OUQ206" s="23"/>
+      <c r="OUR206" s="23"/>
+      <c r="OUS206" s="1"/>
+      <c r="OUT206" s="23"/>
+      <c r="OUU206" s="23"/>
+      <c r="OUV206" s="1"/>
+      <c r="OUW206" s="23"/>
+      <c r="OUX206" s="23"/>
+      <c r="OUY206" s="1"/>
+      <c r="OUZ206" s="23"/>
+      <c r="OVA206" s="23"/>
+      <c r="OVB206" s="1"/>
+      <c r="OVC206" s="23"/>
+      <c r="OVD206" s="23"/>
+      <c r="OVE206" s="1"/>
+      <c r="OVF206" s="23"/>
+      <c r="OVG206" s="23"/>
+      <c r="OVH206" s="1"/>
+      <c r="OVI206" s="23"/>
+      <c r="OVJ206" s="23"/>
+      <c r="OVK206" s="1"/>
+      <c r="OVL206" s="23"/>
+      <c r="OVM206" s="23"/>
+      <c r="OVN206" s="1"/>
+      <c r="OVO206" s="23"/>
+      <c r="OVP206" s="23"/>
+      <c r="OVQ206" s="1"/>
+      <c r="OVR206" s="23"/>
+      <c r="OVS206" s="23"/>
+      <c r="OVT206" s="1"/>
+      <c r="OVU206" s="23"/>
+      <c r="OVV206" s="23"/>
+      <c r="OVW206" s="1"/>
+      <c r="OVX206" s="23"/>
+      <c r="OVY206" s="23"/>
+      <c r="OVZ206" s="1"/>
+      <c r="OWA206" s="23"/>
+      <c r="OWB206" s="23"/>
+      <c r="OWC206" s="1"/>
+      <c r="OWD206" s="23"/>
+      <c r="OWE206" s="23"/>
+      <c r="OWF206" s="1"/>
+      <c r="OWG206" s="23"/>
+      <c r="OWH206" s="23"/>
+      <c r="OWI206" s="1"/>
+      <c r="OWJ206" s="23"/>
+      <c r="OWK206" s="23"/>
+      <c r="OWL206" s="1"/>
+      <c r="OWM206" s="23"/>
+      <c r="OWN206" s="23"/>
+      <c r="OWO206" s="1"/>
+      <c r="OWP206" s="23"/>
+      <c r="OWQ206" s="23"/>
+      <c r="OWR206" s="1"/>
+      <c r="OWS206" s="23"/>
+      <c r="OWT206" s="23"/>
+      <c r="OWU206" s="1"/>
+      <c r="OWV206" s="23"/>
+      <c r="OWW206" s="23"/>
+      <c r="OWX206" s="1"/>
+      <c r="OWY206" s="23"/>
+      <c r="OWZ206" s="23"/>
+      <c r="OXA206" s="1"/>
+      <c r="OXB206" s="23"/>
+      <c r="OXC206" s="23"/>
+      <c r="OXD206" s="1"/>
+      <c r="OXE206" s="23"/>
+      <c r="OXF206" s="23"/>
+      <c r="OXG206" s="1"/>
+      <c r="OXH206" s="23"/>
+      <c r="OXI206" s="23"/>
+      <c r="OXJ206" s="1"/>
+      <c r="OXK206" s="23"/>
+      <c r="OXL206" s="23"/>
+      <c r="OXM206" s="1"/>
+      <c r="OXN206" s="23"/>
+      <c r="OXO206" s="23"/>
+      <c r="OXP206" s="1"/>
+      <c r="OXQ206" s="23"/>
+      <c r="OXR206" s="23"/>
+      <c r="OXS206" s="1"/>
+      <c r="OXT206" s="23"/>
+      <c r="OXU206" s="23"/>
+      <c r="OXV206" s="1"/>
+      <c r="OXW206" s="23"/>
+      <c r="OXX206" s="23"/>
+      <c r="OXY206" s="1"/>
+      <c r="OXZ206" s="23"/>
+      <c r="OYA206" s="23"/>
+      <c r="OYB206" s="1"/>
+      <c r="OYC206" s="23"/>
+      <c r="OYD206" s="23"/>
+      <c r="OYE206" s="1"/>
+      <c r="OYF206" s="23"/>
+      <c r="OYG206" s="23"/>
+      <c r="OYH206" s="1"/>
+      <c r="OYI206" s="23"/>
+      <c r="OYJ206" s="23"/>
+      <c r="OYK206" s="1"/>
+      <c r="OYL206" s="23"/>
+      <c r="OYM206" s="23"/>
+      <c r="OYN206" s="1"/>
+      <c r="OYO206" s="23"/>
+      <c r="OYP206" s="23"/>
+      <c r="OYQ206" s="1"/>
+      <c r="OYR206" s="23"/>
+      <c r="OYS206" s="23"/>
+      <c r="OYT206" s="1"/>
+      <c r="OYU206" s="23"/>
+      <c r="OYV206" s="23"/>
+      <c r="OYW206" s="1"/>
+      <c r="OYX206" s="23"/>
+      <c r="OYY206" s="23"/>
+      <c r="OYZ206" s="1"/>
+      <c r="OZA206" s="23"/>
+      <c r="OZB206" s="23"/>
+      <c r="OZC206" s="1"/>
+      <c r="OZD206" s="23"/>
+      <c r="OZE206" s="23"/>
+      <c r="OZF206" s="1"/>
+      <c r="OZG206" s="23"/>
+      <c r="OZH206" s="23"/>
+      <c r="OZI206" s="1"/>
+      <c r="OZJ206" s="23"/>
+      <c r="OZK206" s="23"/>
+      <c r="OZL206" s="1"/>
+      <c r="OZM206" s="23"/>
+      <c r="OZN206" s="23"/>
+      <c r="OZO206" s="1"/>
+      <c r="OZP206" s="23"/>
+      <c r="OZQ206" s="23"/>
+      <c r="OZR206" s="1"/>
+      <c r="OZS206" s="23"/>
+      <c r="OZT206" s="23"/>
+      <c r="OZU206" s="1"/>
+      <c r="OZV206" s="23"/>
+      <c r="OZW206" s="23"/>
+      <c r="OZX206" s="1"/>
+      <c r="OZY206" s="23"/>
+      <c r="OZZ206" s="23"/>
+      <c r="PAA206" s="1"/>
+      <c r="PAB206" s="23"/>
+      <c r="PAC206" s="23"/>
+      <c r="PAD206" s="1"/>
+      <c r="PAE206" s="23"/>
+      <c r="PAF206" s="23"/>
+      <c r="PAG206" s="1"/>
+      <c r="PAH206" s="23"/>
+      <c r="PAI206" s="23"/>
+      <c r="PAJ206" s="1"/>
+      <c r="PAK206" s="23"/>
+      <c r="PAL206" s="23"/>
+      <c r="PAM206" s="1"/>
+      <c r="PAN206" s="23"/>
+      <c r="PAO206" s="23"/>
+      <c r="PAP206" s="1"/>
+      <c r="PAQ206" s="23"/>
+      <c r="PAR206" s="23"/>
+      <c r="PAS206" s="1"/>
+      <c r="PAT206" s="23"/>
+      <c r="PAU206" s="23"/>
+      <c r="PAV206" s="1"/>
+      <c r="PAW206" s="23"/>
+      <c r="PAX206" s="23"/>
+      <c r="PAY206" s="1"/>
+      <c r="PAZ206" s="23"/>
+      <c r="PBA206" s="23"/>
+      <c r="PBB206" s="1"/>
+      <c r="PBC206" s="23"/>
+      <c r="PBD206" s="23"/>
+      <c r="PBE206" s="1"/>
+      <c r="PBF206" s="23"/>
+      <c r="PBG206" s="23"/>
+      <c r="PBH206" s="1"/>
+      <c r="PBI206" s="23"/>
+      <c r="PBJ206" s="23"/>
+      <c r="PBK206" s="1"/>
+      <c r="PBL206" s="23"/>
+      <c r="PBM206" s="23"/>
+      <c r="PBN206" s="1"/>
+      <c r="PBO206" s="23"/>
+      <c r="PBP206" s="23"/>
+      <c r="PBQ206" s="1"/>
+      <c r="PBR206" s="23"/>
+      <c r="PBS206" s="23"/>
+      <c r="PBT206" s="1"/>
+      <c r="PBU206" s="23"/>
+      <c r="PBV206" s="23"/>
+      <c r="PBW206" s="1"/>
+      <c r="PBX206" s="23"/>
+      <c r="PBY206" s="23"/>
+      <c r="PBZ206" s="1"/>
+      <c r="PCA206" s="23"/>
+      <c r="PCB206" s="23"/>
+      <c r="PCC206" s="1"/>
+      <c r="PCD206" s="23"/>
+      <c r="PCE206" s="23"/>
+      <c r="PCF206" s="1"/>
+      <c r="PCG206" s="23"/>
+      <c r="PCH206" s="23"/>
+      <c r="PCI206" s="1"/>
+      <c r="PCJ206" s="23"/>
+      <c r="PCK206" s="23"/>
+      <c r="PCL206" s="1"/>
+      <c r="PCM206" s="23"/>
+      <c r="PCN206" s="23"/>
+      <c r="PCO206" s="1"/>
+      <c r="PCP206" s="23"/>
+      <c r="PCQ206" s="23"/>
+      <c r="PCR206" s="1"/>
+      <c r="PCS206" s="23"/>
+      <c r="PCT206" s="23"/>
+      <c r="PCU206" s="1"/>
+      <c r="PCV206" s="23"/>
+      <c r="PCW206" s="23"/>
+      <c r="PCX206" s="1"/>
+      <c r="PCY206" s="23"/>
+      <c r="PCZ206" s="23"/>
+      <c r="PDA206" s="1"/>
+      <c r="PDB206" s="23"/>
+      <c r="PDC206" s="23"/>
+      <c r="PDD206" s="1"/>
+      <c r="PDE206" s="23"/>
+      <c r="PDF206" s="23"/>
+      <c r="PDG206" s="1"/>
+      <c r="PDH206" s="23"/>
+      <c r="PDI206" s="23"/>
+      <c r="PDJ206" s="1"/>
+      <c r="PDK206" s="23"/>
+      <c r="PDL206" s="23"/>
+      <c r="PDM206" s="1"/>
+      <c r="PDN206" s="23"/>
+      <c r="PDO206" s="23"/>
+      <c r="PDP206" s="1"/>
+      <c r="PDQ206" s="23"/>
+      <c r="PDR206" s="23"/>
+      <c r="PDS206" s="1"/>
+      <c r="PDT206" s="23"/>
+      <c r="PDU206" s="23"/>
+      <c r="PDV206" s="1"/>
+      <c r="PDW206" s="23"/>
+      <c r="PDX206" s="23"/>
+      <c r="PDY206" s="1"/>
+      <c r="PDZ206" s="23"/>
+      <c r="PEA206" s="23"/>
+      <c r="PEB206" s="1"/>
+      <c r="PEC206" s="23"/>
+      <c r="PED206" s="23"/>
+      <c r="PEE206" s="1"/>
+      <c r="PEF206" s="23"/>
+      <c r="PEG206" s="23"/>
+      <c r="PEH206" s="1"/>
+      <c r="PEI206" s="23"/>
+      <c r="PEJ206" s="23"/>
+      <c r="PEK206" s="1"/>
+      <c r="PEL206" s="23"/>
+      <c r="PEM206" s="23"/>
+      <c r="PEN206" s="1"/>
+      <c r="PEO206" s="23"/>
+      <c r="PEP206" s="23"/>
+      <c r="PEQ206" s="1"/>
+      <c r="PER206" s="23"/>
+      <c r="PES206" s="23"/>
+      <c r="PET206" s="1"/>
+      <c r="PEU206" s="23"/>
+      <c r="PEV206" s="23"/>
+      <c r="PEW206" s="1"/>
+      <c r="PEX206" s="23"/>
+      <c r="PEY206" s="23"/>
+      <c r="PEZ206" s="1"/>
+      <c r="PFA206" s="23"/>
+      <c r="PFB206" s="23"/>
+      <c r="PFC206" s="1"/>
+      <c r="PFD206" s="23"/>
+      <c r="PFE206" s="23"/>
+      <c r="PFF206" s="1"/>
+      <c r="PFG206" s="23"/>
+      <c r="PFH206" s="23"/>
+      <c r="PFI206" s="1"/>
+      <c r="PFJ206" s="23"/>
+      <c r="PFK206" s="23"/>
+      <c r="PFL206" s="1"/>
+      <c r="PFM206" s="23"/>
+      <c r="PFN206" s="23"/>
+      <c r="PFO206" s="1"/>
+      <c r="PFP206" s="23"/>
+      <c r="PFQ206" s="23"/>
+      <c r="PFR206" s="1"/>
+      <c r="PFS206" s="23"/>
+      <c r="PFT206" s="23"/>
+      <c r="PFU206" s="1"/>
+      <c r="PFV206" s="23"/>
+      <c r="PFW206" s="23"/>
+      <c r="PFX206" s="1"/>
+      <c r="PFY206" s="23"/>
+      <c r="PFZ206" s="23"/>
+      <c r="PGA206" s="1"/>
+      <c r="PGB206" s="23"/>
+      <c r="PGC206" s="23"/>
+      <c r="PGD206" s="1"/>
+      <c r="PGE206" s="23"/>
+      <c r="PGF206" s="23"/>
+      <c r="PGG206" s="1"/>
+      <c r="PGH206" s="23"/>
+      <c r="PGI206" s="23"/>
+      <c r="PGJ206" s="1"/>
+      <c r="PGK206" s="23"/>
+      <c r="PGL206" s="23"/>
+      <c r="PGM206" s="1"/>
+      <c r="PGN206" s="23"/>
+      <c r="PGO206" s="23"/>
+      <c r="PGP206" s="1"/>
+      <c r="PGQ206" s="23"/>
+      <c r="PGR206" s="23"/>
+      <c r="PGS206" s="1"/>
+      <c r="PGT206" s="23"/>
+      <c r="PGU206" s="23"/>
+      <c r="PGV206" s="1"/>
+      <c r="PGW206" s="23"/>
+      <c r="PGX206" s="23"/>
+      <c r="PGY206" s="1"/>
+      <c r="PGZ206" s="23"/>
+      <c r="PHA206" s="23"/>
+      <c r="PHB206" s="1"/>
+      <c r="PHC206" s="23"/>
+      <c r="PHD206" s="23"/>
+      <c r="PHE206" s="1"/>
+      <c r="PHF206" s="23"/>
+      <c r="PHG206" s="23"/>
+      <c r="PHH206" s="1"/>
+      <c r="PHI206" s="23"/>
+      <c r="PHJ206" s="23"/>
+      <c r="PHK206" s="1"/>
+      <c r="PHL206" s="23"/>
+      <c r="PHM206" s="23"/>
+      <c r="PHN206" s="1"/>
+      <c r="PHO206" s="23"/>
+      <c r="PHP206" s="23"/>
+      <c r="PHQ206" s="1"/>
+      <c r="PHR206" s="23"/>
+      <c r="PHS206" s="23"/>
+      <c r="PHT206" s="1"/>
+      <c r="PHU206" s="23"/>
+      <c r="PHV206" s="23"/>
+      <c r="PHW206" s="1"/>
+      <c r="PHX206" s="23"/>
+      <c r="PHY206" s="23"/>
+      <c r="PHZ206" s="1"/>
+      <c r="PIA206" s="23"/>
+      <c r="PIB206" s="23"/>
+      <c r="PIC206" s="1"/>
+      <c r="PID206" s="23"/>
+      <c r="PIE206" s="23"/>
+      <c r="PIF206" s="1"/>
+      <c r="PIG206" s="23"/>
+      <c r="PIH206" s="23"/>
+      <c r="PII206" s="1"/>
+      <c r="PIJ206" s="23"/>
+      <c r="PIK206" s="23"/>
+      <c r="PIL206" s="1"/>
+      <c r="PIM206" s="23"/>
+      <c r="PIN206" s="23"/>
+      <c r="PIO206" s="1"/>
+      <c r="PIP206" s="23"/>
+      <c r="PIQ206" s="23"/>
+      <c r="PIR206" s="1"/>
+      <c r="PIS206" s="23"/>
+      <c r="PIT206" s="23"/>
+      <c r="PIU206" s="1"/>
+      <c r="PIV206" s="23"/>
+      <c r="PIW206" s="23"/>
+      <c r="PIX206" s="1"/>
+      <c r="PIY206" s="23"/>
+      <c r="PIZ206" s="23"/>
+      <c r="PJA206" s="1"/>
+      <c r="PJB206" s="23"/>
+      <c r="PJC206" s="23"/>
+      <c r="PJD206" s="1"/>
+      <c r="PJE206" s="23"/>
+      <c r="PJF206" s="23"/>
+      <c r="PJG206" s="1"/>
+      <c r="PJH206" s="23"/>
+      <c r="PJI206" s="23"/>
+      <c r="PJJ206" s="1"/>
+      <c r="PJK206" s="23"/>
+      <c r="PJL206" s="23"/>
+      <c r="PJM206" s="1"/>
+      <c r="PJN206" s="23"/>
+      <c r="PJO206" s="23"/>
+      <c r="PJP206" s="1"/>
+      <c r="PJQ206" s="23"/>
+      <c r="PJR206" s="23"/>
+      <c r="PJS206" s="1"/>
+      <c r="PJT206" s="23"/>
+      <c r="PJU206" s="23"/>
+      <c r="PJV206" s="1"/>
+      <c r="PJW206" s="23"/>
+      <c r="PJX206" s="23"/>
+      <c r="PJY206" s="1"/>
+      <c r="PJZ206" s="23"/>
+      <c r="PKA206" s="23"/>
+      <c r="PKB206" s="1"/>
+      <c r="PKC206" s="23"/>
+      <c r="PKD206" s="23"/>
+      <c r="PKE206" s="1"/>
+      <c r="PKF206" s="23"/>
+      <c r="PKG206" s="23"/>
+      <c r="PKH206" s="1"/>
+      <c r="PKI206" s="23"/>
+      <c r="PKJ206" s="23"/>
+      <c r="PKK206" s="1"/>
+      <c r="PKL206" s="23"/>
+      <c r="PKM206" s="23"/>
+      <c r="PKN206" s="1"/>
+      <c r="PKO206" s="23"/>
+      <c r="PKP206" s="23"/>
+      <c r="PKQ206" s="1"/>
+      <c r="PKR206" s="23"/>
+      <c r="PKS206" s="23"/>
+      <c r="PKT206" s="1"/>
+      <c r="PKU206" s="23"/>
+      <c r="PKV206" s="23"/>
+      <c r="PKW206" s="1"/>
+      <c r="PKX206" s="23"/>
+      <c r="PKY206" s="23"/>
+      <c r="PKZ206" s="1"/>
+      <c r="PLA206" s="23"/>
+      <c r="PLB206" s="23"/>
+      <c r="PLC206" s="1"/>
+      <c r="PLD206" s="23"/>
+      <c r="PLE206" s="23"/>
+      <c r="PLF206" s="1"/>
+      <c r="PLG206" s="23"/>
+      <c r="PLH206" s="23"/>
+      <c r="PLI206" s="1"/>
+      <c r="PLJ206" s="23"/>
+      <c r="PLK206" s="23"/>
+      <c r="PLL206" s="1"/>
+      <c r="PLM206" s="23"/>
+      <c r="PLN206" s="23"/>
+      <c r="PLO206" s="1"/>
+      <c r="PLP206" s="23"/>
+      <c r="PLQ206" s="23"/>
+      <c r="PLR206" s="1"/>
+      <c r="PLS206" s="23"/>
+      <c r="PLT206" s="23"/>
+      <c r="PLU206" s="1"/>
+      <c r="PLV206" s="23"/>
+      <c r="PLW206" s="23"/>
+      <c r="PLX206" s="1"/>
+      <c r="PLY206" s="23"/>
+      <c r="PLZ206" s="23"/>
+      <c r="PMA206" s="1"/>
+      <c r="PMB206" s="23"/>
+      <c r="PMC206" s="23"/>
+      <c r="PMD206" s="1"/>
+      <c r="PME206" s="23"/>
+      <c r="PMF206" s="23"/>
+      <c r="PMG206" s="1"/>
+      <c r="PMH206" s="23"/>
+      <c r="PMI206" s="23"/>
+      <c r="PMJ206" s="1"/>
+      <c r="PMK206" s="23"/>
+      <c r="PML206" s="23"/>
+      <c r="PMM206" s="1"/>
+      <c r="PMN206" s="23"/>
+      <c r="PMO206" s="23"/>
+      <c r="PMP206" s="1"/>
+      <c r="PMQ206" s="23"/>
+      <c r="PMR206" s="23"/>
+      <c r="PMS206" s="1"/>
+      <c r="PMT206" s="23"/>
+      <c r="PMU206" s="23"/>
+      <c r="PMV206" s="1"/>
+      <c r="PMW206" s="23"/>
+      <c r="PMX206" s="23"/>
+      <c r="PMY206" s="1"/>
+      <c r="PMZ206" s="23"/>
+      <c r="PNA206" s="23"/>
+      <c r="PNB206" s="1"/>
+      <c r="PNC206" s="23"/>
+      <c r="PND206" s="23"/>
+      <c r="PNE206" s="1"/>
+      <c r="PNF206" s="23"/>
+      <c r="PNG206" s="23"/>
+      <c r="PNH206" s="1"/>
+      <c r="PNI206" s="23"/>
+      <c r="PNJ206" s="23"/>
+      <c r="PNK206" s="1"/>
+      <c r="PNL206" s="23"/>
+      <c r="PNM206" s="23"/>
+      <c r="PNN206" s="1"/>
+      <c r="PNO206" s="23"/>
+      <c r="PNP206" s="23"/>
+      <c r="PNQ206" s="1"/>
+      <c r="PNR206" s="23"/>
+      <c r="PNS206" s="23"/>
+      <c r="PNT206" s="1"/>
+      <c r="PNU206" s="23"/>
+      <c r="PNV206" s="23"/>
+      <c r="PNW206" s="1"/>
+      <c r="PNX206" s="23"/>
+      <c r="PNY206" s="23"/>
+      <c r="PNZ206" s="1"/>
+      <c r="POA206" s="23"/>
+      <c r="POB206" s="23"/>
+      <c r="POC206" s="1"/>
+      <c r="POD206" s="23"/>
+      <c r="POE206" s="23"/>
+      <c r="POF206" s="1"/>
+      <c r="POG206" s="23"/>
+      <c r="POH206" s="23"/>
+      <c r="POI206" s="1"/>
+      <c r="POJ206" s="23"/>
+      <c r="POK206" s="23"/>
+      <c r="POL206" s="1"/>
+      <c r="POM206" s="23"/>
+      <c r="PON206" s="23"/>
+      <c r="POO206" s="1"/>
+      <c r="POP206" s="23"/>
+      <c r="POQ206" s="23"/>
+      <c r="POR206" s="1"/>
+      <c r="POS206" s="23"/>
+      <c r="POT206" s="23"/>
+      <c r="POU206" s="1"/>
+      <c r="POV206" s="23"/>
+      <c r="POW206" s="23"/>
+      <c r="POX206" s="1"/>
+      <c r="POY206" s="23"/>
+      <c r="POZ206" s="23"/>
+      <c r="PPA206" s="1"/>
+      <c r="PPB206" s="23"/>
+      <c r="PPC206" s="23"/>
+      <c r="PPD206" s="1"/>
+      <c r="PPE206" s="23"/>
+      <c r="PPF206" s="23"/>
+      <c r="PPG206" s="1"/>
+      <c r="PPH206" s="23"/>
+      <c r="PPI206" s="23"/>
+      <c r="PPJ206" s="1"/>
+      <c r="PPK206" s="23"/>
+      <c r="PPL206" s="23"/>
+      <c r="PPM206" s="1"/>
+      <c r="PPN206" s="23"/>
+      <c r="PPO206" s="23"/>
+      <c r="PPP206" s="1"/>
+      <c r="PPQ206" s="23"/>
+      <c r="PPR206" s="23"/>
+      <c r="PPS206" s="1"/>
+      <c r="PPT206" s="23"/>
+      <c r="PPU206" s="23"/>
+      <c r="PPV206" s="1"/>
+      <c r="PPW206" s="23"/>
+      <c r="PPX206" s="23"/>
+      <c r="PPY206" s="1"/>
+      <c r="PPZ206" s="23"/>
+      <c r="PQA206" s="23"/>
+      <c r="PQB206" s="1"/>
+      <c r="PQC206" s="23"/>
+      <c r="PQD206" s="23"/>
+      <c r="PQE206" s="1"/>
+      <c r="PQF206" s="23"/>
+      <c r="PQG206" s="23"/>
+      <c r="PQH206" s="1"/>
+      <c r="PQI206" s="23"/>
+      <c r="PQJ206" s="23"/>
+      <c r="PQK206" s="1"/>
+      <c r="PQL206" s="23"/>
+      <c r="PQM206" s="23"/>
+      <c r="PQN206" s="1"/>
+      <c r="PQO206" s="23"/>
+      <c r="PQP206" s="23"/>
+      <c r="PQQ206" s="1"/>
+      <c r="PQR206" s="23"/>
+      <c r="PQS206" s="23"/>
+      <c r="PQT206" s="1"/>
+      <c r="PQU206" s="23"/>
+      <c r="PQV206" s="23"/>
+      <c r="PQW206" s="1"/>
+      <c r="PQX206" s="23"/>
+      <c r="PQY206" s="23"/>
+      <c r="PQZ206" s="1"/>
+      <c r="PRA206" s="23"/>
+      <c r="PRB206" s="23"/>
+      <c r="PRC206" s="1"/>
+      <c r="PRD206" s="23"/>
+      <c r="PRE206" s="23"/>
+      <c r="PRF206" s="1"/>
+      <c r="PRG206" s="23"/>
+      <c r="PRH206" s="23"/>
+      <c r="PRI206" s="1"/>
+      <c r="PRJ206" s="23"/>
+      <c r="PRK206" s="23"/>
+      <c r="PRL206" s="1"/>
+      <c r="PRM206" s="23"/>
+      <c r="PRN206" s="23"/>
+      <c r="PRO206" s="1"/>
+      <c r="PRP206" s="23"/>
+      <c r="PRQ206" s="23"/>
+      <c r="PRR206" s="1"/>
+      <c r="PRS206" s="23"/>
+      <c r="PRT206" s="23"/>
+      <c r="PRU206" s="1"/>
+      <c r="PRV206" s="23"/>
+      <c r="PRW206" s="23"/>
+      <c r="PRX206" s="1"/>
+      <c r="PRY206" s="23"/>
+      <c r="PRZ206" s="23"/>
+      <c r="PSA206" s="1"/>
+      <c r="PSB206" s="23"/>
+      <c r="PSC206" s="23"/>
+      <c r="PSD206" s="1"/>
+      <c r="PSE206" s="23"/>
+      <c r="PSF206" s="23"/>
+      <c r="PSG206" s="1"/>
+      <c r="PSH206" s="23"/>
+      <c r="PSI206" s="23"/>
+      <c r="PSJ206" s="1"/>
+      <c r="PSK206" s="23"/>
+      <c r="PSL206" s="23"/>
+      <c r="PSM206" s="1"/>
+      <c r="PSN206" s="23"/>
+      <c r="PSO206" s="23"/>
+      <c r="PSP206" s="1"/>
+      <c r="PSQ206" s="23"/>
+      <c r="PSR206" s="23"/>
+      <c r="PSS206" s="1"/>
+      <c r="PST206" s="23"/>
+      <c r="PSU206" s="23"/>
+      <c r="PSV206" s="1"/>
+      <c r="PSW206" s="23"/>
+      <c r="PSX206" s="23"/>
+      <c r="PSY206" s="1"/>
+      <c r="PSZ206" s="23"/>
+      <c r="PTA206" s="23"/>
+      <c r="PTB206" s="1"/>
+      <c r="PTC206" s="23"/>
+      <c r="PTD206" s="23"/>
+      <c r="PTE206" s="1"/>
+      <c r="PTF206" s="23"/>
+      <c r="PTG206" s="23"/>
+      <c r="PTH206" s="1"/>
+      <c r="PTI206" s="23"/>
+      <c r="PTJ206" s="23"/>
+      <c r="PTK206" s="1"/>
+      <c r="PTL206" s="23"/>
+      <c r="PTM206" s="23"/>
+      <c r="PTN206" s="1"/>
+      <c r="PTO206" s="23"/>
+      <c r="PTP206" s="23"/>
+      <c r="PTQ206" s="1"/>
+      <c r="PTR206" s="23"/>
+      <c r="PTS206" s="23"/>
+      <c r="PTT206" s="1"/>
+      <c r="PTU206" s="23"/>
+      <c r="PTV206" s="23"/>
+      <c r="PTW206" s="1"/>
+      <c r="PTX206" s="23"/>
+      <c r="PTY206" s="23"/>
+      <c r="PTZ206" s="1"/>
+      <c r="PUA206" s="23"/>
+      <c r="PUB206" s="23"/>
+      <c r="PUC206" s="1"/>
+      <c r="PUD206" s="23"/>
+      <c r="PUE206" s="23"/>
+      <c r="PUF206" s="1"/>
+      <c r="PUG206" s="23"/>
+      <c r="PUH206" s="23"/>
+      <c r="PUI206" s="1"/>
+      <c r="PUJ206" s="23"/>
+      <c r="PUK206" s="23"/>
+      <c r="PUL206" s="1"/>
+      <c r="PUM206" s="23"/>
+      <c r="PUN206" s="23"/>
+      <c r="PUO206" s="1"/>
+      <c r="PUP206" s="23"/>
+      <c r="PUQ206" s="23"/>
+      <c r="PUR206" s="1"/>
+      <c r="PUS206" s="23"/>
+      <c r="PUT206" s="23"/>
+      <c r="PUU206" s="1"/>
+      <c r="PUV206" s="23"/>
+      <c r="PUW206" s="23"/>
+      <c r="PUX206" s="1"/>
+      <c r="PUY206" s="23"/>
+      <c r="PUZ206" s="23"/>
+      <c r="PVA206" s="1"/>
+      <c r="PVB206" s="23"/>
+      <c r="PVC206" s="23"/>
+      <c r="PVD206" s="1"/>
+      <c r="PVE206" s="23"/>
+      <c r="PVF206" s="23"/>
+      <c r="PVG206" s="1"/>
+      <c r="PVH206" s="23"/>
+      <c r="PVI206" s="23"/>
+      <c r="PVJ206" s="1"/>
+      <c r="PVK206" s="23"/>
+      <c r="PVL206" s="23"/>
+      <c r="PVM206" s="1"/>
+      <c r="PVN206" s="23"/>
+      <c r="PVO206" s="23"/>
+      <c r="PVP206" s="1"/>
+      <c r="PVQ206" s="23"/>
+      <c r="PVR206" s="23"/>
+      <c r="PVS206" s="1"/>
+      <c r="PVT206" s="23"/>
+      <c r="PVU206" s="23"/>
+      <c r="PVV206" s="1"/>
+      <c r="PVW206" s="23"/>
+      <c r="PVX206" s="23"/>
+      <c r="PVY206" s="1"/>
+      <c r="PVZ206" s="23"/>
+      <c r="PWA206" s="23"/>
+      <c r="PWB206" s="1"/>
+      <c r="PWC206" s="23"/>
+      <c r="PWD206" s="23"/>
+      <c r="PWE206" s="1"/>
+      <c r="PWF206" s="23"/>
+      <c r="PWG206" s="23"/>
+      <c r="PWH206" s="1"/>
+      <c r="PWI206" s="23"/>
+      <c r="PWJ206" s="23"/>
+      <c r="PWK206" s="1"/>
+      <c r="PWL206" s="23"/>
+      <c r="PWM206" s="23"/>
+      <c r="PWN206" s="1"/>
+      <c r="PWO206" s="23"/>
+      <c r="PWP206" s="23"/>
+      <c r="PWQ206" s="1"/>
+      <c r="PWR206" s="23"/>
+      <c r="PWS206" s="23"/>
+      <c r="PWT206" s="1"/>
+      <c r="PWU206" s="23"/>
+      <c r="PWV206" s="23"/>
+      <c r="PWW206" s="1"/>
+      <c r="PWX206" s="23"/>
+      <c r="PWY206" s="23"/>
+      <c r="PWZ206" s="1"/>
+      <c r="PXA206" s="23"/>
+      <c r="PXB206" s="23"/>
+      <c r="PXC206" s="1"/>
+      <c r="PXD206" s="23"/>
+      <c r="PXE206" s="23"/>
+      <c r="PXF206" s="1"/>
+      <c r="PXG206" s="23"/>
+      <c r="PXH206" s="23"/>
+      <c r="PXI206" s="1"/>
+      <c r="PXJ206" s="23"/>
+      <c r="PXK206" s="23"/>
+      <c r="PXL206" s="1"/>
+      <c r="PXM206" s="23"/>
+      <c r="PXN206" s="23"/>
+      <c r="PXO206" s="1"/>
+      <c r="PXP206" s="23"/>
+      <c r="PXQ206" s="23"/>
+      <c r="PXR206" s="1"/>
+      <c r="PXS206" s="23"/>
+      <c r="PXT206" s="23"/>
+      <c r="PXU206" s="1"/>
+      <c r="PXV206" s="23"/>
+      <c r="PXW206" s="23"/>
+      <c r="PXX206" s="1"/>
+      <c r="PXY206" s="23"/>
+      <c r="PXZ206" s="23"/>
+      <c r="PYA206" s="1"/>
+      <c r="PYB206" s="23"/>
+      <c r="PYC206" s="23"/>
+      <c r="PYD206" s="1"/>
+      <c r="PYE206" s="23"/>
+      <c r="PYF206" s="23"/>
+      <c r="PYG206" s="1"/>
+      <c r="PYH206" s="23"/>
+      <c r="PYI206" s="23"/>
+      <c r="PYJ206" s="1"/>
+      <c r="PYK206" s="23"/>
+      <c r="PYL206" s="23"/>
+      <c r="PYM206" s="1"/>
+      <c r="PYN206" s="23"/>
+      <c r="PYO206" s="23"/>
+      <c r="PYP206" s="1"/>
+      <c r="PYQ206" s="23"/>
+      <c r="PYR206" s="23"/>
+      <c r="PYS206" s="1"/>
+      <c r="PYT206" s="23"/>
+      <c r="PYU206" s="23"/>
+      <c r="PYV206" s="1"/>
+      <c r="PYW206" s="23"/>
+      <c r="PYX206" s="23"/>
+      <c r="PYY206" s="1"/>
+      <c r="PYZ206" s="23"/>
+      <c r="PZA206" s="23"/>
+      <c r="PZB206" s="1"/>
+      <c r="PZC206" s="23"/>
+      <c r="PZD206" s="23"/>
+      <c r="PZE206" s="1"/>
+      <c r="PZF206" s="23"/>
+      <c r="PZG206" s="23"/>
+      <c r="PZH206" s="1"/>
+      <c r="PZI206" s="23"/>
+      <c r="PZJ206" s="23"/>
+      <c r="PZK206" s="1"/>
+      <c r="PZL206" s="23"/>
+      <c r="PZM206" s="23"/>
+      <c r="PZN206" s="1"/>
+      <c r="PZO206" s="23"/>
+      <c r="PZP206" s="23"/>
+      <c r="PZQ206" s="1"/>
+      <c r="PZR206" s="23"/>
+      <c r="PZS206" s="23"/>
+      <c r="PZT206" s="1"/>
+      <c r="PZU206" s="23"/>
+      <c r="PZV206" s="23"/>
+      <c r="PZW206" s="1"/>
+      <c r="PZX206" s="23"/>
+      <c r="PZY206" s="23"/>
+      <c r="PZZ206" s="1"/>
+      <c r="QAA206" s="23"/>
+      <c r="QAB206" s="23"/>
+      <c r="QAC206" s="1"/>
+      <c r="QAD206" s="23"/>
+      <c r="QAE206" s="23"/>
+      <c r="QAF206" s="1"/>
+      <c r="QAG206" s="23"/>
+      <c r="QAH206" s="23"/>
+      <c r="QAI206" s="1"/>
+      <c r="QAJ206" s="23"/>
+      <c r="QAK206" s="23"/>
+      <c r="QAL206" s="1"/>
+      <c r="QAM206" s="23"/>
+      <c r="QAN206" s="23"/>
+      <c r="QAO206" s="1"/>
+      <c r="QAP206" s="23"/>
+      <c r="QAQ206" s="23"/>
+      <c r="QAR206" s="1"/>
+      <c r="QAS206" s="23"/>
+      <c r="QAT206" s="23"/>
+      <c r="QAU206" s="1"/>
+      <c r="QAV206" s="23"/>
+      <c r="QAW206" s="23"/>
+      <c r="QAX206" s="1"/>
+      <c r="QAY206" s="23"/>
+      <c r="QAZ206" s="23"/>
+      <c r="QBA206" s="1"/>
+      <c r="QBB206" s="23"/>
+      <c r="QBC206" s="23"/>
+      <c r="QBD206" s="1"/>
+      <c r="QBE206" s="23"/>
+      <c r="QBF206" s="23"/>
+      <c r="QBG206" s="1"/>
+      <c r="QBH206" s="23"/>
+      <c r="QBI206" s="23"/>
+      <c r="QBJ206" s="1"/>
+      <c r="QBK206" s="23"/>
+      <c r="QBL206" s="23"/>
+      <c r="QBM206" s="1"/>
+      <c r="QBN206" s="23"/>
+      <c r="QBO206" s="23"/>
+      <c r="QBP206" s="1"/>
+      <c r="QBQ206" s="23"/>
+      <c r="QBR206" s="23"/>
+      <c r="QBS206" s="1"/>
+      <c r="QBT206" s="23"/>
+      <c r="QBU206" s="23"/>
+      <c r="QBV206" s="1"/>
+      <c r="QBW206" s="23"/>
+      <c r="QBX206" s="23"/>
+      <c r="QBY206" s="1"/>
+      <c r="QBZ206" s="23"/>
+      <c r="QCA206" s="23"/>
+      <c r="QCB206" s="1"/>
+      <c r="QCC206" s="23"/>
+      <c r="QCD206" s="23"/>
+      <c r="QCE206" s="1"/>
+      <c r="QCF206" s="23"/>
+      <c r="QCG206" s="23"/>
+      <c r="QCH206" s="1"/>
+      <c r="QCI206" s="23"/>
+      <c r="QCJ206" s="23"/>
+      <c r="QCK206" s="1"/>
+      <c r="QCL206" s="23"/>
+      <c r="QCM206" s="23"/>
+      <c r="QCN206" s="1"/>
+      <c r="QCO206" s="23"/>
+      <c r="QCP206" s="23"/>
+      <c r="QCQ206" s="1"/>
+      <c r="QCR206" s="23"/>
+      <c r="QCS206" s="23"/>
+      <c r="QCT206" s="1"/>
+      <c r="QCU206" s="23"/>
+      <c r="QCV206" s="23"/>
+      <c r="QCW206" s="1"/>
+      <c r="QCX206" s="23"/>
+      <c r="QCY206" s="23"/>
+      <c r="QCZ206" s="1"/>
+      <c r="QDA206" s="23"/>
+      <c r="QDB206" s="23"/>
+      <c r="QDC206" s="1"/>
+      <c r="QDD206" s="23"/>
+      <c r="QDE206" s="23"/>
+      <c r="QDF206" s="1"/>
+      <c r="QDG206" s="23"/>
+      <c r="QDH206" s="23"/>
+      <c r="QDI206" s="1"/>
+      <c r="QDJ206" s="23"/>
+      <c r="QDK206" s="23"/>
+      <c r="QDL206" s="1"/>
+      <c r="QDM206" s="23"/>
+      <c r="QDN206" s="23"/>
+      <c r="QDO206" s="1"/>
+      <c r="QDP206" s="23"/>
+      <c r="QDQ206" s="23"/>
+      <c r="QDR206" s="1"/>
+      <c r="QDS206" s="23"/>
+      <c r="QDT206" s="23"/>
+      <c r="QDU206" s="1"/>
+      <c r="QDV206" s="23"/>
+      <c r="QDW206" s="23"/>
+      <c r="QDX206" s="1"/>
+      <c r="QDY206" s="23"/>
+      <c r="QDZ206" s="23"/>
+      <c r="QEA206" s="1"/>
+      <c r="QEB206" s="23"/>
+      <c r="QEC206" s="23"/>
+      <c r="QED206" s="1"/>
+      <c r="QEE206" s="23"/>
+      <c r="QEF206" s="23"/>
+      <c r="QEG206" s="1"/>
+      <c r="QEH206" s="23"/>
+      <c r="QEI206" s="23"/>
+      <c r="QEJ206" s="1"/>
+      <c r="QEK206" s="23"/>
+      <c r="QEL206" s="23"/>
+      <c r="QEM206" s="1"/>
+      <c r="QEN206" s="23"/>
+      <c r="QEO206" s="23"/>
+      <c r="QEP206" s="1"/>
+      <c r="QEQ206" s="23"/>
+      <c r="QER206" s="23"/>
+      <c r="QES206" s="1"/>
+      <c r="QET206" s="23"/>
+      <c r="QEU206" s="23"/>
+      <c r="QEV206" s="1"/>
+      <c r="QEW206" s="23"/>
+      <c r="QEX206" s="23"/>
+      <c r="QEY206" s="1"/>
+      <c r="QEZ206" s="23"/>
+      <c r="QFA206" s="23"/>
+      <c r="QFB206" s="1"/>
+      <c r="QFC206" s="23"/>
+      <c r="QFD206" s="23"/>
+      <c r="QFE206" s="1"/>
+      <c r="QFF206" s="23"/>
+      <c r="QFG206" s="23"/>
+      <c r="QFH206" s="1"/>
+      <c r="QFI206" s="23"/>
+      <c r="QFJ206" s="23"/>
+      <c r="QFK206" s="1"/>
+      <c r="QFL206" s="23"/>
+      <c r="QFM206" s="23"/>
+      <c r="QFN206" s="1"/>
+      <c r="QFO206" s="23"/>
+      <c r="QFP206" s="23"/>
+      <c r="QFQ206" s="1"/>
+      <c r="QFR206" s="23"/>
+      <c r="QFS206" s="23"/>
+      <c r="QFT206" s="1"/>
+      <c r="QFU206" s="23"/>
+      <c r="QFV206" s="23"/>
+      <c r="QFW206" s="1"/>
+      <c r="QFX206" s="23"/>
+      <c r="QFY206" s="23"/>
+      <c r="QFZ206" s="1"/>
+      <c r="QGA206" s="23"/>
+      <c r="QGB206" s="23"/>
+      <c r="QGC206" s="1"/>
+      <c r="QGD206" s="23"/>
+      <c r="QGE206" s="23"/>
+      <c r="QGF206" s="1"/>
+      <c r="QGG206" s="23"/>
+      <c r="QGH206" s="23"/>
+      <c r="QGI206" s="1"/>
+      <c r="QGJ206" s="23"/>
+      <c r="QGK206" s="23"/>
+      <c r="QGL206" s="1"/>
+      <c r="QGM206" s="23"/>
+      <c r="QGN206" s="23"/>
+      <c r="QGO206" s="1"/>
+      <c r="QGP206" s="23"/>
+      <c r="QGQ206" s="23"/>
+      <c r="QGR206" s="1"/>
+      <c r="QGS206" s="23"/>
+      <c r="QGT206" s="23"/>
+      <c r="QGU206" s="1"/>
+      <c r="QGV206" s="23"/>
+      <c r="QGW206" s="23"/>
+      <c r="QGX206" s="1"/>
+      <c r="QGY206" s="23"/>
+      <c r="QGZ206" s="23"/>
+      <c r="QHA206" s="1"/>
+      <c r="QHB206" s="23"/>
+      <c r="QHC206" s="23"/>
+      <c r="QHD206" s="1"/>
+      <c r="QHE206" s="23"/>
+      <c r="QHF206" s="23"/>
+      <c r="QHG206" s="1"/>
+      <c r="QHH206" s="23"/>
+      <c r="QHI206" s="23"/>
+      <c r="QHJ206" s="1"/>
+      <c r="QHK206" s="23"/>
+      <c r="QHL206" s="23"/>
+      <c r="QHM206" s="1"/>
+      <c r="QHN206" s="23"/>
+      <c r="QHO206" s="23"/>
+      <c r="QHP206" s="1"/>
+      <c r="QHQ206" s="23"/>
+      <c r="QHR206" s="23"/>
+      <c r="QHS206" s="1"/>
+      <c r="QHT206" s="23"/>
+      <c r="QHU206" s="23"/>
+      <c r="QHV206" s="1"/>
+      <c r="QHW206" s="23"/>
+      <c r="QHX206" s="23"/>
+      <c r="QHY206" s="1"/>
+      <c r="QHZ206" s="23"/>
+      <c r="QIA206" s="23"/>
+      <c r="QIB206" s="1"/>
+      <c r="QIC206" s="23"/>
+      <c r="QID206" s="23"/>
+      <c r="QIE206" s="1"/>
+      <c r="QIF206" s="23"/>
+      <c r="QIG206" s="23"/>
+      <c r="QIH206" s="1"/>
+      <c r="QII206" s="23"/>
+      <c r="QIJ206" s="23"/>
+      <c r="QIK206" s="1"/>
+      <c r="QIL206" s="23"/>
+      <c r="QIM206" s="23"/>
+      <c r="QIN206" s="1"/>
+      <c r="QIO206" s="23"/>
+      <c r="QIP206" s="23"/>
+      <c r="QIQ206" s="1"/>
+      <c r="QIR206" s="23"/>
+      <c r="QIS206" s="23"/>
+      <c r="QIT206" s="1"/>
+      <c r="QIU206" s="23"/>
+      <c r="QIV206" s="23"/>
+      <c r="QIW206" s="1"/>
+      <c r="QIX206" s="23"/>
+      <c r="QIY206" s="23"/>
+      <c r="QIZ206" s="1"/>
+      <c r="QJA206" s="23"/>
+      <c r="QJB206" s="23"/>
+      <c r="QJC206" s="1"/>
+      <c r="QJD206" s="23"/>
+      <c r="QJE206" s="23"/>
+      <c r="QJF206" s="1"/>
+      <c r="QJG206" s="23"/>
+      <c r="QJH206" s="23"/>
+      <c r="QJI206" s="1"/>
+      <c r="QJJ206" s="23"/>
+      <c r="QJK206" s="23"/>
+      <c r="QJL206" s="1"/>
+      <c r="QJM206" s="23"/>
+      <c r="QJN206" s="23"/>
+      <c r="QJO206" s="1"/>
+      <c r="QJP206" s="23"/>
+      <c r="QJQ206" s="23"/>
+      <c r="QJR206" s="1"/>
+      <c r="QJS206" s="23"/>
+      <c r="QJT206" s="23"/>
+      <c r="QJU206" s="1"/>
+      <c r="QJV206" s="23"/>
+      <c r="QJW206" s="23"/>
+      <c r="QJX206" s="1"/>
+      <c r="QJY206" s="23"/>
+      <c r="QJZ206" s="23"/>
+      <c r="QKA206" s="1"/>
+      <c r="QKB206" s="23"/>
+      <c r="QKC206" s="23"/>
+      <c r="QKD206" s="1"/>
+      <c r="QKE206" s="23"/>
+      <c r="QKF206" s="23"/>
+      <c r="QKG206" s="1"/>
+      <c r="QKH206" s="23"/>
+      <c r="QKI206" s="23"/>
+      <c r="QKJ206" s="1"/>
+      <c r="QKK206" s="23"/>
+      <c r="QKL206" s="23"/>
+      <c r="QKM206" s="1"/>
+      <c r="QKN206" s="23"/>
+      <c r="QKO206" s="23"/>
+      <c r="QKP206" s="1"/>
+      <c r="QKQ206" s="23"/>
+      <c r="QKR206" s="23"/>
+      <c r="QKS206" s="1"/>
+      <c r="QKT206" s="23"/>
+      <c r="QKU206" s="23"/>
+      <c r="QKV206" s="1"/>
+      <c r="QKW206" s="23"/>
+      <c r="QKX206" s="23"/>
+      <c r="QKY206" s="1"/>
+      <c r="QKZ206" s="23"/>
+      <c r="QLA206" s="23"/>
+      <c r="QLB206" s="1"/>
+      <c r="QLC206" s="23"/>
+      <c r="QLD206" s="23"/>
+      <c r="QLE206" s="1"/>
+      <c r="QLF206" s="23"/>
+      <c r="QLG206" s="23"/>
+      <c r="QLH206" s="1"/>
+      <c r="QLI206" s="23"/>
+      <c r="QLJ206" s="23"/>
+      <c r="QLK206" s="1"/>
+      <c r="QLL206" s="23"/>
+      <c r="QLM206" s="23"/>
+      <c r="QLN206" s="1"/>
+      <c r="QLO206" s="23"/>
+      <c r="QLP206" s="23"/>
+      <c r="QLQ206" s="1"/>
+      <c r="QLR206" s="23"/>
+      <c r="QLS206" s="23"/>
+      <c r="QLT206" s="1"/>
+      <c r="QLU206" s="23"/>
+      <c r="QLV206" s="23"/>
+      <c r="QLW206" s="1"/>
+      <c r="QLX206" s="23"/>
+      <c r="QLY206" s="23"/>
+      <c r="QLZ206" s="1"/>
+      <c r="QMA206" s="23"/>
+      <c r="QMB206" s="23"/>
+      <c r="QMC206" s="1"/>
+      <c r="QMD206" s="23"/>
+      <c r="QME206" s="23"/>
+      <c r="QMF206" s="1"/>
+      <c r="QMG206" s="23"/>
+      <c r="QMH206" s="23"/>
+      <c r="QMI206" s="1"/>
+      <c r="QMJ206" s="23"/>
+      <c r="QMK206" s="23"/>
+      <c r="QML206" s="1"/>
+      <c r="QMM206" s="23"/>
+      <c r="QMN206" s="23"/>
+      <c r="QMO206" s="1"/>
+      <c r="QMP206" s="23"/>
+      <c r="QMQ206" s="23"/>
+      <c r="QMR206" s="1"/>
+      <c r="QMS206" s="23"/>
+      <c r="QMT206" s="23"/>
+      <c r="QMU206" s="1"/>
+      <c r="QMV206" s="23"/>
+      <c r="QMW206" s="23"/>
+      <c r="QMX206" s="1"/>
+      <c r="QMY206" s="23"/>
+      <c r="QMZ206" s="23"/>
+      <c r="QNA206" s="1"/>
+      <c r="QNB206" s="23"/>
+      <c r="QNC206" s="23"/>
+      <c r="QND206" s="1"/>
+      <c r="QNE206" s="23"/>
+      <c r="QNF206" s="23"/>
+      <c r="QNG206" s="1"/>
+      <c r="QNH206" s="23"/>
+      <c r="QNI206" s="23"/>
+      <c r="QNJ206" s="1"/>
+      <c r="QNK206" s="23"/>
+      <c r="QNL206" s="23"/>
+      <c r="QNM206" s="1"/>
+      <c r="QNN206" s="23"/>
+      <c r="QNO206" s="23"/>
+      <c r="QNP206" s="1"/>
+      <c r="QNQ206" s="23"/>
+      <c r="QNR206" s="23"/>
+      <c r="QNS206" s="1"/>
+      <c r="QNT206" s="23"/>
+      <c r="QNU206" s="23"/>
+      <c r="QNV206" s="1"/>
+      <c r="QNW206" s="23"/>
+      <c r="QNX206" s="23"/>
+      <c r="QNY206" s="1"/>
+      <c r="QNZ206" s="23"/>
+      <c r="QOA206" s="23"/>
+      <c r="QOB206" s="1"/>
+      <c r="QOC206" s="23"/>
+      <c r="QOD206" s="23"/>
+      <c r="QOE206" s="1"/>
+      <c r="QOF206" s="23"/>
+      <c r="QOG206" s="23"/>
+      <c r="QOH206" s="1"/>
+      <c r="QOI206" s="23"/>
+      <c r="QOJ206" s="23"/>
+      <c r="QOK206" s="1"/>
+      <c r="QOL206" s="23"/>
+      <c r="QOM206" s="23"/>
+      <c r="QON206" s="1"/>
+      <c r="QOO206" s="23"/>
+      <c r="QOP206" s="23"/>
+      <c r="QOQ206" s="1"/>
+      <c r="QOR206" s="23"/>
+      <c r="QOS206" s="23"/>
+      <c r="QOT206" s="1"/>
+      <c r="QOU206" s="23"/>
+      <c r="QOV206" s="23"/>
+      <c r="QOW206" s="1"/>
+      <c r="QOX206" s="23"/>
+      <c r="QOY206" s="23"/>
+      <c r="QOZ206" s="1"/>
+      <c r="QPA206" s="23"/>
+      <c r="QPB206" s="23"/>
+      <c r="QPC206" s="1"/>
+      <c r="QPD206" s="23"/>
+      <c r="QPE206" s="23"/>
+      <c r="QPF206" s="1"/>
+      <c r="QPG206" s="23"/>
+      <c r="QPH206" s="23"/>
+      <c r="QPI206" s="1"/>
+      <c r="QPJ206" s="23"/>
+      <c r="QPK206" s="23"/>
+      <c r="QPL206" s="1"/>
+      <c r="QPM206" s="23"/>
+      <c r="QPN206" s="23"/>
+      <c r="QPO206" s="1"/>
+      <c r="QPP206" s="23"/>
+      <c r="QPQ206" s="23"/>
+      <c r="QPR206" s="1"/>
+      <c r="QPS206" s="23"/>
+      <c r="QPT206" s="23"/>
+      <c r="QPU206" s="1"/>
+      <c r="QPV206" s="23"/>
+      <c r="QPW206" s="23"/>
+      <c r="QPX206" s="1"/>
+      <c r="QPY206" s="23"/>
+      <c r="QPZ206" s="23"/>
+      <c r="QQA206" s="1"/>
+      <c r="QQB206" s="23"/>
+      <c r="QQC206" s="23"/>
+      <c r="QQD206" s="1"/>
+      <c r="QQE206" s="23"/>
+      <c r="QQF206" s="23"/>
+      <c r="QQG206" s="1"/>
+      <c r="QQH206" s="23"/>
+      <c r="QQI206" s="23"/>
+      <c r="QQJ206" s="1"/>
+      <c r="QQK206" s="23"/>
+      <c r="QQL206" s="23"/>
+      <c r="QQM206" s="1"/>
+      <c r="QQN206" s="23"/>
+      <c r="QQO206" s="23"/>
+      <c r="QQP206" s="1"/>
+      <c r="QQQ206" s="23"/>
+      <c r="QQR206" s="23"/>
+      <c r="QQS206" s="1"/>
+      <c r="QQT206" s="23"/>
+      <c r="QQU206" s="23"/>
+      <c r="QQV206" s="1"/>
+      <c r="QQW206" s="23"/>
+      <c r="QQX206" s="23"/>
+      <c r="QQY206" s="1"/>
+      <c r="QQZ206" s="23"/>
+      <c r="QRA206" s="23"/>
+      <c r="QRB206" s="1"/>
+      <c r="QRC206" s="23"/>
+      <c r="QRD206" s="23"/>
+      <c r="QRE206" s="1"/>
+      <c r="QRF206" s="23"/>
+      <c r="QRG206" s="23"/>
+      <c r="QRH206" s="1"/>
+      <c r="QRI206" s="23"/>
+      <c r="QRJ206" s="23"/>
+      <c r="QRK206" s="1"/>
+      <c r="QRL206" s="23"/>
+      <c r="QRM206" s="23"/>
+      <c r="QRN206" s="1"/>
+      <c r="QRO206" s="23"/>
+      <c r="QRP206" s="23"/>
+      <c r="QRQ206" s="1"/>
+      <c r="QRR206" s="23"/>
+      <c r="QRS206" s="23"/>
+      <c r="QRT206" s="1"/>
+      <c r="QRU206" s="23"/>
+      <c r="QRV206" s="23"/>
+      <c r="QRW206" s="1"/>
+      <c r="QRX206" s="23"/>
+      <c r="QRY206" s="23"/>
+      <c r="QRZ206" s="1"/>
+      <c r="QSA206" s="23"/>
+      <c r="QSB206" s="23"/>
+      <c r="QSC206" s="1"/>
+      <c r="QSD206" s="23"/>
+      <c r="QSE206" s="23"/>
+      <c r="QSF206" s="1"/>
+      <c r="QSG206" s="23"/>
+      <c r="QSH206" s="23"/>
+      <c r="QSI206" s="1"/>
+      <c r="QSJ206" s="23"/>
+      <c r="QSK206" s="23"/>
+      <c r="QSL206" s="1"/>
+      <c r="QSM206" s="23"/>
+      <c r="QSN206" s="23"/>
+      <c r="QSO206" s="1"/>
+      <c r="QSP206" s="23"/>
+      <c r="QSQ206" s="23"/>
+      <c r="QSR206" s="1"/>
+      <c r="QSS206" s="23"/>
+      <c r="QST206" s="23"/>
+      <c r="QSU206" s="1"/>
+      <c r="QSV206" s="23"/>
+      <c r="QSW206" s="23"/>
+      <c r="QSX206" s="1"/>
+      <c r="QSY206" s="23"/>
+      <c r="QSZ206" s="23"/>
+      <c r="QTA206" s="1"/>
+      <c r="QTB206" s="23"/>
+      <c r="QTC206" s="23"/>
+      <c r="QTD206" s="1"/>
+      <c r="QTE206" s="23"/>
+      <c r="QTF206" s="23"/>
+      <c r="QTG206" s="1"/>
+      <c r="QTH206" s="23"/>
+      <c r="QTI206" s="23"/>
+      <c r="QTJ206" s="1"/>
+      <c r="QTK206" s="23"/>
+      <c r="QTL206" s="23"/>
+      <c r="QTM206" s="1"/>
+      <c r="QTN206" s="23"/>
+      <c r="QTO206" s="23"/>
+      <c r="QTP206" s="1"/>
+      <c r="QTQ206" s="23"/>
+      <c r="QTR206" s="23"/>
+      <c r="QTS206" s="1"/>
+      <c r="QTT206" s="23"/>
+      <c r="QTU206" s="23"/>
+      <c r="QTV206" s="1"/>
+      <c r="QTW206" s="23"/>
+      <c r="QTX206" s="23"/>
+      <c r="QTY206" s="1"/>
+      <c r="QTZ206" s="23"/>
+      <c r="QUA206" s="23"/>
+      <c r="QUB206" s="1"/>
+      <c r="QUC206" s="23"/>
+      <c r="QUD206" s="23"/>
+      <c r="QUE206" s="1"/>
+      <c r="QUF206" s="23"/>
+      <c r="QUG206" s="23"/>
+      <c r="QUH206" s="1"/>
+      <c r="QUI206" s="23"/>
+      <c r="QUJ206" s="23"/>
+      <c r="QUK206" s="1"/>
+      <c r="QUL206" s="23"/>
+      <c r="QUM206" s="23"/>
+      <c r="QUN206" s="1"/>
+      <c r="QUO206" s="23"/>
+      <c r="QUP206" s="23"/>
+      <c r="QUQ206" s="1"/>
+      <c r="QUR206" s="23"/>
+      <c r="QUS206" s="23"/>
+      <c r="QUT206" s="1"/>
+      <c r="QUU206" s="23"/>
+      <c r="QUV206" s="23"/>
+      <c r="QUW206" s="1"/>
+      <c r="QUX206" s="23"/>
+      <c r="QUY206" s="23"/>
+      <c r="QUZ206" s="1"/>
+      <c r="QVA206" s="23"/>
+      <c r="QVB206" s="23"/>
+      <c r="QVC206" s="1"/>
+      <c r="QVD206" s="23"/>
+      <c r="QVE206" s="23"/>
+      <c r="QVF206" s="1"/>
+      <c r="QVG206" s="23"/>
+      <c r="QVH206" s="23"/>
+      <c r="QVI206" s="1"/>
+      <c r="QVJ206" s="23"/>
+      <c r="QVK206" s="23"/>
+      <c r="QVL206" s="1"/>
+      <c r="QVM206" s="23"/>
+      <c r="QVN206" s="23"/>
+      <c r="QVO206" s="1"/>
+      <c r="QVP206" s="23"/>
+      <c r="QVQ206" s="23"/>
+      <c r="QVR206" s="1"/>
+      <c r="QVS206" s="23"/>
+      <c r="QVT206" s="23"/>
+      <c r="QVU206" s="1"/>
+      <c r="QVV206" s="23"/>
+      <c r="QVW206" s="23"/>
+      <c r="QVX206" s="1"/>
+      <c r="QVY206" s="23"/>
+      <c r="QVZ206" s="23"/>
+      <c r="QWA206" s="1"/>
+      <c r="QWB206" s="23"/>
+      <c r="QWC206" s="23"/>
+      <c r="QWD206" s="1"/>
+      <c r="QWE206" s="23"/>
+      <c r="QWF206" s="23"/>
+      <c r="QWG206" s="1"/>
+      <c r="QWH206" s="23"/>
+      <c r="QWI206" s="23"/>
+      <c r="QWJ206" s="1"/>
+      <c r="QWK206" s="23"/>
+      <c r="QWL206" s="23"/>
+      <c r="QWM206" s="1"/>
+      <c r="QWN206" s="23"/>
+      <c r="QWO206" s="23"/>
+      <c r="QWP206" s="1"/>
+      <c r="QWQ206" s="23"/>
+      <c r="QWR206" s="23"/>
+      <c r="QWS206" s="1"/>
+      <c r="QWT206" s="23"/>
+      <c r="QWU206" s="23"/>
+      <c r="QWV206" s="1"/>
+      <c r="QWW206" s="23"/>
+      <c r="QWX206" s="23"/>
+      <c r="QWY206" s="1"/>
+      <c r="QWZ206" s="23"/>
+      <c r="QXA206" s="23"/>
+      <c r="QXB206" s="1"/>
+      <c r="QXC206" s="23"/>
+      <c r="QXD206" s="23"/>
+      <c r="QXE206" s="1"/>
+      <c r="QXF206" s="23"/>
+      <c r="QXG206" s="23"/>
+      <c r="QXH206" s="1"/>
+      <c r="QXI206" s="23"/>
+      <c r="QXJ206" s="23"/>
+      <c r="QXK206" s="1"/>
+      <c r="QXL206" s="23"/>
+      <c r="QXM206" s="23"/>
+      <c r="QXN206" s="1"/>
+      <c r="QXO206" s="23"/>
+      <c r="QXP206" s="23"/>
+      <c r="QXQ206" s="1"/>
+      <c r="QXR206" s="23"/>
+      <c r="QXS206" s="23"/>
+      <c r="QXT206" s="1"/>
+      <c r="QXU206" s="23"/>
+      <c r="QXV206" s="23"/>
+      <c r="QXW206" s="1"/>
+      <c r="QXX206" s="23"/>
+      <c r="QXY206" s="23"/>
+      <c r="QXZ206" s="1"/>
+      <c r="QYA206" s="23"/>
+      <c r="QYB206" s="23"/>
+      <c r="QYC206" s="1"/>
+      <c r="QYD206" s="23"/>
+      <c r="QYE206" s="23"/>
+      <c r="QYF206" s="1"/>
+      <c r="QYG206" s="23"/>
+      <c r="QYH206" s="23"/>
+      <c r="QYI206" s="1"/>
+      <c r="QYJ206" s="23"/>
+      <c r="QYK206" s="23"/>
+      <c r="QYL206" s="1"/>
+      <c r="QYM206" s="23"/>
+      <c r="QYN206" s="23"/>
+      <c r="QYO206" s="1"/>
+      <c r="QYP206" s="23"/>
+      <c r="QYQ206" s="23"/>
+      <c r="QYR206" s="1"/>
+      <c r="QYS206" s="23"/>
+      <c r="QYT206" s="23"/>
+      <c r="QYU206" s="1"/>
+      <c r="QYV206" s="23"/>
+      <c r="QYW206" s="23"/>
+      <c r="QYX206" s="1"/>
+      <c r="QYY206" s="23"/>
+      <c r="QYZ206" s="23"/>
+      <c r="QZA206" s="1"/>
+      <c r="QZB206" s="23"/>
+      <c r="QZC206" s="23"/>
+      <c r="QZD206" s="1"/>
+      <c r="QZE206" s="23"/>
+      <c r="QZF206" s="23"/>
+      <c r="QZG206" s="1"/>
+      <c r="QZH206" s="23"/>
+      <c r="QZI206" s="23"/>
+      <c r="QZJ206" s="1"/>
+      <c r="QZK206" s="23"/>
+      <c r="QZL206" s="23"/>
+      <c r="QZM206" s="1"/>
+      <c r="QZN206" s="23"/>
+      <c r="QZO206" s="23"/>
+      <c r="QZP206" s="1"/>
+      <c r="QZQ206" s="23"/>
+      <c r="QZR206" s="23"/>
+      <c r="QZS206" s="1"/>
+      <c r="QZT206" s="23"/>
+      <c r="QZU206" s="23"/>
+      <c r="QZV206" s="1"/>
+      <c r="QZW206" s="23"/>
+      <c r="QZX206" s="23"/>
+      <c r="QZY206" s="1"/>
+      <c r="QZZ206" s="23"/>
+      <c r="RAA206" s="23"/>
+      <c r="RAB206" s="1"/>
+      <c r="RAC206" s="23"/>
+      <c r="RAD206" s="23"/>
+      <c r="RAE206" s="1"/>
+      <c r="RAF206" s="23"/>
+      <c r="RAG206" s="23"/>
+      <c r="RAH206" s="1"/>
+      <c r="RAI206" s="23"/>
+      <c r="RAJ206" s="23"/>
+      <c r="RAK206" s="1"/>
+      <c r="RAL206" s="23"/>
+      <c r="RAM206" s="23"/>
+      <c r="RAN206" s="1"/>
+      <c r="RAO206" s="23"/>
+      <c r="RAP206" s="23"/>
+      <c r="RAQ206" s="1"/>
+      <c r="RAR206" s="23"/>
+      <c r="RAS206" s="23"/>
+      <c r="RAT206" s="1"/>
+      <c r="RAU206" s="23"/>
+      <c r="RAV206" s="23"/>
+      <c r="RAW206" s="1"/>
+      <c r="RAX206" s="23"/>
+      <c r="RAY206" s="23"/>
+      <c r="RAZ206" s="1"/>
+      <c r="RBA206" s="23"/>
+      <c r="RBB206" s="23"/>
+      <c r="RBC206" s="1"/>
+      <c r="RBD206" s="23"/>
+      <c r="RBE206" s="23"/>
+      <c r="RBF206" s="1"/>
+      <c r="RBG206" s="23"/>
+      <c r="RBH206" s="23"/>
+      <c r="RBI206" s="1"/>
+      <c r="RBJ206" s="23"/>
+      <c r="RBK206" s="23"/>
+      <c r="RBL206" s="1"/>
+      <c r="RBM206" s="23"/>
+      <c r="RBN206" s="23"/>
+      <c r="RBO206" s="1"/>
+      <c r="RBP206" s="23"/>
+      <c r="RBQ206" s="23"/>
+      <c r="RBR206" s="1"/>
+      <c r="RBS206" s="23"/>
+      <c r="RBT206" s="23"/>
+      <c r="RBU206" s="1"/>
+      <c r="RBV206" s="23"/>
+      <c r="RBW206" s="23"/>
+      <c r="RBX206" s="1"/>
+      <c r="RBY206" s="23"/>
+      <c r="RBZ206" s="23"/>
+      <c r="RCA206" s="1"/>
+      <c r="RCB206" s="23"/>
+      <c r="RCC206" s="23"/>
+      <c r="RCD206" s="1"/>
+      <c r="RCE206" s="23"/>
+      <c r="RCF206" s="23"/>
+      <c r="RCG206" s="1"/>
+      <c r="RCH206" s="23"/>
+      <c r="RCI206" s="23"/>
+      <c r="RCJ206" s="1"/>
+      <c r="RCK206" s="23"/>
+      <c r="RCL206" s="23"/>
+      <c r="RCM206" s="1"/>
+      <c r="RCN206" s="23"/>
+      <c r="RCO206" s="23"/>
+      <c r="RCP206" s="1"/>
+      <c r="RCQ206" s="23"/>
+      <c r="RCR206" s="23"/>
+      <c r="RCS206" s="1"/>
+      <c r="RCT206" s="23"/>
+      <c r="RCU206" s="23"/>
+      <c r="RCV206" s="1"/>
+      <c r="RCW206" s="23"/>
+      <c r="RCX206" s="23"/>
+      <c r="RCY206" s="1"/>
+      <c r="RCZ206" s="23"/>
+      <c r="RDA206" s="23"/>
+      <c r="RDB206" s="1"/>
+      <c r="RDC206" s="23"/>
+      <c r="RDD206" s="23"/>
+      <c r="RDE206" s="1"/>
+      <c r="RDF206" s="23"/>
+      <c r="RDG206" s="23"/>
+      <c r="RDH206" s="1"/>
+      <c r="RDI206" s="23"/>
+      <c r="RDJ206" s="23"/>
+      <c r="RDK206" s="1"/>
+      <c r="RDL206" s="23"/>
+      <c r="RDM206" s="23"/>
+      <c r="RDN206" s="1"/>
+      <c r="RDO206" s="23"/>
+      <c r="RDP206" s="23"/>
+      <c r="RDQ206" s="1"/>
+      <c r="RDR206" s="23"/>
+      <c r="RDS206" s="23"/>
+      <c r="RDT206" s="1"/>
+      <c r="RDU206" s="23"/>
+      <c r="RDV206" s="23"/>
+      <c r="RDW206" s="1"/>
+      <c r="RDX206" s="23"/>
+      <c r="RDY206" s="23"/>
+      <c r="RDZ206" s="1"/>
+      <c r="REA206" s="23"/>
+      <c r="REB206" s="23"/>
+      <c r="REC206" s="1"/>
+      <c r="RED206" s="23"/>
+      <c r="REE206" s="23"/>
+      <c r="REF206" s="1"/>
+      <c r="REG206" s="23"/>
+      <c r="REH206" s="23"/>
+      <c r="REI206" s="1"/>
+      <c r="REJ206" s="23"/>
+      <c r="REK206" s="23"/>
+      <c r="REL206" s="1"/>
+      <c r="REM206" s="23"/>
+      <c r="REN206" s="23"/>
+      <c r="REO206" s="1"/>
+      <c r="REP206" s="23"/>
+      <c r="REQ206" s="23"/>
+      <c r="RER206" s="1"/>
+      <c r="RES206" s="23"/>
+      <c r="RET206" s="23"/>
+      <c r="REU206" s="1"/>
+      <c r="REV206" s="23"/>
+      <c r="REW206" s="23"/>
+      <c r="REX206" s="1"/>
+      <c r="REY206" s="23"/>
+      <c r="REZ206" s="23"/>
+      <c r="RFA206" s="1"/>
+      <c r="RFB206" s="23"/>
+      <c r="RFC206" s="23"/>
+      <c r="RFD206" s="1"/>
+      <c r="RFE206" s="23"/>
+      <c r="RFF206" s="23"/>
+      <c r="RFG206" s="1"/>
+      <c r="RFH206" s="23"/>
+      <c r="RFI206" s="23"/>
+      <c r="RFJ206" s="1"/>
+      <c r="RFK206" s="23"/>
+      <c r="RFL206" s="23"/>
+      <c r="RFM206" s="1"/>
+      <c r="RFN206" s="23"/>
+      <c r="RFO206" s="23"/>
+      <c r="RFP206" s="1"/>
+      <c r="RFQ206" s="23"/>
+      <c r="RFR206" s="23"/>
+      <c r="RFS206" s="1"/>
+      <c r="RFT206" s="23"/>
+      <c r="RFU206" s="23"/>
+      <c r="RFV206" s="1"/>
+      <c r="RFW206" s="23"/>
+      <c r="RFX206" s="23"/>
+      <c r="RFY206" s="1"/>
+      <c r="RFZ206" s="23"/>
+      <c r="RGA206" s="23"/>
+      <c r="RGB206" s="1"/>
+      <c r="RGC206" s="23"/>
+      <c r="RGD206" s="23"/>
+      <c r="RGE206" s="1"/>
+      <c r="RGF206" s="23"/>
+      <c r="RGG206" s="23"/>
+      <c r="RGH206" s="1"/>
+      <c r="RGI206" s="23"/>
+      <c r="RGJ206" s="23"/>
+      <c r="RGK206" s="1"/>
+      <c r="RGL206" s="23"/>
+      <c r="RGM206" s="23"/>
+      <c r="RGN206" s="1"/>
+      <c r="RGO206" s="23"/>
+      <c r="RGP206" s="23"/>
+      <c r="RGQ206" s="1"/>
+      <c r="RGR206" s="23"/>
+      <c r="RGS206" s="23"/>
+      <c r="RGT206" s="1"/>
+      <c r="RGU206" s="23"/>
+      <c r="RGV206" s="23"/>
+      <c r="RGW206" s="1"/>
+      <c r="RGX206" s="23"/>
+      <c r="RGY206" s="23"/>
+      <c r="RGZ206" s="1"/>
+      <c r="RHA206" s="23"/>
+      <c r="RHB206" s="23"/>
+      <c r="RHC206" s="1"/>
+      <c r="RHD206" s="23"/>
+      <c r="RHE206" s="23"/>
+      <c r="RHF206" s="1"/>
+      <c r="RHG206" s="23"/>
+      <c r="RHH206" s="23"/>
+      <c r="RHI206" s="1"/>
+      <c r="RHJ206" s="23"/>
+      <c r="RHK206" s="23"/>
+      <c r="RHL206" s="1"/>
+      <c r="RHM206" s="23"/>
+      <c r="RHN206" s="23"/>
+      <c r="RHO206" s="1"/>
+      <c r="RHP206" s="23"/>
+      <c r="RHQ206" s="23"/>
+      <c r="RHR206" s="1"/>
+      <c r="RHS206" s="23"/>
+      <c r="RHT206" s="23"/>
+      <c r="RHU206" s="1"/>
+      <c r="RHV206" s="23"/>
+      <c r="RHW206" s="23"/>
+      <c r="RHX206" s="1"/>
+      <c r="RHY206" s="23"/>
+      <c r="RHZ206" s="23"/>
+      <c r="RIA206" s="1"/>
+      <c r="RIB206" s="23"/>
+      <c r="RIC206" s="23"/>
+      <c r="RID206" s="1"/>
+      <c r="RIE206" s="23"/>
+      <c r="RIF206" s="23"/>
+      <c r="RIG206" s="1"/>
+      <c r="RIH206" s="23"/>
+      <c r="RII206" s="23"/>
+      <c r="RIJ206" s="1"/>
+      <c r="RIK206" s="23"/>
+      <c r="RIL206" s="23"/>
+      <c r="RIM206" s="1"/>
+      <c r="RIN206" s="23"/>
+      <c r="RIO206" s="23"/>
+      <c r="RIP206" s="1"/>
+      <c r="RIQ206" s="23"/>
+      <c r="RIR206" s="23"/>
+      <c r="RIS206" s="1"/>
+      <c r="RIT206" s="23"/>
+      <c r="RIU206" s="23"/>
+      <c r="RIV206" s="1"/>
+      <c r="RIW206" s="23"/>
+      <c r="RIX206" s="23"/>
+      <c r="RIY206" s="1"/>
+      <c r="RIZ206" s="23"/>
+      <c r="RJA206" s="23"/>
+      <c r="RJB206" s="1"/>
+      <c r="RJC206" s="23"/>
+      <c r="RJD206" s="23"/>
+      <c r="RJE206" s="1"/>
+      <c r="RJF206" s="23"/>
+      <c r="RJG206" s="23"/>
+      <c r="RJH206" s="1"/>
+      <c r="RJI206" s="23"/>
+      <c r="RJJ206" s="23"/>
+      <c r="RJK206" s="1"/>
+      <c r="RJL206" s="23"/>
+      <c r="RJM206" s="23"/>
+      <c r="RJN206" s="1"/>
+      <c r="RJO206" s="23"/>
+      <c r="RJP206" s="23"/>
+      <c r="RJQ206" s="1"/>
+      <c r="RJR206" s="23"/>
+      <c r="RJS206" s="23"/>
+      <c r="RJT206" s="1"/>
+      <c r="RJU206" s="23"/>
+      <c r="RJV206" s="23"/>
+      <c r="RJW206" s="1"/>
+      <c r="RJX206" s="23"/>
+      <c r="RJY206" s="23"/>
+      <c r="RJZ206" s="1"/>
+      <c r="RKA206" s="23"/>
+      <c r="RKB206" s="23"/>
+      <c r="RKC206" s="1"/>
+      <c r="RKD206" s="23"/>
+      <c r="RKE206" s="23"/>
+      <c r="RKF206" s="1"/>
+      <c r="RKG206" s="23"/>
+      <c r="RKH206" s="23"/>
+      <c r="RKI206" s="1"/>
+      <c r="RKJ206" s="23"/>
+      <c r="RKK206" s="23"/>
+      <c r="RKL206" s="1"/>
+      <c r="RKM206" s="23"/>
+      <c r="RKN206" s="23"/>
+      <c r="RKO206" s="1"/>
+      <c r="RKP206" s="23"/>
+      <c r="RKQ206" s="23"/>
+      <c r="RKR206" s="1"/>
+      <c r="RKS206" s="23"/>
+      <c r="RKT206" s="23"/>
+      <c r="RKU206" s="1"/>
+      <c r="RKV206" s="23"/>
+      <c r="RKW206" s="23"/>
+      <c r="RKX206" s="1"/>
+      <c r="RKY206" s="23"/>
+      <c r="RKZ206" s="23"/>
+      <c r="RLA206" s="1"/>
+      <c r="RLB206" s="23"/>
+      <c r="RLC206" s="23"/>
+      <c r="RLD206" s="1"/>
+      <c r="RLE206" s="23"/>
+      <c r="RLF206" s="23"/>
+      <c r="RLG206" s="1"/>
+      <c r="RLH206" s="23"/>
+      <c r="RLI206" s="23"/>
+      <c r="RLJ206" s="1"/>
+      <c r="RLK206" s="23"/>
+      <c r="RLL206" s="23"/>
+      <c r="RLM206" s="1"/>
+      <c r="RLN206" s="23"/>
+      <c r="RLO206" s="23"/>
+      <c r="RLP206" s="1"/>
+      <c r="RLQ206" s="23"/>
+      <c r="RLR206" s="23"/>
+      <c r="RLS206" s="1"/>
+      <c r="RLT206" s="23"/>
+      <c r="RLU206" s="23"/>
+      <c r="RLV206" s="1"/>
+      <c r="RLW206" s="23"/>
+      <c r="RLX206" s="23"/>
+      <c r="RLY206" s="1"/>
+      <c r="RLZ206" s="23"/>
+      <c r="RMA206" s="23"/>
+      <c r="RMB206" s="1"/>
+      <c r="RMC206" s="23"/>
+      <c r="RMD206" s="23"/>
+      <c r="RME206" s="1"/>
+      <c r="RMF206" s="23"/>
+      <c r="RMG206" s="23"/>
+      <c r="RMH206" s="1"/>
+      <c r="RMI206" s="23"/>
+      <c r="RMJ206" s="23"/>
+      <c r="RMK206" s="1"/>
+      <c r="RML206" s="23"/>
+      <c r="RMM206" s="23"/>
+      <c r="RMN206" s="1"/>
+      <c r="RMO206" s="23"/>
+      <c r="RMP206" s="23"/>
+      <c r="RMQ206" s="1"/>
+      <c r="RMR206" s="23"/>
+      <c r="RMS206" s="23"/>
+      <c r="RMT206" s="1"/>
+      <c r="RMU206" s="23"/>
+      <c r="RMV206" s="23"/>
+      <c r="RMW206" s="1"/>
+      <c r="RMX206" s="23"/>
+      <c r="RMY206" s="23"/>
+      <c r="RMZ206" s="1"/>
+      <c r="RNA206" s="23"/>
+      <c r="RNB206" s="23"/>
+      <c r="RNC206" s="1"/>
+      <c r="RND206" s="23"/>
+      <c r="RNE206" s="23"/>
+      <c r="RNF206" s="1"/>
+      <c r="RNG206" s="23"/>
+      <c r="RNH206" s="23"/>
+      <c r="RNI206" s="1"/>
+      <c r="RNJ206" s="23"/>
+      <c r="RNK206" s="23"/>
+      <c r="RNL206" s="1"/>
+      <c r="RNM206" s="23"/>
+      <c r="RNN206" s="23"/>
+      <c r="RNO206" s="1"/>
+      <c r="RNP206" s="23"/>
+      <c r="RNQ206" s="23"/>
+      <c r="RNR206" s="1"/>
+      <c r="RNS206" s="23"/>
+      <c r="RNT206" s="23"/>
+      <c r="RNU206" s="1"/>
+      <c r="RNV206" s="23"/>
+      <c r="RNW206" s="23"/>
+      <c r="RNX206" s="1"/>
+      <c r="RNY206" s="23"/>
+      <c r="RNZ206" s="23"/>
+      <c r="ROA206" s="1"/>
+      <c r="ROB206" s="23"/>
+      <c r="ROC206" s="23"/>
+      <c r="ROD206" s="1"/>
+      <c r="ROE206" s="23"/>
+      <c r="ROF206" s="23"/>
+      <c r="ROG206" s="1"/>
+      <c r="ROH206" s="23"/>
+      <c r="ROI206" s="23"/>
+      <c r="ROJ206" s="1"/>
+      <c r="ROK206" s="23"/>
+      <c r="ROL206" s="23"/>
+      <c r="ROM206" s="1"/>
+      <c r="RON206" s="23"/>
+      <c r="ROO206" s="23"/>
+      <c r="ROP206" s="1"/>
+      <c r="ROQ206" s="23"/>
+      <c r="ROR206" s="23"/>
+      <c r="ROS206" s="1"/>
+      <c r="ROT206" s="23"/>
+      <c r="ROU206" s="23"/>
+      <c r="ROV206" s="1"/>
+      <c r="ROW206" s="23"/>
+      <c r="ROX206" s="23"/>
+      <c r="ROY206" s="1"/>
+      <c r="ROZ206" s="23"/>
+      <c r="RPA206" s="23"/>
+      <c r="RPB206" s="1"/>
+      <c r="RPC206" s="23"/>
+      <c r="RPD206" s="23"/>
+      <c r="RPE206" s="1"/>
+      <c r="RPF206" s="23"/>
+      <c r="RPG206" s="23"/>
+      <c r="RPH206" s="1"/>
+      <c r="RPI206" s="23"/>
+      <c r="RPJ206" s="23"/>
+      <c r="RPK206" s="1"/>
+      <c r="RPL206" s="23"/>
+      <c r="RPM206" s="23"/>
+      <c r="RPN206" s="1"/>
+      <c r="RPO206" s="23"/>
+      <c r="RPP206" s="23"/>
+      <c r="RPQ206" s="1"/>
+      <c r="RPR206" s="23"/>
+      <c r="RPS206" s="23"/>
+      <c r="RPT206" s="1"/>
+      <c r="RPU206" s="23"/>
+      <c r="RPV206" s="23"/>
+      <c r="RPW206" s="1"/>
+      <c r="RPX206" s="23"/>
+      <c r="RPY206" s="23"/>
+      <c r="RPZ206" s="1"/>
+      <c r="RQA206" s="23"/>
+      <c r="RQB206" s="23"/>
+      <c r="RQC206" s="1"/>
+      <c r="RQD206" s="23"/>
+      <c r="RQE206" s="23"/>
+      <c r="RQF206" s="1"/>
+      <c r="RQG206" s="23"/>
+      <c r="RQH206" s="23"/>
+      <c r="RQI206" s="1"/>
+      <c r="RQJ206" s="23"/>
+      <c r="RQK206" s="23"/>
+      <c r="RQL206" s="1"/>
+      <c r="RQM206" s="23"/>
+      <c r="RQN206" s="23"/>
+      <c r="RQO206" s="1"/>
+      <c r="RQP206" s="23"/>
+      <c r="RQQ206" s="23"/>
+      <c r="RQR206" s="1"/>
+      <c r="RQS206" s="23"/>
+      <c r="RQT206" s="23"/>
+      <c r="RQU206" s="1"/>
+      <c r="RQV206" s="23"/>
+      <c r="RQW206" s="23"/>
+      <c r="RQX206" s="1"/>
+      <c r="RQY206" s="23"/>
+      <c r="RQZ206" s="23"/>
+      <c r="RRA206" s="1"/>
+      <c r="RRB206" s="23"/>
+      <c r="RRC206" s="23"/>
+      <c r="RRD206" s="1"/>
+      <c r="RRE206" s="23"/>
+      <c r="RRF206" s="23"/>
+      <c r="RRG206" s="1"/>
+      <c r="RRH206" s="23"/>
+      <c r="RRI206" s="23"/>
+      <c r="RRJ206" s="1"/>
+      <c r="RRK206" s="23"/>
+      <c r="RRL206" s="23"/>
+      <c r="RRM206" s="1"/>
+      <c r="RRN206" s="23"/>
+      <c r="RRO206" s="23"/>
+      <c r="RRP206" s="1"/>
+      <c r="RRQ206" s="23"/>
+      <c r="RRR206" s="23"/>
+      <c r="RRS206" s="1"/>
+      <c r="RRT206" s="23"/>
+      <c r="RRU206" s="23"/>
+      <c r="RRV206" s="1"/>
+      <c r="RRW206" s="23"/>
+      <c r="RRX206" s="23"/>
+      <c r="RRY206" s="1"/>
+      <c r="RRZ206" s="23"/>
+      <c r="RSA206" s="23"/>
+      <c r="RSB206" s="1"/>
+      <c r="RSC206" s="23"/>
+      <c r="RSD206" s="23"/>
+      <c r="RSE206" s="1"/>
+      <c r="RSF206" s="23"/>
+      <c r="RSG206" s="23"/>
+      <c r="RSH206" s="1"/>
+      <c r="RSI206" s="23"/>
+      <c r="RSJ206" s="23"/>
+      <c r="RSK206" s="1"/>
+      <c r="RSL206" s="23"/>
+      <c r="RSM206" s="23"/>
+      <c r="RSN206" s="1"/>
+      <c r="RSO206" s="23"/>
+      <c r="RSP206" s="23"/>
+      <c r="RSQ206" s="1"/>
+      <c r="RSR206" s="23"/>
+      <c r="RSS206" s="23"/>
+      <c r="RST206" s="1"/>
+      <c r="RSU206" s="23"/>
+      <c r="RSV206" s="23"/>
+      <c r="RSW206" s="1"/>
+      <c r="RSX206" s="23"/>
+      <c r="RSY206" s="23"/>
+      <c r="RSZ206" s="1"/>
+      <c r="RTA206" s="23"/>
+      <c r="RTB206" s="23"/>
+      <c r="RTC206" s="1"/>
+      <c r="RTD206" s="23"/>
+      <c r="RTE206" s="23"/>
+      <c r="RTF206" s="1"/>
+      <c r="RTG206" s="23"/>
+      <c r="RTH206" s="23"/>
+      <c r="RTI206" s="1"/>
+      <c r="RTJ206" s="23"/>
+      <c r="RTK206" s="23"/>
+      <c r="RTL206" s="1"/>
+      <c r="RTM206" s="23"/>
+      <c r="RTN206" s="23"/>
+      <c r="RTO206" s="1"/>
+      <c r="RTP206" s="23"/>
+      <c r="RTQ206" s="23"/>
+      <c r="RTR206" s="1"/>
+      <c r="RTS206" s="23"/>
+      <c r="RTT206" s="23"/>
+      <c r="RTU206" s="1"/>
+      <c r="RTV206" s="23"/>
+      <c r="RTW206" s="23"/>
+      <c r="RTX206" s="1"/>
+      <c r="RTY206" s="23"/>
+      <c r="RTZ206" s="23"/>
+      <c r="RUA206" s="1"/>
+      <c r="RUB206" s="23"/>
+      <c r="RUC206" s="23"/>
+      <c r="RUD206" s="1"/>
+      <c r="RUE206" s="23"/>
+      <c r="RUF206" s="23"/>
+      <c r="RUG206" s="1"/>
+      <c r="RUH206" s="23"/>
+      <c r="RUI206" s="23"/>
+      <c r="RUJ206" s="1"/>
+      <c r="RUK206" s="23"/>
+      <c r="RUL206" s="23"/>
+      <c r="RUM206" s="1"/>
+      <c r="RUN206" s="23"/>
+      <c r="RUO206" s="23"/>
+      <c r="RUP206" s="1"/>
+      <c r="RUQ206" s="23"/>
+      <c r="RUR206" s="23"/>
+      <c r="RUS206" s="1"/>
+      <c r="RUT206" s="23"/>
+      <c r="RUU206" s="23"/>
+      <c r="RUV206" s="1"/>
+      <c r="RUW206" s="23"/>
+      <c r="RUX206" s="23"/>
+      <c r="RUY206" s="1"/>
+      <c r="RUZ206" s="23"/>
+      <c r="RVA206" s="23"/>
+      <c r="RVB206" s="1"/>
+      <c r="RVC206" s="23"/>
+      <c r="RVD206" s="23"/>
+      <c r="RVE206" s="1"/>
+      <c r="RVF206" s="23"/>
+      <c r="RVG206" s="23"/>
+      <c r="RVH206" s="1"/>
+      <c r="RVI206" s="23"/>
+      <c r="RVJ206" s="23"/>
+      <c r="RVK206" s="1"/>
+      <c r="RVL206" s="23"/>
+      <c r="RVM206" s="23"/>
+      <c r="RVN206" s="1"/>
+      <c r="RVO206" s="23"/>
+      <c r="RVP206" s="23"/>
+      <c r="RVQ206" s="1"/>
+      <c r="RVR206" s="23"/>
+      <c r="RVS206" s="23"/>
+      <c r="RVT206" s="1"/>
+      <c r="RVU206" s="23"/>
+      <c r="RVV206" s="23"/>
+      <c r="RVW206" s="1"/>
+      <c r="RVX206" s="23"/>
+      <c r="RVY206" s="23"/>
+      <c r="RVZ206" s="1"/>
+      <c r="RWA206" s="23"/>
+      <c r="RWB206" s="23"/>
+      <c r="RWC206" s="1"/>
+      <c r="RWD206" s="23"/>
+      <c r="RWE206" s="23"/>
+      <c r="RWF206" s="1"/>
+      <c r="RWG206" s="23"/>
+      <c r="RWH206" s="23"/>
+      <c r="RWI206" s="1"/>
+      <c r="RWJ206" s="23"/>
+      <c r="RWK206" s="23"/>
+      <c r="RWL206" s="1"/>
+      <c r="RWM206" s="23"/>
+      <c r="RWN206" s="23"/>
+      <c r="RWO206" s="1"/>
+      <c r="RWP206" s="23"/>
+      <c r="RWQ206" s="23"/>
+      <c r="RWR206" s="1"/>
+      <c r="RWS206" s="23"/>
+      <c r="RWT206" s="23"/>
+      <c r="RWU206" s="1"/>
+      <c r="RWV206" s="23"/>
+      <c r="RWW206" s="23"/>
+      <c r="RWX206" s="1"/>
+      <c r="RWY206" s="23"/>
+      <c r="RWZ206" s="23"/>
+      <c r="RXA206" s="1"/>
+      <c r="RXB206" s="23"/>
+      <c r="RXC206" s="23"/>
+      <c r="RXD206" s="1"/>
+      <c r="RXE206" s="23"/>
+      <c r="RXF206" s="23"/>
+      <c r="RXG206" s="1"/>
+      <c r="RXH206" s="23"/>
+      <c r="RXI206" s="23"/>
+      <c r="RXJ206" s="1"/>
+      <c r="RXK206" s="23"/>
+      <c r="RXL206" s="23"/>
+      <c r="RXM206" s="1"/>
+      <c r="RXN206" s="23"/>
+      <c r="RXO206" s="23"/>
+      <c r="RXP206" s="1"/>
+      <c r="RXQ206" s="23"/>
+      <c r="RXR206" s="23"/>
+      <c r="RXS206" s="1"/>
+      <c r="RXT206" s="23"/>
+      <c r="RXU206" s="23"/>
+      <c r="RXV206" s="1"/>
+      <c r="RXW206" s="23"/>
+      <c r="RXX206" s="23"/>
+      <c r="RXY206" s="1"/>
+      <c r="RXZ206" s="23"/>
+      <c r="RYA206" s="23"/>
+      <c r="RYB206" s="1"/>
+      <c r="RYC206" s="23"/>
+      <c r="RYD206" s="23"/>
+      <c r="RYE206" s="1"/>
+      <c r="RYF206" s="23"/>
+      <c r="RYG206" s="23"/>
+      <c r="RYH206" s="1"/>
+      <c r="RYI206" s="23"/>
+      <c r="RYJ206" s="23"/>
+      <c r="RYK206" s="1"/>
+      <c r="RYL206" s="23"/>
+      <c r="RYM206" s="23"/>
+      <c r="RYN206" s="1"/>
+      <c r="RYO206" s="23"/>
+      <c r="RYP206" s="23"/>
+      <c r="RYQ206" s="1"/>
+      <c r="RYR206" s="23"/>
+      <c r="RYS206" s="23"/>
+      <c r="RYT206" s="1"/>
+      <c r="RYU206" s="23"/>
+      <c r="RYV206" s="23"/>
+      <c r="RYW206" s="1"/>
+      <c r="RYX206" s="23"/>
+      <c r="RYY206" s="23"/>
+      <c r="RYZ206" s="1"/>
+      <c r="RZA206" s="23"/>
+      <c r="RZB206" s="23"/>
+      <c r="RZC206" s="1"/>
+      <c r="RZD206" s="23"/>
+      <c r="RZE206" s="23"/>
+      <c r="RZF206" s="1"/>
+      <c r="RZG206" s="23"/>
+      <c r="RZH206" s="23"/>
+      <c r="RZI206" s="1"/>
+      <c r="RZJ206" s="23"/>
+      <c r="RZK206" s="23"/>
+      <c r="RZL206" s="1"/>
+      <c r="RZM206" s="23"/>
+      <c r="RZN206" s="23"/>
+      <c r="RZO206" s="1"/>
+      <c r="RZP206" s="23"/>
+      <c r="RZQ206" s="23"/>
+      <c r="RZR206" s="1"/>
+      <c r="RZS206" s="23"/>
+      <c r="RZT206" s="23"/>
+      <c r="RZU206" s="1"/>
+      <c r="RZV206" s="23"/>
+      <c r="RZW206" s="23"/>
+      <c r="RZX206" s="1"/>
+      <c r="RZY206" s="23"/>
+      <c r="RZZ206" s="23"/>
+      <c r="SAA206" s="1"/>
+      <c r="SAB206" s="23"/>
+      <c r="SAC206" s="23"/>
+      <c r="SAD206" s="1"/>
+      <c r="SAE206" s="23"/>
+      <c r="SAF206" s="23"/>
+      <c r="SAG206" s="1"/>
+      <c r="SAH206" s="23"/>
+      <c r="SAI206" s="23"/>
+      <c r="SAJ206" s="1"/>
+      <c r="SAK206" s="23"/>
+      <c r="SAL206" s="23"/>
+      <c r="SAM206" s="1"/>
+      <c r="SAN206" s="23"/>
+      <c r="SAO206" s="23"/>
+      <c r="SAP206" s="1"/>
+      <c r="SAQ206" s="23"/>
+      <c r="SAR206" s="23"/>
+      <c r="SAS206" s="1"/>
+      <c r="SAT206" s="23"/>
+      <c r="SAU206" s="23"/>
+      <c r="SAV206" s="1"/>
+      <c r="SAW206" s="23"/>
+      <c r="SAX206" s="23"/>
+      <c r="SAY206" s="1"/>
+      <c r="SAZ206" s="23"/>
+      <c r="SBA206" s="23"/>
+      <c r="SBB206" s="1"/>
+      <c r="SBC206" s="23"/>
+      <c r="SBD206" s="23"/>
+      <c r="SBE206" s="1"/>
+      <c r="SBF206" s="23"/>
+      <c r="SBG206" s="23"/>
+      <c r="SBH206" s="1"/>
+      <c r="SBI206" s="23"/>
+      <c r="SBJ206" s="23"/>
+      <c r="SBK206" s="1"/>
+      <c r="SBL206" s="23"/>
+      <c r="SBM206" s="23"/>
+      <c r="SBN206" s="1"/>
+      <c r="SBO206" s="23"/>
+      <c r="SBP206" s="23"/>
+      <c r="SBQ206" s="1"/>
+      <c r="SBR206" s="23"/>
+      <c r="SBS206" s="23"/>
+      <c r="SBT206" s="1"/>
+      <c r="SBU206" s="23"/>
+      <c r="SBV206" s="23"/>
+      <c r="SBW206" s="1"/>
+      <c r="SBX206" s="23"/>
+      <c r="SBY206" s="23"/>
+      <c r="SBZ206" s="1"/>
+      <c r="SCA206" s="23"/>
+      <c r="SCB206" s="23"/>
+      <c r="SCC206" s="1"/>
+      <c r="SCD206" s="23"/>
+      <c r="SCE206" s="23"/>
+      <c r="SCF206" s="1"/>
+      <c r="SCG206" s="23"/>
+      <c r="SCH206" s="23"/>
+      <c r="SCI206" s="1"/>
+      <c r="SCJ206" s="23"/>
+      <c r="SCK206" s="23"/>
+      <c r="SCL206" s="1"/>
+      <c r="SCM206" s="23"/>
+      <c r="SCN206" s="23"/>
+      <c r="SCO206" s="1"/>
+      <c r="SCP206" s="23"/>
+      <c r="SCQ206" s="23"/>
+      <c r="SCR206" s="1"/>
+      <c r="SCS206" s="23"/>
+      <c r="SCT206" s="23"/>
+      <c r="SCU206" s="1"/>
+      <c r="SCV206" s="23"/>
+      <c r="SCW206" s="23"/>
+      <c r="SCX206" s="1"/>
+      <c r="SCY206" s="23"/>
+      <c r="SCZ206" s="23"/>
+      <c r="SDA206" s="1"/>
+      <c r="SDB206" s="23"/>
+      <c r="SDC206" s="23"/>
+      <c r="SDD206" s="1"/>
+      <c r="SDE206" s="23"/>
+      <c r="SDF206" s="23"/>
+      <c r="SDG206" s="1"/>
+      <c r="SDH206" s="23"/>
+      <c r="SDI206" s="23"/>
+      <c r="SDJ206" s="1"/>
+      <c r="SDK206" s="23"/>
+      <c r="SDL206" s="23"/>
+      <c r="SDM206" s="1"/>
+      <c r="SDN206" s="23"/>
+      <c r="SDO206" s="23"/>
+      <c r="SDP206" s="1"/>
+      <c r="SDQ206" s="23"/>
+      <c r="SDR206" s="23"/>
+      <c r="SDS206" s="1"/>
+      <c r="SDT206" s="23"/>
+      <c r="SDU206" s="23"/>
+      <c r="SDV206" s="1"/>
+      <c r="SDW206" s="23"/>
+      <c r="SDX206" s="23"/>
+      <c r="SDY206" s="1"/>
+      <c r="SDZ206" s="23"/>
+      <c r="SEA206" s="23"/>
+      <c r="SEB206" s="1"/>
+      <c r="SEC206" s="23"/>
+      <c r="SED206" s="23"/>
+      <c r="SEE206" s="1"/>
+      <c r="SEF206" s="23"/>
+      <c r="SEG206" s="23"/>
+      <c r="SEH206" s="1"/>
+      <c r="SEI206" s="23"/>
+      <c r="SEJ206" s="23"/>
+      <c r="SEK206" s="1"/>
+      <c r="SEL206" s="23"/>
+      <c r="SEM206" s="23"/>
+      <c r="SEN206" s="1"/>
+      <c r="SEO206" s="23"/>
+      <c r="SEP206" s="23"/>
+      <c r="SEQ206" s="1"/>
+      <c r="SER206" s="23"/>
+      <c r="SES206" s="23"/>
+      <c r="SET206" s="1"/>
+      <c r="SEU206" s="23"/>
+      <c r="SEV206" s="23"/>
+      <c r="SEW206" s="1"/>
+      <c r="SEX206" s="23"/>
+      <c r="SEY206" s="23"/>
+      <c r="SEZ206" s="1"/>
+      <c r="SFA206" s="23"/>
+      <c r="SFB206" s="23"/>
+      <c r="SFC206" s="1"/>
+      <c r="SFD206" s="23"/>
+      <c r="SFE206" s="23"/>
+      <c r="SFF206" s="1"/>
+      <c r="SFG206" s="23"/>
+      <c r="SFH206" s="23"/>
+      <c r="SFI206" s="1"/>
+      <c r="SFJ206" s="23"/>
+      <c r="SFK206" s="23"/>
+      <c r="SFL206" s="1"/>
+      <c r="SFM206" s="23"/>
+      <c r="SFN206" s="23"/>
+      <c r="SFO206" s="1"/>
+      <c r="SFP206" s="23"/>
+      <c r="SFQ206" s="23"/>
+      <c r="SFR206" s="1"/>
+      <c r="SFS206" s="23"/>
+      <c r="SFT206" s="23"/>
+      <c r="SFU206" s="1"/>
+      <c r="SFV206" s="23"/>
+      <c r="SFW206" s="23"/>
+      <c r="SFX206" s="1"/>
+      <c r="SFY206" s="23"/>
+      <c r="SFZ206" s="23"/>
+      <c r="SGA206" s="1"/>
+      <c r="SGB206" s="23"/>
+      <c r="SGC206" s="23"/>
+      <c r="SGD206" s="1"/>
+      <c r="SGE206" s="23"/>
+      <c r="SGF206" s="23"/>
+      <c r="SGG206" s="1"/>
+      <c r="SGH206" s="23"/>
+      <c r="SGI206" s="23"/>
+      <c r="SGJ206" s="1"/>
+      <c r="SGK206" s="23"/>
+      <c r="SGL206" s="23"/>
+      <c r="SGM206" s="1"/>
+      <c r="SGN206" s="23"/>
+      <c r="SGO206" s="23"/>
+      <c r="SGP206" s="1"/>
+      <c r="SGQ206" s="23"/>
+      <c r="SGR206" s="23"/>
+      <c r="SGS206" s="1"/>
+      <c r="SGT206" s="23"/>
+      <c r="SGU206" s="23"/>
+      <c r="SGV206" s="1"/>
+      <c r="SGW206" s="23"/>
+      <c r="SGX206" s="23"/>
+      <c r="SGY206" s="1"/>
+      <c r="SGZ206" s="23"/>
+      <c r="SHA206" s="23"/>
+      <c r="SHB206" s="1"/>
+      <c r="SHC206" s="23"/>
+      <c r="SHD206" s="23"/>
+      <c r="SHE206" s="1"/>
+      <c r="SHF206" s="23"/>
+      <c r="SHG206" s="23"/>
+      <c r="SHH206" s="1"/>
+      <c r="SHI206" s="23"/>
+      <c r="SHJ206" s="23"/>
+      <c r="SHK206" s="1"/>
+      <c r="SHL206" s="23"/>
+      <c r="SHM206" s="23"/>
+      <c r="SHN206" s="1"/>
+      <c r="SHO206" s="23"/>
+      <c r="SHP206" s="23"/>
+      <c r="SHQ206" s="1"/>
+      <c r="SHR206" s="23"/>
+      <c r="SHS206" s="23"/>
+      <c r="SHT206" s="1"/>
+      <c r="SHU206" s="23"/>
+      <c r="SHV206" s="23"/>
+      <c r="SHW206" s="1"/>
+      <c r="SHX206" s="23"/>
+      <c r="SHY206" s="23"/>
+      <c r="SHZ206" s="1"/>
+      <c r="SIA206" s="23"/>
+      <c r="SIB206" s="23"/>
+      <c r="SIC206" s="1"/>
+      <c r="SID206" s="23"/>
+      <c r="SIE206" s="23"/>
+      <c r="SIF206" s="1"/>
+      <c r="SIG206" s="23"/>
+      <c r="SIH206" s="23"/>
+      <c r="SII206" s="1"/>
+      <c r="SIJ206" s="23"/>
+      <c r="SIK206" s="23"/>
+      <c r="SIL206" s="1"/>
+      <c r="SIM206" s="23"/>
+      <c r="SIN206" s="23"/>
+      <c r="SIO206" s="1"/>
+      <c r="SIP206" s="23"/>
+      <c r="SIQ206" s="23"/>
+      <c r="SIR206" s="1"/>
+      <c r="SIS206" s="23"/>
+      <c r="SIT206" s="23"/>
+      <c r="SIU206" s="1"/>
+      <c r="SIV206" s="23"/>
+      <c r="SIW206" s="23"/>
+      <c r="SIX206" s="1"/>
+      <c r="SIY206" s="23"/>
+      <c r="SIZ206" s="23"/>
+      <c r="SJA206" s="1"/>
+      <c r="SJB206" s="23"/>
+      <c r="SJC206" s="23"/>
+      <c r="SJD206" s="1"/>
+      <c r="SJE206" s="23"/>
+      <c r="SJF206" s="23"/>
+      <c r="SJG206" s="1"/>
+      <c r="SJH206" s="23"/>
+      <c r="SJI206" s="23"/>
+      <c r="SJJ206" s="1"/>
+      <c r="SJK206" s="23"/>
+      <c r="SJL206" s="23"/>
+      <c r="SJM206" s="1"/>
+      <c r="SJN206" s="23"/>
+      <c r="SJO206" s="23"/>
+      <c r="SJP206" s="1"/>
+      <c r="SJQ206" s="23"/>
+      <c r="SJR206" s="23"/>
+      <c r="SJS206" s="1"/>
+      <c r="SJT206" s="23"/>
+      <c r="SJU206" s="23"/>
+      <c r="SJV206" s="1"/>
+      <c r="SJW206" s="23"/>
+      <c r="SJX206" s="23"/>
+      <c r="SJY206" s="1"/>
+      <c r="SJZ206" s="23"/>
+      <c r="SKA206" s="23"/>
+      <c r="SKB206" s="1"/>
+      <c r="SKC206" s="23"/>
+      <c r="SKD206" s="23"/>
+      <c r="SKE206" s="1"/>
+      <c r="SKF206" s="23"/>
+      <c r="SKG206" s="23"/>
+      <c r="SKH206" s="1"/>
+      <c r="SKI206" s="23"/>
+      <c r="SKJ206" s="23"/>
+      <c r="SKK206" s="1"/>
+      <c r="SKL206" s="23"/>
+      <c r="SKM206" s="23"/>
+      <c r="SKN206" s="1"/>
+      <c r="SKO206" s="23"/>
+      <c r="SKP206" s="23"/>
+      <c r="SKQ206" s="1"/>
+      <c r="SKR206" s="23"/>
+      <c r="SKS206" s="23"/>
+      <c r="SKT206" s="1"/>
+      <c r="SKU206" s="23"/>
+      <c r="SKV206" s="23"/>
+      <c r="SKW206" s="1"/>
+      <c r="SKX206" s="23"/>
+      <c r="SKY206" s="23"/>
+      <c r="SKZ206" s="1"/>
+      <c r="SLA206" s="23"/>
+      <c r="SLB206" s="23"/>
+      <c r="SLC206" s="1"/>
+      <c r="SLD206" s="23"/>
+      <c r="SLE206" s="23"/>
+      <c r="SLF206" s="1"/>
+      <c r="SLG206" s="23"/>
+      <c r="SLH206" s="23"/>
+      <c r="SLI206" s="1"/>
+      <c r="SLJ206" s="23"/>
+      <c r="SLK206" s="23"/>
+      <c r="SLL206" s="1"/>
+      <c r="SLM206" s="23"/>
+      <c r="SLN206" s="23"/>
+      <c r="SLO206" s="1"/>
+      <c r="SLP206" s="23"/>
+      <c r="SLQ206" s="23"/>
+      <c r="SLR206" s="1"/>
+      <c r="SLS206" s="23"/>
+      <c r="SLT206" s="23"/>
+      <c r="SLU206" s="1"/>
+      <c r="SLV206" s="23"/>
+      <c r="SLW206" s="23"/>
+      <c r="SLX206" s="1"/>
+      <c r="SLY206" s="23"/>
+      <c r="SLZ206" s="23"/>
+      <c r="SMA206" s="1"/>
+      <c r="SMB206" s="23"/>
+      <c r="SMC206" s="23"/>
+      <c r="SMD206" s="1"/>
+      <c r="SME206" s="23"/>
+      <c r="SMF206" s="23"/>
+      <c r="SMG206" s="1"/>
+      <c r="SMH206" s="23"/>
+      <c r="SMI206" s="23"/>
+      <c r="SMJ206" s="1"/>
+      <c r="SMK206" s="23"/>
+      <c r="SML206" s="23"/>
+      <c r="SMM206" s="1"/>
+      <c r="SMN206" s="23"/>
+      <c r="SMO206" s="23"/>
+      <c r="SMP206" s="1"/>
+      <c r="SMQ206" s="23"/>
+      <c r="SMR206" s="23"/>
+      <c r="SMS206" s="1"/>
+      <c r="SMT206" s="23"/>
+      <c r="SMU206" s="23"/>
+      <c r="SMV206" s="1"/>
+      <c r="SMW206" s="23"/>
+      <c r="SMX206" s="23"/>
+      <c r="SMY206" s="1"/>
+      <c r="SMZ206" s="23"/>
+      <c r="SNA206" s="23"/>
+      <c r="SNB206" s="1"/>
+      <c r="SNC206" s="23"/>
+      <c r="SND206" s="23"/>
+      <c r="SNE206" s="1"/>
+      <c r="SNF206" s="23"/>
+      <c r="SNG206" s="23"/>
+      <c r="SNH206" s="1"/>
+      <c r="SNI206" s="23"/>
+      <c r="SNJ206" s="23"/>
+      <c r="SNK206" s="1"/>
+      <c r="SNL206" s="23"/>
+      <c r="SNM206" s="23"/>
+      <c r="SNN206" s="1"/>
+      <c r="SNO206" s="23"/>
+      <c r="SNP206" s="23"/>
+      <c r="SNQ206" s="1"/>
+      <c r="SNR206" s="23"/>
+      <c r="SNS206" s="23"/>
+      <c r="SNT206" s="1"/>
+      <c r="SNU206" s="23"/>
+      <c r="SNV206" s="23"/>
+      <c r="SNW206" s="1"/>
+      <c r="SNX206" s="23"/>
+      <c r="SNY206" s="23"/>
+      <c r="SNZ206" s="1"/>
+      <c r="SOA206" s="23"/>
+      <c r="SOB206" s="23"/>
+      <c r="SOC206" s="1"/>
+      <c r="SOD206" s="23"/>
+      <c r="SOE206" s="23"/>
+      <c r="SOF206" s="1"/>
+      <c r="SOG206" s="23"/>
+      <c r="SOH206" s="23"/>
+      <c r="SOI206" s="1"/>
+      <c r="SOJ206" s="23"/>
+      <c r="SOK206" s="23"/>
+      <c r="SOL206" s="1"/>
+      <c r="SOM206" s="23"/>
+      <c r="SON206" s="23"/>
+      <c r="SOO206" s="1"/>
+      <c r="SOP206" s="23"/>
+      <c r="SOQ206" s="23"/>
+      <c r="SOR206" s="1"/>
+      <c r="SOS206" s="23"/>
+      <c r="SOT206" s="23"/>
+      <c r="SOU206" s="1"/>
+      <c r="SOV206" s="23"/>
+      <c r="SOW206" s="23"/>
+      <c r="SOX206" s="1"/>
+      <c r="SOY206" s="23"/>
+      <c r="SOZ206" s="23"/>
+      <c r="SPA206" s="1"/>
+      <c r="SPB206" s="23"/>
+      <c r="SPC206" s="23"/>
+      <c r="SPD206" s="1"/>
+      <c r="SPE206" s="23"/>
+      <c r="SPF206" s="23"/>
+      <c r="SPG206" s="1"/>
+      <c r="SPH206" s="23"/>
+      <c r="SPI206" s="23"/>
+      <c r="SPJ206" s="1"/>
+      <c r="SPK206" s="23"/>
+      <c r="SPL206" s="23"/>
+      <c r="SPM206" s="1"/>
+      <c r="SPN206" s="23"/>
+      <c r="SPO206" s="23"/>
+      <c r="SPP206" s="1"/>
+      <c r="SPQ206" s="23"/>
+      <c r="SPR206" s="23"/>
+      <c r="SPS206" s="1"/>
+      <c r="SPT206" s="23"/>
+      <c r="SPU206" s="23"/>
+      <c r="SPV206" s="1"/>
+      <c r="SPW206" s="23"/>
+      <c r="SPX206" s="23"/>
+      <c r="SPY206" s="1"/>
+      <c r="SPZ206" s="23"/>
+      <c r="SQA206" s="23"/>
+      <c r="SQB206" s="1"/>
+      <c r="SQC206" s="23"/>
+      <c r="SQD206" s="23"/>
+      <c r="SQE206" s="1"/>
+      <c r="SQF206" s="23"/>
+      <c r="SQG206" s="23"/>
+      <c r="SQH206" s="1"/>
+      <c r="SQI206" s="23"/>
+      <c r="SQJ206" s="23"/>
+      <c r="SQK206" s="1"/>
+      <c r="SQL206" s="23"/>
+      <c r="SQM206" s="23"/>
+      <c r="SQN206" s="1"/>
+      <c r="SQO206" s="23"/>
+      <c r="SQP206" s="23"/>
+      <c r="SQQ206" s="1"/>
+      <c r="SQR206" s="23"/>
+      <c r="SQS206" s="23"/>
+      <c r="SQT206" s="1"/>
+      <c r="SQU206" s="23"/>
+      <c r="SQV206" s="23"/>
+      <c r="SQW206" s="1"/>
+      <c r="SQX206" s="23"/>
+      <c r="SQY206" s="23"/>
+      <c r="SQZ206" s="1"/>
+      <c r="SRA206" s="23"/>
+      <c r="SRB206" s="23"/>
+      <c r="SRC206" s="1"/>
+      <c r="SRD206" s="23"/>
+      <c r="SRE206" s="23"/>
+      <c r="SRF206" s="1"/>
+      <c r="SRG206" s="23"/>
+      <c r="SRH206" s="23"/>
+      <c r="SRI206" s="1"/>
+      <c r="SRJ206" s="23"/>
+      <c r="SRK206" s="23"/>
+      <c r="SRL206" s="1"/>
+      <c r="SRM206" s="23"/>
+      <c r="SRN206" s="23"/>
+      <c r="SRO206" s="1"/>
+      <c r="SRP206" s="23"/>
+      <c r="SRQ206" s="23"/>
+      <c r="SRR206" s="1"/>
+      <c r="SRS206" s="23"/>
+      <c r="SRT206" s="23"/>
+      <c r="SRU206" s="1"/>
+      <c r="SRV206" s="23"/>
+      <c r="SRW206" s="23"/>
+      <c r="SRX206" s="1"/>
+      <c r="SRY206" s="23"/>
+      <c r="SRZ206" s="23"/>
+      <c r="SSA206" s="1"/>
+      <c r="SSB206" s="23"/>
+      <c r="SSC206" s="23"/>
+      <c r="SSD206" s="1"/>
+      <c r="SSE206" s="23"/>
+      <c r="SSF206" s="23"/>
+      <c r="SSG206" s="1"/>
+      <c r="SSH206" s="23"/>
+      <c r="SSI206" s="23"/>
+      <c r="SSJ206" s="1"/>
+      <c r="SSK206" s="23"/>
+      <c r="SSL206" s="23"/>
+      <c r="SSM206" s="1"/>
+      <c r="SSN206" s="23"/>
+      <c r="SSO206" s="23"/>
+      <c r="SSP206" s="1"/>
+      <c r="SSQ206" s="23"/>
+      <c r="SSR206" s="23"/>
+      <c r="SSS206" s="1"/>
+      <c r="SST206" s="23"/>
+      <c r="SSU206" s="23"/>
+      <c r="SSV206" s="1"/>
+      <c r="SSW206" s="23"/>
+      <c r="SSX206" s="23"/>
+      <c r="SSY206" s="1"/>
+      <c r="SSZ206" s="23"/>
+      <c r="STA206" s="23"/>
+      <c r="STB206" s="1"/>
+      <c r="STC206" s="23"/>
+      <c r="STD206" s="23"/>
+      <c r="STE206" s="1"/>
+      <c r="STF206" s="23"/>
+      <c r="STG206" s="23"/>
+      <c r="STH206" s="1"/>
+      <c r="STI206" s="23"/>
+      <c r="STJ206" s="23"/>
+      <c r="STK206" s="1"/>
+      <c r="STL206" s="23"/>
+      <c r="STM206" s="23"/>
+      <c r="STN206" s="1"/>
+      <c r="STO206" s="23"/>
+      <c r="STP206" s="23"/>
+      <c r="STQ206" s="1"/>
+      <c r="STR206" s="23"/>
+      <c r="STS206" s="23"/>
+      <c r="STT206" s="1"/>
+      <c r="STU206" s="23"/>
+      <c r="STV206" s="23"/>
+      <c r="STW206" s="1"/>
+      <c r="STX206" s="23"/>
+      <c r="STY206" s="23"/>
+      <c r="STZ206" s="1"/>
+      <c r="SUA206" s="23"/>
+      <c r="SUB206" s="23"/>
+      <c r="SUC206" s="1"/>
+      <c r="SUD206" s="23"/>
+      <c r="SUE206" s="23"/>
+      <c r="SUF206" s="1"/>
+      <c r="SUG206" s="23"/>
+      <c r="SUH206" s="23"/>
+      <c r="SUI206" s="1"/>
+      <c r="SUJ206" s="23"/>
+      <c r="SUK206" s="23"/>
+      <c r="SUL206" s="1"/>
+      <c r="SUM206" s="23"/>
+      <c r="SUN206" s="23"/>
+      <c r="SUO206" s="1"/>
+      <c r="SUP206" s="23"/>
+      <c r="SUQ206" s="23"/>
+      <c r="SUR206" s="1"/>
+      <c r="SUS206" s="23"/>
+      <c r="SUT206" s="23"/>
+      <c r="SUU206" s="1"/>
+      <c r="SUV206" s="23"/>
+      <c r="SUW206" s="23"/>
+      <c r="SUX206" s="1"/>
+      <c r="SUY206" s="23"/>
+      <c r="SUZ206" s="23"/>
+      <c r="SVA206" s="1"/>
+      <c r="SVB206" s="23"/>
+      <c r="SVC206" s="23"/>
+      <c r="SVD206" s="1"/>
+      <c r="SVE206" s="23"/>
+      <c r="SVF206" s="23"/>
+      <c r="SVG206" s="1"/>
+      <c r="SVH206" s="23"/>
+      <c r="SVI206" s="23"/>
+      <c r="SVJ206" s="1"/>
+      <c r="SVK206" s="23"/>
+      <c r="SVL206" s="23"/>
+      <c r="SVM206" s="1"/>
+      <c r="SVN206" s="23"/>
+      <c r="SVO206" s="23"/>
+      <c r="SVP206" s="1"/>
+      <c r="SVQ206" s="23"/>
+      <c r="SVR206" s="23"/>
+      <c r="SVS206" s="1"/>
+      <c r="SVT206" s="23"/>
+      <c r="SVU206" s="23"/>
+      <c r="SVV206" s="1"/>
+      <c r="SVW206" s="23"/>
+      <c r="SVX206" s="23"/>
+      <c r="SVY206" s="1"/>
+      <c r="SVZ206" s="23"/>
+      <c r="SWA206" s="23"/>
+      <c r="SWB206" s="1"/>
+      <c r="SWC206" s="23"/>
+      <c r="SWD206" s="23"/>
+      <c r="SWE206" s="1"/>
+      <c r="SWF206" s="23"/>
+      <c r="SWG206" s="23"/>
+      <c r="SWH206" s="1"/>
+      <c r="SWI206" s="23"/>
+      <c r="SWJ206" s="23"/>
+      <c r="SWK206" s="1"/>
+      <c r="SWL206" s="23"/>
+      <c r="SWM206" s="23"/>
+      <c r="SWN206" s="1"/>
+      <c r="SWO206" s="23"/>
+      <c r="SWP206" s="23"/>
+      <c r="SWQ206" s="1"/>
+      <c r="SWR206" s="23"/>
+      <c r="SWS206" s="23"/>
+      <c r="SWT206" s="1"/>
+      <c r="SWU206" s="23"/>
+      <c r="SWV206" s="23"/>
+      <c r="SWW206" s="1"/>
+      <c r="SWX206" s="23"/>
+      <c r="SWY206" s="23"/>
+      <c r="SWZ206" s="1"/>
+      <c r="SXA206" s="23"/>
+      <c r="SXB206" s="23"/>
+      <c r="SXC206" s="1"/>
+      <c r="SXD206" s="23"/>
+      <c r="SXE206" s="23"/>
+      <c r="SXF206" s="1"/>
+      <c r="SXG206" s="23"/>
+      <c r="SXH206" s="23"/>
+      <c r="SXI206" s="1"/>
+      <c r="SXJ206" s="23"/>
+      <c r="SXK206" s="23"/>
+      <c r="SXL206" s="1"/>
+      <c r="SXM206" s="23"/>
+      <c r="SXN206" s="23"/>
+      <c r="SXO206" s="1"/>
+      <c r="SXP206" s="23"/>
+      <c r="SXQ206" s="23"/>
+      <c r="SXR206" s="1"/>
+      <c r="SXS206" s="23"/>
+      <c r="SXT206" s="23"/>
+      <c r="SXU206" s="1"/>
+      <c r="SXV206" s="23"/>
+      <c r="SXW206" s="23"/>
+      <c r="SXX206" s="1"/>
+      <c r="SXY206" s="23"/>
+      <c r="SXZ206" s="23"/>
+      <c r="SYA206" s="1"/>
+      <c r="SYB206" s="23"/>
+      <c r="SYC206" s="23"/>
+      <c r="SYD206" s="1"/>
+      <c r="SYE206" s="23"/>
+      <c r="SYF206" s="23"/>
+      <c r="SYG206" s="1"/>
+      <c r="SYH206" s="23"/>
+      <c r="SYI206" s="23"/>
+      <c r="SYJ206" s="1"/>
+      <c r="SYK206" s="23"/>
+      <c r="SYL206" s="23"/>
+      <c r="SYM206" s="1"/>
+      <c r="SYN206" s="23"/>
+      <c r="SYO206" s="23"/>
+      <c r="SYP206" s="1"/>
+      <c r="SYQ206" s="23"/>
+      <c r="SYR206" s="23"/>
+      <c r="SYS206" s="1"/>
+      <c r="SYT206" s="23"/>
+      <c r="SYU206" s="23"/>
+      <c r="SYV206" s="1"/>
+      <c r="SYW206" s="23"/>
+      <c r="SYX206" s="23"/>
+      <c r="SYY206" s="1"/>
+      <c r="SYZ206" s="23"/>
+      <c r="SZA206" s="23"/>
+      <c r="SZB206" s="1"/>
+      <c r="SZC206" s="23"/>
+      <c r="SZD206" s="23"/>
+      <c r="SZE206" s="1"/>
+      <c r="SZF206" s="23"/>
+      <c r="SZG206" s="23"/>
+      <c r="SZH206" s="1"/>
+      <c r="SZI206" s="23"/>
+      <c r="SZJ206" s="23"/>
+      <c r="SZK206" s="1"/>
+      <c r="SZL206" s="23"/>
+      <c r="SZM206" s="23"/>
+      <c r="SZN206" s="1"/>
+      <c r="SZO206" s="23"/>
+      <c r="SZP206" s="23"/>
+      <c r="SZQ206" s="1"/>
+      <c r="SZR206" s="23"/>
+      <c r="SZS206" s="23"/>
+      <c r="SZT206" s="1"/>
+      <c r="SZU206" s="23"/>
+      <c r="SZV206" s="23"/>
+      <c r="SZW206" s="1"/>
+      <c r="SZX206" s="23"/>
+      <c r="SZY206" s="23"/>
+      <c r="SZZ206" s="1"/>
+      <c r="TAA206" s="23"/>
+      <c r="TAB206" s="23"/>
+      <c r="TAC206" s="1"/>
+      <c r="TAD206" s="23"/>
+      <c r="TAE206" s="23"/>
+      <c r="TAF206" s="1"/>
+      <c r="TAG206" s="23"/>
+      <c r="TAH206" s="23"/>
+      <c r="TAI206" s="1"/>
+      <c r="TAJ206" s="23"/>
+      <c r="TAK206" s="23"/>
+      <c r="TAL206" s="1"/>
+      <c r="TAM206" s="23"/>
+      <c r="TAN206" s="23"/>
+      <c r="TAO206" s="1"/>
+      <c r="TAP206" s="23"/>
+      <c r="TAQ206" s="23"/>
+      <c r="TAR206" s="1"/>
+      <c r="TAS206" s="23"/>
+      <c r="TAT206" s="23"/>
+      <c r="TAU206" s="1"/>
+      <c r="TAV206" s="23"/>
+      <c r="TAW206" s="23"/>
+      <c r="TAX206" s="1"/>
+      <c r="TAY206" s="23"/>
+      <c r="TAZ206" s="23"/>
+      <c r="TBA206" s="1"/>
+      <c r="TBB206" s="23"/>
+      <c r="TBC206" s="23"/>
+      <c r="TBD206" s="1"/>
+      <c r="TBE206" s="23"/>
+      <c r="TBF206" s="23"/>
+      <c r="TBG206" s="1"/>
+      <c r="TBH206" s="23"/>
+      <c r="TBI206" s="23"/>
+      <c r="TBJ206" s="1"/>
+      <c r="TBK206" s="23"/>
+      <c r="TBL206" s="23"/>
+      <c r="TBM206" s="1"/>
+      <c r="TBN206" s="23"/>
+      <c r="TBO206" s="23"/>
+      <c r="TBP206" s="1"/>
+      <c r="TBQ206" s="23"/>
+      <c r="TBR206" s="23"/>
+      <c r="TBS206" s="1"/>
+      <c r="TBT206" s="23"/>
+      <c r="TBU206" s="23"/>
+      <c r="TBV206" s="1"/>
+      <c r="TBW206" s="23"/>
+      <c r="TBX206" s="23"/>
+      <c r="TBY206" s="1"/>
+      <c r="TBZ206" s="23"/>
+      <c r="TCA206" s="23"/>
+      <c r="TCB206" s="1"/>
+      <c r="TCC206" s="23"/>
+      <c r="TCD206" s="23"/>
+      <c r="TCE206" s="1"/>
+      <c r="TCF206" s="23"/>
+      <c r="TCG206" s="23"/>
+      <c r="TCH206" s="1"/>
+      <c r="TCI206" s="23"/>
+      <c r="TCJ206" s="23"/>
+      <c r="TCK206" s="1"/>
+      <c r="TCL206" s="23"/>
+      <c r="TCM206" s="23"/>
+      <c r="TCN206" s="1"/>
+      <c r="TCO206" s="23"/>
+      <c r="TCP206" s="23"/>
+      <c r="TCQ206" s="1"/>
+      <c r="TCR206" s="23"/>
+      <c r="TCS206" s="23"/>
+      <c r="TCT206" s="1"/>
+      <c r="TCU206" s="23"/>
+      <c r="TCV206" s="23"/>
+      <c r="TCW206" s="1"/>
+      <c r="TCX206" s="23"/>
+      <c r="TCY206" s="23"/>
+      <c r="TCZ206" s="1"/>
+      <c r="TDA206" s="23"/>
+      <c r="TDB206" s="23"/>
+      <c r="TDC206" s="1"/>
+      <c r="TDD206" s="23"/>
+      <c r="TDE206" s="23"/>
+      <c r="TDF206" s="1"/>
+      <c r="TDG206" s="23"/>
+      <c r="TDH206" s="23"/>
+      <c r="TDI206" s="1"/>
+      <c r="TDJ206" s="23"/>
+      <c r="TDK206" s="23"/>
+      <c r="TDL206" s="1"/>
+      <c r="TDM206" s="23"/>
+      <c r="TDN206" s="23"/>
+      <c r="TDO206" s="1"/>
+      <c r="TDP206" s="23"/>
+      <c r="TDQ206" s="23"/>
+      <c r="TDR206" s="1"/>
+      <c r="TDS206" s="23"/>
+      <c r="TDT206" s="23"/>
+      <c r="TDU206" s="1"/>
+      <c r="TDV206" s="23"/>
+      <c r="TDW206" s="23"/>
+      <c r="TDX206" s="1"/>
+      <c r="TDY206" s="23"/>
+      <c r="TDZ206" s="23"/>
+      <c r="TEA206" s="1"/>
+      <c r="TEB206" s="23"/>
+      <c r="TEC206" s="23"/>
+      <c r="TED206" s="1"/>
+      <c r="TEE206" s="23"/>
+      <c r="TEF206" s="23"/>
+      <c r="TEG206" s="1"/>
+      <c r="TEH206" s="23"/>
+      <c r="TEI206" s="23"/>
+      <c r="TEJ206" s="1"/>
+      <c r="TEK206" s="23"/>
+      <c r="TEL206" s="23"/>
+      <c r="TEM206" s="1"/>
+      <c r="TEN206" s="23"/>
+      <c r="TEO206" s="23"/>
+      <c r="TEP206" s="1"/>
+      <c r="TEQ206" s="23"/>
+      <c r="TER206" s="23"/>
+      <c r="TES206" s="1"/>
+      <c r="TET206" s="23"/>
+      <c r="TEU206" s="23"/>
+      <c r="TEV206" s="1"/>
+      <c r="TEW206" s="23"/>
+      <c r="TEX206" s="23"/>
+      <c r="TEY206" s="1"/>
+      <c r="TEZ206" s="23"/>
+      <c r="TFA206" s="23"/>
+      <c r="TFB206" s="1"/>
+      <c r="TFC206" s="23"/>
+      <c r="TFD206" s="23"/>
+      <c r="TFE206" s="1"/>
+      <c r="TFF206" s="23"/>
+      <c r="TFG206" s="23"/>
+      <c r="TFH206" s="1"/>
+      <c r="TFI206" s="23"/>
+      <c r="TFJ206" s="23"/>
+      <c r="TFK206" s="1"/>
+      <c r="TFL206" s="23"/>
+      <c r="TFM206" s="23"/>
+      <c r="TFN206" s="1"/>
+      <c r="TFO206" s="23"/>
+      <c r="TFP206" s="23"/>
+      <c r="TFQ206" s="1"/>
+      <c r="TFR206" s="23"/>
+      <c r="TFS206" s="23"/>
+      <c r="TFT206" s="1"/>
+      <c r="TFU206" s="23"/>
+      <c r="TFV206" s="23"/>
+      <c r="TFW206" s="1"/>
+      <c r="TFX206" s="23"/>
+      <c r="TFY206" s="23"/>
+      <c r="TFZ206" s="1"/>
+      <c r="TGA206" s="23"/>
+      <c r="TGB206" s="23"/>
+      <c r="TGC206" s="1"/>
+      <c r="TGD206" s="23"/>
+      <c r="TGE206" s="23"/>
+      <c r="TGF206" s="1"/>
+      <c r="TGG206" s="23"/>
+      <c r="TGH206" s="23"/>
+      <c r="TGI206" s="1"/>
+      <c r="TGJ206" s="23"/>
+      <c r="TGK206" s="23"/>
+      <c r="TGL206" s="1"/>
+      <c r="TGM206" s="23"/>
+      <c r="TGN206" s="23"/>
+      <c r="TGO206" s="1"/>
+      <c r="TGP206" s="23"/>
+      <c r="TGQ206" s="23"/>
+      <c r="TGR206" s="1"/>
+      <c r="TGS206" s="23"/>
+      <c r="TGT206" s="23"/>
+      <c r="TGU206" s="1"/>
+      <c r="TGV206" s="23"/>
+      <c r="TGW206" s="23"/>
+      <c r="TGX206" s="1"/>
+      <c r="TGY206" s="23"/>
+      <c r="TGZ206" s="23"/>
+      <c r="THA206" s="1"/>
+      <c r="THB206" s="23"/>
+      <c r="THC206" s="23"/>
+      <c r="THD206" s="1"/>
+      <c r="THE206" s="23"/>
+      <c r="THF206" s="23"/>
+      <c r="THG206" s="1"/>
+      <c r="THH206" s="23"/>
+      <c r="THI206" s="23"/>
+      <c r="THJ206" s="1"/>
+      <c r="THK206" s="23"/>
+      <c r="THL206" s="23"/>
+      <c r="THM206" s="1"/>
+      <c r="THN206" s="23"/>
+      <c r="THO206" s="23"/>
+      <c r="THP206" s="1"/>
+      <c r="THQ206" s="23"/>
+      <c r="THR206" s="23"/>
+      <c r="THS206" s="1"/>
+      <c r="THT206" s="23"/>
+      <c r="THU206" s="23"/>
+      <c r="THV206" s="1"/>
+      <c r="THW206" s="23"/>
+      <c r="THX206" s="23"/>
+      <c r="THY206" s="1"/>
+      <c r="THZ206" s="23"/>
+      <c r="TIA206" s="23"/>
+      <c r="TIB206" s="1"/>
+      <c r="TIC206" s="23"/>
+      <c r="TID206" s="23"/>
+      <c r="TIE206" s="1"/>
+      <c r="TIF206" s="23"/>
+      <c r="TIG206" s="23"/>
+      <c r="TIH206" s="1"/>
+      <c r="TII206" s="23"/>
+      <c r="TIJ206" s="23"/>
+      <c r="TIK206" s="1"/>
+      <c r="TIL206" s="23"/>
+      <c r="TIM206" s="23"/>
+      <c r="TIN206" s="1"/>
+      <c r="TIO206" s="23"/>
+      <c r="TIP206" s="23"/>
+      <c r="TIQ206" s="1"/>
+      <c r="TIR206" s="23"/>
+      <c r="TIS206" s="23"/>
+      <c r="TIT206" s="1"/>
+      <c r="TIU206" s="23"/>
+      <c r="TIV206" s="23"/>
+      <c r="TIW206" s="1"/>
+      <c r="TIX206" s="23"/>
+      <c r="TIY206" s="23"/>
+      <c r="TIZ206" s="1"/>
+      <c r="TJA206" s="23"/>
+      <c r="TJB206" s="23"/>
+      <c r="TJC206" s="1"/>
+      <c r="TJD206" s="23"/>
+      <c r="TJE206" s="23"/>
+      <c r="TJF206" s="1"/>
+      <c r="TJG206" s="23"/>
+      <c r="TJH206" s="23"/>
+      <c r="TJI206" s="1"/>
+      <c r="TJJ206" s="23"/>
+      <c r="TJK206" s="23"/>
+      <c r="TJL206" s="1"/>
+      <c r="TJM206" s="23"/>
+      <c r="TJN206" s="23"/>
+      <c r="TJO206" s="1"/>
+      <c r="TJP206" s="23"/>
+      <c r="TJQ206" s="23"/>
+      <c r="TJR206" s="1"/>
+      <c r="TJS206" s="23"/>
+      <c r="TJT206" s="23"/>
+      <c r="TJU206" s="1"/>
+      <c r="TJV206" s="23"/>
+      <c r="TJW206" s="23"/>
+      <c r="TJX206" s="1"/>
+      <c r="TJY206" s="23"/>
+      <c r="TJZ206" s="23"/>
+      <c r="TKA206" s="1"/>
+      <c r="TKB206" s="23"/>
+      <c r="TKC206" s="23"/>
+      <c r="TKD206" s="1"/>
+      <c r="TKE206" s="23"/>
+      <c r="TKF206" s="23"/>
+      <c r="TKG206" s="1"/>
+      <c r="TKH206" s="23"/>
+      <c r="TKI206" s="23"/>
+      <c r="TKJ206" s="1"/>
+      <c r="TKK206" s="23"/>
+      <c r="TKL206" s="23"/>
+      <c r="TKM206" s="1"/>
+      <c r="TKN206" s="23"/>
+      <c r="TKO206" s="23"/>
+      <c r="TKP206" s="1"/>
+      <c r="TKQ206" s="23"/>
+      <c r="TKR206" s="23"/>
+      <c r="TKS206" s="1"/>
+      <c r="TKT206" s="23"/>
+      <c r="TKU206" s="23"/>
+      <c r="TKV206" s="1"/>
+      <c r="TKW206" s="23"/>
+      <c r="TKX206" s="23"/>
+      <c r="TKY206" s="1"/>
+      <c r="TKZ206" s="23"/>
+      <c r="TLA206" s="23"/>
+      <c r="TLB206" s="1"/>
+      <c r="TLC206" s="23"/>
+      <c r="TLD206" s="23"/>
+      <c r="TLE206" s="1"/>
+      <c r="TLF206" s="23"/>
+      <c r="TLG206" s="23"/>
+      <c r="TLH206" s="1"/>
+      <c r="TLI206" s="23"/>
+      <c r="TLJ206" s="23"/>
+      <c r="TLK206" s="1"/>
+      <c r="TLL206" s="23"/>
+      <c r="TLM206" s="23"/>
+      <c r="TLN206" s="1"/>
+      <c r="TLO206" s="23"/>
+      <c r="TLP206" s="23"/>
+      <c r="TLQ206" s="1"/>
+      <c r="TLR206" s="23"/>
+      <c r="TLS206" s="23"/>
+      <c r="TLT206" s="1"/>
+      <c r="TLU206" s="23"/>
+      <c r="TLV206" s="23"/>
+      <c r="TLW206" s="1"/>
+      <c r="TLX206" s="23"/>
+      <c r="TLY206" s="23"/>
+      <c r="TLZ206" s="1"/>
+      <c r="TMA206" s="23"/>
+      <c r="TMB206" s="23"/>
+      <c r="TMC206" s="1"/>
+      <c r="TMD206" s="23"/>
+      <c r="TME206" s="23"/>
+      <c r="TMF206" s="1"/>
+      <c r="TMG206" s="23"/>
+      <c r="TMH206" s="23"/>
+      <c r="TMI206" s="1"/>
+      <c r="TMJ206" s="23"/>
+      <c r="TMK206" s="23"/>
+      <c r="TML206" s="1"/>
+      <c r="TMM206" s="23"/>
+      <c r="TMN206" s="23"/>
+      <c r="TMO206" s="1"/>
+      <c r="TMP206" s="23"/>
+      <c r="TMQ206" s="23"/>
+      <c r="TMR206" s="1"/>
+      <c r="TMS206" s="23"/>
+      <c r="TMT206" s="23"/>
+      <c r="TMU206" s="1"/>
+      <c r="TMV206" s="23"/>
+      <c r="TMW206" s="23"/>
+      <c r="TMX206" s="1"/>
+      <c r="TMY206" s="23"/>
+      <c r="TMZ206" s="23"/>
+      <c r="TNA206" s="1"/>
+      <c r="TNB206" s="23"/>
+      <c r="TNC206" s="23"/>
+      <c r="TND206" s="1"/>
+      <c r="TNE206" s="23"/>
+      <c r="TNF206" s="23"/>
+      <c r="TNG206" s="1"/>
+      <c r="TNH206" s="23"/>
+      <c r="TNI206" s="23"/>
+      <c r="TNJ206" s="1"/>
+      <c r="TNK206" s="23"/>
+      <c r="TNL206" s="23"/>
+      <c r="TNM206" s="1"/>
+      <c r="TNN206" s="23"/>
+      <c r="TNO206" s="23"/>
+      <c r="TNP206" s="1"/>
+      <c r="TNQ206" s="23"/>
+      <c r="TNR206" s="23"/>
+      <c r="TNS206" s="1"/>
+      <c r="TNT206" s="23"/>
+      <c r="TNU206" s="23"/>
+      <c r="TNV206" s="1"/>
+      <c r="TNW206" s="23"/>
+      <c r="TNX206" s="23"/>
+      <c r="TNY206" s="1"/>
+      <c r="TNZ206" s="23"/>
+      <c r="TOA206" s="23"/>
+      <c r="TOB206" s="1"/>
+      <c r="TOC206" s="23"/>
+      <c r="TOD206" s="23"/>
+      <c r="TOE206" s="1"/>
+      <c r="TOF206" s="23"/>
+      <c r="TOG206" s="23"/>
+      <c r="TOH206" s="1"/>
+      <c r="TOI206" s="23"/>
+      <c r="TOJ206" s="23"/>
+      <c r="TOK206" s="1"/>
+      <c r="TOL206" s="23"/>
+      <c r="TOM206" s="23"/>
+      <c r="TON206" s="1"/>
+      <c r="TOO206" s="23"/>
+      <c r="TOP206" s="23"/>
+      <c r="TOQ206" s="1"/>
+      <c r="TOR206" s="23"/>
+      <c r="TOS206" s="23"/>
+      <c r="TOT206" s="1"/>
+      <c r="TOU206" s="23"/>
+      <c r="TOV206" s="23"/>
+      <c r="TOW206" s="1"/>
+      <c r="TOX206" s="23"/>
+      <c r="TOY206" s="23"/>
+      <c r="TOZ206" s="1"/>
+      <c r="TPA206" s="23"/>
+      <c r="TPB206" s="23"/>
+      <c r="TPC206" s="1"/>
+      <c r="TPD206" s="23"/>
+      <c r="TPE206" s="23"/>
+      <c r="TPF206" s="1"/>
+      <c r="TPG206" s="23"/>
+      <c r="TPH206" s="23"/>
+      <c r="TPI206" s="1"/>
+      <c r="TPJ206" s="23"/>
+      <c r="TPK206" s="23"/>
+      <c r="TPL206" s="1"/>
+      <c r="TPM206" s="23"/>
+      <c r="TPN206" s="23"/>
+      <c r="TPO206" s="1"/>
+      <c r="TPP206" s="23"/>
+      <c r="TPQ206" s="23"/>
+      <c r="TPR206" s="1"/>
+      <c r="TPS206" s="23"/>
+      <c r="TPT206" s="23"/>
+      <c r="TPU206" s="1"/>
+      <c r="TPV206" s="23"/>
+      <c r="TPW206" s="23"/>
+      <c r="TPX206" s="1"/>
+      <c r="TPY206" s="23"/>
+      <c r="TPZ206" s="23"/>
+      <c r="TQA206" s="1"/>
+      <c r="TQB206" s="23"/>
+      <c r="TQC206" s="23"/>
+      <c r="TQD206" s="1"/>
+      <c r="TQE206" s="23"/>
+      <c r="TQF206" s="23"/>
+      <c r="TQG206" s="1"/>
+      <c r="TQH206" s="23"/>
+      <c r="TQI206" s="23"/>
+      <c r="TQJ206" s="1"/>
+      <c r="TQK206" s="23"/>
+      <c r="TQL206" s="23"/>
+      <c r="TQM206" s="1"/>
+      <c r="TQN206" s="23"/>
+      <c r="TQO206" s="23"/>
+      <c r="TQP206" s="1"/>
+      <c r="TQQ206" s="23"/>
+      <c r="TQR206" s="23"/>
+      <c r="TQS206" s="1"/>
+      <c r="TQT206" s="23"/>
+      <c r="TQU206" s="23"/>
+      <c r="TQV206" s="1"/>
+      <c r="TQW206" s="23"/>
+      <c r="TQX206" s="23"/>
+      <c r="TQY206" s="1"/>
+      <c r="TQZ206" s="23"/>
+      <c r="TRA206" s="23"/>
+      <c r="TRB206" s="1"/>
+      <c r="TRC206" s="23"/>
+      <c r="TRD206" s="23"/>
+      <c r="TRE206" s="1"/>
+      <c r="TRF206" s="23"/>
+      <c r="TRG206" s="23"/>
+      <c r="TRH206" s="1"/>
+      <c r="TRI206" s="23"/>
+      <c r="TRJ206" s="23"/>
+      <c r="TRK206" s="1"/>
+      <c r="TRL206" s="23"/>
+      <c r="TRM206" s="23"/>
+      <c r="TRN206" s="1"/>
+      <c r="TRO206" s="23"/>
+      <c r="TRP206" s="23"/>
+      <c r="TRQ206" s="1"/>
+      <c r="TRR206" s="23"/>
+      <c r="TRS206" s="23"/>
+      <c r="TRT206" s="1"/>
+      <c r="TRU206" s="23"/>
+      <c r="TRV206" s="23"/>
+      <c r="TRW206" s="1"/>
+      <c r="TRX206" s="23"/>
+      <c r="TRY206" s="23"/>
+      <c r="TRZ206" s="1"/>
+      <c r="TSA206" s="23"/>
+      <c r="TSB206" s="23"/>
+      <c r="TSC206" s="1"/>
+      <c r="TSD206" s="23"/>
+      <c r="TSE206" s="23"/>
+      <c r="TSF206" s="1"/>
+      <c r="TSG206" s="23"/>
+      <c r="TSH206" s="23"/>
+      <c r="TSI206" s="1"/>
+      <c r="TSJ206" s="23"/>
+      <c r="TSK206" s="23"/>
+      <c r="TSL206" s="1"/>
+      <c r="TSM206" s="23"/>
+      <c r="TSN206" s="23"/>
+      <c r="TSO206" s="1"/>
+      <c r="TSP206" s="23"/>
+      <c r="TSQ206" s="23"/>
+      <c r="TSR206" s="1"/>
+      <c r="TSS206" s="23"/>
+      <c r="TST206" s="23"/>
+      <c r="TSU206" s="1"/>
+      <c r="TSV206" s="23"/>
+      <c r="TSW206" s="23"/>
+      <c r="TSX206" s="1"/>
+      <c r="TSY206" s="23"/>
+      <c r="TSZ206" s="23"/>
+      <c r="TTA206" s="1"/>
+      <c r="TTB206" s="23"/>
+      <c r="TTC206" s="23"/>
+      <c r="TTD206" s="1"/>
+      <c r="TTE206" s="23"/>
+      <c r="TTF206" s="23"/>
+      <c r="TTG206" s="1"/>
+      <c r="TTH206" s="23"/>
+      <c r="TTI206" s="23"/>
+      <c r="TTJ206" s="1"/>
+      <c r="TTK206" s="23"/>
+      <c r="TTL206" s="23"/>
+      <c r="TTM206" s="1"/>
+      <c r="TTN206" s="23"/>
+      <c r="TTO206" s="23"/>
+      <c r="TTP206" s="1"/>
+      <c r="TTQ206" s="23"/>
+      <c r="TTR206" s="23"/>
+      <c r="TTS206" s="1"/>
+      <c r="TTT206" s="23"/>
+      <c r="TTU206" s="23"/>
+      <c r="TTV206" s="1"/>
+      <c r="TTW206" s="23"/>
+      <c r="TTX206" s="23"/>
+      <c r="TTY206" s="1"/>
+      <c r="TTZ206" s="23"/>
+      <c r="TUA206" s="23"/>
+      <c r="TUB206" s="1"/>
+      <c r="TUC206" s="23"/>
+      <c r="TUD206" s="23"/>
+      <c r="TUE206" s="1"/>
+      <c r="TUF206" s="23"/>
+      <c r="TUG206" s="23"/>
+      <c r="TUH206" s="1"/>
+      <c r="TUI206" s="23"/>
+      <c r="TUJ206" s="23"/>
+      <c r="TUK206" s="1"/>
+      <c r="TUL206" s="23"/>
+      <c r="TUM206" s="23"/>
+      <c r="TUN206" s="1"/>
+      <c r="TUO206" s="23"/>
+      <c r="TUP206" s="23"/>
+      <c r="TUQ206" s="1"/>
+      <c r="TUR206" s="23"/>
+      <c r="TUS206" s="23"/>
+      <c r="TUT206" s="1"/>
+      <c r="TUU206" s="23"/>
+      <c r="TUV206" s="23"/>
+      <c r="TUW206" s="1"/>
+      <c r="TUX206" s="23"/>
+      <c r="TUY206" s="23"/>
+      <c r="TUZ206" s="1"/>
+      <c r="TVA206" s="23"/>
+      <c r="TVB206" s="23"/>
+      <c r="TVC206" s="1"/>
+      <c r="TVD206" s="23"/>
+      <c r="TVE206" s="23"/>
+      <c r="TVF206" s="1"/>
+      <c r="TVG206" s="23"/>
+      <c r="TVH206" s="23"/>
+      <c r="TVI206" s="1"/>
+      <c r="TVJ206" s="23"/>
+      <c r="TVK206" s="23"/>
+      <c r="TVL206" s="1"/>
+      <c r="TVM206" s="23"/>
+      <c r="TVN206" s="23"/>
+      <c r="TVO206" s="1"/>
+      <c r="TVP206" s="23"/>
+      <c r="TVQ206" s="23"/>
+      <c r="TVR206" s="1"/>
+      <c r="TVS206" s="23"/>
+      <c r="TVT206" s="23"/>
+      <c r="TVU206" s="1"/>
+      <c r="TVV206" s="23"/>
+      <c r="TVW206" s="23"/>
+      <c r="TVX206" s="1"/>
+      <c r="TVY206" s="23"/>
+      <c r="TVZ206" s="23"/>
+      <c r="TWA206" s="1"/>
+      <c r="TWB206" s="23"/>
+      <c r="TWC206" s="23"/>
+      <c r="TWD206" s="1"/>
+      <c r="TWE206" s="23"/>
+      <c r="TWF206" s="23"/>
+      <c r="TWG206" s="1"/>
+      <c r="TWH206" s="23"/>
+      <c r="TWI206" s="23"/>
+      <c r="TWJ206" s="1"/>
+      <c r="TWK206" s="23"/>
+      <c r="TWL206" s="23"/>
+      <c r="TWM206" s="1"/>
+      <c r="TWN206" s="23"/>
+      <c r="TWO206" s="23"/>
+      <c r="TWP206" s="1"/>
+      <c r="TWQ206" s="23"/>
+      <c r="TWR206" s="23"/>
+      <c r="TWS206" s="1"/>
+      <c r="TWT206" s="23"/>
+      <c r="TWU206" s="23"/>
+      <c r="TWV206" s="1"/>
+      <c r="TWW206" s="23"/>
+      <c r="TWX206" s="23"/>
+      <c r="TWY206" s="1"/>
+      <c r="TWZ206" s="23"/>
+      <c r="TXA206" s="23"/>
+      <c r="TXB206" s="1"/>
+      <c r="TXC206" s="23"/>
+      <c r="TXD206" s="23"/>
+      <c r="TXE206" s="1"/>
+      <c r="TXF206" s="23"/>
+      <c r="TXG206" s="23"/>
+      <c r="TXH206" s="1"/>
+      <c r="TXI206" s="23"/>
+      <c r="TXJ206" s="23"/>
+      <c r="TXK206" s="1"/>
+      <c r="TXL206" s="23"/>
+      <c r="TXM206" s="23"/>
+      <c r="TXN206" s="1"/>
+      <c r="TXO206" s="23"/>
+      <c r="TXP206" s="23"/>
+      <c r="TXQ206" s="1"/>
+      <c r="TXR206" s="23"/>
+      <c r="TXS206" s="23"/>
+      <c r="TXT206" s="1"/>
+      <c r="TXU206" s="23"/>
+      <c r="TXV206" s="23"/>
+      <c r="TXW206" s="1"/>
+      <c r="TXX206" s="23"/>
+      <c r="TXY206" s="23"/>
+      <c r="TXZ206" s="1"/>
+      <c r="TYA206" s="23"/>
+      <c r="TYB206" s="23"/>
+      <c r="TYC206" s="1"/>
+      <c r="TYD206" s="23"/>
+      <c r="TYE206" s="23"/>
+      <c r="TYF206" s="1"/>
+      <c r="TYG206" s="23"/>
+      <c r="TYH206" s="23"/>
+      <c r="TYI206" s="1"/>
+      <c r="TYJ206" s="23"/>
+      <c r="TYK206" s="23"/>
+      <c r="TYL206" s="1"/>
+      <c r="TYM206" s="23"/>
+      <c r="TYN206" s="23"/>
+      <c r="TYO206" s="1"/>
+      <c r="TYP206" s="23"/>
+      <c r="TYQ206" s="23"/>
+      <c r="TYR206" s="1"/>
+      <c r="TYS206" s="23"/>
+      <c r="TYT206" s="23"/>
+      <c r="TYU206" s="1"/>
+      <c r="TYV206" s="23"/>
+      <c r="TYW206" s="23"/>
+      <c r="TYX206" s="1"/>
+      <c r="TYY206" s="23"/>
+      <c r="TYZ206" s="23"/>
+      <c r="TZA206" s="1"/>
+      <c r="TZB206" s="23"/>
+      <c r="TZC206" s="23"/>
+      <c r="TZD206" s="1"/>
+      <c r="TZE206" s="23"/>
+      <c r="TZF206" s="23"/>
+      <c r="TZG206" s="1"/>
+      <c r="TZH206" s="23"/>
+      <c r="TZI206" s="23"/>
+      <c r="TZJ206" s="1"/>
+      <c r="TZK206" s="23"/>
+      <c r="TZL206" s="23"/>
+      <c r="TZM206" s="1"/>
+      <c r="TZN206" s="23"/>
+      <c r="TZO206" s="23"/>
+      <c r="TZP206" s="1"/>
+      <c r="TZQ206" s="23"/>
+      <c r="TZR206" s="23"/>
+      <c r="TZS206" s="1"/>
+      <c r="TZT206" s="23"/>
+      <c r="TZU206" s="23"/>
+      <c r="TZV206" s="1"/>
+      <c r="TZW206" s="23"/>
+      <c r="TZX206" s="23"/>
+      <c r="TZY206" s="1"/>
+      <c r="TZZ206" s="23"/>
+      <c r="UAA206" s="23"/>
+      <c r="UAB206" s="1"/>
+      <c r="UAC206" s="23"/>
+      <c r="UAD206" s="23"/>
+      <c r="UAE206" s="1"/>
+      <c r="UAF206" s="23"/>
+      <c r="UAG206" s="23"/>
+      <c r="UAH206" s="1"/>
+      <c r="UAI206" s="23"/>
+      <c r="UAJ206" s="23"/>
+      <c r="UAK206" s="1"/>
+      <c r="UAL206" s="23"/>
+      <c r="UAM206" s="23"/>
+      <c r="UAN206" s="1"/>
+      <c r="UAO206" s="23"/>
+      <c r="UAP206" s="23"/>
+      <c r="UAQ206" s="1"/>
+      <c r="UAR206" s="23"/>
+      <c r="UAS206" s="23"/>
+      <c r="UAT206" s="1"/>
+      <c r="UAU206" s="23"/>
+      <c r="UAV206" s="23"/>
+      <c r="UAW206" s="1"/>
+      <c r="UAX206" s="23"/>
+      <c r="UAY206" s="23"/>
+      <c r="UAZ206" s="1"/>
+      <c r="UBA206" s="23"/>
+      <c r="UBB206" s="23"/>
+      <c r="UBC206" s="1"/>
+      <c r="UBD206" s="23"/>
+      <c r="UBE206" s="23"/>
+      <c r="UBF206" s="1"/>
+      <c r="UBG206" s="23"/>
+      <c r="UBH206" s="23"/>
+      <c r="UBI206" s="1"/>
+      <c r="UBJ206" s="23"/>
+      <c r="UBK206" s="23"/>
+      <c r="UBL206" s="1"/>
+      <c r="UBM206" s="23"/>
+      <c r="UBN206" s="23"/>
+      <c r="UBO206" s="1"/>
+      <c r="UBP206" s="23"/>
+      <c r="UBQ206" s="23"/>
+      <c r="UBR206" s="1"/>
+      <c r="UBS206" s="23"/>
+      <c r="UBT206" s="23"/>
+      <c r="UBU206" s="1"/>
+      <c r="UBV206" s="23"/>
+      <c r="UBW206" s="23"/>
+      <c r="UBX206" s="1"/>
+      <c r="UBY206" s="23"/>
+      <c r="UBZ206" s="23"/>
+      <c r="UCA206" s="1"/>
+      <c r="UCB206" s="23"/>
+      <c r="UCC206" s="23"/>
+      <c r="UCD206" s="1"/>
+      <c r="UCE206" s="23"/>
+      <c r="UCF206" s="23"/>
+      <c r="UCG206" s="1"/>
+      <c r="UCH206" s="23"/>
+      <c r="UCI206" s="23"/>
+      <c r="UCJ206" s="1"/>
+      <c r="UCK206" s="23"/>
+      <c r="UCL206" s="23"/>
+      <c r="UCM206" s="1"/>
+      <c r="UCN206" s="23"/>
+      <c r="UCO206" s="23"/>
+      <c r="UCP206" s="1"/>
+      <c r="UCQ206" s="23"/>
+      <c r="UCR206" s="23"/>
+      <c r="UCS206" s="1"/>
+      <c r="UCT206" s="23"/>
+      <c r="UCU206" s="23"/>
+      <c r="UCV206" s="1"/>
+      <c r="UCW206" s="23"/>
+      <c r="UCX206" s="23"/>
+      <c r="UCY206" s="1"/>
+      <c r="UCZ206" s="23"/>
+      <c r="UDA206" s="23"/>
+      <c r="UDB206" s="1"/>
+      <c r="UDC206" s="23"/>
+      <c r="UDD206" s="23"/>
+      <c r="UDE206" s="1"/>
+      <c r="UDF206" s="23"/>
+      <c r="UDG206" s="23"/>
+      <c r="UDH206" s="1"/>
+      <c r="UDI206" s="23"/>
+      <c r="UDJ206" s="23"/>
+      <c r="UDK206" s="1"/>
+      <c r="UDL206" s="23"/>
+      <c r="UDM206" s="23"/>
+      <c r="UDN206" s="1"/>
+      <c r="UDO206" s="23"/>
+      <c r="UDP206" s="23"/>
+      <c r="UDQ206" s="1"/>
+      <c r="UDR206" s="23"/>
+      <c r="UDS206" s="23"/>
+      <c r="UDT206" s="1"/>
+      <c r="UDU206" s="23"/>
+      <c r="UDV206" s="23"/>
+      <c r="UDW206" s="1"/>
+      <c r="UDX206" s="23"/>
+      <c r="UDY206" s="23"/>
+      <c r="UDZ206" s="1"/>
+      <c r="UEA206" s="23"/>
+      <c r="UEB206" s="23"/>
+      <c r="UEC206" s="1"/>
+      <c r="UED206" s="23"/>
+      <c r="UEE206" s="23"/>
+      <c r="UEF206" s="1"/>
+      <c r="UEG206" s="23"/>
+      <c r="UEH206" s="23"/>
+      <c r="UEI206" s="1"/>
+      <c r="UEJ206" s="23"/>
+      <c r="UEK206" s="23"/>
+      <c r="UEL206" s="1"/>
+      <c r="UEM206" s="23"/>
+      <c r="UEN206" s="23"/>
+      <c r="UEO206" s="1"/>
+      <c r="UEP206" s="23"/>
+      <c r="UEQ206" s="23"/>
+      <c r="UER206" s="1"/>
+      <c r="UES206" s="23"/>
+      <c r="UET206" s="23"/>
+      <c r="UEU206" s="1"/>
+      <c r="UEV206" s="23"/>
+      <c r="UEW206" s="23"/>
+      <c r="UEX206" s="1"/>
+      <c r="UEY206" s="23"/>
+      <c r="UEZ206" s="23"/>
+      <c r="UFA206" s="1"/>
+      <c r="UFB206" s="23"/>
+      <c r="UFC206" s="23"/>
+      <c r="UFD206" s="1"/>
+      <c r="UFE206" s="23"/>
+      <c r="UFF206" s="23"/>
+      <c r="UFG206" s="1"/>
+      <c r="UFH206" s="23"/>
+      <c r="UFI206" s="23"/>
+      <c r="UFJ206" s="1"/>
+      <c r="UFK206" s="23"/>
+      <c r="UFL206" s="23"/>
+      <c r="UFM206" s="1"/>
+      <c r="UFN206" s="23"/>
+      <c r="UFO206" s="23"/>
+      <c r="UFP206" s="1"/>
+      <c r="UFQ206" s="23"/>
+      <c r="UFR206" s="23"/>
+      <c r="UFS206" s="1"/>
+      <c r="UFT206" s="23"/>
+      <c r="UFU206" s="23"/>
+      <c r="UFV206" s="1"/>
+      <c r="UFW206" s="23"/>
+      <c r="UFX206" s="23"/>
+      <c r="UFY206" s="1"/>
+      <c r="UFZ206" s="23"/>
+      <c r="UGA206" s="23"/>
+      <c r="UGB206" s="1"/>
+      <c r="UGC206" s="23"/>
+      <c r="UGD206" s="23"/>
+      <c r="UGE206" s="1"/>
+      <c r="UGF206" s="23"/>
+      <c r="UGG206" s="23"/>
+      <c r="UGH206" s="1"/>
+      <c r="UGI206" s="23"/>
+      <c r="UGJ206" s="23"/>
+      <c r="UGK206" s="1"/>
+      <c r="UGL206" s="23"/>
+      <c r="UGM206" s="23"/>
+      <c r="UGN206" s="1"/>
+      <c r="UGO206" s="23"/>
+      <c r="UGP206" s="23"/>
+      <c r="UGQ206" s="1"/>
+      <c r="UGR206" s="23"/>
+      <c r="UGS206" s="23"/>
+      <c r="UGT206" s="1"/>
+      <c r="UGU206" s="23"/>
+      <c r="UGV206" s="23"/>
+      <c r="UGW206" s="1"/>
+      <c r="UGX206" s="23"/>
+      <c r="UGY206" s="23"/>
+      <c r="UGZ206" s="1"/>
+      <c r="UHA206" s="23"/>
+      <c r="UHB206" s="23"/>
+      <c r="UHC206" s="1"/>
+      <c r="UHD206" s="23"/>
+      <c r="UHE206" s="23"/>
+      <c r="UHF206" s="1"/>
+      <c r="UHG206" s="23"/>
+      <c r="UHH206" s="23"/>
+      <c r="UHI206" s="1"/>
+      <c r="UHJ206" s="23"/>
+      <c r="UHK206" s="23"/>
+      <c r="UHL206" s="1"/>
+      <c r="UHM206" s="23"/>
+      <c r="UHN206" s="23"/>
+      <c r="UHO206" s="1"/>
+      <c r="UHP206" s="23"/>
+      <c r="UHQ206" s="23"/>
+      <c r="UHR206" s="1"/>
+      <c r="UHS206" s="23"/>
+      <c r="UHT206" s="23"/>
+      <c r="UHU206" s="1"/>
+      <c r="UHV206" s="23"/>
+      <c r="UHW206" s="23"/>
+      <c r="UHX206" s="1"/>
+      <c r="UHY206" s="23"/>
+      <c r="UHZ206" s="23"/>
+      <c r="UIA206" s="1"/>
+      <c r="UIB206" s="23"/>
+      <c r="UIC206" s="23"/>
+      <c r="UID206" s="1"/>
+      <c r="UIE206" s="23"/>
+      <c r="UIF206" s="23"/>
+      <c r="UIG206" s="1"/>
+      <c r="UIH206" s="23"/>
+      <c r="UII206" s="23"/>
+      <c r="UIJ206" s="1"/>
+      <c r="UIK206" s="23"/>
+      <c r="UIL206" s="23"/>
+      <c r="UIM206" s="1"/>
+      <c r="UIN206" s="23"/>
+      <c r="UIO206" s="23"/>
+      <c r="UIP206" s="1"/>
+      <c r="UIQ206" s="23"/>
+      <c r="UIR206" s="23"/>
+      <c r="UIS206" s="1"/>
+      <c r="UIT206" s="23"/>
+      <c r="UIU206" s="23"/>
+      <c r="UIV206" s="1"/>
+      <c r="UIW206" s="23"/>
+      <c r="UIX206" s="23"/>
+      <c r="UIY206" s="1"/>
+      <c r="UIZ206" s="23"/>
+      <c r="UJA206" s="23"/>
+      <c r="UJB206" s="1"/>
+      <c r="UJC206" s="23"/>
+      <c r="UJD206" s="23"/>
+      <c r="UJE206" s="1"/>
+      <c r="UJF206" s="23"/>
+      <c r="UJG206" s="23"/>
+      <c r="UJH206" s="1"/>
+      <c r="UJI206" s="23"/>
+      <c r="UJJ206" s="23"/>
+      <c r="UJK206" s="1"/>
+      <c r="UJL206" s="23"/>
+      <c r="UJM206" s="23"/>
+      <c r="UJN206" s="1"/>
+      <c r="UJO206" s="23"/>
+      <c r="UJP206" s="23"/>
+      <c r="UJQ206" s="1"/>
+      <c r="UJR206" s="23"/>
+      <c r="UJS206" s="23"/>
+      <c r="UJT206" s="1"/>
+      <c r="UJU206" s="23"/>
+      <c r="UJV206" s="23"/>
+      <c r="UJW206" s="1"/>
+      <c r="UJX206" s="23"/>
+      <c r="UJY206" s="23"/>
+      <c r="UJZ206" s="1"/>
+      <c r="UKA206" s="23"/>
+      <c r="UKB206" s="23"/>
+      <c r="UKC206" s="1"/>
+      <c r="UKD206" s="23"/>
+      <c r="UKE206" s="23"/>
+      <c r="UKF206" s="1"/>
+      <c r="UKG206" s="23"/>
+      <c r="UKH206" s="23"/>
+      <c r="UKI206" s="1"/>
+      <c r="UKJ206" s="23"/>
+      <c r="UKK206" s="23"/>
+      <c r="UKL206" s="1"/>
+      <c r="UKM206" s="23"/>
+      <c r="UKN206" s="23"/>
+      <c r="UKO206" s="1"/>
+      <c r="UKP206" s="23"/>
+      <c r="UKQ206" s="23"/>
+      <c r="UKR206" s="1"/>
+      <c r="UKS206" s="23"/>
+      <c r="UKT206" s="23"/>
+      <c r="UKU206" s="1"/>
+      <c r="UKV206" s="23"/>
+      <c r="UKW206" s="23"/>
+      <c r="UKX206" s="1"/>
+      <c r="UKY206" s="23"/>
+      <c r="UKZ206" s="23"/>
+      <c r="ULA206" s="1"/>
+      <c r="ULB206" s="23"/>
+      <c r="ULC206" s="23"/>
+      <c r="ULD206" s="1"/>
+      <c r="ULE206" s="23"/>
+      <c r="ULF206" s="23"/>
+      <c r="ULG206" s="1"/>
+      <c r="ULH206" s="23"/>
+      <c r="ULI206" s="23"/>
+      <c r="ULJ206" s="1"/>
+      <c r="ULK206" s="23"/>
+      <c r="ULL206" s="23"/>
+      <c r="ULM206" s="1"/>
+      <c r="ULN206" s="23"/>
+      <c r="ULO206" s="23"/>
+      <c r="ULP206" s="1"/>
+      <c r="ULQ206" s="23"/>
+      <c r="ULR206" s="23"/>
+      <c r="ULS206" s="1"/>
+      <c r="ULT206" s="23"/>
+      <c r="ULU206" s="23"/>
+      <c r="ULV206" s="1"/>
+      <c r="ULW206" s="23"/>
+      <c r="ULX206" s="23"/>
+      <c r="ULY206" s="1"/>
+      <c r="ULZ206" s="23"/>
+      <c r="UMA206" s="23"/>
+      <c r="UMB206" s="1"/>
+      <c r="UMC206" s="23"/>
+      <c r="UMD206" s="23"/>
+      <c r="UME206" s="1"/>
+      <c r="UMF206" s="23"/>
+      <c r="UMG206" s="23"/>
+      <c r="UMH206" s="1"/>
+      <c r="UMI206" s="23"/>
+      <c r="UMJ206" s="23"/>
+      <c r="UMK206" s="1"/>
+      <c r="UML206" s="23"/>
+      <c r="UMM206" s="23"/>
+      <c r="UMN206" s="1"/>
+      <c r="UMO206" s="23"/>
+      <c r="UMP206" s="23"/>
+      <c r="UMQ206" s="1"/>
+      <c r="UMR206" s="23"/>
+      <c r="UMS206" s="23"/>
+      <c r="UMT206" s="1"/>
+      <c r="UMU206" s="23"/>
+      <c r="UMV206" s="23"/>
+      <c r="UMW206" s="1"/>
+      <c r="UMX206" s="23"/>
+      <c r="UMY206" s="23"/>
+      <c r="UMZ206" s="1"/>
+      <c r="UNA206" s="23"/>
+      <c r="UNB206" s="23"/>
+      <c r="UNC206" s="1"/>
+      <c r="UND206" s="23"/>
+      <c r="UNE206" s="23"/>
+      <c r="UNF206" s="1"/>
+      <c r="UNG206" s="23"/>
+      <c r="UNH206" s="23"/>
+      <c r="UNI206" s="1"/>
+      <c r="UNJ206" s="23"/>
+      <c r="UNK206" s="23"/>
+      <c r="UNL206" s="1"/>
+      <c r="UNM206" s="23"/>
+      <c r="UNN206" s="23"/>
+      <c r="UNO206" s="1"/>
+      <c r="UNP206" s="23"/>
+      <c r="UNQ206" s="23"/>
+      <c r="UNR206" s="1"/>
+      <c r="UNS206" s="23"/>
+      <c r="UNT206" s="23"/>
+      <c r="UNU206" s="1"/>
+      <c r="UNV206" s="23"/>
+      <c r="UNW206" s="23"/>
+      <c r="UNX206" s="1"/>
+      <c r="UNY206" s="23"/>
+      <c r="UNZ206" s="23"/>
+      <c r="UOA206" s="1"/>
+      <c r="UOB206" s="23"/>
+      <c r="UOC206" s="23"/>
+      <c r="UOD206" s="1"/>
+      <c r="UOE206" s="23"/>
+      <c r="UOF206" s="23"/>
+      <c r="UOG206" s="1"/>
+      <c r="UOH206" s="23"/>
+      <c r="UOI206" s="23"/>
+      <c r="UOJ206" s="1"/>
+      <c r="UOK206" s="23"/>
+      <c r="UOL206" s="23"/>
+      <c r="UOM206" s="1"/>
+      <c r="UON206" s="23"/>
+      <c r="UOO206" s="23"/>
+      <c r="UOP206" s="1"/>
+      <c r="UOQ206" s="23"/>
+      <c r="UOR206" s="23"/>
+      <c r="UOS206" s="1"/>
+      <c r="UOT206" s="23"/>
+      <c r="UOU206" s="23"/>
+      <c r="UOV206" s="1"/>
+      <c r="UOW206" s="23"/>
+      <c r="UOX206" s="23"/>
+      <c r="UOY206" s="1"/>
+      <c r="UOZ206" s="23"/>
+      <c r="UPA206" s="23"/>
+      <c r="UPB206" s="1"/>
+      <c r="UPC206" s="23"/>
+      <c r="UPD206" s="23"/>
+      <c r="UPE206" s="1"/>
+      <c r="UPF206" s="23"/>
+      <c r="UPG206" s="23"/>
+      <c r="UPH206" s="1"/>
+      <c r="UPI206" s="23"/>
+      <c r="UPJ206" s="23"/>
+      <c r="UPK206" s="1"/>
+      <c r="UPL206" s="23"/>
+      <c r="UPM206" s="23"/>
+      <c r="UPN206" s="1"/>
+      <c r="UPO206" s="23"/>
+      <c r="UPP206" s="23"/>
+      <c r="UPQ206" s="1"/>
+      <c r="UPR206" s="23"/>
+      <c r="UPS206" s="23"/>
+      <c r="UPT206" s="1"/>
+      <c r="UPU206" s="23"/>
+      <c r="UPV206" s="23"/>
+      <c r="UPW206" s="1"/>
+      <c r="UPX206" s="23"/>
+      <c r="UPY206" s="23"/>
+      <c r="UPZ206" s="1"/>
+      <c r="UQA206" s="23"/>
+      <c r="UQB206" s="23"/>
+      <c r="UQC206" s="1"/>
+      <c r="UQD206" s="23"/>
+      <c r="UQE206" s="23"/>
+      <c r="UQF206" s="1"/>
+      <c r="UQG206" s="23"/>
+      <c r="UQH206" s="23"/>
+      <c r="UQI206" s="1"/>
+      <c r="UQJ206" s="23"/>
+      <c r="UQK206" s="23"/>
+      <c r="UQL206" s="1"/>
+      <c r="UQM206" s="23"/>
+      <c r="UQN206" s="23"/>
+      <c r="UQO206" s="1"/>
+      <c r="UQP206" s="23"/>
+      <c r="UQQ206" s="23"/>
+      <c r="UQR206" s="1"/>
+      <c r="UQS206" s="23"/>
+      <c r="UQT206" s="23"/>
+      <c r="UQU206" s="1"/>
+      <c r="UQV206" s="23"/>
+      <c r="UQW206" s="23"/>
+      <c r="UQX206" s="1"/>
+      <c r="UQY206" s="23"/>
+      <c r="UQZ206" s="23"/>
+      <c r="URA206" s="1"/>
+      <c r="URB206" s="23"/>
+      <c r="URC206" s="23"/>
+      <c r="URD206" s="1"/>
+      <c r="URE206" s="23"/>
+      <c r="URF206" s="23"/>
+      <c r="URG206" s="1"/>
+      <c r="URH206" s="23"/>
+      <c r="URI206" s="23"/>
+      <c r="URJ206" s="1"/>
+      <c r="URK206" s="23"/>
+      <c r="URL206" s="23"/>
+      <c r="URM206" s="1"/>
+      <c r="URN206" s="23"/>
+      <c r="URO206" s="23"/>
+      <c r="URP206" s="1"/>
+      <c r="URQ206" s="23"/>
+      <c r="URR206" s="23"/>
+      <c r="URS206" s="1"/>
+      <c r="URT206" s="23"/>
+      <c r="URU206" s="23"/>
+      <c r="URV206" s="1"/>
+      <c r="URW206" s="23"/>
+      <c r="URX206" s="23"/>
+      <c r="URY206" s="1"/>
+      <c r="URZ206" s="23"/>
+      <c r="USA206" s="23"/>
+      <c r="USB206" s="1"/>
+      <c r="USC206" s="23"/>
+      <c r="USD206" s="23"/>
+      <c r="USE206" s="1"/>
+      <c r="USF206" s="23"/>
+      <c r="USG206" s="23"/>
+      <c r="USH206" s="1"/>
+      <c r="USI206" s="23"/>
+      <c r="USJ206" s="23"/>
+      <c r="USK206" s="1"/>
+      <c r="USL206" s="23"/>
+      <c r="USM206" s="23"/>
+      <c r="USN206" s="1"/>
+      <c r="USO206" s="23"/>
+      <c r="USP206" s="23"/>
+      <c r="USQ206" s="1"/>
+      <c r="USR206" s="23"/>
+      <c r="USS206" s="23"/>
+      <c r="UST206" s="1"/>
+      <c r="USU206" s="23"/>
+      <c r="USV206" s="23"/>
+      <c r="USW206" s="1"/>
+      <c r="USX206" s="23"/>
+      <c r="USY206" s="23"/>
+      <c r="USZ206" s="1"/>
+      <c r="UTA206" s="23"/>
+      <c r="UTB206" s="23"/>
+      <c r="UTC206" s="1"/>
+      <c r="UTD206" s="23"/>
+      <c r="UTE206" s="23"/>
+      <c r="UTF206" s="1"/>
+      <c r="UTG206" s="23"/>
+      <c r="UTH206" s="23"/>
+      <c r="UTI206" s="1"/>
+      <c r="UTJ206" s="23"/>
+      <c r="UTK206" s="23"/>
+      <c r="UTL206" s="1"/>
+      <c r="UTM206" s="23"/>
+      <c r="UTN206" s="23"/>
+      <c r="UTO206" s="1"/>
+      <c r="UTP206" s="23"/>
+      <c r="UTQ206" s="23"/>
+      <c r="UTR206" s="1"/>
+      <c r="UTS206" s="23"/>
+      <c r="UTT206" s="23"/>
+      <c r="UTU206" s="1"/>
+      <c r="UTV206" s="23"/>
+      <c r="UTW206" s="23"/>
+      <c r="UTX206" s="1"/>
+      <c r="UTY206" s="23"/>
+      <c r="UTZ206" s="23"/>
+      <c r="UUA206" s="1"/>
+      <c r="UUB206" s="23"/>
+      <c r="UUC206" s="23"/>
+      <c r="UUD206" s="1"/>
+      <c r="UUE206" s="23"/>
+      <c r="UUF206" s="23"/>
+      <c r="UUG206" s="1"/>
+      <c r="UUH206" s="23"/>
+      <c r="UUI206" s="23"/>
+      <c r="UUJ206" s="1"/>
+      <c r="UUK206" s="23"/>
+      <c r="UUL206" s="23"/>
+      <c r="UUM206" s="1"/>
+      <c r="UUN206" s="23"/>
+      <c r="UUO206" s="23"/>
+      <c r="UUP206" s="1"/>
+      <c r="UUQ206" s="23"/>
+      <c r="UUR206" s="23"/>
+      <c r="UUS206" s="1"/>
+      <c r="UUT206" s="23"/>
+      <c r="UUU206" s="23"/>
+      <c r="UUV206" s="1"/>
+      <c r="UUW206" s="23"/>
+      <c r="UUX206" s="23"/>
+      <c r="UUY206" s="1"/>
+      <c r="UUZ206" s="23"/>
+      <c r="UVA206" s="23"/>
+      <c r="UVB206" s="1"/>
+      <c r="UVC206" s="23"/>
+      <c r="UVD206" s="23"/>
+      <c r="UVE206" s="1"/>
+      <c r="UVF206" s="23"/>
+      <c r="UVG206" s="23"/>
+      <c r="UVH206" s="1"/>
+      <c r="UVI206" s="23"/>
+      <c r="UVJ206" s="23"/>
+      <c r="UVK206" s="1"/>
+      <c r="UVL206" s="23"/>
+      <c r="UVM206" s="23"/>
+      <c r="UVN206" s="1"/>
+      <c r="UVO206" s="23"/>
+      <c r="UVP206" s="23"/>
+      <c r="UVQ206" s="1"/>
+      <c r="UVR206" s="23"/>
+      <c r="UVS206" s="23"/>
+      <c r="UVT206" s="1"/>
+      <c r="UVU206" s="23"/>
+      <c r="UVV206" s="23"/>
+      <c r="UVW206" s="1"/>
+      <c r="UVX206" s="23"/>
+      <c r="UVY206" s="23"/>
+      <c r="UVZ206" s="1"/>
+      <c r="UWA206" s="23"/>
+      <c r="UWB206" s="23"/>
+      <c r="UWC206" s="1"/>
+      <c r="UWD206" s="23"/>
+      <c r="UWE206" s="23"/>
+      <c r="UWF206" s="1"/>
+      <c r="UWG206" s="23"/>
+      <c r="UWH206" s="23"/>
+      <c r="UWI206" s="1"/>
+      <c r="UWJ206" s="23"/>
+      <c r="UWK206" s="23"/>
+      <c r="UWL206" s="1"/>
+      <c r="UWM206" s="23"/>
+      <c r="UWN206" s="23"/>
+      <c r="UWO206" s="1"/>
+      <c r="UWP206" s="23"/>
+      <c r="UWQ206" s="23"/>
+      <c r="UWR206" s="1"/>
+      <c r="UWS206" s="23"/>
+      <c r="UWT206" s="23"/>
+      <c r="UWU206" s="1"/>
+      <c r="UWV206" s="23"/>
+      <c r="UWW206" s="23"/>
+      <c r="UWX206" s="1"/>
+      <c r="UWY206" s="23"/>
+      <c r="UWZ206" s="23"/>
+      <c r="UXA206" s="1"/>
+      <c r="UXB206" s="23"/>
+      <c r="UXC206" s="23"/>
+      <c r="UXD206" s="1"/>
+      <c r="UXE206" s="23"/>
+      <c r="UXF206" s="23"/>
+      <c r="UXG206" s="1"/>
+      <c r="UXH206" s="23"/>
+      <c r="UXI206" s="23"/>
+      <c r="UXJ206" s="1"/>
+      <c r="UXK206" s="23"/>
+      <c r="UXL206" s="23"/>
+      <c r="UXM206" s="1"/>
+      <c r="UXN206" s="23"/>
+      <c r="UXO206" s="23"/>
+      <c r="UXP206" s="1"/>
+      <c r="UXQ206" s="23"/>
+      <c r="UXR206" s="23"/>
+      <c r="UXS206" s="1"/>
+      <c r="UXT206" s="23"/>
+      <c r="UXU206" s="23"/>
+      <c r="UXV206" s="1"/>
+      <c r="UXW206" s="23"/>
+      <c r="UXX206" s="23"/>
+      <c r="UXY206" s="1"/>
+      <c r="UXZ206" s="23"/>
+      <c r="UYA206" s="23"/>
+      <c r="UYB206" s="1"/>
+      <c r="UYC206" s="23"/>
+      <c r="UYD206" s="23"/>
+      <c r="UYE206" s="1"/>
+      <c r="UYF206" s="23"/>
+      <c r="UYG206" s="23"/>
+      <c r="UYH206" s="1"/>
+      <c r="UYI206" s="23"/>
+      <c r="UYJ206" s="23"/>
+      <c r="UYK206" s="1"/>
+      <c r="UYL206" s="23"/>
+      <c r="UYM206" s="23"/>
+      <c r="UYN206" s="1"/>
+      <c r="UYO206" s="23"/>
+      <c r="UYP206" s="23"/>
+      <c r="UYQ206" s="1"/>
+      <c r="UYR206" s="23"/>
+      <c r="UYS206" s="23"/>
+      <c r="UYT206" s="1"/>
+      <c r="UYU206" s="23"/>
+      <c r="UYV206" s="23"/>
+      <c r="UYW206" s="1"/>
+      <c r="UYX206" s="23"/>
+      <c r="UYY206" s="23"/>
+      <c r="UYZ206" s="1"/>
+      <c r="UZA206" s="23"/>
+      <c r="UZB206" s="23"/>
+      <c r="UZC206" s="1"/>
+      <c r="UZD206" s="23"/>
+      <c r="UZE206" s="23"/>
+      <c r="UZF206" s="1"/>
+      <c r="UZG206" s="23"/>
+      <c r="UZH206" s="23"/>
+      <c r="UZI206" s="1"/>
+      <c r="UZJ206" s="23"/>
+      <c r="UZK206" s="23"/>
+      <c r="UZL206" s="1"/>
+      <c r="UZM206" s="23"/>
+      <c r="UZN206" s="23"/>
+      <c r="UZO206" s="1"/>
+      <c r="UZP206" s="23"/>
+      <c r="UZQ206" s="23"/>
+      <c r="UZR206" s="1"/>
+      <c r="UZS206" s="23"/>
+      <c r="UZT206" s="23"/>
+      <c r="UZU206" s="1"/>
+      <c r="UZV206" s="23"/>
+      <c r="UZW206" s="23"/>
+      <c r="UZX206" s="1"/>
+      <c r="UZY206" s="23"/>
+      <c r="UZZ206" s="23"/>
+      <c r="VAA206" s="1"/>
+      <c r="VAB206" s="23"/>
+      <c r="VAC206" s="23"/>
+      <c r="VAD206" s="1"/>
+      <c r="VAE206" s="23"/>
+      <c r="VAF206" s="23"/>
+      <c r="VAG206" s="1"/>
+      <c r="VAH206" s="23"/>
+      <c r="VAI206" s="23"/>
+      <c r="VAJ206" s="1"/>
+      <c r="VAK206" s="23"/>
+      <c r="VAL206" s="23"/>
+      <c r="VAM206" s="1"/>
+      <c r="VAN206" s="23"/>
+      <c r="VAO206" s="23"/>
+      <c r="VAP206" s="1"/>
+      <c r="VAQ206" s="23"/>
+      <c r="VAR206" s="23"/>
+      <c r="VAS206" s="1"/>
+      <c r="VAT206" s="23"/>
+      <c r="VAU206" s="23"/>
+      <c r="VAV206" s="1"/>
+      <c r="VAW206" s="23"/>
+      <c r="VAX206" s="23"/>
+      <c r="VAY206" s="1"/>
+      <c r="VAZ206" s="23"/>
+      <c r="VBA206" s="23"/>
+      <c r="VBB206" s="1"/>
+      <c r="VBC206" s="23"/>
+      <c r="VBD206" s="23"/>
+      <c r="VBE206" s="1"/>
+      <c r="VBF206" s="23"/>
+      <c r="VBG206" s="23"/>
+      <c r="VBH206" s="1"/>
+      <c r="VBI206" s="23"/>
+      <c r="VBJ206" s="23"/>
+      <c r="VBK206" s="1"/>
+      <c r="VBL206" s="23"/>
+      <c r="VBM206" s="23"/>
+      <c r="VBN206" s="1"/>
+      <c r="VBO206" s="23"/>
+      <c r="VBP206" s="23"/>
+      <c r="VBQ206" s="1"/>
+      <c r="VBR206" s="23"/>
+      <c r="VBS206" s="23"/>
+      <c r="VBT206" s="1"/>
+      <c r="VBU206" s="23"/>
+      <c r="VBV206" s="23"/>
+      <c r="VBW206" s="1"/>
+      <c r="VBX206" s="23"/>
+      <c r="VBY206" s="23"/>
+      <c r="VBZ206" s="1"/>
+      <c r="VCA206" s="23"/>
+      <c r="VCB206" s="23"/>
+      <c r="VCC206" s="1"/>
+      <c r="VCD206" s="23"/>
+      <c r="VCE206" s="23"/>
+      <c r="VCF206" s="1"/>
+      <c r="VCG206" s="23"/>
+      <c r="VCH206" s="23"/>
+      <c r="VCI206" s="1"/>
+      <c r="VCJ206" s="23"/>
+      <c r="VCK206" s="23"/>
+      <c r="VCL206" s="1"/>
+      <c r="VCM206" s="23"/>
+      <c r="VCN206" s="23"/>
+      <c r="VCO206" s="1"/>
+      <c r="VCP206" s="23"/>
+      <c r="VCQ206" s="23"/>
+      <c r="VCR206" s="1"/>
+      <c r="VCS206" s="23"/>
+      <c r="VCT206" s="23"/>
+      <c r="VCU206" s="1"/>
+      <c r="VCV206" s="23"/>
+      <c r="VCW206" s="23"/>
+      <c r="VCX206" s="1"/>
+      <c r="VCY206" s="23"/>
+      <c r="VCZ206" s="23"/>
+      <c r="VDA206" s="1"/>
+      <c r="VDB206" s="23"/>
+      <c r="VDC206" s="23"/>
+      <c r="VDD206" s="1"/>
+      <c r="VDE206" s="23"/>
+      <c r="VDF206" s="23"/>
+      <c r="VDG206" s="1"/>
+      <c r="VDH206" s="23"/>
+      <c r="VDI206" s="23"/>
+      <c r="VDJ206" s="1"/>
+      <c r="VDK206" s="23"/>
+      <c r="VDL206" s="23"/>
+      <c r="VDM206" s="1"/>
+      <c r="VDN206" s="23"/>
+      <c r="VDO206" s="23"/>
+      <c r="VDP206" s="1"/>
+      <c r="VDQ206" s="23"/>
+      <c r="VDR206" s="23"/>
+      <c r="VDS206" s="1"/>
+      <c r="VDT206" s="23"/>
+      <c r="VDU206" s="23"/>
+      <c r="VDV206" s="1"/>
+      <c r="VDW206" s="23"/>
+      <c r="VDX206" s="23"/>
+      <c r="VDY206" s="1"/>
+      <c r="VDZ206" s="23"/>
+      <c r="VEA206" s="23"/>
+      <c r="VEB206" s="1"/>
+      <c r="VEC206" s="23"/>
+      <c r="VED206" s="23"/>
+      <c r="VEE206" s="1"/>
+      <c r="VEF206" s="23"/>
+      <c r="VEG206" s="23"/>
+      <c r="VEH206" s="1"/>
+      <c r="VEI206" s="23"/>
+      <c r="VEJ206" s="23"/>
+      <c r="VEK206" s="1"/>
+      <c r="VEL206" s="23"/>
+      <c r="VEM206" s="23"/>
+      <c r="VEN206" s="1"/>
+      <c r="VEO206" s="23"/>
+      <c r="VEP206" s="23"/>
+      <c r="VEQ206" s="1"/>
+      <c r="VER206" s="23"/>
+      <c r="VES206" s="23"/>
+      <c r="VET206" s="1"/>
+      <c r="VEU206" s="23"/>
+      <c r="VEV206" s="23"/>
+      <c r="VEW206" s="1"/>
+      <c r="VEX206" s="23"/>
+      <c r="VEY206" s="23"/>
+      <c r="VEZ206" s="1"/>
+      <c r="VFA206" s="23"/>
+      <c r="VFB206" s="23"/>
+      <c r="VFC206" s="1"/>
+      <c r="VFD206" s="23"/>
+      <c r="VFE206" s="23"/>
+      <c r="VFF206" s="1"/>
+      <c r="VFG206" s="23"/>
+      <c r="VFH206" s="23"/>
+      <c r="VFI206" s="1"/>
+      <c r="VFJ206" s="23"/>
+      <c r="VFK206" s="23"/>
+      <c r="VFL206" s="1"/>
+      <c r="VFM206" s="23"/>
+      <c r="VFN206" s="23"/>
+      <c r="VFO206" s="1"/>
+      <c r="VFP206" s="23"/>
+      <c r="VFQ206" s="23"/>
+      <c r="VFR206" s="1"/>
+      <c r="VFS206" s="23"/>
+      <c r="VFT206" s="23"/>
+      <c r="VFU206" s="1"/>
+      <c r="VFV206" s="23"/>
+      <c r="VFW206" s="23"/>
+      <c r="VFX206" s="1"/>
+      <c r="VFY206" s="23"/>
+      <c r="VFZ206" s="23"/>
+      <c r="VGA206" s="1"/>
+      <c r="VGB206" s="23"/>
+      <c r="VGC206" s="23"/>
+      <c r="VGD206" s="1"/>
+      <c r="VGE206" s="23"/>
+      <c r="VGF206" s="23"/>
+      <c r="VGG206" s="1"/>
+      <c r="VGH206" s="23"/>
+      <c r="VGI206" s="23"/>
+      <c r="VGJ206" s="1"/>
+      <c r="VGK206" s="23"/>
+      <c r="VGL206" s="23"/>
+      <c r="VGM206" s="1"/>
+      <c r="VGN206" s="23"/>
+      <c r="VGO206" s="23"/>
+      <c r="VGP206" s="1"/>
+      <c r="VGQ206" s="23"/>
+      <c r="VGR206" s="23"/>
+      <c r="VGS206" s="1"/>
+      <c r="VGT206" s="23"/>
+      <c r="VGU206" s="23"/>
+      <c r="VGV206" s="1"/>
+      <c r="VGW206" s="23"/>
+      <c r="VGX206" s="23"/>
+      <c r="VGY206" s="1"/>
+      <c r="VGZ206" s="23"/>
+      <c r="VHA206" s="23"/>
+      <c r="VHB206" s="1"/>
+      <c r="VHC206" s="23"/>
+      <c r="VHD206" s="23"/>
+      <c r="VHE206" s="1"/>
+      <c r="VHF206" s="23"/>
+      <c r="VHG206" s="23"/>
+      <c r="VHH206" s="1"/>
+      <c r="VHI206" s="23"/>
+      <c r="VHJ206" s="23"/>
+      <c r="VHK206" s="1"/>
+      <c r="VHL206" s="23"/>
+      <c r="VHM206" s="23"/>
+      <c r="VHN206" s="1"/>
+      <c r="VHO206" s="23"/>
+      <c r="VHP206" s="23"/>
+      <c r="VHQ206" s="1"/>
+      <c r="VHR206" s="23"/>
+      <c r="VHS206" s="23"/>
+      <c r="VHT206" s="1"/>
+      <c r="VHU206" s="23"/>
+      <c r="VHV206" s="23"/>
+      <c r="VHW206" s="1"/>
+      <c r="VHX206" s="23"/>
+      <c r="VHY206" s="23"/>
+      <c r="VHZ206" s="1"/>
+      <c r="VIA206" s="23"/>
+      <c r="VIB206" s="23"/>
+      <c r="VIC206" s="1"/>
+      <c r="VID206" s="23"/>
+      <c r="VIE206" s="23"/>
+      <c r="VIF206" s="1"/>
+      <c r="VIG206" s="23"/>
+      <c r="VIH206" s="23"/>
+      <c r="VII206" s="1"/>
+      <c r="VIJ206" s="23"/>
+      <c r="VIK206" s="23"/>
+      <c r="VIL206" s="1"/>
+      <c r="VIM206" s="23"/>
+      <c r="VIN206" s="23"/>
+      <c r="VIO206" s="1"/>
+      <c r="VIP206" s="23"/>
+      <c r="VIQ206" s="23"/>
+      <c r="VIR206" s="1"/>
+      <c r="VIS206" s="23"/>
+      <c r="VIT206" s="23"/>
+      <c r="VIU206" s="1"/>
+      <c r="VIV206" s="23"/>
+      <c r="VIW206" s="23"/>
+      <c r="VIX206" s="1"/>
+      <c r="VIY206" s="23"/>
+      <c r="VIZ206" s="23"/>
+      <c r="VJA206" s="1"/>
+      <c r="VJB206" s="23"/>
+      <c r="VJC206" s="23"/>
+      <c r="VJD206" s="1"/>
+      <c r="VJE206" s="23"/>
+      <c r="VJF206" s="23"/>
+      <c r="VJG206" s="1"/>
+      <c r="VJH206" s="23"/>
+      <c r="VJI206" s="23"/>
+      <c r="VJJ206" s="1"/>
+      <c r="VJK206" s="23"/>
+      <c r="VJL206" s="23"/>
+      <c r="VJM206" s="1"/>
+      <c r="VJN206" s="23"/>
+      <c r="VJO206" s="23"/>
+      <c r="VJP206" s="1"/>
+      <c r="VJQ206" s="23"/>
+      <c r="VJR206" s="23"/>
+      <c r="VJS206" s="1"/>
+      <c r="VJT206" s="23"/>
+      <c r="VJU206" s="23"/>
+      <c r="VJV206" s="1"/>
+      <c r="VJW206" s="23"/>
+      <c r="VJX206" s="23"/>
+      <c r="VJY206" s="1"/>
+      <c r="VJZ206" s="23"/>
+      <c r="VKA206" s="23"/>
+      <c r="VKB206" s="1"/>
+      <c r="VKC206" s="23"/>
+      <c r="VKD206" s="23"/>
+      <c r="VKE206" s="1"/>
+      <c r="VKF206" s="23"/>
+      <c r="VKG206" s="23"/>
+      <c r="VKH206" s="1"/>
+      <c r="VKI206" s="23"/>
+      <c r="VKJ206" s="23"/>
+      <c r="VKK206" s="1"/>
+      <c r="VKL206" s="23"/>
+      <c r="VKM206" s="23"/>
+      <c r="VKN206" s="1"/>
+      <c r="VKO206" s="23"/>
+      <c r="VKP206" s="23"/>
+      <c r="VKQ206" s="1"/>
+      <c r="VKR206" s="23"/>
+      <c r="VKS206" s="23"/>
+      <c r="VKT206" s="1"/>
+      <c r="VKU206" s="23"/>
+      <c r="VKV206" s="23"/>
+      <c r="VKW206" s="1"/>
+      <c r="VKX206" s="23"/>
+      <c r="VKY206" s="23"/>
+      <c r="VKZ206" s="1"/>
+      <c r="VLA206" s="23"/>
+      <c r="VLB206" s="23"/>
+      <c r="VLC206" s="1"/>
+      <c r="VLD206" s="23"/>
+      <c r="VLE206" s="23"/>
+      <c r="VLF206" s="1"/>
+      <c r="VLG206" s="23"/>
+      <c r="VLH206" s="23"/>
+      <c r="VLI206" s="1"/>
+      <c r="VLJ206" s="23"/>
+      <c r="VLK206" s="23"/>
+      <c r="VLL206" s="1"/>
+      <c r="VLM206" s="23"/>
+      <c r="VLN206" s="23"/>
+      <c r="VLO206" s="1"/>
+      <c r="VLP206" s="23"/>
+      <c r="VLQ206" s="23"/>
+      <c r="VLR206" s="1"/>
+      <c r="VLS206" s="23"/>
+      <c r="VLT206" s="23"/>
+      <c r="VLU206" s="1"/>
+      <c r="VLV206" s="23"/>
+      <c r="VLW206" s="23"/>
+      <c r="VLX206" s="1"/>
+      <c r="VLY206" s="23"/>
+      <c r="VLZ206" s="23"/>
+      <c r="VMA206" s="1"/>
+      <c r="VMB206" s="23"/>
+      <c r="VMC206" s="23"/>
+      <c r="VMD206" s="1"/>
+      <c r="VME206" s="23"/>
+      <c r="VMF206" s="23"/>
+      <c r="VMG206" s="1"/>
+      <c r="VMH206" s="23"/>
+      <c r="VMI206" s="23"/>
+      <c r="VMJ206" s="1"/>
+      <c r="VMK206" s="23"/>
+      <c r="VML206" s="23"/>
+      <c r="VMM206" s="1"/>
+      <c r="VMN206" s="23"/>
+      <c r="VMO206" s="23"/>
+      <c r="VMP206" s="1"/>
+      <c r="VMQ206" s="23"/>
+      <c r="VMR206" s="23"/>
+      <c r="VMS206" s="1"/>
+      <c r="VMT206" s="23"/>
+      <c r="VMU206" s="23"/>
+      <c r="VMV206" s="1"/>
+      <c r="VMW206" s="23"/>
+      <c r="VMX206" s="23"/>
+      <c r="VMY206" s="1"/>
+      <c r="VMZ206" s="23"/>
+      <c r="VNA206" s="23"/>
+      <c r="VNB206" s="1"/>
+      <c r="VNC206" s="23"/>
+      <c r="VND206" s="23"/>
+      <c r="VNE206" s="1"/>
+      <c r="VNF206" s="23"/>
+      <c r="VNG206" s="23"/>
+      <c r="VNH206" s="1"/>
+      <c r="VNI206" s="23"/>
+      <c r="VNJ206" s="23"/>
+      <c r="VNK206" s="1"/>
+      <c r="VNL206" s="23"/>
+      <c r="VNM206" s="23"/>
+      <c r="VNN206" s="1"/>
+      <c r="VNO206" s="23"/>
+      <c r="VNP206" s="23"/>
+      <c r="VNQ206" s="1"/>
+      <c r="VNR206" s="23"/>
+      <c r="VNS206" s="23"/>
+      <c r="VNT206" s="1"/>
+      <c r="VNU206" s="23"/>
+      <c r="VNV206" s="23"/>
+      <c r="VNW206" s="1"/>
+      <c r="VNX206" s="23"/>
+      <c r="VNY206" s="23"/>
+      <c r="VNZ206" s="1"/>
+      <c r="VOA206" s="23"/>
+      <c r="VOB206" s="23"/>
+      <c r="VOC206" s="1"/>
+      <c r="VOD206" s="23"/>
+      <c r="VOE206" s="23"/>
+      <c r="VOF206" s="1"/>
+      <c r="VOG206" s="23"/>
+      <c r="VOH206" s="23"/>
+      <c r="VOI206" s="1"/>
+      <c r="VOJ206" s="23"/>
+      <c r="VOK206" s="23"/>
+      <c r="VOL206" s="1"/>
+      <c r="VOM206" s="23"/>
+      <c r="VON206" s="23"/>
+      <c r="VOO206" s="1"/>
+      <c r="VOP206" s="23"/>
+      <c r="VOQ206" s="23"/>
+      <c r="VOR206" s="1"/>
+      <c r="VOS206" s="23"/>
+      <c r="VOT206" s="23"/>
+      <c r="VOU206" s="1"/>
+      <c r="VOV206" s="23"/>
+      <c r="VOW206" s="23"/>
+      <c r="VOX206" s="1"/>
+      <c r="VOY206" s="23"/>
+      <c r="VOZ206" s="23"/>
+      <c r="VPA206" s="1"/>
+      <c r="VPB206" s="23"/>
+      <c r="VPC206" s="23"/>
+      <c r="VPD206" s="1"/>
+      <c r="VPE206" s="23"/>
+      <c r="VPF206" s="23"/>
+      <c r="VPG206" s="1"/>
+      <c r="VPH206" s="23"/>
+      <c r="VPI206" s="23"/>
+      <c r="VPJ206" s="1"/>
+      <c r="VPK206" s="23"/>
+      <c r="VPL206" s="23"/>
+      <c r="VPM206" s="1"/>
+      <c r="VPN206" s="23"/>
+      <c r="VPO206" s="23"/>
+      <c r="VPP206" s="1"/>
+      <c r="VPQ206" s="23"/>
+      <c r="VPR206" s="23"/>
+      <c r="VPS206" s="1"/>
+      <c r="VPT206" s="23"/>
+      <c r="VPU206" s="23"/>
+      <c r="VPV206" s="1"/>
+      <c r="VPW206" s="23"/>
+      <c r="VPX206" s="23"/>
+      <c r="VPY206" s="1"/>
+      <c r="VPZ206" s="23"/>
+      <c r="VQA206" s="23"/>
+      <c r="VQB206" s="1"/>
+      <c r="VQC206" s="23"/>
+      <c r="VQD206" s="23"/>
+      <c r="VQE206" s="1"/>
+      <c r="VQF206" s="23"/>
+      <c r="VQG206" s="23"/>
+      <c r="VQH206" s="1"/>
+      <c r="VQI206" s="23"/>
+      <c r="VQJ206" s="23"/>
+      <c r="VQK206" s="1"/>
+      <c r="VQL206" s="23"/>
+      <c r="VQM206" s="23"/>
+      <c r="VQN206" s="1"/>
+      <c r="VQO206" s="23"/>
+      <c r="VQP206" s="23"/>
+      <c r="VQQ206" s="1"/>
+      <c r="VQR206" s="23"/>
+      <c r="VQS206" s="23"/>
+      <c r="VQT206" s="1"/>
+      <c r="VQU206" s="23"/>
+      <c r="VQV206" s="23"/>
+      <c r="VQW206" s="1"/>
+      <c r="VQX206" s="23"/>
+      <c r="VQY206" s="23"/>
+      <c r="VQZ206" s="1"/>
+      <c r="VRA206" s="23"/>
+      <c r="VRB206" s="23"/>
+      <c r="VRC206" s="1"/>
+      <c r="VRD206" s="23"/>
+      <c r="VRE206" s="23"/>
+      <c r="VRF206" s="1"/>
+      <c r="VRG206" s="23"/>
+      <c r="VRH206" s="23"/>
+      <c r="VRI206" s="1"/>
+      <c r="VRJ206" s="23"/>
+      <c r="VRK206" s="23"/>
+      <c r="VRL206" s="1"/>
+      <c r="VRM206" s="23"/>
+      <c r="VRN206" s="23"/>
+      <c r="VRO206" s="1"/>
+      <c r="VRP206" s="23"/>
+      <c r="VRQ206" s="23"/>
+      <c r="VRR206" s="1"/>
+      <c r="VRS206" s="23"/>
+      <c r="VRT206" s="23"/>
+      <c r="VRU206" s="1"/>
+      <c r="VRV206" s="23"/>
+      <c r="VRW206" s="23"/>
+      <c r="VRX206" s="1"/>
+      <c r="VRY206" s="23"/>
+      <c r="VRZ206" s="23"/>
+      <c r="VSA206" s="1"/>
+      <c r="VSB206" s="23"/>
+      <c r="VSC206" s="23"/>
+      <c r="VSD206" s="1"/>
+      <c r="VSE206" s="23"/>
+      <c r="VSF206" s="23"/>
+      <c r="VSG206" s="1"/>
+      <c r="VSH206" s="23"/>
+      <c r="VSI206" s="23"/>
+      <c r="VSJ206" s="1"/>
+      <c r="VSK206" s="23"/>
+      <c r="VSL206" s="23"/>
+      <c r="VSM206" s="1"/>
+      <c r="VSN206" s="23"/>
+      <c r="VSO206" s="23"/>
+      <c r="VSP206" s="1"/>
+      <c r="VSQ206" s="23"/>
+      <c r="VSR206" s="23"/>
+      <c r="VSS206" s="1"/>
+      <c r="VST206" s="23"/>
+      <c r="VSU206" s="23"/>
+      <c r="VSV206" s="1"/>
+      <c r="VSW206" s="23"/>
+      <c r="VSX206" s="23"/>
+      <c r="VSY206" s="1"/>
+      <c r="VSZ206" s="23"/>
+      <c r="VTA206" s="23"/>
+      <c r="VTB206" s="1"/>
+      <c r="VTC206" s="23"/>
+      <c r="VTD206" s="23"/>
+      <c r="VTE206" s="1"/>
+      <c r="VTF206" s="23"/>
+      <c r="VTG206" s="23"/>
+      <c r="VTH206" s="1"/>
+      <c r="VTI206" s="23"/>
+      <c r="VTJ206" s="23"/>
+      <c r="VTK206" s="1"/>
+      <c r="VTL206" s="23"/>
+      <c r="VTM206" s="23"/>
+      <c r="VTN206" s="1"/>
+      <c r="VTO206" s="23"/>
+      <c r="VTP206" s="23"/>
+      <c r="VTQ206" s="1"/>
+      <c r="VTR206" s="23"/>
+      <c r="VTS206" s="23"/>
+      <c r="VTT206" s="1"/>
+      <c r="VTU206" s="23"/>
+      <c r="VTV206" s="23"/>
+      <c r="VTW206" s="1"/>
+      <c r="VTX206" s="23"/>
+      <c r="VTY206" s="23"/>
+      <c r="VTZ206" s="1"/>
+      <c r="VUA206" s="23"/>
+      <c r="VUB206" s="23"/>
+      <c r="VUC206" s="1"/>
+      <c r="VUD206" s="23"/>
+      <c r="VUE206" s="23"/>
+      <c r="VUF206" s="1"/>
+      <c r="VUG206" s="23"/>
+      <c r="VUH206" s="23"/>
+      <c r="VUI206" s="1"/>
+      <c r="VUJ206" s="23"/>
+      <c r="VUK206" s="23"/>
+      <c r="VUL206" s="1"/>
+      <c r="VUM206" s="23"/>
+      <c r="VUN206" s="23"/>
+      <c r="VUO206" s="1"/>
+      <c r="VUP206" s="23"/>
+      <c r="VUQ206" s="23"/>
+      <c r="VUR206" s="1"/>
+      <c r="VUS206" s="23"/>
+      <c r="VUT206" s="23"/>
+      <c r="VUU206" s="1"/>
+      <c r="VUV206" s="23"/>
+      <c r="VUW206" s="23"/>
+      <c r="VUX206" s="1"/>
+      <c r="VUY206" s="23"/>
+      <c r="VUZ206" s="23"/>
+      <c r="VVA206" s="1"/>
+      <c r="VVB206" s="23"/>
+      <c r="VVC206" s="23"/>
+      <c r="VVD206" s="1"/>
+      <c r="VVE206" s="23"/>
+      <c r="VVF206" s="23"/>
+      <c r="VVG206" s="1"/>
+      <c r="VVH206" s="23"/>
+      <c r="VVI206" s="23"/>
+      <c r="VVJ206" s="1"/>
+      <c r="VVK206" s="23"/>
+      <c r="VVL206" s="23"/>
+      <c r="VVM206" s="1"/>
+      <c r="VVN206" s="23"/>
+      <c r="VVO206" s="23"/>
+      <c r="VVP206" s="1"/>
+      <c r="VVQ206" s="23"/>
+      <c r="VVR206" s="23"/>
+      <c r="VVS206" s="1"/>
+      <c r="VVT206" s="23"/>
+      <c r="VVU206" s="23"/>
+      <c r="VVV206" s="1"/>
+      <c r="VVW206" s="23"/>
+      <c r="VVX206" s="23"/>
+      <c r="VVY206" s="1"/>
+      <c r="VVZ206" s="23"/>
+      <c r="VWA206" s="23"/>
+      <c r="VWB206" s="1"/>
+      <c r="VWC206" s="23"/>
+      <c r="VWD206" s="23"/>
+      <c r="VWE206" s="1"/>
+      <c r="VWF206" s="23"/>
+      <c r="VWG206" s="23"/>
+      <c r="VWH206" s="1"/>
+      <c r="VWI206" s="23"/>
+      <c r="VWJ206" s="23"/>
+      <c r="VWK206" s="1"/>
+      <c r="VWL206" s="23"/>
+      <c r="VWM206" s="23"/>
+      <c r="VWN206" s="1"/>
+      <c r="VWO206" s="23"/>
+      <c r="VWP206" s="23"/>
+      <c r="VWQ206" s="1"/>
+      <c r="VWR206" s="23"/>
+      <c r="VWS206" s="23"/>
+      <c r="VWT206" s="1"/>
+      <c r="VWU206" s="23"/>
+      <c r="VWV206" s="23"/>
+      <c r="VWW206" s="1"/>
+      <c r="VWX206" s="23"/>
+      <c r="VWY206" s="23"/>
+      <c r="VWZ206" s="1"/>
+      <c r="VXA206" s="23"/>
+      <c r="VXB206" s="23"/>
+      <c r="VXC206" s="1"/>
+      <c r="VXD206" s="23"/>
+      <c r="VXE206" s="23"/>
+      <c r="VXF206" s="1"/>
+      <c r="VXG206" s="23"/>
+      <c r="VXH206" s="23"/>
+      <c r="VXI206" s="1"/>
+      <c r="VXJ206" s="23"/>
+      <c r="VXK206" s="23"/>
+      <c r="VXL206" s="1"/>
+      <c r="VXM206" s="23"/>
+      <c r="VXN206" s="23"/>
+      <c r="VXO206" s="1"/>
+      <c r="VXP206" s="23"/>
+      <c r="VXQ206" s="23"/>
+      <c r="VXR206" s="1"/>
+      <c r="VXS206" s="23"/>
+      <c r="VXT206" s="23"/>
+      <c r="VXU206" s="1"/>
+      <c r="VXV206" s="23"/>
+      <c r="VXW206" s="23"/>
+      <c r="VXX206" s="1"/>
+      <c r="VXY206" s="23"/>
+      <c r="VXZ206" s="23"/>
+      <c r="VYA206" s="1"/>
+      <c r="VYB206" s="23"/>
+      <c r="VYC206" s="23"/>
+      <c r="VYD206" s="1"/>
+      <c r="VYE206" s="23"/>
+      <c r="VYF206" s="23"/>
+      <c r="VYG206" s="1"/>
+      <c r="VYH206" s="23"/>
+      <c r="VYI206" s="23"/>
+      <c r="VYJ206" s="1"/>
+      <c r="VYK206" s="23"/>
+      <c r="VYL206" s="23"/>
+      <c r="VYM206" s="1"/>
+      <c r="VYN206" s="23"/>
+      <c r="VYO206" s="23"/>
+      <c r="VYP206" s="1"/>
+      <c r="VYQ206" s="23"/>
+      <c r="VYR206" s="23"/>
+      <c r="VYS206" s="1"/>
+      <c r="VYT206" s="23"/>
+      <c r="VYU206" s="23"/>
+      <c r="VYV206" s="1"/>
+      <c r="VYW206" s="23"/>
+      <c r="VYX206" s="23"/>
+      <c r="VYY206" s="1"/>
+      <c r="VYZ206" s="23"/>
+      <c r="VZA206" s="23"/>
+      <c r="VZB206" s="1"/>
+      <c r="VZC206" s="23"/>
+      <c r="VZD206" s="23"/>
+      <c r="VZE206" s="1"/>
+      <c r="VZF206" s="23"/>
+      <c r="VZG206" s="23"/>
+      <c r="VZH206" s="1"/>
+      <c r="VZI206" s="23"/>
+      <c r="VZJ206" s="23"/>
+      <c r="VZK206" s="1"/>
+      <c r="VZL206" s="23"/>
+      <c r="VZM206" s="23"/>
+      <c r="VZN206" s="1"/>
+      <c r="VZO206" s="23"/>
+      <c r="VZP206" s="23"/>
+      <c r="VZQ206" s="1"/>
+      <c r="VZR206" s="23"/>
+      <c r="VZS206" s="23"/>
+      <c r="VZT206" s="1"/>
+      <c r="VZU206" s="23"/>
+      <c r="VZV206" s="23"/>
+      <c r="VZW206" s="1"/>
+      <c r="VZX206" s="23"/>
+      <c r="VZY206" s="23"/>
+      <c r="VZZ206" s="1"/>
+      <c r="WAA206" s="23"/>
+      <c r="WAB206" s="23"/>
+      <c r="WAC206" s="1"/>
+      <c r="WAD206" s="23"/>
+      <c r="WAE206" s="23"/>
+      <c r="WAF206" s="1"/>
+      <c r="WAG206" s="23"/>
+      <c r="WAH206" s="23"/>
+      <c r="WAI206" s="1"/>
+      <c r="WAJ206" s="23"/>
+      <c r="WAK206" s="23"/>
+      <c r="WAL206" s="1"/>
+      <c r="WAM206" s="23"/>
+      <c r="WAN206" s="23"/>
+      <c r="WAO206" s="1"/>
+      <c r="WAP206" s="23"/>
+      <c r="WAQ206" s="23"/>
+      <c r="WAR206" s="1"/>
+      <c r="WAS206" s="23"/>
+      <c r="WAT206" s="23"/>
+      <c r="WAU206" s="1"/>
+      <c r="WAV206" s="23"/>
+      <c r="WAW206" s="23"/>
+      <c r="WAX206" s="1"/>
+      <c r="WAY206" s="23"/>
+      <c r="WAZ206" s="23"/>
+      <c r="WBA206" s="1"/>
+      <c r="WBB206" s="23"/>
+      <c r="WBC206" s="23"/>
+      <c r="WBD206" s="1"/>
+      <c r="WBE206" s="23"/>
+      <c r="WBF206" s="23"/>
+      <c r="WBG206" s="1"/>
+      <c r="WBH206" s="23"/>
+      <c r="WBI206" s="23"/>
+      <c r="WBJ206" s="1"/>
+      <c r="WBK206" s="23"/>
+      <c r="WBL206" s="23"/>
+      <c r="WBM206" s="1"/>
+      <c r="WBN206" s="23"/>
+      <c r="WBO206" s="23"/>
+      <c r="WBP206" s="1"/>
+      <c r="WBQ206" s="23"/>
+      <c r="WBR206" s="23"/>
+      <c r="WBS206" s="1"/>
+      <c r="WBT206" s="23"/>
+      <c r="WBU206" s="23"/>
+      <c r="WBV206" s="1"/>
+      <c r="WBW206" s="23"/>
+      <c r="WBX206" s="23"/>
+      <c r="WBY206" s="1"/>
+      <c r="WBZ206" s="23"/>
+      <c r="WCA206" s="23"/>
+      <c r="WCB206" s="1"/>
+      <c r="WCC206" s="23"/>
+      <c r="WCD206" s="23"/>
+      <c r="WCE206" s="1"/>
+      <c r="WCF206" s="23"/>
+      <c r="WCG206" s="23"/>
+      <c r="WCH206" s="1"/>
+      <c r="WCI206" s="23"/>
+      <c r="WCJ206" s="23"/>
+      <c r="WCK206" s="1"/>
+      <c r="WCL206" s="23"/>
+      <c r="WCM206" s="23"/>
+      <c r="WCN206" s="1"/>
+      <c r="WCO206" s="23"/>
+      <c r="WCP206" s="23"/>
+      <c r="WCQ206" s="1"/>
+      <c r="WCR206" s="23"/>
+      <c r="WCS206" s="23"/>
+      <c r="WCT206" s="1"/>
+      <c r="WCU206" s="23"/>
+      <c r="WCV206" s="23"/>
+      <c r="WCW206" s="1"/>
+      <c r="WCX206" s="23"/>
+      <c r="WCY206" s="23"/>
+      <c r="WCZ206" s="1"/>
+      <c r="WDA206" s="23"/>
+      <c r="WDB206" s="23"/>
+      <c r="WDC206" s="1"/>
+      <c r="WDD206" s="23"/>
+      <c r="WDE206" s="23"/>
+      <c r="WDF206" s="1"/>
+      <c r="WDG206" s="23"/>
+      <c r="WDH206" s="23"/>
+      <c r="WDI206" s="1"/>
+      <c r="WDJ206" s="23"/>
+      <c r="WDK206" s="23"/>
+      <c r="WDL206" s="1"/>
+      <c r="WDM206" s="23"/>
+      <c r="WDN206" s="23"/>
+      <c r="WDO206" s="1"/>
+      <c r="WDP206" s="23"/>
+      <c r="WDQ206" s="23"/>
+      <c r="WDR206" s="1"/>
+      <c r="WDS206" s="23"/>
+      <c r="WDT206" s="23"/>
+      <c r="WDU206" s="1"/>
+      <c r="WDV206" s="23"/>
+      <c r="WDW206" s="23"/>
+      <c r="WDX206" s="1"/>
+      <c r="WDY206" s="23"/>
+      <c r="WDZ206" s="23"/>
+      <c r="WEA206" s="1"/>
+      <c r="WEB206" s="23"/>
+      <c r="WEC206" s="23"/>
+      <c r="WED206" s="1"/>
+      <c r="WEE206" s="23"/>
+      <c r="WEF206" s="23"/>
+      <c r="WEG206" s="1"/>
+      <c r="WEH206" s="23"/>
+      <c r="WEI206" s="23"/>
+      <c r="WEJ206" s="1"/>
+      <c r="WEK206" s="23"/>
+      <c r="WEL206" s="23"/>
+      <c r="WEM206" s="1"/>
+      <c r="WEN206" s="23"/>
+      <c r="WEO206" s="23"/>
+      <c r="WEP206" s="1"/>
+      <c r="WEQ206" s="23"/>
+      <c r="WER206" s="23"/>
+      <c r="WES206" s="1"/>
+      <c r="WET206" s="23"/>
+      <c r="WEU206" s="23"/>
+      <c r="WEV206" s="1"/>
+      <c r="WEW206" s="23"/>
+      <c r="WEX206" s="23"/>
+      <c r="WEY206" s="1"/>
+      <c r="WEZ206" s="23"/>
+      <c r="WFA206" s="23"/>
+      <c r="WFB206" s="1"/>
+      <c r="WFC206" s="23"/>
+      <c r="WFD206" s="23"/>
+      <c r="WFE206" s="1"/>
+      <c r="WFF206" s="23"/>
+      <c r="WFG206" s="23"/>
+      <c r="WFH206" s="1"/>
+      <c r="WFI206" s="23"/>
+      <c r="WFJ206" s="23"/>
+      <c r="WFK206" s="1"/>
+      <c r="WFL206" s="23"/>
+      <c r="WFM206" s="23"/>
+      <c r="WFN206" s="1"/>
+      <c r="WFO206" s="23"/>
+      <c r="WFP206" s="23"/>
+      <c r="WFQ206" s="1"/>
+      <c r="WFR206" s="23"/>
+      <c r="WFS206" s="23"/>
+      <c r="WFT206" s="1"/>
+      <c r="WFU206" s="23"/>
+      <c r="WFV206" s="23"/>
+      <c r="WFW206" s="1"/>
+      <c r="WFX206" s="23"/>
+      <c r="WFY206" s="23"/>
+      <c r="WFZ206" s="1"/>
+      <c r="WGA206" s="23"/>
+      <c r="WGB206" s="23"/>
+      <c r="WGC206" s="1"/>
+      <c r="WGD206" s="23"/>
+      <c r="WGE206" s="23"/>
+      <c r="WGF206" s="1"/>
+      <c r="WGG206" s="23"/>
+      <c r="WGH206" s="23"/>
+      <c r="WGI206" s="1"/>
+      <c r="WGJ206" s="23"/>
+      <c r="WGK206" s="23"/>
+      <c r="WGL206" s="1"/>
+      <c r="WGM206" s="23"/>
+      <c r="WGN206" s="23"/>
+      <c r="WGO206" s="1"/>
+      <c r="WGP206" s="23"/>
+      <c r="WGQ206" s="23"/>
+      <c r="WGR206" s="1"/>
+      <c r="WGS206" s="23"/>
+      <c r="WGT206" s="23"/>
+      <c r="WGU206" s="1"/>
+      <c r="WGV206" s="23"/>
+      <c r="WGW206" s="23"/>
+      <c r="WGX206" s="1"/>
+      <c r="WGY206" s="23"/>
+      <c r="WGZ206" s="23"/>
+      <c r="WHA206" s="1"/>
+      <c r="WHB206" s="23"/>
+      <c r="WHC206" s="23"/>
+      <c r="WHD206" s="1"/>
+      <c r="WHE206" s="23"/>
+      <c r="WHF206" s="23"/>
+      <c r="WHG206" s="1"/>
+      <c r="WHH206" s="23"/>
+      <c r="WHI206" s="23"/>
+      <c r="WHJ206" s="1"/>
+      <c r="WHK206" s="23"/>
+      <c r="WHL206" s="23"/>
+      <c r="WHM206" s="1"/>
+      <c r="WHN206" s="23"/>
+      <c r="WHO206" s="23"/>
+      <c r="WHP206" s="1"/>
+      <c r="WHQ206" s="23"/>
+      <c r="WHR206" s="23"/>
+      <c r="WHS206" s="1"/>
+      <c r="WHT206" s="23"/>
+      <c r="WHU206" s="23"/>
+      <c r="WHV206" s="1"/>
+      <c r="WHW206" s="23"/>
+      <c r="WHX206" s="23"/>
+      <c r="WHY206" s="1"/>
+      <c r="WHZ206" s="23"/>
+      <c r="WIA206" s="23"/>
+      <c r="WIB206" s="1"/>
+      <c r="WIC206" s="23"/>
+      <c r="WID206" s="23"/>
+      <c r="WIE206" s="1"/>
+      <c r="WIF206" s="23"/>
+      <c r="WIG206" s="23"/>
+      <c r="WIH206" s="1"/>
+      <c r="WII206" s="23"/>
+      <c r="WIJ206" s="23"/>
+      <c r="WIK206" s="1"/>
+      <c r="WIL206" s="23"/>
+      <c r="WIM206" s="23"/>
+      <c r="WIN206" s="1"/>
+      <c r="WIO206" s="23"/>
+      <c r="WIP206" s="23"/>
+      <c r="WIQ206" s="1"/>
+      <c r="WIR206" s="23"/>
+      <c r="WIS206" s="23"/>
+      <c r="WIT206" s="1"/>
+      <c r="WIU206" s="23"/>
+      <c r="WIV206" s="23"/>
+      <c r="WIW206" s="1"/>
+      <c r="WIX206" s="23"/>
+      <c r="WIY206" s="23"/>
+      <c r="WIZ206" s="1"/>
+      <c r="WJA206" s="23"/>
+      <c r="WJB206" s="23"/>
+      <c r="WJC206" s="1"/>
+      <c r="WJD206" s="23"/>
+      <c r="WJE206" s="23"/>
+      <c r="WJF206" s="1"/>
+      <c r="WJG206" s="23"/>
+      <c r="WJH206" s="23"/>
+      <c r="WJI206" s="1"/>
+      <c r="WJJ206" s="23"/>
+      <c r="WJK206" s="23"/>
+      <c r="WJL206" s="1"/>
+      <c r="WJM206" s="23"/>
+      <c r="WJN206" s="23"/>
+      <c r="WJO206" s="1"/>
+      <c r="WJP206" s="23"/>
+      <c r="WJQ206" s="23"/>
+      <c r="WJR206" s="1"/>
+      <c r="WJS206" s="23"/>
+      <c r="WJT206" s="23"/>
+      <c r="WJU206" s="1"/>
+      <c r="WJV206" s="23"/>
+      <c r="WJW206" s="23"/>
+      <c r="WJX206" s="1"/>
+      <c r="WJY206" s="23"/>
+      <c r="WJZ206" s="23"/>
+      <c r="WKA206" s="1"/>
+      <c r="WKB206" s="23"/>
+      <c r="WKC206" s="23"/>
+      <c r="WKD206" s="1"/>
+      <c r="WKE206" s="23"/>
+      <c r="WKF206" s="23"/>
+      <c r="WKG206" s="1"/>
+      <c r="WKH206" s="23"/>
+      <c r="WKI206" s="23"/>
+      <c r="WKJ206" s="1"/>
+      <c r="WKK206" s="23"/>
+      <c r="WKL206" s="23"/>
+      <c r="WKM206" s="1"/>
+      <c r="WKN206" s="23"/>
+      <c r="WKO206" s="23"/>
+      <c r="WKP206" s="1"/>
+      <c r="WKQ206" s="23"/>
+      <c r="WKR206" s="23"/>
+      <c r="WKS206" s="1"/>
+      <c r="WKT206" s="23"/>
+      <c r="WKU206" s="23"/>
+      <c r="WKV206" s="1"/>
+      <c r="WKW206" s="23"/>
+      <c r="WKX206" s="23"/>
+      <c r="WKY206" s="1"/>
+      <c r="WKZ206" s="23"/>
+      <c r="WLA206" s="23"/>
+      <c r="WLB206" s="1"/>
+      <c r="WLC206" s="23"/>
+      <c r="WLD206" s="23"/>
+      <c r="WLE206" s="1"/>
+      <c r="WLF206" s="23"/>
+      <c r="WLG206" s="23"/>
+      <c r="WLH206" s="1"/>
+      <c r="WLI206" s="23"/>
+      <c r="WLJ206" s="23"/>
+      <c r="WLK206" s="1"/>
+      <c r="WLL206" s="23"/>
+      <c r="WLM206" s="23"/>
+      <c r="WLN206" s="1"/>
+      <c r="WLO206" s="23"/>
+      <c r="WLP206" s="23"/>
+      <c r="WLQ206" s="1"/>
+      <c r="WLR206" s="23"/>
+      <c r="WLS206" s="23"/>
+      <c r="WLT206" s="1"/>
+      <c r="WLU206" s="23"/>
+      <c r="WLV206" s="23"/>
+      <c r="WLW206" s="1"/>
+      <c r="WLX206" s="23"/>
+      <c r="WLY206" s="23"/>
+      <c r="WLZ206" s="1"/>
+      <c r="WMA206" s="23"/>
+      <c r="WMB206" s="23"/>
+      <c r="WMC206" s="1"/>
+      <c r="WMD206" s="23"/>
+      <c r="WME206" s="23"/>
+      <c r="WMF206" s="1"/>
+      <c r="WMG206" s="23"/>
+      <c r="WMH206" s="23"/>
+      <c r="WMI206" s="1"/>
+      <c r="WMJ206" s="23"/>
+      <c r="WMK206" s="23"/>
+      <c r="WML206" s="1"/>
+      <c r="WMM206" s="23"/>
+      <c r="WMN206" s="23"/>
+      <c r="WMO206" s="1"/>
+      <c r="WMP206" s="23"/>
+      <c r="WMQ206" s="23"/>
+      <c r="WMR206" s="1"/>
+      <c r="WMS206" s="23"/>
+      <c r="WMT206" s="23"/>
+      <c r="WMU206" s="1"/>
+      <c r="WMV206" s="23"/>
+      <c r="WMW206" s="23"/>
+      <c r="WMX206" s="1"/>
+      <c r="WMY206" s="23"/>
+      <c r="WMZ206" s="23"/>
+      <c r="WNA206" s="1"/>
+      <c r="WNB206" s="23"/>
+      <c r="WNC206" s="23"/>
+      <c r="WND206" s="1"/>
+      <c r="WNE206" s="23"/>
+      <c r="WNF206" s="23"/>
+      <c r="WNG206" s="1"/>
+      <c r="WNH206" s="23"/>
+      <c r="WNI206" s="23"/>
+      <c r="WNJ206" s="1"/>
+      <c r="WNK206" s="23"/>
+      <c r="WNL206" s="23"/>
+      <c r="WNM206" s="1"/>
+      <c r="WNN206" s="23"/>
+      <c r="WNO206" s="23"/>
+      <c r="WNP206" s="1"/>
+      <c r="WNQ206" s="23"/>
+      <c r="WNR206" s="23"/>
+      <c r="WNS206" s="1"/>
+      <c r="WNT206" s="23"/>
+      <c r="WNU206" s="23"/>
+      <c r="WNV206" s="1"/>
+      <c r="WNW206" s="23"/>
+      <c r="WNX206" s="23"/>
+      <c r="WNY206" s="1"/>
+      <c r="WNZ206" s="23"/>
+      <c r="WOA206" s="23"/>
+      <c r="WOB206" s="1"/>
+      <c r="WOC206" s="23"/>
+      <c r="WOD206" s="23"/>
+      <c r="WOE206" s="1"/>
+      <c r="WOF206" s="23"/>
+      <c r="WOG206" s="23"/>
+      <c r="WOH206" s="1"/>
+      <c r="WOI206" s="23"/>
+      <c r="WOJ206" s="23"/>
+      <c r="WOK206" s="1"/>
+      <c r="WOL206" s="23"/>
+      <c r="WOM206" s="23"/>
+      <c r="WON206" s="1"/>
+      <c r="WOO206" s="23"/>
+      <c r="WOP206" s="23"/>
+      <c r="WOQ206" s="1"/>
+      <c r="WOR206" s="23"/>
+      <c r="WOS206" s="23"/>
+      <c r="WOT206" s="1"/>
+      <c r="WOU206" s="23"/>
+      <c r="WOV206" s="23"/>
+      <c r="WOW206" s="1"/>
+      <c r="WOX206" s="23"/>
+      <c r="WOY206" s="23"/>
+      <c r="WOZ206" s="1"/>
+      <c r="WPA206" s="23"/>
+      <c r="WPB206" s="23"/>
+      <c r="WPC206" s="1"/>
+      <c r="WPD206" s="23"/>
+      <c r="WPE206" s="23"/>
+      <c r="WPF206" s="1"/>
+      <c r="WPG206" s="23"/>
+      <c r="WPH206" s="23"/>
+      <c r="WPI206" s="1"/>
+      <c r="WPJ206" s="23"/>
+      <c r="WPK206" s="23"/>
+      <c r="WPL206" s="1"/>
+      <c r="WPM206" s="23"/>
+      <c r="WPN206" s="23"/>
+      <c r="WPO206" s="1"/>
+      <c r="WPP206" s="23"/>
+      <c r="WPQ206" s="23"/>
+      <c r="WPR206" s="1"/>
+      <c r="WPS206" s="23"/>
+      <c r="WPT206" s="23"/>
+      <c r="WPU206" s="1"/>
+      <c r="WPV206" s="23"/>
+      <c r="WPW206" s="23"/>
+      <c r="WPX206" s="1"/>
+      <c r="WPY206" s="23"/>
+      <c r="WPZ206" s="23"/>
+      <c r="WQA206" s="1"/>
+      <c r="WQB206" s="23"/>
+      <c r="WQC206" s="23"/>
+      <c r="WQD206" s="1"/>
+      <c r="WQE206" s="23"/>
+      <c r="WQF206" s="23"/>
+      <c r="WQG206" s="1"/>
+      <c r="WQH206" s="23"/>
+      <c r="WQI206" s="23"/>
+      <c r="WQJ206" s="1"/>
+      <c r="WQK206" s="23"/>
+      <c r="WQL206" s="23"/>
+      <c r="WQM206" s="1"/>
+      <c r="WQN206" s="23"/>
+      <c r="WQO206" s="23"/>
+      <c r="WQP206" s="1"/>
+      <c r="WQQ206" s="23"/>
+      <c r="WQR206" s="23"/>
+      <c r="WQS206" s="1"/>
+      <c r="WQT206" s="23"/>
+      <c r="WQU206" s="23"/>
+      <c r="WQV206" s="1"/>
+      <c r="WQW206" s="23"/>
+      <c r="WQX206" s="23"/>
+      <c r="WQY206" s="1"/>
+      <c r="WQZ206" s="23"/>
+      <c r="WRA206" s="23"/>
+      <c r="WRB206" s="1"/>
+      <c r="WRC206" s="23"/>
+      <c r="WRD206" s="23"/>
+      <c r="WRE206" s="1"/>
+      <c r="WRF206" s="23"/>
+      <c r="WRG206" s="23"/>
+      <c r="WRH206" s="1"/>
+      <c r="WRI206" s="23"/>
+      <c r="WRJ206" s="23"/>
+      <c r="WRK206" s="1"/>
+      <c r="WRL206" s="23"/>
+      <c r="WRM206" s="23"/>
+      <c r="WRN206" s="1"/>
+      <c r="WRO206" s="23"/>
+      <c r="WRP206" s="23"/>
+      <c r="WRQ206" s="1"/>
+      <c r="WRR206" s="23"/>
+      <c r="WRS206" s="23"/>
+      <c r="WRT206" s="1"/>
+      <c r="WRU206" s="23"/>
+      <c r="WRV206" s="23"/>
+      <c r="WRW206" s="1"/>
+      <c r="WRX206" s="23"/>
+      <c r="WRY206" s="23"/>
+      <c r="WRZ206" s="1"/>
+      <c r="WSA206" s="23"/>
+      <c r="WSB206" s="23"/>
+      <c r="WSC206" s="1"/>
+      <c r="WSD206" s="23"/>
+      <c r="WSE206" s="23"/>
+      <c r="WSF206" s="1"/>
+      <c r="WSG206" s="23"/>
+      <c r="WSH206" s="23"/>
+      <c r="WSI206" s="1"/>
+      <c r="WSJ206" s="23"/>
+      <c r="WSK206" s="23"/>
+      <c r="WSL206" s="1"/>
+      <c r="WSM206" s="23"/>
+      <c r="WSN206" s="23"/>
+      <c r="WSO206" s="1"/>
+      <c r="WSP206" s="23"/>
+      <c r="WSQ206" s="23"/>
+      <c r="WSR206" s="1"/>
+      <c r="WSS206" s="23"/>
+      <c r="WST206" s="23"/>
+      <c r="WSU206" s="1"/>
+      <c r="WSV206" s="23"/>
+      <c r="WSW206" s="23"/>
+      <c r="WSX206" s="1"/>
+      <c r="WSY206" s="23"/>
+      <c r="WSZ206" s="23"/>
+      <c r="WTA206" s="1"/>
+      <c r="WTB206" s="23"/>
+      <c r="WTC206" s="23"/>
+      <c r="WTD206" s="1"/>
+      <c r="WTE206" s="23"/>
+      <c r="WTF206" s="23"/>
+      <c r="WTG206" s="1"/>
+      <c r="WTH206" s="23"/>
+      <c r="WTI206" s="23"/>
+      <c r="WTJ206" s="1"/>
+      <c r="WTK206" s="23"/>
+      <c r="WTL206" s="23"/>
+      <c r="WTM206" s="1"/>
+      <c r="WTN206" s="23"/>
+      <c r="WTO206" s="23"/>
+      <c r="WTP206" s="1"/>
+      <c r="WTQ206" s="23"/>
+      <c r="WTR206" s="23"/>
+      <c r="WTS206" s="1"/>
+      <c r="WTT206" s="23"/>
+      <c r="WTU206" s="23"/>
+      <c r="WTV206" s="1"/>
+      <c r="WTW206" s="23"/>
+      <c r="WTX206" s="23"/>
+      <c r="WTY206" s="1"/>
+      <c r="WTZ206" s="23"/>
+      <c r="WUA206" s="23"/>
+      <c r="WUB206" s="1"/>
+      <c r="WUC206" s="23"/>
+      <c r="WUD206" s="23"/>
+      <c r="WUE206" s="1"/>
+      <c r="WUF206" s="23"/>
+      <c r="WUG206" s="23"/>
+      <c r="WUH206" s="1"/>
+      <c r="WUI206" s="23"/>
+      <c r="WUJ206" s="23"/>
+      <c r="WUK206" s="1"/>
+      <c r="WUL206" s="23"/>
+      <c r="WUM206" s="23"/>
+      <c r="WUN206" s="1"/>
+      <c r="WUO206" s="23"/>
+      <c r="WUP206" s="23"/>
+      <c r="WUQ206" s="1"/>
+      <c r="WUR206" s="23"/>
+      <c r="WUS206" s="23"/>
+      <c r="WUT206" s="1"/>
+      <c r="WUU206" s="23"/>
+      <c r="WUV206" s="23"/>
+      <c r="WUW206" s="1"/>
+      <c r="WUX206" s="23"/>
+      <c r="WUY206" s="23"/>
+      <c r="WUZ206" s="1"/>
+      <c r="WVA206" s="23"/>
+      <c r="WVB206" s="23"/>
+      <c r="WVC206" s="1"/>
+      <c r="WVD206" s="23"/>
+      <c r="WVE206" s="23"/>
+      <c r="WVF206" s="1"/>
+      <c r="WVG206" s="23"/>
+      <c r="WVH206" s="23"/>
+      <c r="WVI206" s="1"/>
+      <c r="WVJ206" s="23"/>
+      <c r="WVK206" s="23"/>
+      <c r="WVL206" s="1"/>
+      <c r="WVM206" s="23"/>
+      <c r="WVN206" s="23"/>
+      <c r="WVO206" s="1"/>
+      <c r="WVP206" s="23"/>
+      <c r="WVQ206" s="23"/>
+      <c r="WVR206" s="1"/>
+      <c r="WVS206" s="23"/>
+      <c r="WVT206" s="23"/>
+      <c r="WVU206" s="1"/>
+      <c r="WVV206" s="23"/>
+      <c r="WVW206" s="23"/>
+      <c r="WVX206" s="1"/>
+      <c r="WVY206" s="23"/>
+      <c r="WVZ206" s="23"/>
+      <c r="WWA206" s="1"/>
+      <c r="WWB206" s="23"/>
+      <c r="WWC206" s="23"/>
+      <c r="WWD206" s="1"/>
+      <c r="WWE206" s="23"/>
+      <c r="WWF206" s="23"/>
+      <c r="WWG206" s="1"/>
+      <c r="WWH206" s="23"/>
+      <c r="WWI206" s="23"/>
+      <c r="WWJ206" s="1"/>
+      <c r="WWK206" s="23"/>
+      <c r="WWL206" s="23"/>
+      <c r="WWM206" s="1"/>
+      <c r="WWN206" s="23"/>
+      <c r="WWO206" s="23"/>
+      <c r="WWP206" s="1"/>
+      <c r="WWQ206" s="23"/>
+      <c r="WWR206" s="23"/>
+      <c r="WWS206" s="1"/>
+      <c r="WWT206" s="23"/>
+      <c r="WWU206" s="23"/>
+      <c r="WWV206" s="1"/>
+      <c r="WWW206" s="23"/>
+      <c r="WWX206" s="23"/>
+      <c r="WWY206" s="1"/>
+      <c r="WWZ206" s="23"/>
+      <c r="WXA206" s="23"/>
+      <c r="WXB206" s="1"/>
+      <c r="WXC206" s="23"/>
+      <c r="WXD206" s="23"/>
+      <c r="WXE206" s="1"/>
+      <c r="WXF206" s="23"/>
+      <c r="WXG206" s="23"/>
+      <c r="WXH206" s="1"/>
+      <c r="WXI206" s="23"/>
+      <c r="WXJ206" s="23"/>
+      <c r="WXK206" s="1"/>
+      <c r="WXL206" s="23"/>
+      <c r="WXM206" s="23"/>
+      <c r="WXN206" s="1"/>
+      <c r="WXO206" s="23"/>
+      <c r="WXP206" s="23"/>
+      <c r="WXQ206" s="1"/>
+      <c r="WXR206" s="23"/>
+      <c r="WXS206" s="23"/>
+      <c r="WXT206" s="1"/>
+      <c r="WXU206" s="23"/>
+      <c r="WXV206" s="23"/>
+      <c r="WXW206" s="1"/>
+      <c r="WXX206" s="23"/>
+      <c r="WXY206" s="23"/>
+      <c r="WXZ206" s="1"/>
+      <c r="WYA206" s="23"/>
+      <c r="WYB206" s="23"/>
+      <c r="WYC206" s="1"/>
+      <c r="WYD206" s="23"/>
+      <c r="WYE206" s="23"/>
+      <c r="WYF206" s="1"/>
+      <c r="WYG206" s="23"/>
+      <c r="WYH206" s="23"/>
+      <c r="WYI206" s="1"/>
+      <c r="WYJ206" s="23"/>
+      <c r="WYK206" s="23"/>
+      <c r="WYL206" s="1"/>
+      <c r="WYM206" s="23"/>
+      <c r="WYN206" s="23"/>
+      <c r="WYO206" s="1"/>
+      <c r="WYP206" s="23"/>
+      <c r="WYQ206" s="23"/>
+      <c r="WYR206" s="1"/>
+      <c r="WYS206" s="23"/>
+      <c r="WYT206" s="23"/>
+      <c r="WYU206" s="1"/>
+      <c r="WYV206" s="23"/>
+      <c r="WYW206" s="23"/>
+      <c r="WYX206" s="1"/>
+      <c r="WYY206" s="23"/>
+      <c r="WYZ206" s="23"/>
+      <c r="WZA206" s="1"/>
+      <c r="WZB206" s="23"/>
+      <c r="WZC206" s="23"/>
+      <c r="WZD206" s="1"/>
+      <c r="WZE206" s="23"/>
+      <c r="WZF206" s="23"/>
+      <c r="WZG206" s="1"/>
+      <c r="WZH206" s="23"/>
+      <c r="WZI206" s="23"/>
+      <c r="WZJ206" s="1"/>
+      <c r="WZK206" s="23"/>
+      <c r="WZL206" s="23"/>
+      <c r="WZM206" s="1"/>
+      <c r="WZN206" s="23"/>
+      <c r="WZO206" s="23"/>
+      <c r="WZP206" s="1"/>
+      <c r="WZQ206" s="23"/>
+      <c r="WZR206" s="23"/>
+      <c r="WZS206" s="1"/>
+      <c r="WZT206" s="23"/>
+      <c r="WZU206" s="23"/>
+      <c r="WZV206" s="1"/>
+      <c r="WZW206" s="23"/>
+      <c r="WZX206" s="23"/>
+      <c r="WZY206" s="1"/>
+      <c r="WZZ206" s="23"/>
+      <c r="XAA206" s="23"/>
+      <c r="XAB206" s="1"/>
+      <c r="XAC206" s="23"/>
+      <c r="XAD206" s="23"/>
+      <c r="XAE206" s="1"/>
+      <c r="XAF206" s="23"/>
+      <c r="XAG206" s="23"/>
+      <c r="XAH206" s="1"/>
+      <c r="XAI206" s="23"/>
+      <c r="XAJ206" s="23"/>
+      <c r="XAK206" s="1"/>
+      <c r="XAL206" s="23"/>
+      <c r="XAM206" s="23"/>
+      <c r="XAN206" s="1"/>
+      <c r="XAO206" s="23"/>
+      <c r="XAP206" s="23"/>
+      <c r="XAQ206" s="1"/>
+      <c r="XAR206" s="23"/>
+      <c r="XAS206" s="23"/>
+      <c r="XAT206" s="1"/>
+      <c r="XAU206" s="23"/>
+      <c r="XAV206" s="23"/>
+      <c r="XAW206" s="1"/>
+      <c r="XAX206" s="23"/>
+      <c r="XAY206" s="23"/>
+      <c r="XAZ206" s="1"/>
+      <c r="XBA206" s="23"/>
+      <c r="XBB206" s="23"/>
+      <c r="XBC206" s="1"/>
+      <c r="XBD206" s="23"/>
+      <c r="XBE206" s="23"/>
+      <c r="XBF206" s="1"/>
+      <c r="XBG206" s="23"/>
+      <c r="XBH206" s="23"/>
+      <c r="XBI206" s="1"/>
+      <c r="XBJ206" s="23"/>
+      <c r="XBK206" s="23"/>
+      <c r="XBL206" s="1"/>
+      <c r="XBM206" s="23"/>
+      <c r="XBN206" s="23"/>
+      <c r="XBO206" s="1"/>
+      <c r="XBP206" s="23"/>
+      <c r="XBQ206" s="23"/>
+      <c r="XBR206" s="1"/>
+      <c r="XBS206" s="23"/>
+      <c r="XBT206" s="23"/>
+      <c r="XBU206" s="1"/>
+      <c r="XBV206" s="23"/>
+      <c r="XBW206" s="23"/>
+      <c r="XBX206" s="1"/>
+      <c r="XBY206" s="23"/>
+      <c r="XBZ206" s="23"/>
+      <c r="XCA206" s="1"/>
+      <c r="XCB206" s="23"/>
+      <c r="XCC206" s="23"/>
+      <c r="XCD206" s="1"/>
+      <c r="XCE206" s="23"/>
+      <c r="XCF206" s="23"/>
+      <c r="XCG206" s="1"/>
+      <c r="XCH206" s="23"/>
+      <c r="XCI206" s="23"/>
+      <c r="XCJ206" s="1"/>
+      <c r="XCK206" s="23"/>
+      <c r="XCL206" s="23"/>
+      <c r="XCM206" s="1"/>
+      <c r="XCN206" s="23"/>
+      <c r="XCO206" s="23"/>
+      <c r="XCP206" s="1"/>
+      <c r="XCQ206" s="23"/>
+      <c r="XCR206" s="23"/>
+      <c r="XCS206" s="1"/>
+      <c r="XCT206" s="23"/>
+      <c r="XCU206" s="23"/>
+      <c r="XCV206" s="1"/>
+      <c r="XCW206" s="23"/>
+      <c r="XCX206" s="23"/>
+      <c r="XCY206" s="1"/>
+      <c r="XCZ206" s="23"/>
+      <c r="XDA206" s="23"/>
+      <c r="XDB206" s="1"/>
+      <c r="XDC206" s="23"/>
+      <c r="XDD206" s="23"/>
+      <c r="XDE206" s="1"/>
+      <c r="XDF206" s="23"/>
+      <c r="XDG206" s="23"/>
+      <c r="XDH206" s="1"/>
+      <c r="XDI206" s="23"/>
+      <c r="XDJ206" s="23"/>
+      <c r="XDK206" s="1"/>
+      <c r="XDL206" s="23"/>
+      <c r="XDM206" s="23"/>
+      <c r="XDN206" s="1"/>
+      <c r="XDO206" s="23"/>
+      <c r="XDP206" s="23"/>
+      <c r="XDQ206" s="1"/>
+      <c r="XDR206" s="23"/>
+      <c r="XDS206" s="23"/>
+      <c r="XDT206" s="1"/>
+      <c r="XDU206" s="23"/>
+      <c r="XDV206" s="23"/>
+      <c r="XDW206" s="1"/>
+      <c r="XDX206" s="23"/>
+      <c r="XDY206" s="23"/>
+      <c r="XDZ206" s="1"/>
+      <c r="XEA206" s="23"/>
+      <c r="XEB206" s="23"/>
+      <c r="XEC206" s="1"/>
+      <c r="XED206" s="23"/>
+      <c r="XEE206" s="23"/>
+      <c r="XEF206" s="1"/>
+      <c r="XEG206" s="23"/>
+      <c r="XEH206" s="23"/>
+      <c r="XEI206" s="1"/>
+      <c r="XEJ206" s="23"/>
+      <c r="XEK206" s="23"/>
+      <c r="XEL206" s="1"/>
+      <c r="XEM206" s="23"/>
+      <c r="XEN206" s="23"/>
+      <c r="XEO206" s="1"/>
+      <c r="XEP206" s="23"/>
+      <c r="XEQ206" s="23"/>
+      <c r="XER206" s="1"/>
+      <c r="XES206" s="23"/>
+      <c r="XET206" s="23"/>
+      <c r="XEU206" s="1"/>
+      <c r="XEV206" s="23"/>
+      <c r="XEW206" s="23"/>
+      <c r="XEX206" s="1"/>
+      <c r="XEY206" s="23"/>
+      <c r="XEZ206" s="23"/>
+      <c r="XFA206" s="1"/>
+      <c r="XFB206" s="23"/>
+      <c r="XFC206" s="23"/>
+      <c r="XFD206" s="1"/>
     </row>
-    <row r="207" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="207" spans="1:16384" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B207" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E207" s="15" t="s">
+      <c r="B207" s="18" t="s">
+        <v>394</v>
+      </c>
+      <c r="C207" s="18" t="s">
+        <v>395</v>
+      </c>
+      <c r="D207" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E207" s="14" t="s">
         <v>21</v>
       </c>
       <c r="F207" s="15" t="s">
-        <v>275</v>
-[...1 lines deleted...]
-      <c r="G207" s="15" t="s">
+        <v>807</v>
+      </c>
+      <c r="G207" s="14" t="s">
         <v>26</v>
       </c>
       <c r="H207" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I207" s="18">
-[...2 lines deleted...]
-      <c r="J207" s="18">
+      <c r="I207" s="17">
+        <v>44896</v>
+      </c>
+      <c r="J207" s="17">
         <v>46022</v>
       </c>
-      <c r="K207" s="108" t="s">
-[...9 lines deleted...]
-        <v>1139</v>
+      <c r="K207" s="103" t="s">
+        <v>396</v>
+      </c>
+      <c r="L207" s="103" t="s">
+        <v>504</v>
+      </c>
+      <c r="M207" s="104" t="s">
+        <v>805</v>
+      </c>
+      <c r="N207" s="104" t="s">
+        <v>1097</v>
       </c>
       <c r="O207" s="6"/>
-      <c r="P207" s="69"/>
+      <c r="P207" s="67"/>
     </row>
-    <row r="208" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A208" s="1" t="s">
+    <row r="208" spans="1:16384" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A208" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B208" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E208" s="15" t="s">
+      <c r="B208" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="C208" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D208" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E208" s="14" t="s">
         <v>21</v>
       </c>
       <c r="F208" s="15" t="s">
-        <v>1015</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>1032</v>
+      </c>
+      <c r="G208" s="14" t="s">
+        <v>43</v>
       </c>
       <c r="H208" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I208" s="17">
-        <v>45566</v>
+        <v>46006</v>
       </c>
       <c r="J208" s="17">
-        <v>46022</v>
-[...10 lines deleted...]
-      <c r="P208" s="69"/>
+        <v>46081</v>
+      </c>
+      <c r="K208" s="103" t="s">
+        <v>1346</v>
+      </c>
+      <c r="L208" s="103"/>
+      <c r="M208" s="104"/>
+      <c r="N208" s="104"/>
+      <c r="O208" s="6"/>
+      <c r="P208" s="67"/>
     </row>
-    <row r="209" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A209" s="1" t="s">
+    <row r="209" spans="1:16" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A209" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B209" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E209" s="10" t="s">
+      <c r="B209" s="18" t="s">
+        <v>160</v>
+      </c>
+      <c r="C209" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D209" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E209" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F209" s="2" t="s">
-[...3 lines deleted...]
-        <v>31</v>
+      <c r="F209" s="48" t="s">
+        <v>1257</v>
+      </c>
+      <c r="G209" s="14" t="s">
+        <v>46</v>
       </c>
       <c r="H209" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I209" s="18">
-[...18 lines deleted...]
-      <c r="P209" s="69"/>
+      <c r="I209" s="26">
+        <v>44927</v>
+      </c>
+      <c r="J209" s="17">
+        <v>46022</v>
+      </c>
+      <c r="K209" s="103" t="s">
+        <v>527</v>
+      </c>
+      <c r="L209" s="103" t="s">
+        <v>919</v>
+      </c>
+      <c r="M209" s="104" t="s">
+        <v>1253</v>
+      </c>
+      <c r="N209" s="4"/>
+      <c r="O209" s="6"/>
+      <c r="P209" s="67"/>
     </row>
     <row r="210" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A210" s="1" t="s">
+      <c r="A210" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B210" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E210" s="10" t="s">
+      <c r="B210" s="14" t="s">
+        <v>161</v>
+      </c>
+      <c r="C210" s="14" t="s">
+        <v>162</v>
+      </c>
+      <c r="D210" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E210" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F210" s="2" t="s">
-[...3 lines deleted...]
-        <v>31</v>
+      <c r="F210" s="14" t="s">
+        <v>269</v>
+      </c>
+      <c r="G210" s="14" t="s">
+        <v>26</v>
       </c>
       <c r="H210" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I210" s="18">
-[...18 lines deleted...]
-      <c r="P210" s="69"/>
+      <c r="I210" s="17">
+        <v>44652</v>
+      </c>
+      <c r="J210" s="17">
+        <v>46022</v>
+      </c>
+      <c r="K210" s="104" t="s">
+        <v>270</v>
+      </c>
+      <c r="L210" s="104" t="s">
+        <v>505</v>
+      </c>
+      <c r="M210" s="104" t="s">
+        <v>806</v>
+      </c>
+      <c r="N210" s="104" t="s">
+        <v>1098</v>
+      </c>
+      <c r="O210" s="6"/>
+      <c r="P210" s="67"/>
     </row>
-    <row r="211" spans="1:16" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="211" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A211" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B211" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E211" s="15" t="s">
+      <c r="B211" s="18" t="s">
+        <v>980</v>
+      </c>
+      <c r="C211" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="D211" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E211" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F211" s="15" t="s">
-[...3 lines deleted...]
-        <v>279</v>
+      <c r="F211" s="14" t="s">
+        <v>979</v>
+      </c>
+      <c r="G211" s="14" t="s">
+        <v>40</v>
       </c>
       <c r="H211" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I211" s="17">
-[...16 lines deleted...]
-      <c r="P211" s="69"/>
+      <c r="I211" s="16">
+        <v>45566</v>
+      </c>
+      <c r="J211" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K211" s="104" t="s">
+        <v>978</v>
+      </c>
+      <c r="L211" s="104" t="s">
+        <v>1149</v>
+      </c>
+      <c r="M211" s="104"/>
+      <c r="N211" s="104"/>
+      <c r="O211" s="21"/>
+      <c r="P211" s="67"/>
     </row>
     <row r="212" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A212" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B212" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E212" s="15" t="s">
+      <c r="B212" s="14" t="s">
+        <v>595</v>
+      </c>
+      <c r="C212" s="14" t="s">
+        <v>416</v>
+      </c>
+      <c r="D212" s="14" t="s">
+        <v>589</v>
+      </c>
+      <c r="E212" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="F212" s="15" t="s">
-[...3 lines deleted...]
-        <v>279</v>
+      <c r="F212" s="2" t="s">
+        <v>596</v>
+      </c>
+      <c r="G212" s="14" t="s">
+        <v>31</v>
       </c>
       <c r="H212" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I212" s="17">
-        <v>45292</v>
-[...13 lines deleted...]
-      <c r="P212" s="69"/>
+        <v>44774</v>
+      </c>
+      <c r="J212" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K212" s="103" t="s">
+        <v>597</v>
+      </c>
+      <c r="L212" s="103" t="s">
+        <v>652</v>
+      </c>
+      <c r="M212" s="103" t="s">
+        <v>1000</v>
+      </c>
+      <c r="N212" s="103" t="s">
+        <v>1302</v>
+      </c>
+      <c r="O212" s="21"/>
+      <c r="P212" s="67"/>
     </row>
     <row r="213" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A213" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B213" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E213" s="15" t="s">
+      <c r="B213" s="14" t="s">
+        <v>602</v>
+      </c>
+      <c r="C213" s="14" t="s">
+        <v>385</v>
+      </c>
+      <c r="D213" s="14" t="s">
+        <v>589</v>
+      </c>
+      <c r="E213" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="F213" s="10" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="F213" s="2" t="s">
+        <v>604</v>
+      </c>
+      <c r="G213" s="14" t="s">
+        <v>31</v>
       </c>
       <c r="H213" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I213" s="17">
-        <v>44927</v>
-[...15 lines deleted...]
-      <c r="P213" s="69"/>
+        <v>44805</v>
+      </c>
+      <c r="J213" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K213" s="103" t="s">
+        <v>603</v>
+      </c>
+      <c r="L213" s="103" t="s">
+        <v>653</v>
+      </c>
+      <c r="M213" s="103" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N213" s="103" t="s">
+        <v>1303</v>
+      </c>
+      <c r="O213" s="21"/>
+      <c r="P213" s="67"/>
     </row>
-    <row r="214" spans="1:16" ht="87.6" customHeight="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E214" s="15" t="s">
+    <row r="214" spans="1:16" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A214" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B214" s="14" t="s">
+        <v>521</v>
+      </c>
+      <c r="C214" s="14" t="s">
+        <v>522</v>
+      </c>
+      <c r="D214" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E214" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F214" s="15" t="s">
-[...3 lines deleted...]
-        <v>285</v>
+      <c r="F214" s="14" t="s">
+        <v>1256</v>
+      </c>
+      <c r="G214" s="51" t="s">
+        <v>273</v>
       </c>
       <c r="H214" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I214" s="18">
-[...11 lines deleted...]
-      <c r="M214" s="9"/>
+      <c r="I214" s="16">
+        <v>44958</v>
+      </c>
+      <c r="J214" s="34">
+        <v>46022</v>
+      </c>
+      <c r="K214" s="103" t="s">
+        <v>523</v>
+      </c>
+      <c r="L214" s="103" t="s">
+        <v>920</v>
+      </c>
+      <c r="M214" s="103" t="s">
+        <v>1254</v>
+      </c>
       <c r="N214" s="9"/>
       <c r="O214" s="7"/>
-      <c r="P214" s="69"/>
+      <c r="P214" s="67"/>
     </row>
-    <row r="215" spans="1:16" ht="84" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A215" s="3" t="s">
+    <row r="215" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A215" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B215" s="19" t="s">
-[...23 lines deleted...]
-      <c r="J215" s="35">
+      <c r="B215" s="18" t="s">
+        <v>760</v>
+      </c>
+      <c r="C215" s="14" t="s">
+        <v>761</v>
+      </c>
+      <c r="D215" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E215" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="F215" s="14" t="s">
+        <v>763</v>
+      </c>
+      <c r="G215" s="51" t="s">
+        <v>273</v>
+      </c>
+      <c r="H215" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I215" s="16">
+        <v>45292</v>
+      </c>
+      <c r="J215" s="34">
         <v>46022</v>
       </c>
-      <c r="K215" s="107" t="s">
-[...6 lines deleted...]
-      <c r="P215" s="69"/>
+      <c r="K215" s="103" t="s">
+        <v>762</v>
+      </c>
+      <c r="L215" s="103" t="s">
+        <v>1255</v>
+      </c>
+      <c r="M215" s="9"/>
+      <c r="N215" s="9"/>
+      <c r="O215" s="7"/>
+      <c r="P215" s="67"/>
     </row>
     <row r="216" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A216" s="3" t="s">
+      <c r="A216" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B216" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E216" s="15" t="s">
+      <c r="B216" s="18" t="s">
+        <v>402</v>
+      </c>
+      <c r="C216" s="18" t="s">
+        <v>221</v>
+      </c>
+      <c r="D216" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E216" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F216" s="15" t="s">
-[...3 lines deleted...]
-        <v>43</v>
+      <c r="F216" s="10" t="s">
+        <v>403</v>
+      </c>
+      <c r="G216" s="14" t="s">
+        <v>26</v>
       </c>
       <c r="H216" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I216" s="18">
-        <v>44851</v>
+      <c r="I216" s="16">
+        <v>44927</v>
       </c>
       <c r="J216" s="17">
         <v>46022</v>
       </c>
-      <c r="K216" s="108" t="s">
-[...12 lines deleted...]
-      <c r="P216" s="69"/>
+      <c r="K216" s="103" t="s">
+        <v>404</v>
+      </c>
+      <c r="L216" s="103" t="s">
+        <v>808</v>
+      </c>
+      <c r="M216" s="103" t="s">
+        <v>1099</v>
+      </c>
+      <c r="N216" s="9"/>
+      <c r="O216" s="7"/>
+      <c r="P216" s="67"/>
     </row>
-    <row r="217" spans="1:16" ht="75.599999999999994" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="217" spans="1:16" ht="87.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
-        <v>19</v>
-[...10 lines deleted...]
-      <c r="E217" s="15" t="s">
+        <v>86</v>
+      </c>
+      <c r="B217" s="18" t="s">
+        <v>182</v>
+      </c>
+      <c r="C217" s="18" t="s">
+        <v>103</v>
+      </c>
+      <c r="D217" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E217" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F217" s="15" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="F217" s="14" t="s">
+        <v>858</v>
+      </c>
+      <c r="G217" s="14" t="s">
+        <v>279</v>
       </c>
       <c r="H217" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I217" s="18">
-[...20 lines deleted...]
-      <c r="P217" s="69"/>
+      <c r="I217" s="17">
+        <v>45444</v>
+      </c>
+      <c r="J217" s="17">
+        <v>46173</v>
+      </c>
+      <c r="K217" s="103" t="s">
+        <v>859</v>
+      </c>
+      <c r="L217" s="103" t="s">
+        <v>1206</v>
+      </c>
+      <c r="M217" s="9"/>
+      <c r="N217" s="9"/>
+      <c r="O217" s="7"/>
+      <c r="P217" s="67"/>
     </row>
-    <row r="218" spans="1:16" ht="75.599999999999994" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="218" spans="1:16" ht="84" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B218" s="15" t="s">
-[...37 lines deleted...]
-      <c r="P218" s="69"/>
+      <c r="B218" s="18" t="s">
+        <v>164</v>
+      </c>
+      <c r="C218" s="18" t="s">
+        <v>165</v>
+      </c>
+      <c r="D218" s="14" t="s">
+        <v>149</v>
+      </c>
+      <c r="E218" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="F218" s="10" t="s">
+        <v>1220</v>
+      </c>
+      <c r="G218" s="10" t="s">
+        <v>1042</v>
+      </c>
+      <c r="H218" s="14" t="s">
+        <v>37</v>
+      </c>
+      <c r="I218" s="26">
+        <v>45778</v>
+      </c>
+      <c r="J218" s="34" t="s">
+        <v>1373</v>
+      </c>
+      <c r="K218" s="103" t="s">
+        <v>166</v>
+      </c>
+      <c r="L218" s="103"/>
+      <c r="M218" s="104"/>
+      <c r="N218" s="104"/>
+      <c r="O218" s="104"/>
+      <c r="P218" s="67"/>
     </row>
     <row r="219" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B219" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E219" s="15" t="s">
+      <c r="B219" s="18" t="s">
+        <v>384</v>
+      </c>
+      <c r="C219" s="18" t="s">
+        <v>385</v>
+      </c>
+      <c r="D219" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E219" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F219" s="15" t="s">
-[...2 lines deleted...]
-      <c r="G219" s="15" t="s">
+      <c r="F219" s="14" t="s">
+        <v>386</v>
+      </c>
+      <c r="G219" s="14" t="s">
         <v>43</v>
       </c>
       <c r="H219" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I219" s="17">
-        <v>45108</v>
-[...13 lines deleted...]
-      <c r="N219" s="6"/>
+        <v>44851</v>
+      </c>
+      <c r="J219" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K219" s="104" t="s">
+        <v>387</v>
+      </c>
+      <c r="L219" s="103" t="s">
+        <v>638</v>
+      </c>
+      <c r="M219" s="104" t="s">
+        <v>874</v>
+      </c>
+      <c r="N219" s="104" t="s">
+        <v>1180</v>
+      </c>
       <c r="O219" s="6"/>
-      <c r="P219" s="69"/>
+      <c r="P219" s="67"/>
     </row>
-    <row r="220" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="220" spans="1:16" ht="75.599999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B220" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E220" s="15" t="s">
+      <c r="B220" s="14" t="s">
+        <v>167</v>
+      </c>
+      <c r="C220" s="14" t="s">
+        <v>168</v>
+      </c>
+      <c r="D220" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="E220" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F220" s="15" t="s">
-[...3 lines deleted...]
-        <v>40</v>
+      <c r="F220" s="14" t="s">
+        <v>271</v>
+      </c>
+      <c r="G220" s="14" t="s">
+        <v>26</v>
       </c>
       <c r="H220" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I220" s="17">
-        <v>45536</v>
-[...13 lines deleted...]
-      <c r="P220" s="69"/>
+        <v>44652</v>
+      </c>
+      <c r="J220" s="17">
+        <v>45991</v>
+      </c>
+      <c r="K220" s="103" t="s">
+        <v>272</v>
+      </c>
+      <c r="L220" s="103" t="s">
+        <v>228</v>
+      </c>
+      <c r="M220" s="104" t="s">
+        <v>506</v>
+      </c>
+      <c r="N220" s="104" t="s">
+        <v>809</v>
+      </c>
+      <c r="O220" s="103" t="s">
+        <v>1100</v>
+      </c>
+      <c r="P220" s="67"/>
     </row>
-    <row r="221" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="221" spans="1:16" ht="75.599999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B221" s="15" t="s">
-[...5 lines deleted...]
-      <c r="D221" s="15" t="s">
+      <c r="B221" s="14" t="s">
+        <v>442</v>
+      </c>
+      <c r="C221" s="14" t="s">
+        <v>443</v>
+      </c>
+      <c r="D221" s="10" t="s">
+        <v>236</v>
+      </c>
+      <c r="E221" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="F221" s="52" t="s">
         <v>235</v>
       </c>
-      <c r="E221" s="15" t="s">
-[...8 lines deleted...]
-      <c r="H221" s="2" t="s">
+      <c r="G221" s="65" t="s">
+        <v>434</v>
+      </c>
+      <c r="H221" s="33" t="s">
         <v>23</v>
       </c>
-      <c r="I221" s="18">
-[...2 lines deleted...]
-      <c r="J221" s="17">
+      <c r="I221" s="46">
+        <v>44927</v>
+      </c>
+      <c r="J221" s="16">
         <v>46022</v>
       </c>
-      <c r="K221" s="107" t="s">
-[...12 lines deleted...]
-      <c r="P221" s="69"/>
+      <c r="K221" s="103" t="s">
+        <v>444</v>
+      </c>
+      <c r="L221" s="103" t="s">
+        <v>690</v>
+      </c>
+      <c r="M221" s="104" t="s">
+        <v>1279</v>
+      </c>
+      <c r="N221" s="8"/>
+      <c r="O221" s="6"/>
+      <c r="P221" s="67"/>
     </row>
     <row r="222" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B222" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E222" s="15" t="s">
+      <c r="B222" s="14" t="s">
+        <v>292</v>
+      </c>
+      <c r="C222" s="14" t="s">
+        <v>293</v>
+      </c>
+      <c r="D222" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E222" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F222" s="15" t="s">
-[...3 lines deleted...]
-        <v>155</v>
+      <c r="F222" s="14" t="s">
+        <v>757</v>
+      </c>
+      <c r="G222" s="14" t="s">
+        <v>43</v>
       </c>
       <c r="H222" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I222" s="18">
-        <v>45474</v>
+      <c r="I222" s="16">
+        <v>45108</v>
       </c>
       <c r="J222" s="17">
-        <v>46022</v>
-[...10 lines deleted...]
-      <c r="P222" s="69"/>
+        <v>46081</v>
+      </c>
+      <c r="K222" s="103" t="s">
+        <v>756</v>
+      </c>
+      <c r="L222" s="103" t="s">
+        <v>875</v>
+      </c>
+      <c r="M222" s="103" t="s">
+        <v>1192</v>
+      </c>
+      <c r="N222" s="6"/>
+      <c r="O222" s="6"/>
+      <c r="P222" s="67"/>
     </row>
     <row r="223" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B223" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E223" s="10" t="s">
+      <c r="B223" s="14" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C223" s="14" t="s">
+        <v>124</v>
+      </c>
+      <c r="D223" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E223" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F223" s="2" t="s">
-[...3 lines deleted...]
-        <v>31</v>
+      <c r="F223" s="14" t="s">
+        <v>1153</v>
+      </c>
+      <c r="G223" s="14" t="s">
+        <v>40</v>
       </c>
       <c r="H223" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I223" s="18">
-[...18 lines deleted...]
-      <c r="P223" s="69"/>
+      <c r="I223" s="16">
+        <v>45536</v>
+      </c>
+      <c r="J223" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K223" s="103" t="s">
+        <v>1151</v>
+      </c>
+      <c r="L223" s="103" t="s">
+        <v>1152</v>
+      </c>
+      <c r="M223" s="6"/>
+      <c r="N223" s="6"/>
+      <c r="O223" s="6"/>
+      <c r="P223" s="67"/>
     </row>
-    <row r="224" spans="1:16" ht="72.599999999999994" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="224" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
-        <v>86</v>
-[...10 lines deleted...]
-      <c r="E224" s="33" t="s">
+        <v>19</v>
+      </c>
+      <c r="B224" s="14" t="s">
+        <v>169</v>
+      </c>
+      <c r="C224" s="14" t="s">
+        <v>170</v>
+      </c>
+      <c r="D224" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="E224" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F224" s="15" t="s">
-[...3 lines deleted...]
-        <v>285</v>
+      <c r="F224" s="51" t="s">
+        <v>541</v>
+      </c>
+      <c r="G224" s="51" t="s">
+        <v>35</v>
       </c>
       <c r="H224" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I224" s="18">
-[...2 lines deleted...]
-      <c r="J224" s="18">
+      <c r="I224" s="17">
+        <v>45017</v>
+      </c>
+      <c r="J224" s="16">
         <v>46022</v>
       </c>
-      <c r="K224" s="107" t="s">
-[...12 lines deleted...]
-      <c r="P224" s="69"/>
+      <c r="K224" s="103" t="s">
+        <v>542</v>
+      </c>
+      <c r="L224" s="103" t="s">
+        <v>701</v>
+      </c>
+      <c r="M224" s="104" t="s">
+        <v>850</v>
+      </c>
+      <c r="N224" s="104" t="s">
+        <v>1290</v>
+      </c>
+      <c r="O224" s="21"/>
+      <c r="P224" s="67"/>
     </row>
-    <row r="225" spans="1:16" ht="72.599999999999994" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="225" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B225" s="15" t="s">
-[...8 lines deleted...]
-      <c r="E225" s="33" t="s">
+      <c r="B225" s="14" t="s">
+        <v>189</v>
+      </c>
+      <c r="C225" s="14" t="s">
+        <v>148</v>
+      </c>
+      <c r="D225" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="E225" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F225" s="15" t="s">
-[...5 lines deleted...]
-      <c r="H225" s="34" t="s">
+      <c r="F225" s="14" t="s">
+        <v>641</v>
+      </c>
+      <c r="G225" s="39" t="s">
+        <v>155</v>
+      </c>
+      <c r="H225" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I225" s="47">
-[...12 lines deleted...]
-      <c r="P225" s="69"/>
+      <c r="I225" s="17">
+        <v>45474</v>
+      </c>
+      <c r="J225" s="16">
+        <v>46022</v>
+      </c>
+      <c r="K225" s="103" t="s">
+        <v>860</v>
+      </c>
+      <c r="L225" s="103" t="s">
+        <v>1048</v>
+      </c>
+      <c r="M225" s="104"/>
+      <c r="N225" s="8"/>
+      <c r="O225" s="21"/>
+      <c r="P225" s="67"/>
     </row>
     <row r="226" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B226" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E226" s="15" t="s">
+      <c r="B226" s="14" t="s">
+        <v>598</v>
+      </c>
+      <c r="C226" s="14" t="s">
+        <v>599</v>
+      </c>
+      <c r="D226" s="14" t="s">
+        <v>589</v>
+      </c>
+      <c r="E226" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="F226" s="15" t="s">
-[...3 lines deleted...]
-        <v>40</v>
+      <c r="F226" s="2" t="s">
+        <v>601</v>
+      </c>
+      <c r="G226" s="14" t="s">
+        <v>31</v>
       </c>
       <c r="H226" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I226" s="18">
-[...18 lines deleted...]
-      <c r="P226" s="69"/>
+      <c r="I226" s="17">
+        <v>44774</v>
+      </c>
+      <c r="J226" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K226" s="103" t="s">
+        <v>600</v>
+      </c>
+      <c r="L226" s="104" t="s">
+        <v>654</v>
+      </c>
+      <c r="M226" s="104" t="s">
+        <v>1002</v>
+      </c>
+      <c r="N226" s="104" t="s">
+        <v>1304</v>
+      </c>
+      <c r="O226" s="21"/>
+      <c r="P226" s="67"/>
     </row>
-    <row r="227" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A227" s="48" t="s">
+    <row r="227" spans="1:16" ht="72.599999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A227" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B227" s="14" t="s">
+        <v>195</v>
+      </c>
+      <c r="C227" s="14" t="s">
+        <v>144</v>
+      </c>
+      <c r="D227" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E227" s="32" t="s">
+        <v>21</v>
+      </c>
+      <c r="F227" s="14" t="s">
+        <v>299</v>
+      </c>
+      <c r="G227" s="39" t="s">
+        <v>282</v>
+      </c>
+      <c r="H227" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I227" s="17">
+        <v>46023</v>
+      </c>
+      <c r="J227" s="17">
+        <v>46142</v>
+      </c>
+      <c r="K227" s="103" t="s">
+        <v>196</v>
+      </c>
+      <c r="L227" s="104" t="s">
+        <v>751</v>
+      </c>
+      <c r="M227" s="104" t="s">
+        <v>933</v>
+      </c>
+      <c r="N227" s="103" t="s">
+        <v>1205</v>
+      </c>
+      <c r="O227" s="108" t="s">
+        <v>1371</v>
+      </c>
+      <c r="P227" s="67"/>
+    </row>
+    <row r="228" spans="1:16" ht="72.599999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A228" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B227" s="53" t="s">
-[...8 lines deleted...]
-      <c r="E227" s="10" t="s">
+      <c r="B228" s="14" t="s">
+        <v>321</v>
+      </c>
+      <c r="C228" s="14" t="s">
+        <v>322</v>
+      </c>
+      <c r="D228" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E228" s="32" t="s">
         <v>21</v>
       </c>
-      <c r="F227" s="15" t="s">
-[...5 lines deleted...]
-      <c r="H227" s="10" t="s">
+      <c r="F228" s="14" t="s">
+        <v>967</v>
+      </c>
+      <c r="G228" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="H228" s="33" t="s">
         <v>23</v>
       </c>
-      <c r="I227" s="17">
-[...56 lines deleted...]
-      <c r="P228" s="69"/>
+      <c r="I228" s="46">
+        <v>45931</v>
+      </c>
+      <c r="J228" s="17">
+        <v>46142</v>
+      </c>
+      <c r="K228" s="103" t="s">
+        <v>968</v>
+      </c>
+      <c r="L228" s="104"/>
+      <c r="M228" s="104"/>
+      <c r="N228" s="5"/>
+      <c r="O228" s="21"/>
+      <c r="P228" s="67"/>
     </row>
     <row r="229" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A229" s="48" t="s">
+      <c r="A229" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B229" s="53" t="s">
-[...8 lines deleted...]
-      <c r="E229" s="33" t="s">
+      <c r="B229" s="18" t="s">
+        <v>171</v>
+      </c>
+      <c r="C229" s="18" t="s">
+        <v>172</v>
+      </c>
+      <c r="D229" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="E229" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F229" s="33" t="s">
-[...5 lines deleted...]
-      <c r="H229" s="34" t="s">
+      <c r="F229" s="14" t="s">
+        <v>245</v>
+      </c>
+      <c r="G229" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="H229" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I229" s="47">
-[...12 lines deleted...]
-      <c r="P229" s="69"/>
+      <c r="I229" s="17">
+        <v>44652</v>
+      </c>
+      <c r="J229" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K229" s="103" t="s">
+        <v>246</v>
+      </c>
+      <c r="L229" s="103" t="s">
+        <v>659</v>
+      </c>
+      <c r="M229" s="104" t="s">
+        <v>826</v>
+      </c>
+      <c r="N229" s="104" t="s">
+        <v>1154</v>
+      </c>
+      <c r="O229" s="21"/>
+      <c r="P229" s="67"/>
     </row>
     <row r="230" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A230" s="48" t="s">
+      <c r="A230" s="47" t="s">
         <v>19</v>
       </c>
-      <c r="B230" s="53" t="s">
-[...8 lines deleted...]
-      <c r="E230" s="33" t="s">
+      <c r="B230" s="52" t="s">
+        <v>175</v>
+      </c>
+      <c r="C230" s="52" t="s">
+        <v>176</v>
+      </c>
+      <c r="D230" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E230" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="F230" s="33" t="s">
-        <v>1023</v>
+      <c r="F230" s="14" t="s">
+        <v>1317</v>
       </c>
       <c r="G230" s="10" t="s">
         <v>22</v>
       </c>
-      <c r="H230" s="34" t="s">
+      <c r="H230" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="I230" s="47">
-[...11 lines deleted...]
-      <c r="M230" s="8"/>
+      <c r="I230" s="16">
+        <v>45870</v>
+      </c>
+      <c r="J230" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K230" s="104" t="s">
+        <v>1316</v>
+      </c>
+      <c r="L230" s="104"/>
+      <c r="M230" s="104"/>
       <c r="N230" s="2"/>
       <c r="O230" s="4"/>
-      <c r="P230" s="69"/>
+      <c r="P230" s="67"/>
     </row>
     <row r="231" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A231" s="48" t="s">
+      <c r="A231" s="47" t="s">
         <v>19</v>
       </c>
-      <c r="B231" s="53" t="s">
-[...8 lines deleted...]
-      <c r="E231" s="10" t="s">
+      <c r="B231" s="52" t="s">
+        <v>192</v>
+      </c>
+      <c r="C231" s="52" t="s">
+        <v>148</v>
+      </c>
+      <c r="D231" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E231" s="32" t="s">
         <v>21</v>
       </c>
-      <c r="F231" s="15" t="s">
-[...5 lines deleted...]
-      <c r="H231" s="10" t="s">
+      <c r="F231" s="32" t="s">
+        <v>1167</v>
+      </c>
+      <c r="G231" s="32" t="s">
+        <v>390</v>
+      </c>
+      <c r="H231" s="33" t="s">
         <v>23</v>
       </c>
-      <c r="I231" s="29">
+      <c r="I231" s="46">
         <v>44927</v>
       </c>
-      <c r="J231" s="18">
-[...9 lines deleted...]
-        <v>1204</v>
+      <c r="J231" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K231" s="103" t="s">
+        <v>427</v>
+      </c>
+      <c r="L231" s="104" t="s">
+        <v>819</v>
+      </c>
+      <c r="M231" s="104" t="s">
+        <v>1155</v>
       </c>
       <c r="N231" s="2"/>
       <c r="O231" s="4"/>
-      <c r="P231" s="69"/>
+      <c r="P231" s="67"/>
     </row>
     <row r="232" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A232" s="48" t="s">
+      <c r="A232" s="47" t="s">
         <v>19</v>
       </c>
-      <c r="B232" s="53" t="s">
-[...8 lines deleted...]
-      <c r="E232" s="53" t="s">
+      <c r="B232" s="52" t="s">
+        <v>186</v>
+      </c>
+      <c r="C232" s="52" t="s">
+        <v>187</v>
+      </c>
+      <c r="D232" s="14" t="s">
+        <v>1224</v>
+      </c>
+      <c r="E232" s="32" t="s">
         <v>21</v>
       </c>
-      <c r="F232" s="15" t="s">
-[...18 lines deleted...]
-      <c r="M232" s="108"/>
+      <c r="F232" s="32" t="s">
+        <v>1313</v>
+      </c>
+      <c r="G232" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H232" s="33" t="s">
+        <v>23</v>
+      </c>
+      <c r="I232" s="46">
+        <v>45870</v>
+      </c>
+      <c r="J232" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K232" s="103" t="s">
+        <v>1314</v>
+      </c>
+      <c r="L232" s="104"/>
+      <c r="M232" s="104"/>
+      <c r="N232" s="2"/>
       <c r="O232" s="4"/>
-      <c r="P232" s="69"/>
+      <c r="P232" s="67"/>
     </row>
     <row r="233" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A233" s="48" t="s">
+      <c r="A233" s="47" t="s">
         <v>19</v>
       </c>
-      <c r="B233" s="53" t="s">
-[...8 lines deleted...]
-      <c r="E233" s="33" t="s">
+      <c r="B233" s="52" t="s">
+        <v>186</v>
+      </c>
+      <c r="C233" s="52" t="s">
+        <v>187</v>
+      </c>
+      <c r="D233" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E233" s="32" t="s">
         <v>21</v>
       </c>
-      <c r="F233" s="104" t="s">
-[...5 lines deleted...]
-      <c r="H233" s="10" t="s">
+      <c r="F233" s="32" t="s">
+        <v>987</v>
+      </c>
+      <c r="G233" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H233" s="33" t="s">
         <v>23</v>
       </c>
-      <c r="I233" s="29">
-        <v>44774</v>
+      <c r="I233" s="46">
+        <v>45627</v>
       </c>
       <c r="J233" s="17">
-        <v>46022</v>
-[...12 lines deleted...]
-      </c>
+        <v>46081</v>
+      </c>
+      <c r="K233" s="103" t="s">
+        <v>986</v>
+      </c>
+      <c r="L233" s="104" t="s">
+        <v>1080</v>
+      </c>
+      <c r="M233" s="8"/>
+      <c r="N233" s="2"/>
       <c r="O233" s="4"/>
-      <c r="P233" s="69"/>
+      <c r="P233" s="67"/>
     </row>
     <row r="234" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A234" s="48" t="s">
+      <c r="A234" s="47" t="s">
         <v>19</v>
       </c>
-      <c r="B234" s="53" t="s">
-[...8 lines deleted...]
-      <c r="E234" s="33" t="s">
+      <c r="B234" s="52" t="s">
+        <v>405</v>
+      </c>
+      <c r="C234" s="52" t="s">
+        <v>98</v>
+      </c>
+      <c r="D234" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E234" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="F234" s="2" t="s">
-[...3 lines deleted...]
-        <v>155</v>
+      <c r="F234" s="14" t="s">
+        <v>406</v>
+      </c>
+      <c r="G234" s="32" t="s">
+        <v>390</v>
       </c>
       <c r="H234" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="I234" s="29">
+      <c r="I234" s="28">
+        <v>44927</v>
+      </c>
+      <c r="J234" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K234" s="103" t="s">
+        <v>407</v>
+      </c>
+      <c r="L234" s="104" t="s">
+        <v>820</v>
+      </c>
+      <c r="M234" s="104" t="s">
+        <v>1156</v>
+      </c>
+      <c r="N234" s="2"/>
+      <c r="O234" s="4"/>
+      <c r="P234" s="67"/>
+    </row>
+    <row r="235" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A235" s="47" t="s">
+        <v>19</v>
+      </c>
+      <c r="B235" s="52" t="s">
+        <v>405</v>
+      </c>
+      <c r="C235" s="52" t="s">
+        <v>584</v>
+      </c>
+      <c r="D235" s="32" t="s">
+        <v>236</v>
+      </c>
+      <c r="E235" s="52" t="s">
+        <v>21</v>
+      </c>
+      <c r="F235" s="14" t="s">
+        <v>585</v>
+      </c>
+      <c r="G235" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="H235" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="I235" s="28">
+        <v>45778</v>
+      </c>
+      <c r="J235" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K235" s="103" t="s">
+        <v>586</v>
+      </c>
+      <c r="L235" s="104"/>
+      <c r="M235" s="104"/>
+      <c r="O235" s="4"/>
+      <c r="P235" s="67"/>
+    </row>
+    <row r="236" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A236" s="47" t="s">
+        <v>19</v>
+      </c>
+      <c r="B236" s="52" t="s">
+        <v>314</v>
+      </c>
+      <c r="C236" s="52" t="s">
+        <v>209</v>
+      </c>
+      <c r="D236" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E236" s="32" t="s">
+        <v>21</v>
+      </c>
+      <c r="F236" s="100" t="s">
+        <v>687</v>
+      </c>
+      <c r="G236" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H236" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="I236" s="28">
         <v>44774</v>
       </c>
-      <c r="J234" s="29">
+      <c r="J236" s="16">
+        <v>46022</v>
+      </c>
+      <c r="K236" s="103" t="s">
+        <v>315</v>
+      </c>
+      <c r="L236" s="104" t="s">
+        <v>686</v>
+      </c>
+      <c r="M236" s="104" t="s">
+        <v>851</v>
+      </c>
+      <c r="N236" s="104" t="s">
+        <v>1277</v>
+      </c>
+      <c r="O236" s="4"/>
+      <c r="P236" s="67"/>
+    </row>
+    <row r="237" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A237" s="47" t="s">
+        <v>19</v>
+      </c>
+      <c r="B237" s="52" t="s">
+        <v>330</v>
+      </c>
+      <c r="C237" s="52" t="s">
+        <v>110</v>
+      </c>
+      <c r="D237" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E237" s="32" t="s">
+        <v>21</v>
+      </c>
+      <c r="F237" s="2" t="s">
+        <v>1047</v>
+      </c>
+      <c r="G237" s="14" t="s">
+        <v>155</v>
+      </c>
+      <c r="H237" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="I237" s="28">
+        <v>44774</v>
+      </c>
+      <c r="J237" s="28">
         <v>45961</v>
       </c>
-      <c r="K234" s="107" t="s">
-[...12 lines deleted...]
-      <c r="P234" s="69"/>
+      <c r="K237" s="103" t="s">
+        <v>331</v>
+      </c>
+      <c r="L237" s="104" t="s">
+        <v>642</v>
+      </c>
+      <c r="M237" s="104" t="s">
+        <v>857</v>
+      </c>
+      <c r="N237" s="104" t="s">
+        <v>1046</v>
+      </c>
+      <c r="O237" s="4"/>
+      <c r="P237" s="67"/>
     </row>
-    <row r="235" spans="1:16" ht="82.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A235" s="1" t="s">
+    <row r="238" spans="1:16" ht="82.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A238" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B235" s="28" t="s">
-[...8 lines deleted...]
-      <c r="E235" s="33" t="s">
+      <c r="B238" s="27" t="s">
+        <v>325</v>
+      </c>
+      <c r="C238" s="27" t="s">
+        <v>326</v>
+      </c>
+      <c r="D238" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E238" s="32" t="s">
         <v>21</v>
       </c>
-      <c r="F235" s="2" t="s">
-[...78 lines deleted...]
-      <c r="C237" s="28" t="s">
+      <c r="F238" s="2" t="s">
+        <v>1164</v>
+      </c>
+      <c r="G238" s="25" t="s">
         <v>206</v>
-      </c>
-[...56 lines deleted...]
-        <v>979</v>
       </c>
       <c r="H238" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I238" s="18">
-[...14 lines deleted...]
-      <c r="P238" s="69"/>
+      <c r="I238" s="17">
+        <v>45383</v>
+      </c>
+      <c r="J238" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K238" s="103" t="s">
+        <v>777</v>
+      </c>
+      <c r="L238" s="104" t="s">
+        <v>1157</v>
+      </c>
+      <c r="M238" s="83"/>
+      <c r="N238" s="5"/>
+      <c r="O238" s="19"/>
+      <c r="P238" s="67"/>
     </row>
     <row r="239" spans="1:16" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A239" s="38" t="s">
+      <c r="A239" s="37" t="s">
         <v>19</v>
       </c>
-      <c r="B239" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E239" s="10" t="s">
+      <c r="B239" s="27" t="s">
+        <v>191</v>
+      </c>
+      <c r="C239" s="27" t="s">
+        <v>96</v>
+      </c>
+      <c r="D239" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E239" s="27" t="s">
         <v>21</v>
       </c>
       <c r="F239" s="10" t="s">
-        <v>1214</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>693</v>
+      </c>
+      <c r="G239" s="27" t="s">
+        <v>35</v>
       </c>
       <c r="H239" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I239" s="27">
-[...2 lines deleted...]
-      <c r="J239" s="18">
+      <c r="I239" s="17">
+        <v>44774</v>
+      </c>
+      <c r="J239" s="16">
         <v>46022</v>
       </c>
-      <c r="K239" s="108" t="s">
-[...9 lines deleted...]
-        <v>1206</v>
+      <c r="K239" s="103" t="s">
+        <v>318</v>
+      </c>
+      <c r="L239" s="104" t="s">
+        <v>692</v>
+      </c>
+      <c r="M239" s="103" t="s">
+        <v>852</v>
+      </c>
+      <c r="N239" s="103" t="s">
+        <v>1280</v>
       </c>
       <c r="O239" s="7"/>
-      <c r="P239" s="69"/>
+      <c r="P239" s="67"/>
     </row>
     <row r="240" spans="1:16" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A240" s="38" t="s">
+      <c r="A240" s="37" t="s">
         <v>19</v>
       </c>
-      <c r="B240" s="1" t="s">
-[...6 lines deleted...]
-        <v>239</v>
+      <c r="B240" s="27" t="s">
+        <v>455</v>
+      </c>
+      <c r="C240" s="27" t="s">
+        <v>205</v>
+      </c>
+      <c r="D240" s="14" t="s">
+        <v>236</v>
       </c>
       <c r="E240" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="F240" s="10" t="s">
-[...3 lines deleted...]
-        <v>40</v>
+      <c r="F240" s="25" t="s">
+        <v>700</v>
+      </c>
+      <c r="G240" s="27" t="s">
+        <v>35</v>
       </c>
       <c r="H240" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I240" s="27">
+      <c r="I240" s="17">
         <v>44958</v>
       </c>
-      <c r="J240" s="18">
+      <c r="J240" s="16">
         <v>46022</v>
       </c>
-      <c r="K240" s="108" t="s">
-[...8 lines deleted...]
-      <c r="N240" s="12"/>
+      <c r="K240" s="115" t="s">
+        <v>456</v>
+      </c>
+      <c r="L240" s="103" t="s">
+        <v>699</v>
+      </c>
+      <c r="M240" s="103" t="s">
+        <v>845</v>
+      </c>
+      <c r="N240" s="103" t="s">
+        <v>1287</v>
+      </c>
       <c r="O240" s="7"/>
-      <c r="P240" s="69"/>
+      <c r="P240" s="67"/>
     </row>
     <row r="241" spans="1:16" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A241" s="38" t="s">
+      <c r="A241" s="37" t="s">
         <v>19</v>
       </c>
-      <c r="B241" s="1" t="s">
-[...6 lines deleted...]
-        <v>640</v>
+      <c r="B241" s="27" t="s">
+        <v>408</v>
+      </c>
+      <c r="C241" s="27" t="s">
+        <v>409</v>
+      </c>
+      <c r="D241" s="14" t="s">
+        <v>232</v>
       </c>
       <c r="E241" s="10" t="s">
         <v>21</v>
       </c>
       <c r="F241" s="10" t="s">
-        <v>1002</v>
-[...2 lines deleted...]
-        <v>139</v>
+        <v>944</v>
+      </c>
+      <c r="G241" s="27" t="s">
+        <v>943</v>
       </c>
       <c r="H241" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I241" s="27">
-[...2 lines deleted...]
-      <c r="J241" s="18">
+      <c r="I241" s="17">
+        <v>45565</v>
+      </c>
+      <c r="J241" s="17">
         <v>46022</v>
       </c>
-      <c r="K241" s="108" t="s">
-[...5 lines deleted...]
-      <c r="M241" s="12"/>
+      <c r="K241" s="115" t="s">
+        <v>945</v>
+      </c>
+      <c r="L241" s="103" t="s">
+        <v>1101</v>
+      </c>
+      <c r="M241" s="103"/>
       <c r="N241" s="12"/>
       <c r="O241" s="7"/>
-      <c r="P241" s="69"/>
+      <c r="P241" s="67"/>
     </row>
-    <row r="242" spans="1:16" ht="52.35" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A242" s="48" t="s">
+    <row r="242" spans="1:16" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A242" s="37" t="s">
         <v>19</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>186</v>
+        <v>173</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>640</v>
+        <v>110</v>
+      </c>
+      <c r="D242" s="10" t="s">
+        <v>236</v>
       </c>
       <c r="E242" s="10" t="s">
         <v>21</v>
       </c>
       <c r="F242" s="10" t="s">
-        <v>346</v>
+        <v>1166</v>
       </c>
       <c r="G242" s="10" t="s">
-        <v>139</v>
+        <v>40</v>
       </c>
       <c r="H242" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I242" s="27">
-[...18 lines deleted...]
-      <c r="P242" s="69"/>
+      <c r="I242" s="26">
+        <v>44652</v>
+      </c>
+      <c r="J242" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K242" s="104" t="s">
+        <v>249</v>
+      </c>
+      <c r="L242" s="103" t="s">
+        <v>646</v>
+      </c>
+      <c r="M242" s="103" t="s">
+        <v>810</v>
+      </c>
+      <c r="N242" s="103" t="s">
+        <v>1158</v>
+      </c>
+      <c r="O242" s="7"/>
+      <c r="P242" s="67"/>
     </row>
-    <row r="243" spans="1:16" ht="52.35" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A243" s="48" t="s">
+    <row r="243" spans="1:16" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A243" s="37" t="s">
         <v>19</v>
       </c>
-      <c r="B243" s="33" t="s">
-[...6 lines deleted...]
-        <v>801</v>
+      <c r="B243" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="D243" s="10" t="s">
+        <v>236</v>
       </c>
       <c r="E243" s="10" t="s">
         <v>21</v>
       </c>
       <c r="F243" s="10" t="s">
-        <v>1024</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>457</v>
+      </c>
+      <c r="G243" s="10" t="s">
+        <v>40</v>
       </c>
       <c r="H243" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I243" s="27">
-[...12 lines deleted...]
-      <c r="P243" s="69"/>
+      <c r="I243" s="26">
+        <v>44958</v>
+      </c>
+      <c r="J243" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K243" s="104" t="s">
+        <v>458</v>
+      </c>
+      <c r="L243" s="103" t="s">
+        <v>821</v>
+      </c>
+      <c r="M243" s="103" t="s">
+        <v>1159</v>
+      </c>
+      <c r="N243" s="12"/>
+      <c r="O243" s="7"/>
+      <c r="P243" s="67"/>
     </row>
-    <row r="244" spans="1:16" ht="82.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A244" s="48" t="s">
+    <row r="244" spans="1:16" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A244" s="37" t="s">
         <v>19</v>
       </c>
-      <c r="B244" s="33" t="s">
-[...6 lines deleted...]
-        <v>239</v>
+      <c r="B244" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>964</v>
+      </c>
+      <c r="D244" s="14" t="s">
+        <v>619</v>
       </c>
       <c r="E244" s="10" t="s">
         <v>21</v>
       </c>
       <c r="F244" s="10" t="s">
-        <v>1029</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>966</v>
+      </c>
+      <c r="G244" s="10" t="s">
+        <v>139</v>
       </c>
       <c r="H244" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I244" s="27">
-[...14 lines deleted...]
-      <c r="P244" s="69"/>
+      <c r="I244" s="26">
+        <v>45566</v>
+      </c>
+      <c r="J244" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K244" s="104" t="s">
+        <v>965</v>
+      </c>
+      <c r="L244" s="103" t="s">
+        <v>1193</v>
+      </c>
+      <c r="M244" s="12"/>
+      <c r="N244" s="12"/>
+      <c r="O244" s="7"/>
+      <c r="P244" s="67"/>
     </row>
     <row r="245" spans="1:16" ht="52.35" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A245" s="3" t="s">
+      <c r="A245" s="47" t="s">
         <v>19</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>304</v>
+        <v>185</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>239</v>
+        <v>118</v>
+      </c>
+      <c r="D245" s="14" t="s">
+        <v>619</v>
       </c>
       <c r="E245" s="10" t="s">
         <v>21</v>
       </c>
       <c r="F245" s="10" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>335</v>
+      </c>
+      <c r="G245" s="10" t="s">
+        <v>139</v>
       </c>
       <c r="H245" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I245" s="17">
-        <v>44652</v>
+      <c r="I245" s="26">
+        <v>44774</v>
       </c>
       <c r="J245" s="17">
-        <v>46022</v>
-[...14 lines deleted...]
-      <c r="P245" s="69"/>
+        <v>46081</v>
+      </c>
+      <c r="K245" s="104" t="s">
+        <v>336</v>
+      </c>
+      <c r="L245" s="104" t="s">
+        <v>631</v>
+      </c>
+      <c r="M245" s="104" t="s">
+        <v>876</v>
+      </c>
+      <c r="N245" s="104" t="s">
+        <v>1194</v>
+      </c>
+      <c r="O245" s="21"/>
+      <c r="P245" s="67"/>
     </row>
-    <row r="246" spans="1:16" ht="87.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A246" s="3" t="s">
+    <row r="246" spans="1:16" ht="52.35" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A246" s="47" t="s">
         <v>19</v>
       </c>
-      <c r="B246" s="19" t="s">
-[...6 lines deleted...]
-        <v>239</v>
+      <c r="B246" s="32" t="s">
+        <v>992</v>
+      </c>
+      <c r="C246" s="32" t="s">
+        <v>284</v>
+      </c>
+      <c r="D246" s="14" t="s">
+        <v>773</v>
       </c>
       <c r="E246" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="F246" s="15" t="s">
-[...3 lines deleted...]
-        <v>40</v>
+      <c r="F246" s="10" t="s">
+        <v>988</v>
+      </c>
+      <c r="G246" s="14" t="s">
+        <v>22</v>
       </c>
       <c r="H246" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I246" s="18">
-        <v>44652</v>
+      <c r="I246" s="26">
+        <v>45870</v>
       </c>
       <c r="J246" s="17">
-        <v>46022</v>
-[...14 lines deleted...]
-      <c r="P246" s="69"/>
+        <v>46081</v>
+      </c>
+      <c r="K246" s="104" t="s">
+        <v>1315</v>
+      </c>
+      <c r="L246" s="104"/>
+      <c r="M246" s="104"/>
+      <c r="N246" s="104"/>
+      <c r="O246" s="21"/>
+      <c r="P246" s="67"/>
     </row>
-    <row r="247" spans="1:16" ht="78" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A247" s="3" t="s">
+    <row r="247" spans="1:16" ht="82.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A247" s="47" t="s">
         <v>19</v>
       </c>
-      <c r="B247" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E247" s="15" t="s">
+      <c r="B247" s="32" t="s">
+        <v>992</v>
+      </c>
+      <c r="C247" s="32" t="s">
+        <v>284</v>
+      </c>
+      <c r="D247" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E247" s="10" t="s">
         <v>21</v>
       </c>
       <c r="F247" s="10" t="s">
-        <v>319</v>
-[...4 lines deleted...]
-      <c r="H247" s="19" t="s">
+        <v>993</v>
+      </c>
+      <c r="G247" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H247" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I247" s="18">
-        <v>44774</v>
+      <c r="I247" s="26">
+        <v>45627</v>
       </c>
       <c r="J247" s="17">
         <v>46022</v>
       </c>
-      <c r="K247" s="108" t="s">
-[...12 lines deleted...]
-      <c r="P247" s="69"/>
+      <c r="K247" s="104" t="s">
+        <v>991</v>
+      </c>
+      <c r="L247" s="104" t="s">
+        <v>1081</v>
+      </c>
+      <c r="M247" s="4"/>
+      <c r="N247" s="4"/>
+      <c r="O247" s="21"/>
+      <c r="P247" s="67"/>
     </row>
-    <row r="248" spans="1:16" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="248" spans="1:16" ht="52.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B248" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E248" s="15" t="s">
+      <c r="B248" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D248" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E248" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="F248" s="15" t="s">
-[...5 lines deleted...]
-      <c r="H248" s="19" t="s">
+      <c r="F248" s="10" t="s">
+        <v>297</v>
+      </c>
+      <c r="G248" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="H248" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I248" s="21">
-[...18 lines deleted...]
-      <c r="P248" s="69"/>
+      <c r="I248" s="16">
+        <v>44652</v>
+      </c>
+      <c r="J248" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K248" s="104" t="s">
+        <v>295</v>
+      </c>
+      <c r="L248" s="104" t="s">
+        <v>624</v>
+      </c>
+      <c r="M248" s="104" t="s">
+        <v>880</v>
+      </c>
+      <c r="N248" s="104" t="s">
+        <v>1195</v>
+      </c>
+      <c r="O248" s="21"/>
+      <c r="P248" s="67"/>
     </row>
-    <row r="249" spans="1:16" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="249" spans="1:16" ht="87.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B249" s="19" t="s">
-[...8 lines deleted...]
-      <c r="E249" s="15" t="s">
+      <c r="B249" s="18" t="s">
+        <v>208</v>
+      </c>
+      <c r="C249" s="18" t="s">
+        <v>209</v>
+      </c>
+      <c r="D249" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="E249" s="10" t="s">
         <v>21</v>
       </c>
-      <c r="F249" s="10" t="s">
-[...2 lines deleted...]
-      <c r="G249" s="10" t="s">
+      <c r="F249" s="14" t="s">
+        <v>1172</v>
+      </c>
+      <c r="G249" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="H249" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I249" s="17">
+        <v>44652</v>
+      </c>
+      <c r="J249" s="16">
+        <v>46081</v>
+      </c>
+      <c r="K249" s="103" t="s">
+        <v>248</v>
+      </c>
+      <c r="L249" s="103" t="s">
+        <v>616</v>
+      </c>
+      <c r="M249" s="104" t="s">
+        <v>822</v>
+      </c>
+      <c r="N249" s="103" t="s">
+        <v>1160</v>
+      </c>
+      <c r="O249" s="6"/>
+      <c r="P249" s="67"/>
+    </row>
+    <row r="250" spans="1:16" ht="78" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A250" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B250" s="18" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C250" s="18" t="s">
+        <v>320</v>
+      </c>
+      <c r="D250" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E250" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="F250" s="14" t="s">
+        <v>1359</v>
+      </c>
+      <c r="G250" s="82" t="s">
+        <v>839</v>
+      </c>
+      <c r="H250" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="I250" s="17">
+        <v>46023</v>
+      </c>
+      <c r="J250" s="16">
+        <v>46203</v>
+      </c>
+      <c r="K250" s="104" t="s">
+        <v>1360</v>
+      </c>
+      <c r="L250" s="103"/>
+      <c r="M250" s="104"/>
+      <c r="N250" s="103"/>
+      <c r="O250" s="6"/>
+      <c r="P250" s="67"/>
+    </row>
+    <row r="251" spans="1:16" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A251" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B251" s="18" t="s">
+        <v>358</v>
+      </c>
+      <c r="C251" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="D251" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E251" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="F251" s="14" t="s">
+        <v>1362</v>
+      </c>
+      <c r="G251" s="10" t="s">
         <v>22</v>
       </c>
-      <c r="H249" s="19" t="s">
+      <c r="H251" s="18" t="s">
         <v>23</v>
       </c>
-      <c r="I249" s="21">
+      <c r="I251" s="20">
+        <v>44774</v>
+      </c>
+      <c r="J251" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K251" s="108" t="s">
+        <v>359</v>
+      </c>
+      <c r="L251" s="103" t="s">
+        <v>555</v>
+      </c>
+      <c r="M251" s="104" t="s">
+        <v>894</v>
+      </c>
+      <c r="N251" s="103" t="s">
+        <v>1105</v>
+      </c>
+      <c r="O251" s="6"/>
+      <c r="P251" s="67"/>
+    </row>
+    <row r="252" spans="1:16" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A252" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B252" s="18" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C252" s="18" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D252" s="14" t="s">
+        <v>428</v>
+      </c>
+      <c r="E252" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="F252" s="10" t="s">
+        <v>1026</v>
+      </c>
+      <c r="G252" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H252" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="I252" s="20">
         <v>45657</v>
       </c>
-      <c r="J249" s="18">
-[...11 lines deleted...]
-      <c r="P249" s="69"/>
+      <c r="J252" s="17">
+        <v>46081</v>
+      </c>
+      <c r="K252" s="103" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L252" s="103" t="s">
+        <v>1116</v>
+      </c>
+      <c r="M252" s="104"/>
+      <c r="N252" s="6"/>
+      <c r="O252" s="6"/>
+      <c r="P252" s="67"/>
     </row>
-    <row r="250" spans="1:16" ht="92.85" customHeight="1" x14ac:dyDescent="0.25"/>
-[...5 lines deleted...]
-      <c r="O251" s="83"/>
+    <row r="253" spans="1:16" ht="92.85" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="254" spans="1:16" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F254" s="74"/>
+      <c r="L254" s="72"/>
+      <c r="M254" s="72"/>
+      <c r="N254" s="80"/>
+      <c r="O254" s="81"/>
     </row>
-    <row r="252" spans="1:16" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="J252" s="68"/>
+    <row r="255" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="F255" s="74"/>
+      <c r="J255" s="66"/>
     </row>
-    <row r="253" spans="1:16" ht="26.1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="256" spans="1:16" ht="26.1" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>
     <mergeCell ref="L3:P3"/>
   </mergeCells>
-  <conditionalFormatting sqref="E164">
+  <conditionalFormatting sqref="E169">
     <cfRule type="duplicateValues" dxfId="1" priority="4"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E165">
+  <conditionalFormatting sqref="E170">
     <cfRule type="duplicateValues" dxfId="0" priority="5"/>
   </conditionalFormatting>
   <hyperlinks>
-    <hyperlink ref="K187" r:id="rId1" xr:uid="{950786DE-2050-4D1F-A1EF-8CBF7940BCF4}"/>
-[...698 lines deleted...]
-    <hyperlink ref="K52" r:id="rId700" xr:uid="{6CDB27DA-D53D-4C18-A8B1-A3407C2A88DF}"/>
+    <hyperlink ref="K191" r:id="rId1" xr:uid="{950786DE-2050-4D1F-A1EF-8CBF7940BCF4}"/>
+    <hyperlink ref="K160" r:id="rId2" xr:uid="{D0956B80-1F09-4F06-AB39-6B97936E4A35}"/>
+    <hyperlink ref="K187" r:id="rId3" xr:uid="{D07EED38-C620-406F-B9A2-C50B08613D50}"/>
+    <hyperlink ref="L220" r:id="rId4" xr:uid="{AA259ADB-FC9B-4EB2-A4DE-E8BAF0B56686}"/>
+    <hyperlink ref="K17" r:id="rId5" xr:uid="{F77AEF25-3D73-430A-B4D1-230F5C69E0D8}"/>
+    <hyperlink ref="K50" r:id="rId6" xr:uid="{BB83A581-2C8C-426E-9943-56A266369519}"/>
+    <hyperlink ref="K94" r:id="rId7" xr:uid="{0C9DE916-7FC9-4535-B8EE-457C48AE63D1}"/>
+    <hyperlink ref="K156" r:id="rId8" xr:uid="{60AD8E3B-CBC0-49D1-B451-BBE505DE0BFD}"/>
+    <hyperlink ref="K14" r:id="rId9" xr:uid="{71229325-AAC6-4040-80B6-3AAC9618EDF8}"/>
+    <hyperlink ref="K249" r:id="rId10" xr:uid="{2EE2C7FC-A578-4B6A-8D62-304FF67395F9}"/>
+    <hyperlink ref="K242" r:id="rId11" xr:uid="{E62F4000-34E1-4AFE-9B65-B6F7A251327D}"/>
+    <hyperlink ref="K155" r:id="rId12" xr:uid="{F5C04411-5330-4C2E-804B-9B2349AC005B}"/>
+    <hyperlink ref="K35" r:id="rId13" xr:uid="{5AAA310E-3411-4820-BE7F-058A9664EDB0}"/>
+    <hyperlink ref="K61" r:id="rId14" xr:uid="{4B66E3E3-0E6E-431F-A72B-EB1F667AF226}"/>
+    <hyperlink ref="K132" r:id="rId15" xr:uid="{FCAD95A6-8C7A-4F74-A81D-ED28B6F6AE61}"/>
+    <hyperlink ref="K190" r:id="rId16" xr:uid="{50DE8BC6-7335-4822-9D70-6F3746BCDC9B}"/>
+    <hyperlink ref="K129" r:id="rId17" xr:uid="{7FAA2752-2C80-4F6A-87FE-89CD788E2716}"/>
+    <hyperlink ref="K131" r:id="rId18" xr:uid="{1EA293BA-D896-4A78-B4F8-86B6EC1EE602}"/>
+    <hyperlink ref="K210" r:id="rId19" xr:uid="{B32F8DB5-2F25-42DE-AE38-F1B759FFFEA7}"/>
+    <hyperlink ref="K220" r:id="rId20" xr:uid="{08E3B40D-FBBE-4BE0-956D-6EA65E8DD0FE}"/>
+    <hyperlink ref="K44" r:id="rId21" xr:uid="{83E69274-CA76-4908-9938-989395CF9C57}"/>
+    <hyperlink ref="K84" r:id="rId22" xr:uid="{639AED9A-3CB3-40CA-853D-3271472836A3}"/>
+    <hyperlink ref="K77" r:id="rId23" xr:uid="{D77809AD-06C1-4A46-AC6B-58A684152525}"/>
+    <hyperlink ref="K10" r:id="rId24" xr:uid="{773C777B-F24F-492F-BD2C-C16319166C5A}"/>
+    <hyperlink ref="K135" r:id="rId25" xr:uid="{F5C3AC6F-057A-4C9A-981F-B995131B40E7}"/>
+    <hyperlink ref="K91" r:id="rId26" xr:uid="{F3849AF4-2908-4755-A824-A9241AF25A73}"/>
+    <hyperlink ref="K165" r:id="rId27" xr:uid="{3FA3F5CE-4C10-4850-9F42-D4993533FD00}"/>
+    <hyperlink ref="K70" r:id="rId28" xr:uid="{37EBCD67-2957-4F6C-ADFB-2D7AF3FF403B}"/>
+    <hyperlink ref="K64" r:id="rId29" xr:uid="{B19814EC-CE58-41C4-9A5C-60DB0F84ACB6}"/>
+    <hyperlink ref="K74" r:id="rId30" xr:uid="{F8B0F41F-306F-43A1-A137-4E47DDB67BEE}"/>
+    <hyperlink ref="K248" r:id="rId31" xr:uid="{2410C366-CCE0-4BE3-90A1-828FEF578276}"/>
+    <hyperlink ref="K99" r:id="rId32" xr:uid="{D5562397-04B5-4A8E-9537-E78A43C7DE3C}"/>
+    <hyperlink ref="K109" r:id="rId33" xr:uid="{B96FCDDB-CCEA-4C1B-990D-7E75A61300B4}"/>
+    <hyperlink ref="K122" r:id="rId34" xr:uid="{AE34CB8B-4A8E-4BCF-9E5B-AB7F2959F335}"/>
+    <hyperlink ref="K236" r:id="rId35" xr:uid="{BD145CF6-3EBD-463C-BC99-7EEE6A4BF5FC}"/>
+    <hyperlink ref="K195" r:id="rId36" xr:uid="{24FCACF7-760D-43C9-B1B3-D7C5A5A237DF}"/>
+    <hyperlink ref="K154" r:id="rId37" xr:uid="{53F23A8E-12D4-44D7-B293-59EDDE9A2782}"/>
+    <hyperlink ref="K239" r:id="rId38" xr:uid="{F19ACFC1-C782-410E-9048-6A91A816DB37}"/>
+    <hyperlink ref="K26" r:id="rId39" xr:uid="{768E4FB0-9F83-4EA9-A3B6-55905E2B9A2E}"/>
+    <hyperlink ref="K6" r:id="rId40" xr:uid="{D43D1198-29C4-457E-B218-2802D1EDBBC4}"/>
+    <hyperlink ref="K54" r:id="rId41" xr:uid="{5AD60863-C211-4A93-8D29-BAF4FFB20006}"/>
+    <hyperlink ref="K237" r:id="rId42" xr:uid="{E39922C3-43A9-43AD-9AC1-41E21EF0F6D7}"/>
+    <hyperlink ref="K110" r:id="rId43" xr:uid="{11F1FD88-9AD2-49B5-8B17-39BA68918801}"/>
+    <hyperlink ref="K245" r:id="rId44" xr:uid="{94E161B8-E0A5-4FF8-A489-9E92965EF67B}"/>
+    <hyperlink ref="K13" r:id="rId45" xr:uid="{6F858E59-DF5C-4163-9B1A-A8CBEE1DB4BE}"/>
+    <hyperlink ref="K9" r:id="rId46" xr:uid="{444D40EC-A1CE-424E-9707-10B6C9A94851}"/>
+    <hyperlink ref="K32" r:id="rId47" xr:uid="{71CA2251-FF5E-4D7A-B335-758F29F0AD36}"/>
+    <hyperlink ref="K21" r:id="rId48" xr:uid="{63519433-EEB8-4DEF-A096-4FD998CF69B9}"/>
+    <hyperlink ref="K117" r:id="rId49" xr:uid="{3DDEAA49-3D72-42D6-9B51-6A33AE46CF2E}"/>
+    <hyperlink ref="K73" r:id="rId50" xr:uid="{C3F75B4E-DC49-4A21-8FEE-FCB0E828A083}"/>
+    <hyperlink ref="K100" r:id="rId51" xr:uid="{F0A8DCAC-5963-421F-9A3C-B2F1A5E1D884}"/>
+    <hyperlink ref="K34" r:id="rId52" xr:uid="{2771F9B2-88F5-42AF-8838-07AFE2268C58}"/>
+    <hyperlink ref="K251" r:id="rId53" xr:uid="{46CF66D5-636E-4C56-85EB-35E85E0EC40B}"/>
+    <hyperlink ref="L187" r:id="rId54" xr:uid="{228DF56A-C6D0-4B13-8E6A-C7B2118188BF}"/>
+    <hyperlink ref="K158" r:id="rId55" xr:uid="{2AA5EA70-6026-4CCE-94B6-11C2C1CEAEF7}"/>
+    <hyperlink ref="K202" r:id="rId56" xr:uid="{4D94F078-1870-4EB5-80D6-A8D413DBD145}"/>
+    <hyperlink ref="K170" r:id="rId57" xr:uid="{77D97B72-930D-48A8-8FDE-ECD8825F2B76}"/>
+    <hyperlink ref="K62" r:id="rId58" xr:uid="{56F89ED4-708B-4477-8D49-10DBE428F424}"/>
+    <hyperlink ref="K93" r:id="rId59" xr:uid="{414881D5-1A01-42AA-A33A-CFAB75B81E3E}"/>
+    <hyperlink ref="K75" r:id="rId60" xr:uid="{D717BAE8-A59C-4FF3-957F-7386602B4E89}"/>
+    <hyperlink ref="K130" r:id="rId61" xr:uid="{208F83EE-86B9-4668-97B6-0A66DADE790F}"/>
+    <hyperlink ref="K219" r:id="rId62" xr:uid="{D2CAB02C-26FE-4EC0-A471-4CB247B9C845}"/>
+    <hyperlink ref="K68" r:id="rId63" xr:uid="{055BCF96-0283-4877-A1E0-EFF3B7701CDE}"/>
+    <hyperlink ref="K96" r:id="rId64" xr:uid="{B8A7DB9B-591F-4200-9068-9071D4E3B358}"/>
+    <hyperlink ref="K207" r:id="rId65" xr:uid="{CB72D8D6-338A-4C20-9745-DF01824D09EE}"/>
+    <hyperlink ref="K24" r:id="rId66" xr:uid="{9EA5DA16-AB50-434B-9DFD-F573E445EB86}"/>
+    <hyperlink ref="K169" r:id="rId67" xr:uid="{70213636-9FD7-495F-B830-E90F14AFAEC9}"/>
+    <hyperlink ref="K216" r:id="rId68" xr:uid="{75AC98B2-5688-4CC7-9834-4809D469BCCF}"/>
+    <hyperlink ref="K234" r:id="rId69" xr:uid="{E899EA88-34F6-4EB2-AFAC-F01A71EB683F}"/>
+    <hyperlink ref="K45" r:id="rId70" xr:uid="{588A534E-AD6E-4F04-BD86-4F296CDD0E4E}"/>
+    <hyperlink ref="K137" r:id="rId71" xr:uid="{4B478628-197B-4CB3-8600-910C59113E8F}"/>
+    <hyperlink ref="K173" r:id="rId72" xr:uid="{8BD06096-514A-492B-8993-3C851306B576}"/>
+    <hyperlink ref="K138" r:id="rId73" xr:uid="{75DAD7A4-D040-4A88-9D36-07D3539C8FE1}"/>
+    <hyperlink ref="K231" r:id="rId74" xr:uid="{14E861E5-43C5-4372-840C-E8148290C7CD}"/>
+    <hyperlink ref="K193" r:id="rId75" xr:uid="{1F83EABB-4FD3-4B1E-A1ED-ED503C3B77AE}"/>
+    <hyperlink ref="K49" r:id="rId76" xr:uid="{B7BC10C2-085A-40FD-96F1-A40327C23295}"/>
+    <hyperlink ref="K112" r:id="rId77" xr:uid="{FF36DC4D-9841-42D2-9357-5BB4BDC17C01}"/>
+    <hyperlink ref="K8" r:id="rId78" xr:uid="{48B6B290-3DB8-4A5C-BD8E-E04B66642FE3}"/>
+    <hyperlink ref="K19" r:id="rId79" xr:uid="{E67204D2-967D-4FAE-9FF2-D2C60D810F58}"/>
+    <hyperlink ref="K43" r:id="rId80" xr:uid="{E3F5E414-B0DE-492B-8347-3A17438EC356}"/>
+    <hyperlink ref="L62" r:id="rId81" xr:uid="{6A2E16DB-FBCE-48A8-BE13-DFDD3F995922}"/>
+    <hyperlink ref="K28" r:id="rId82" xr:uid="{43FEDE9C-7979-45B0-8379-3F701509042C}"/>
+    <hyperlink ref="K90" r:id="rId83" xr:uid="{3D5804E1-1B21-483E-9800-4C5AA7F71A4F}"/>
+    <hyperlink ref="K240" r:id="rId84" xr:uid="{52E1443A-EB65-4214-9ECC-ECF6F59B5675}"/>
+    <hyperlink ref="K243" r:id="rId85" xr:uid="{666EA6E1-DDA1-41CF-B6C7-5F7C5B0D35FB}"/>
+    <hyperlink ref="K143" r:id="rId86" xr:uid="{797BBA13-61C9-4609-812F-5738C8E8E8E0}"/>
+    <hyperlink ref="K89" r:id="rId87" xr:uid="{177ED16D-1D21-4872-B712-2A4E68CC433D}"/>
+    <hyperlink ref="K136" r:id="rId88" xr:uid="{48F4EF3F-91E1-4F34-BDF0-5101B6EA842A}"/>
+    <hyperlink ref="K144" r:id="rId89" xr:uid="{B027F8F6-5A50-45AA-8149-0B7BD73F4813}"/>
+    <hyperlink ref="K29" r:id="rId90" xr:uid="{2D6F294F-4E90-4152-8869-56E9A7CBDABE}"/>
+    <hyperlink ref="K20" r:id="rId91" xr:uid="{966EBB77-8C00-4D3A-AB07-5F74EC4B4D1D}"/>
+    <hyperlink ref="K201" r:id="rId92" xr:uid="{B3684FB9-2FC6-4AB3-AD06-6E7A958761F3}"/>
+    <hyperlink ref="K118" r:id="rId93" xr:uid="{C7704778-985E-41FF-8BEE-80CB159387E4}"/>
+    <hyperlink ref="K33" r:id="rId94" xr:uid="{1C14F765-F194-4392-B168-98597A9422EF}"/>
+    <hyperlink ref="K47" r:id="rId95" xr:uid="{40C08D87-C88A-4927-99E7-6AF6788491EA}"/>
+    <hyperlink ref="K125" r:id="rId96" xr:uid="{E58A473A-6530-446A-ABF1-2311254B8777}"/>
+    <hyperlink ref="K124" r:id="rId97" xr:uid="{4607727B-B72E-479C-BBB2-7FE0B51F7B67}"/>
+    <hyperlink ref="L26" r:id="rId98" xr:uid="{4D0E6B64-72B8-4482-82F2-B552BDF59335}"/>
+    <hyperlink ref="L96" r:id="rId99" xr:uid="{B39B7AA8-F6B7-4B38-A51D-323255F86DA0}"/>
+    <hyperlink ref="K102" r:id="rId100" xr:uid="{80EB0C32-83D4-4074-B68D-A1C4DB344140}"/>
+    <hyperlink ref="L129" r:id="rId101" xr:uid="{AE1DA1F5-5B92-4092-AF32-2B1583883C92}"/>
+    <hyperlink ref="L207" r:id="rId102" xr:uid="{0EBE7474-F524-4657-9B7F-B3853C8E829C}"/>
+    <hyperlink ref="L210" r:id="rId103" xr:uid="{DBC6E621-13F1-4FB9-BC03-2D4A22AEA2F7}"/>
+    <hyperlink ref="M220" r:id="rId104" xr:uid="{56ADE764-8F21-45AB-B322-BBCD6352A311}"/>
+    <hyperlink ref="L131" r:id="rId105" xr:uid="{4D99E7EC-9B08-4434-97EF-446982DB1BA5}"/>
+    <hyperlink ref="K27" r:id="rId106" xr:uid="{F5A1FB67-A665-48D3-8FB8-C749E4E47A37}"/>
+    <hyperlink ref="K106" r:id="rId107" xr:uid="{839F20BE-DA1D-47C6-A509-18ABCAA9843E}"/>
+    <hyperlink ref="K152" r:id="rId108" xr:uid="{1A28FEDE-091D-4F7F-855E-5274E674064E}"/>
+    <hyperlink ref="K38" r:id="rId109" xr:uid="{AA9AA0C7-7CA8-429B-9830-2AF514F8A0DC}"/>
+    <hyperlink ref="K105" r:id="rId110" xr:uid="{B3CDF05D-80EB-4B79-BD4E-F32955A54A63}"/>
+    <hyperlink ref="K214" r:id="rId111" xr:uid="{6FF3F73F-A086-4569-9201-1B8F17A3451A}"/>
+    <hyperlink ref="K164" r:id="rId112" xr:uid="{0468D03A-1852-4E66-B6BE-2501AEA673E5}"/>
+    <hyperlink ref="K104" r:id="rId113" xr:uid="{A75C1BCB-587F-4293-81F2-C8FE691A66F6}"/>
+    <hyperlink ref="K209" r:id="rId114" xr:uid="{CF1F321A-BEDD-4756-B626-95604A8197E7}"/>
+    <hyperlink ref="K114" r:id="rId115" xr:uid="{67F02B7B-A4B5-4D32-A71A-FA2BBB8BBEF5}"/>
+    <hyperlink ref="K133" r:id="rId116" xr:uid="{FE5061AE-098B-474E-A814-16EDCA55A70E}"/>
+    <hyperlink ref="K161" r:id="rId117" xr:uid="{6FECDFC8-AC0C-47F1-AAB5-F18F1CC735F2}"/>
+    <hyperlink ref="K147" r:id="rId118" xr:uid="{5B29E3DF-BC29-40A1-A89C-768DF426315C}"/>
+    <hyperlink ref="K107" r:id="rId119" xr:uid="{62927200-6B4C-4330-8129-2631039F0F03}"/>
+    <hyperlink ref="K194" r:id="rId120" xr:uid="{BA5C9E8E-9C49-4C13-93B6-6E2EA65720C4}"/>
+    <hyperlink ref="K126" r:id="rId121" xr:uid="{93D32F3C-1663-44DF-B14B-DDDAA68D07E0}"/>
+    <hyperlink ref="K85" r:id="rId122" xr:uid="{4D0C1621-92DA-4A0B-AB63-B9D20C97DE99}"/>
+    <hyperlink ref="K159" r:id="rId123" xr:uid="{D0A22048-07FB-4DE8-A8D9-6A6A25F3D541}"/>
+    <hyperlink ref="K78" r:id="rId124" xr:uid="{6AA57DA8-ECFF-4839-9DB1-5DF2BD3A5AB3}"/>
+    <hyperlink ref="L158" r:id="rId125" xr:uid="{2836AD31-DC38-4036-AD97-FA9B6A1C8A59}"/>
+    <hyperlink ref="L251" r:id="rId126" xr:uid="{1619955E-6690-43BF-87DD-8711DAB2FC53}"/>
+    <hyperlink ref="K200" r:id="rId127" xr:uid="{11548419-2890-4291-9B38-055622638669}"/>
+    <hyperlink ref="K80" r:id="rId128" xr:uid="{83D5191E-7B83-4089-A055-58A470870B54}"/>
+    <hyperlink ref="K178" r:id="rId129" xr:uid="{5D645307-A2B2-4603-9204-053EAAC68A90}"/>
+    <hyperlink ref="K88" r:id="rId130" xr:uid="{7191FB72-3815-4F4D-984D-FF3E727C7EC1}"/>
+    <hyperlink ref="K16" r:id="rId131" xr:uid="{1F004923-5825-4D4C-8399-8E5A23084572}"/>
+    <hyperlink ref="K39" r:id="rId132" xr:uid="{58632A7B-A38B-4B53-9A4A-BAD75A73689F}"/>
+    <hyperlink ref="K25" r:id="rId133" xr:uid="{AD7156D0-FED2-4BD6-AB60-B52463FA5599}"/>
+    <hyperlink ref="K205" r:id="rId134" xr:uid="{3E9B0B67-C03A-485C-8F22-147CF1F912DC}"/>
+    <hyperlink ref="K171" r:id="rId135" xr:uid="{9BCADFD1-D898-4FDD-A4EF-2AE1BD94DC86}"/>
+    <hyperlink ref="K212" r:id="rId136" xr:uid="{D3DA380B-30D8-4416-AA44-5BE880FBEFC9}"/>
+    <hyperlink ref="K213" r:id="rId137" xr:uid="{5E83BF1B-8DD2-4B4C-94B7-A3CACE07708C}"/>
+    <hyperlink ref="K121" r:id="rId138" xr:uid="{859168AC-D5AB-4A09-A4F0-1C12F325A93C}"/>
+    <hyperlink ref="K116" r:id="rId139" xr:uid="{5A4E95D9-1DA1-4349-AC93-53B43F918022}"/>
+    <hyperlink ref="L135" r:id="rId140" xr:uid="{9D0BF914-16A4-4B4F-976F-4FF1705C6815}"/>
+    <hyperlink ref="L160" r:id="rId141" xr:uid="{81045B8B-F0B1-48DF-B449-B50B0E468A71}"/>
+    <hyperlink ref="K139" r:id="rId142" xr:uid="{1248F2D2-A0C5-416B-B89E-97A0157A21DC}"/>
+    <hyperlink ref="L122" r:id="rId143" xr:uid="{BBF8D344-CA28-4AF5-A410-433D604AE7F3}"/>
+    <hyperlink ref="L109" r:id="rId144" xr:uid="{18BC67CD-F3FE-4C12-A840-D4E2D255953A}"/>
+    <hyperlink ref="L202" r:id="rId145" xr:uid="{FE272D82-42A4-4CF8-A804-20E1D5D50589}"/>
+    <hyperlink ref="L249" r:id="rId146" xr:uid="{1B17DE13-E752-49AC-8E39-134F1A368FB2}"/>
+    <hyperlink ref="L6" r:id="rId147" xr:uid="{C44E5501-42F8-4F09-9ED2-9E170E941809}"/>
+    <hyperlink ref="L110" r:id="rId148" xr:uid="{C882970D-CDBA-4087-85DD-5BA294C65FD1}"/>
+    <hyperlink ref="L13" r:id="rId149" xr:uid="{572004D0-5225-416C-89E5-DC9226B2C074}"/>
+    <hyperlink ref="L9" r:id="rId150" xr:uid="{83A00314-5EED-4425-8FFE-5AD13E2C6BF6}"/>
+    <hyperlink ref="L248" r:id="rId151" xr:uid="{CF72EB9E-8C75-46B7-BBD9-2B5BA9D079ED}"/>
+    <hyperlink ref="L75" r:id="rId152" xr:uid="{C7A4953D-E6B8-48D6-A9A3-48FB476F36FE}"/>
+    <hyperlink ref="L64" r:id="rId153" xr:uid="{6BB5E5FF-231C-47E8-9C51-FADD3713677E}"/>
+    <hyperlink ref="L118" r:id="rId154" xr:uid="{76318564-DF98-4F0C-A0D1-38B47AE0779E}"/>
+    <hyperlink ref="L93" r:id="rId155" xr:uid="{A841A749-90C5-4840-9E4F-78EAFD621441}"/>
+    <hyperlink ref="L130" r:id="rId156" xr:uid="{2D879FD5-D046-4302-B267-AF97C1B0E427}"/>
+    <hyperlink ref="L74" r:id="rId157" xr:uid="{D5FF2082-17C3-4B81-8EA2-653A3F8D2D09}"/>
+    <hyperlink ref="L245" r:id="rId158" xr:uid="{ECBDA7A0-2AFC-4368-ACC1-DC44AEDE4775}"/>
+    <hyperlink ref="L27" r:id="rId159" xr:uid="{6EDC0251-6F9D-49CB-A2B0-7941AC3C544E}"/>
+    <hyperlink ref="L91" r:id="rId160" xr:uid="{190427E9-3BF2-44E1-884F-1765E3E7F569}"/>
+    <hyperlink ref="L33" r:id="rId161" xr:uid="{EFEFA48B-24B3-4BB4-9BD2-4A1EFCC69DF7}"/>
+    <hyperlink ref="L165" r:id="rId162" xr:uid="{6B8E6061-3109-4D9C-A066-129CA60FB4D9}"/>
+    <hyperlink ref="L47" r:id="rId163" xr:uid="{D3156440-4DE5-4E29-880D-1E18E6483441}"/>
+    <hyperlink ref="L219" r:id="rId164" xr:uid="{10446349-E825-4F49-A432-774B4D1C77A1}"/>
+    <hyperlink ref="L70" r:id="rId165" xr:uid="{1BE885DE-C881-4222-A70E-11A214B894E4}"/>
+    <hyperlink ref="L201" r:id="rId166" xr:uid="{BFEF8256-6075-4C22-8488-511B518FCB94}"/>
+    <hyperlink ref="L237" r:id="rId167" xr:uid="{46A61EBF-A2A5-4411-B0D5-1D6F6A15B9E1}"/>
+    <hyperlink ref="L68" r:id="rId168" xr:uid="{066B12EB-DDA0-4BCC-9679-47DB028E6A3A}"/>
+    <hyperlink ref="L124" r:id="rId169" xr:uid="{0D205409-B6A1-431B-A37D-B3D141ABE181}"/>
+    <hyperlink ref="L242" r:id="rId170" xr:uid="{034FBAD3-621D-486F-A1A4-8FEDBFFE19D6}"/>
+    <hyperlink ref="L16" r:id="rId171" xr:uid="{B75D3ACF-0822-41FF-A621-4E85D358CC99}"/>
+    <hyperlink ref="L39" r:id="rId172" xr:uid="{D8950540-3848-4D14-9C57-BE4088A2C0CA}"/>
+    <hyperlink ref="L121" r:id="rId173" xr:uid="{ECCA1FD8-F624-4487-9BC2-16C7160E242F}"/>
+    <hyperlink ref="L171" r:id="rId174" xr:uid="{A828032B-5EF4-494F-B9F2-46037E7E161E}"/>
+    <hyperlink ref="L205" r:id="rId175" xr:uid="{67B14D5D-7CF5-48A1-BDC4-BED63DD7A40C}"/>
+    <hyperlink ref="L212" r:id="rId176" xr:uid="{CF301076-CAC9-4B41-BF56-F28F23253B16}"/>
+    <hyperlink ref="L213" r:id="rId177" xr:uid="{E794089B-9125-41A5-B6FA-7C2D66E61F03}"/>
+    <hyperlink ref="L226" r:id="rId178" xr:uid="{E2F9E81C-2DF0-4107-AED3-D2C439C8271D}"/>
+    <hyperlink ref="L54" r:id="rId179" xr:uid="{59956DB6-45B6-4E5B-B6F4-9082BEA9CF5A}"/>
+    <hyperlink ref="L170" r:id="rId180" xr:uid="{663DCA3A-ED99-4452-8BFB-7D1231310987}"/>
+    <hyperlink ref="L155" r:id="rId181" xr:uid="{C6FCAB03-E368-491B-973D-6DD519606F8D}"/>
+    <hyperlink ref="L14" r:id="rId182" xr:uid="{4733E7A2-5062-4D7B-9B50-2D9D971F743D}"/>
+    <hyperlink ref="L229" r:id="rId183" xr:uid="{66EE5B45-7123-4E9D-89FA-67B8B61F4908}"/>
+    <hyperlink ref="L35" r:id="rId184" xr:uid="{1DB51790-58ED-42F2-9448-6496FEDA33BA}"/>
+    <hyperlink ref="L61" r:id="rId185" xr:uid="{D8065D0F-67C8-46B0-AFE0-AF29B92C2518}"/>
+    <hyperlink ref="L80" r:id="rId186" xr:uid="{16CBADD5-3DFC-4323-8B26-50DA5E5BA620}"/>
+    <hyperlink ref="L88" r:id="rId187" xr:uid="{26EA2005-471D-4B8E-BE0E-6C8A910FC0C4}"/>
+    <hyperlink ref="L132" r:id="rId188" xr:uid="{E8C56E2F-9E81-4117-AEEF-62D45BFDA330}"/>
+    <hyperlink ref="L139" r:id="rId189" xr:uid="{F7071007-EFA4-40F7-AB81-7D2F22F25D38}"/>
+    <hyperlink ref="L154" r:id="rId190" xr:uid="{D3A36DF6-0915-4335-8486-BDE39865026E}"/>
+    <hyperlink ref="L178" r:id="rId191" xr:uid="{14E0634B-BB25-405C-B259-55156AFD5FA9}"/>
+    <hyperlink ref="L190" r:id="rId192" xr:uid="{2FC00F6B-1D4C-4DE8-A2D0-D4AE4D7A05EC}"/>
+    <hyperlink ref="L193" r:id="rId193" xr:uid="{F9FA426E-F0B1-4FC7-BE01-F4A12D69F855}"/>
+    <hyperlink ref="K92" r:id="rId194" xr:uid="{B49B284D-D039-4227-8DFC-3CEBCB672997}"/>
+    <hyperlink ref="K140" r:id="rId195" xr:uid="{83052DBE-FA54-4E59-B65D-D35F27D659C7}"/>
+    <hyperlink ref="K146" r:id="rId196" xr:uid="{94E80269-AC03-434A-97D9-DD65E4994D6B}"/>
+    <hyperlink ref="L19" r:id="rId197" xr:uid="{1642D5AC-52CE-40C1-8C97-A33E6B571EF2}"/>
+    <hyperlink ref="L50" r:id="rId198" xr:uid="{5F5B9A46-8928-4CAB-B008-94C013D6621D}"/>
+    <hyperlink ref="L94" r:id="rId199" xr:uid="{C2E0C0AD-848E-471A-B75F-DB1150024C80}"/>
+    <hyperlink ref="L236" r:id="rId200" xr:uid="{048BB794-712E-4D9A-B174-B63557FA4FE7}"/>
+    <hyperlink ref="L194" r:id="rId201" xr:uid="{58021E87-464A-41FA-8886-F0B5420E1741}"/>
+    <hyperlink ref="L221" r:id="rId202" xr:uid="{C58517A2-216B-4EF7-8463-E045018F4D34}"/>
+    <hyperlink ref="L43" r:id="rId203" xr:uid="{32035FB6-3C0D-482B-9050-ADE2075647ED}"/>
+    <hyperlink ref="L239" r:id="rId204" xr:uid="{48E198AD-979D-4AF3-A21E-A35DC404A87F}"/>
+    <hyperlink ref="L28" r:id="rId205" xr:uid="{C4E84054-74FF-4056-975E-54C73884A0D1}"/>
+    <hyperlink ref="L8" r:id="rId206" xr:uid="{3C0DC622-4811-42AF-8642-C88793962608}"/>
+    <hyperlink ref="L17" r:id="rId207" xr:uid="{901FAC86-21FE-4D69-846F-719EAE1F918D}"/>
+    <hyperlink ref="L195" r:id="rId208" xr:uid="{40A12BAB-53E7-4464-9C4F-6EEF42007758}"/>
+    <hyperlink ref="L240" r:id="rId209" xr:uid="{BCE2A8A1-89F4-4161-87E3-B88BB4657213}"/>
+    <hyperlink ref="L224" r:id="rId210" xr:uid="{04AD23BC-5BA9-4DDE-84E4-594B2E7C1A8F}"/>
+    <hyperlink ref="L90" r:id="rId211" xr:uid="{B352667C-22E9-47BC-9DF0-3BA7B17B7BF8}"/>
+    <hyperlink ref="L156" r:id="rId212" xr:uid="{3EDDFB5A-6187-4E25-BF48-70205301EE04}"/>
+    <hyperlink ref="L10" r:id="rId213" xr:uid="{AD241A76-7068-41ED-901C-789C76AC4AF9}"/>
+    <hyperlink ref="L32" r:id="rId214" xr:uid="{4F173431-44BD-4702-BBF6-6BC8F0C9ACC6}"/>
+    <hyperlink ref="L44" r:id="rId215" xr:uid="{15199BFA-952D-4F0C-8A8B-F5994402A934}"/>
+    <hyperlink ref="L77" r:id="rId216" xr:uid="{7F964BED-D245-4EF6-89D7-64368DC2462A}"/>
+    <hyperlink ref="L84" r:id="rId217" xr:uid="{EFCC3F78-66CC-4512-A8EA-251F6BEB1A83}"/>
+    <hyperlink ref="M187" r:id="rId218" xr:uid="{73E3AAC8-06A1-4496-A67E-A1CF34889973}"/>
+    <hyperlink ref="L21" r:id="rId219" xr:uid="{39014379-C92B-492A-847C-E2F34EF5AE16}"/>
+    <hyperlink ref="L34" r:id="rId220" xr:uid="{BD3546BE-6DFD-4077-8804-5518A571BEB0}"/>
+    <hyperlink ref="L73" r:id="rId221" xr:uid="{3589D58A-D8F4-486E-8372-8F3DB04195CE}"/>
+    <hyperlink ref="L117" r:id="rId222" xr:uid="{09723AA4-A5F3-4710-B985-D8FE8ABBAEBC}"/>
+    <hyperlink ref="L200" r:id="rId223" xr:uid="{0F7D6859-0682-43F7-9E9E-1CC85A910996}"/>
+    <hyperlink ref="L100" r:id="rId224" xr:uid="{004B9BB8-E97A-489C-A7EF-8B7D39976F76}"/>
+    <hyperlink ref="K82" r:id="rId225" xr:uid="{9E0B34D0-DEB0-4089-A6DA-2A5E1ADB44D6}"/>
+    <hyperlink ref="K174" r:id="rId226" xr:uid="{BD093B5D-D49A-4DE5-959E-05909C33258F}"/>
+    <hyperlink ref="K12" r:id="rId227" xr:uid="{37BEF772-89F2-4C33-99FA-DB23DEF01621}"/>
+    <hyperlink ref="K57" r:id="rId228" xr:uid="{9207357C-E4AC-4F19-B53F-6D2F6E5EEA28}"/>
+    <hyperlink ref="K69" r:id="rId229" xr:uid="{2F0AA738-149A-459F-A3CD-53A6541A77B9}"/>
+    <hyperlink ref="K79" r:id="rId230" xr:uid="{0FAF8528-971A-4B1B-8145-7462CB7B82A2}"/>
+    <hyperlink ref="K15" r:id="rId231" xr:uid="{33158307-8516-4346-9DC5-9270276E692C}"/>
+    <hyperlink ref="K63" r:id="rId232" xr:uid="{91DE8EA3-98E3-4113-9B9D-780481A776CE}"/>
+    <hyperlink ref="K183" r:id="rId233" xr:uid="{A55016C7-1624-432A-AEED-64C1889AA1E4}"/>
+    <hyperlink ref="L227" r:id="rId234" xr:uid="{0172A740-14ED-4FB8-9E2F-CEA884473A09}"/>
+    <hyperlink ref="L191" r:id="rId235" xr:uid="{36E65D0D-F10F-423C-BD3B-D84086A6905B}"/>
+    <hyperlink ref="K128" r:id="rId236" xr:uid="{C7206DEC-32BF-48BE-AE14-8BEC697CCD48}"/>
+    <hyperlink ref="K189" r:id="rId237" xr:uid="{7822947D-7051-49A3-97A1-D291B5EE8AB8}"/>
+    <hyperlink ref="K182" r:id="rId238" xr:uid="{64158046-EB03-4A4F-AE9E-21A07463F853}"/>
+    <hyperlink ref="K222" r:id="rId239" xr:uid="{DED96854-E3E5-46B1-A249-9CCE4186B1FA}"/>
+    <hyperlink ref="M62" r:id="rId240" xr:uid="{679388C2-23F6-44BB-8F32-108E65EFD358}"/>
+    <hyperlink ref="K196" r:id="rId241" xr:uid="{B07027C3-3D8C-4A95-B04A-8A58216CAE61}"/>
+    <hyperlink ref="K215" r:id="rId242" xr:uid="{0EAB70D0-B4BF-4B59-8ECB-6240B5CEFAFF}"/>
+    <hyperlink ref="M154" r:id="rId243" xr:uid="{3DC6A0F9-C433-49BD-9FE8-A51375BED8E1}"/>
+    <hyperlink ref="M80" r:id="rId244" xr:uid="{8D055841-F76B-49B4-9AC5-A5DDE7DFFE65}"/>
+    <hyperlink ref="K42" r:id="rId245" xr:uid="{AB70F7EB-2335-4864-9774-B84E9B7FE70A}"/>
+    <hyperlink ref="L159" r:id="rId246" xr:uid="{C7B6445E-F836-4C4D-990C-F6B508D05CE4}"/>
+    <hyperlink ref="L85" r:id="rId247" xr:uid="{B978893F-0508-4B16-889E-124F89DD4468}"/>
+    <hyperlink ref="K40" r:id="rId248" xr:uid="{ADB08516-DE1E-4774-9856-E5ECA3176FE4}"/>
+    <hyperlink ref="K238" r:id="rId249" xr:uid="{72BF254E-3EA7-4A0F-9357-8BD92DBD84F3}"/>
+    <hyperlink ref="K11" r:id="rId250" xr:uid="{0FCDDE8A-C408-44F0-AF16-767F42DBC000}"/>
+    <hyperlink ref="K53" r:id="rId251" xr:uid="{E65261EA-19AB-4CF9-BC5D-FFE362AE23F6}"/>
+    <hyperlink ref="K101" r:id="rId252" xr:uid="{2729FF1A-0E06-4B97-BB47-B36FD132C9E2}"/>
+    <hyperlink ref="K98" r:id="rId253" xr:uid="{F3D8D51E-B88C-4268-B91F-FB9C5FEF709E}"/>
+    <hyperlink ref="K153" r:id="rId254" xr:uid="{14E4C237-DDA8-4963-92DD-52166AD12E1C}"/>
+    <hyperlink ref="K81" r:id="rId255" xr:uid="{F4729BBC-DA7A-4E1B-817C-604C591AD551}"/>
+    <hyperlink ref="L12" r:id="rId256" xr:uid="{DAD307DD-0149-4644-88C0-822C74BD2EF1}"/>
+    <hyperlink ref="L24" r:id="rId257" xr:uid="{23D49EC4-3BE6-4473-83AE-25E66BDDBCCD}"/>
+    <hyperlink ref="M26" r:id="rId258" xr:uid="{63566EF0-2F21-4013-ABF8-C907AA75C521}"/>
+    <hyperlink ref="L57" r:id="rId259" xr:uid="{431628B0-F4E2-4A03-8BA2-330BEBEA4BDF}"/>
+    <hyperlink ref="K86" r:id="rId260" xr:uid="{8A1322EF-5837-4B1D-AE46-8EC2AC9DF382}"/>
+    <hyperlink ref="L92" r:id="rId261" xr:uid="{06A5C91F-4F5F-499D-9302-F9899A392E3E}"/>
+    <hyperlink ref="M96" r:id="rId262" xr:uid="{090429EE-5899-4CC9-BD1B-BC5F934F4FEB}"/>
+    <hyperlink ref="L102" r:id="rId263" xr:uid="{D9A40406-F2D1-4EF0-BEB8-F9D3426BEF75}"/>
+    <hyperlink ref="L128" r:id="rId264" xr:uid="{D301B67A-F928-4668-9290-D8C3DD4135F1}"/>
+    <hyperlink ref="M129" r:id="rId265" xr:uid="{B641F935-71B2-4E11-995F-1B4472653712}"/>
+    <hyperlink ref="M131" r:id="rId266" xr:uid="{A3CDE77A-EF77-42BB-8661-5AF2CDCED4C4}"/>
+    <hyperlink ref="L169" r:id="rId267" xr:uid="{E1BE72A6-BC4D-433F-A605-118FB66A68FA}"/>
+    <hyperlink ref="M207" r:id="rId268" xr:uid="{FC960A69-2BE2-4D94-BF5E-CC47662B240A}"/>
+    <hyperlink ref="M210" r:id="rId269" xr:uid="{BEE402E8-41C6-485B-96CA-188188039990}"/>
+    <hyperlink ref="L216" r:id="rId270" xr:uid="{78F50A30-D037-42F0-BDAE-85D39333ECEB}"/>
+    <hyperlink ref="N220" r:id="rId271" xr:uid="{240F7BFC-89FC-490B-BEFA-878E39544E37}"/>
+    <hyperlink ref="M242" r:id="rId272" xr:uid="{58D6F435-DEA3-4F94-BF5F-51EAD32BF48A}"/>
+    <hyperlink ref="L112" r:id="rId273" xr:uid="{1285CA76-5A36-4866-873B-B619D5C3445D}"/>
+    <hyperlink ref="L20" r:id="rId274" xr:uid="{6CAF74E0-EEB2-4B07-AC9D-98D54BDC92DD}"/>
+    <hyperlink ref="L45" r:id="rId275" xr:uid="{A6B0B592-73EE-4D8D-A9CA-3B8C29F6B0A2}"/>
+    <hyperlink ref="M68" r:id="rId276" xr:uid="{5B52B9C3-E5DF-4174-A934-01BDAD8BAB2C}"/>
+    <hyperlink ref="L107" r:id="rId277" xr:uid="{9D8D1E56-32D9-431B-9348-219D14E9AA7A}"/>
+    <hyperlink ref="M124" r:id="rId278" xr:uid="{3561CBC6-89A1-472D-BC5B-A69318189810}"/>
+    <hyperlink ref="L140" r:id="rId279" xr:uid="{55597057-6811-4923-B6AF-DDC05DB7CA4F}"/>
+    <hyperlink ref="L143" r:id="rId280" xr:uid="{10814E13-FEE4-418C-8245-BC8F38C42AE4}"/>
+    <hyperlink ref="L231" r:id="rId281" xr:uid="{F65D25D9-8DED-482D-9FF8-3A7945656A1F}"/>
+    <hyperlink ref="L234" r:id="rId282" xr:uid="{726A1017-BABB-4265-A983-52CD669F7DAD}"/>
+    <hyperlink ref="L243" r:id="rId283" xr:uid="{634446B5-F54E-423F-B30D-01E66BCBD5E6}"/>
+    <hyperlink ref="M249" r:id="rId284" xr:uid="{CB9A743A-49DA-4B0B-8237-A17C85EAEE25}"/>
+    <hyperlink ref="M14" r:id="rId285" xr:uid="{C0F20A9C-1200-4CEF-99AC-D258942786C4}"/>
+    <hyperlink ref="L49" r:id="rId286" xr:uid="{1520993A-239C-4228-B2A1-BFAC9F6BE680}"/>
+    <hyperlink ref="M155" r:id="rId287" xr:uid="{21BB3F3D-1D1C-4939-AD53-79A8114F91F1}"/>
+    <hyperlink ref="M229" r:id="rId288" xr:uid="{44498E3C-2C03-4B6F-9757-321C9F0CFD13}"/>
+    <hyperlink ref="M6" r:id="rId289" xr:uid="{CE1D51CB-171B-4D66-B2C2-A8F05D5B415A}"/>
+    <hyperlink ref="M54" r:id="rId290" xr:uid="{E9BBCB8B-C67B-46E2-836A-84079CE255B4}"/>
+    <hyperlink ref="L69" r:id="rId291" xr:uid="{89BC3E57-A1BF-4CF5-9892-DA78BE58514C}"/>
+    <hyperlink ref="L78" r:id="rId292" xr:uid="{AEC69072-5B1B-414F-A057-4F1FB64A3310}"/>
+    <hyperlink ref="L89" r:id="rId293" xr:uid="{59626B4C-EA1C-4690-9B67-47693390968E}"/>
+    <hyperlink ref="M110" r:id="rId294" xr:uid="{937DB2B9-3ABA-4626-A575-606263B9932F}"/>
+    <hyperlink ref="M170" r:id="rId295" xr:uid="{845576C6-8232-490C-8022-48D0581D4616}"/>
+    <hyperlink ref="M109" r:id="rId296" xr:uid="{075F0A55-9A9C-4A05-8DD5-7AF11E558DA4}"/>
+    <hyperlink ref="M122" r:id="rId297" xr:uid="{BE145E60-6294-4E0F-9644-26AC2EE4A7EC}"/>
+    <hyperlink ref="L126" r:id="rId298" xr:uid="{D847F94E-2FB1-42DD-8763-D5D7C03B5C4D}"/>
+    <hyperlink ref="L146" r:id="rId299" xr:uid="{4D78C859-718A-43D9-BC12-FDC4D01357F3}"/>
+    <hyperlink ref="M202" r:id="rId300" xr:uid="{4C1D5F91-F475-4ACF-AA6B-1C29A7E3B7DC}"/>
+    <hyperlink ref="M156" r:id="rId301" xr:uid="{68B0468A-6943-4FA5-BD29-0B7D761B793A}"/>
+    <hyperlink ref="M94" r:id="rId302" xr:uid="{D98012EA-8A86-4A51-BB35-F143E4F78DCD}"/>
+    <hyperlink ref="M194" r:id="rId303" xr:uid="{BFCC2623-7FB6-4A02-B06F-307EBD998561}"/>
+    <hyperlink ref="M240" r:id="rId304" xr:uid="{07F6585F-8DBC-429F-854A-8B30498FF9BE}"/>
+    <hyperlink ref="M28" r:id="rId305" xr:uid="{90CFF07D-ED12-48C4-9046-05467A8B974D}"/>
+    <hyperlink ref="L42" r:id="rId306" xr:uid="{A7738BDF-B5A7-41C1-B656-3EBDF6642561}"/>
+    <hyperlink ref="M8" r:id="rId307" xr:uid="{73682960-1A80-4496-8CA6-CBE8FAE4D88C}"/>
+    <hyperlink ref="M17" r:id="rId308" xr:uid="{EE4D9B8E-FBB0-4A06-963A-FB826E726086}"/>
+    <hyperlink ref="M224" r:id="rId309" xr:uid="{2EA8F23B-E68E-4E1A-898D-B6F413A9AAAE}"/>
+    <hyperlink ref="M236" r:id="rId310" xr:uid="{AF094BA3-BB29-444A-ACC8-DFB15B9E2447}"/>
+    <hyperlink ref="M195" r:id="rId311" xr:uid="{EBEA13F5-EA5E-4EBD-8F6E-EF27D503DBE1}"/>
+    <hyperlink ref="M239" r:id="rId312" xr:uid="{FE90BC26-3C06-429E-956D-E95238DD7748}"/>
+    <hyperlink ref="L63" r:id="rId313" xr:uid="{50CFFD0A-8550-4426-8F32-4CBAA19A5FD6}"/>
+    <hyperlink ref="L40" r:id="rId314" xr:uid="{0B9D9AF3-F58E-4FBF-87F4-FE735C908456}"/>
+    <hyperlink ref="L138" r:id="rId315" xr:uid="{4F2ACEF0-389B-4C40-B385-436836C2F1CB}"/>
+    <hyperlink ref="M237" r:id="rId316" xr:uid="{3A0DD061-E946-4D83-9D4A-717225DBFCAF}"/>
+    <hyperlink ref="M9" r:id="rId317" xr:uid="{1F5C58E5-F5A7-4B1E-B6AE-796590D72533}"/>
+    <hyperlink ref="M27" r:id="rId318" xr:uid="{5AB651CA-D077-4739-AFC1-62DC92A972AB}"/>
+    <hyperlink ref="M47" r:id="rId319" xr:uid="{A2F81CD1-87F6-47C4-BC77-85BA06EDF48E}"/>
+    <hyperlink ref="M64" r:id="rId320" xr:uid="{19FC9F52-94C3-4B5A-8616-44804E58FF24}"/>
+    <hyperlink ref="M70" r:id="rId321" xr:uid="{6BD71023-2B00-45B8-9B6C-D510CC294BE1}"/>
+    <hyperlink ref="M74" r:id="rId322" xr:uid="{79C6DE18-BB27-4662-920F-5E028A3D9480}"/>
+    <hyperlink ref="M75" r:id="rId323" xr:uid="{B8DE730A-6153-4508-9538-C0C7B48E0A07}"/>
+    <hyperlink ref="L82" r:id="rId324" xr:uid="{7908CDC5-C801-48E4-A8E7-26A444E000D3}"/>
+    <hyperlink ref="M91" r:id="rId325" xr:uid="{61AF745B-EF2E-4619-8458-DC6E5FCEA93C}"/>
+    <hyperlink ref="M118" r:id="rId326" xr:uid="{6466CD70-DD28-4BE3-9998-C8335B2508FC}"/>
+    <hyperlink ref="M130" r:id="rId327" xr:uid="{B11D282B-D6E0-40ED-9379-4C4998D85313}"/>
+    <hyperlink ref="M165" r:id="rId328" xr:uid="{EF2096C8-0852-4D6E-B68C-CA29632AB70A}"/>
+    <hyperlink ref="L174" r:id="rId329" xr:uid="{5A0005D8-A0E4-450F-87B1-5CF01C519A0B}"/>
+    <hyperlink ref="M201" r:id="rId330" xr:uid="{8E8BFA92-E8C1-4D6B-B9B6-70ED5EB017FF}"/>
+    <hyperlink ref="M219" r:id="rId331" xr:uid="{38107830-2422-482C-B40B-519ADAA5788F}"/>
+    <hyperlink ref="L222" r:id="rId332" xr:uid="{FE26B114-2F64-46ED-BCB3-D8CEC26C014F}"/>
+    <hyperlink ref="M245" r:id="rId333" xr:uid="{B2F045D9-601A-4DF0-8ACD-6133CDBFFB4F}"/>
+    <hyperlink ref="M13" r:id="rId334" xr:uid="{F588C19F-8B2C-489D-BC18-FFBC9323F0DB}"/>
+    <hyperlink ref="M33" r:id="rId335" xr:uid="{7DF3D6A6-1D13-4DE4-9C72-3D0DDEEA6184}"/>
+    <hyperlink ref="M93" r:id="rId336" xr:uid="{830DFE82-1960-4A0E-80F4-A33A592A47C3}"/>
+    <hyperlink ref="M248" r:id="rId337" xr:uid="{8B1D4DB8-3E11-4CAA-9865-3371DFCF0301}"/>
+    <hyperlink ref="M35" r:id="rId338" xr:uid="{7991158C-A1B1-435C-BA71-225A6201DB0D}"/>
+    <hyperlink ref="M61" r:id="rId339" xr:uid="{C009CA76-AADB-445C-86C1-E7311B2E4AA1}"/>
+    <hyperlink ref="M85" r:id="rId340" xr:uid="{E0616A7C-C41D-4CA0-B46C-931A2A292905}"/>
+    <hyperlink ref="M88" r:id="rId341" xr:uid="{17DF3B86-90FD-40EA-B5AF-62F1FB93A772}"/>
+    <hyperlink ref="L106" r:id="rId342" xr:uid="{95390C02-8B4F-4B77-AFB7-1FAC2B0D705F}"/>
+    <hyperlink ref="M132" r:id="rId343" xr:uid="{AF8E3890-5E87-4C30-820E-5716D67902AE}"/>
+    <hyperlink ref="L136" r:id="rId344" xr:uid="{8E0821D8-42A3-41A0-AAEA-42542CF5CB53}"/>
+    <hyperlink ref="M139" r:id="rId345" xr:uid="{9C3A69AC-02F1-49CB-9629-85503517510E}"/>
+    <hyperlink ref="M178" r:id="rId346" xr:uid="{F61ECA80-5651-4EE8-89FF-DB95E93799D9}"/>
+    <hyperlink ref="M193" r:id="rId347" xr:uid="{E01E67BD-B72D-487B-887D-6BCB2B404A96}"/>
+    <hyperlink ref="M251" r:id="rId348" xr:uid="{E2ADF801-4B87-499C-BD55-3FB74BC5740C}"/>
+    <hyperlink ref="M10" r:id="rId349" xr:uid="{67CFC26C-16E3-4DBB-A30F-68E865F5865E}"/>
+    <hyperlink ref="M21" r:id="rId350" xr:uid="{78CD3A0B-2366-49B2-8977-AC7AFE33A525}"/>
+    <hyperlink ref="L29" r:id="rId351" xr:uid="{D02864C7-45B0-4B6E-AE79-4A56AAF113A0}"/>
+    <hyperlink ref="M32" r:id="rId352" xr:uid="{80E3A730-542E-4117-B5A9-302E776DB043}"/>
+    <hyperlink ref="M34" r:id="rId353" xr:uid="{32E182D9-BB57-4890-B373-BC2B6E83E4A7}"/>
+    <hyperlink ref="L38" r:id="rId354" xr:uid="{B17C4796-7966-4B45-A07C-C8C1FD82218D}"/>
+    <hyperlink ref="M44" r:id="rId355" xr:uid="{4C5D7E7E-30FB-485F-9925-E0E985B85BC7}"/>
+    <hyperlink ref="M73" r:id="rId356" xr:uid="{5C7600CE-9B7C-4D32-9AF9-38BE8EFCDCD9}"/>
+    <hyperlink ref="M77" r:id="rId357" xr:uid="{3F7B81DF-96EA-4083-8EAF-D074AA2C5BFD}"/>
+    <hyperlink ref="M84" r:id="rId358" xr:uid="{06866E72-512A-4A1B-84CB-F163911C082C}"/>
+    <hyperlink ref="M100" r:id="rId359" xr:uid="{EB4B2884-BB44-469D-A996-A6C778D43EC1}"/>
+    <hyperlink ref="L104" r:id="rId360" xr:uid="{4B5C9B63-3EA0-4774-B59F-6268DF59E49B}"/>
+    <hyperlink ref="L105" r:id="rId361" xr:uid="{FA0C26CC-E121-4AFA-B9A7-12912232620A}"/>
+    <hyperlink ref="L114" r:id="rId362" xr:uid="{8DEA93E5-8328-420A-94FA-32D6F0A72BBE}"/>
+    <hyperlink ref="L116" r:id="rId363" xr:uid="{EF162A03-73E1-4B4C-9027-2E73DCD3A4DF}"/>
+    <hyperlink ref="M117" r:id="rId364" xr:uid="{08335B64-C233-484F-8199-0D53CC14597A}"/>
+    <hyperlink ref="L125" r:id="rId365" xr:uid="{D4EF2A6C-C9B2-43E9-ACE2-2E7D9944F9BD}"/>
+    <hyperlink ref="L133" r:id="rId366" xr:uid="{7A8F10D1-2144-4839-A894-BAF8B835EE90}"/>
+    <hyperlink ref="L144" r:id="rId367" xr:uid="{81D07C35-F0E5-4EAD-A9A6-1A9C7D9B140C}"/>
+    <hyperlink ref="L147" r:id="rId368" xr:uid="{5ABDD58E-6870-49E4-892B-1BCBFA2B7AB4}"/>
+    <hyperlink ref="L152" r:id="rId369" xr:uid="{B76DE000-DE6B-407D-B323-9CFBDB77853A}"/>
+    <hyperlink ref="L161" r:id="rId370" xr:uid="{5EC741B1-F675-4384-A437-8E6EE688C0B1}"/>
+    <hyperlink ref="L164" r:id="rId371" xr:uid="{073BB853-326E-4243-85D1-A546A6A09F96}"/>
+    <hyperlink ref="N187" r:id="rId372" xr:uid="{1235C23D-CBCC-4AB0-AD07-B275C829C05C}"/>
+    <hyperlink ref="M200" r:id="rId373" xr:uid="{3548DBE6-D7A8-4E3A-B795-ED432BAF70BC}"/>
+    <hyperlink ref="L209" r:id="rId374" xr:uid="{AFB54C31-3379-4457-889A-FE25A193E65A}"/>
+    <hyperlink ref="L214" r:id="rId375" xr:uid="{94E0A353-D96D-4D99-8535-961EEECAF383}"/>
+    <hyperlink ref="K163" r:id="rId376" xr:uid="{71581232-3C0D-461C-BF4D-466C785B5390}"/>
+    <hyperlink ref="M158" r:id="rId377" xr:uid="{BA9E255F-AA05-47C7-A29D-2FCC71E4D018}"/>
+    <hyperlink ref="M190" r:id="rId378" xr:uid="{81773F51-D420-4818-A64E-BDFAA6941AF1}"/>
+    <hyperlink ref="M43" r:id="rId379" xr:uid="{6C72A499-BD45-4071-A797-64B49DFF309E}"/>
+    <hyperlink ref="M99" r:id="rId380" xr:uid="{BFEF3540-F68E-4F4A-98EF-F8219BCC3C60}"/>
+    <hyperlink ref="M135" r:id="rId381" xr:uid="{A9DC33D7-2A8E-44B5-9BCF-F8D49F7074BF}"/>
+    <hyperlink ref="L137" r:id="rId382" xr:uid="{69F34F2F-751B-406A-9A8C-6305F3702590}"/>
+    <hyperlink ref="M160" r:id="rId383" xr:uid="{90E36DBE-0BE4-453F-BA2D-FBF1C58FE40D}"/>
+    <hyperlink ref="L173" r:id="rId384" xr:uid="{4DE17317-6CD3-4925-9B5B-C737895F281F}"/>
+    <hyperlink ref="M191" r:id="rId385" xr:uid="{EB89EF2C-0BBB-4ECD-A2A9-2B584D2F5742}"/>
+    <hyperlink ref="M227" r:id="rId386" xr:uid="{2777A335-B97C-4784-85E6-D38803C2AD3D}"/>
+    <hyperlink ref="K186" r:id="rId387" xr:uid="{2D39CFDA-768E-40E0-A885-04DC2C3A0FA2}"/>
+    <hyperlink ref="K241" r:id="rId388" xr:uid="{63E800A6-BD67-4942-9994-37FADFD94FA7}"/>
+    <hyperlink ref="K199" r:id="rId389" xr:uid="{9A59FD4C-B24D-48B5-AE4A-E8220AF447BB}"/>
+    <hyperlink ref="K168" r:id="rId390" xr:uid="{4045E86D-C9C1-407D-9BE1-9D64B13E4B1D}"/>
+    <hyperlink ref="K46" r:id="rId391" xr:uid="{CD07456F-FFCD-45AE-A0F9-1B3EE2F3AC06}"/>
+    <hyperlink ref="K244" r:id="rId392" xr:uid="{5E679364-4916-4E21-91EA-DADEA5E1129E}"/>
+    <hyperlink ref="K76" r:id="rId393" xr:uid="{DEA4F630-264F-432A-86B3-C3A10A49A665}"/>
+    <hyperlink ref="K59" r:id="rId394" xr:uid="{6A5A1558-F417-4043-878E-482A6161BE45}"/>
+    <hyperlink ref="K83" r:id="rId395" xr:uid="{46C09E49-7284-4985-8B0F-66CF61AFC5D1}"/>
+    <hyperlink ref="K211" r:id="rId396" xr:uid="{F3DA642C-3D03-4A6E-A1E2-446B194DA499}"/>
+    <hyperlink ref="K203" r:id="rId397" xr:uid="{2D4D4F05-DC26-48EF-8BB9-F58A1C06C01D}"/>
+    <hyperlink ref="K60" r:id="rId398" xr:uid="{DFEAD889-41C7-444A-AE55-64E58F62B435}"/>
+    <hyperlink ref="K233" r:id="rId399" xr:uid="{7423C993-2577-4603-8183-9CB4885BF852}"/>
+    <hyperlink ref="M169" r:id="rId400" xr:uid="{F12E5B51-A405-4540-AABC-BE54D2A3FE31}"/>
+    <hyperlink ref="K41" r:id="rId401" xr:uid="{76F9D752-BC90-4912-A2F7-C5A8A7C9A1AD}"/>
+    <hyperlink ref="K247" r:id="rId402" xr:uid="{F6290B1F-BC01-4FBA-A4B5-1966AF5C0240}"/>
+    <hyperlink ref="M16" r:id="rId403" xr:uid="{32FCDEA9-4CEC-428F-B261-48BA6E4A65C8}"/>
+    <hyperlink ref="L25" r:id="rId404" xr:uid="{07A1AED8-2B8B-40BA-A2B4-5D08B5FEF61E}"/>
+    <hyperlink ref="M39" r:id="rId405" xr:uid="{9DA780C2-D8DA-4E52-8565-A6DAD45EBAC4}"/>
+    <hyperlink ref="M121" r:id="rId406" xr:uid="{64BDAFFC-A9B6-49A3-AAF9-97D536FF1C95}"/>
+    <hyperlink ref="M171" r:id="rId407" xr:uid="{499F95AB-EE97-474F-ACF8-912558B37E6D}"/>
+    <hyperlink ref="M205" r:id="rId408" xr:uid="{B15091FC-8A0D-4D29-A96C-10B4FAB951FC}"/>
+    <hyperlink ref="M212" r:id="rId409" xr:uid="{25AB127B-66D3-4AB6-B9A7-A043A35448AE}"/>
+    <hyperlink ref="M213" r:id="rId410" xr:uid="{952CC71E-059D-408C-85D2-4CF8FF888D48}"/>
+    <hyperlink ref="M226" r:id="rId411" xr:uid="{3ECCB7A7-35DB-46FF-8FAF-0665B3C7E85D}"/>
+    <hyperlink ref="K31" r:id="rId412" xr:uid="{37CDDC4B-FF27-4F3A-B413-891FBAF7ADFB}"/>
+    <hyperlink ref="K71" r:id="rId413" xr:uid="{93C55CCA-2BA0-41F0-847E-157277BB5188}"/>
+    <hyperlink ref="K119" r:id="rId414" xr:uid="{8C956071-322D-4C01-AF24-6BB3BAB43256}"/>
+    <hyperlink ref="K149" r:id="rId415" xr:uid="{4AF0E7EA-BE03-4FE2-84B8-05255E7D0108}"/>
+    <hyperlink ref="K166" r:id="rId416" xr:uid="{FC0BB4D1-C453-4C09-9F52-C986230416E2}"/>
+    <hyperlink ref="K252" r:id="rId417" xr:uid="{2A53D8B9-1BA2-4824-A39A-3C179D71A15A}"/>
+    <hyperlink ref="K150" r:id="rId418" xr:uid="{25ED5A1E-349B-4C12-9CFF-75C4F7E96940}"/>
+    <hyperlink ref="K108" r:id="rId419" xr:uid="{5BC420B4-4FD2-43C5-9F4E-A71B429D464A}"/>
+    <hyperlink ref="K197" r:id="rId420" xr:uid="{12231735-FF8D-4767-BF35-20166F7B0972}"/>
+    <hyperlink ref="K157" r:id="rId421" xr:uid="{DDDEDFAE-53A1-45E9-AF27-9E3D2CA319AB}"/>
+    <hyperlink ref="K181" r:id="rId422" xr:uid="{7B4DA7E5-F35B-4893-8912-A169703ECDC4}"/>
+    <hyperlink ref="N237" r:id="rId423" xr:uid="{3028F21B-7975-443D-989A-1D802584F8F6}"/>
+    <hyperlink ref="L225" r:id="rId424" xr:uid="{3B659780-D52B-4D64-8928-09D59F306758}"/>
+    <hyperlink ref="M138" r:id="rId425" xr:uid="{5ADFE0B6-17B3-4C2C-BAF0-FAD2B134957C}"/>
+    <hyperlink ref="K7" r:id="rId426" xr:uid="{81D726A1-B7B8-42E2-A93E-BC0398618088}"/>
+    <hyperlink ref="K123" r:id="rId427" xr:uid="{4CC1540A-4DAE-49BC-A26A-54DF32CE0F46}"/>
+    <hyperlink ref="K151" r:id="rId428" xr:uid="{A9C99016-AA2A-45B3-892B-1D6887E851D2}"/>
+    <hyperlink ref="K179" r:id="rId429" xr:uid="{77972CF2-2D3E-4031-AE58-A77F34412921}"/>
+    <hyperlink ref="K97" r:id="rId430" xr:uid="{0BB48187-E0C2-4A36-97D4-CEFB3A700B81}"/>
+    <hyperlink ref="K103" r:id="rId431" xr:uid="{F90959DF-1265-46A2-B8F2-46E1AB298AD6}"/>
+    <hyperlink ref="K111" r:id="rId432" xr:uid="{3B372861-E60A-4165-B8B2-208BF8E10EBD}"/>
+    <hyperlink ref="K204" r:id="rId433" xr:uid="{48B135ED-E8D7-4E34-8EBD-60BD4215FC77}"/>
+    <hyperlink ref="K22" r:id="rId434" xr:uid="{FD2D6A2F-AA3D-48CE-9C72-37C1C9297DE1}"/>
+    <hyperlink ref="N80" r:id="rId435" xr:uid="{D9970930-5796-4D86-AB02-A8395250B60B}"/>
+    <hyperlink ref="N61" r:id="rId436" xr:uid="{B471DAB9-5748-41D7-AB4A-B079E0CF763F}"/>
+    <hyperlink ref="N35" r:id="rId437" xr:uid="{BF33660D-8BD4-4B56-BA0E-9D76C59D18D0}"/>
+    <hyperlink ref="L31" r:id="rId438" xr:uid="{7FF3C36D-CF4D-4562-9B37-8521E62BA4B1}"/>
+    <hyperlink ref="M106" r:id="rId439" xr:uid="{009F5777-6127-4114-B63D-AEED9087486D}"/>
+    <hyperlink ref="L119" r:id="rId440" xr:uid="{155DE75A-99F4-4067-BB8B-01A31B307200}"/>
+    <hyperlink ref="N132" r:id="rId441" xr:uid="{977E5ADA-0630-45AB-B534-F50EA302D5E7}"/>
+    <hyperlink ref="L149" r:id="rId442" xr:uid="{8A58480B-8504-4D8A-98F5-CD5428526692}"/>
+    <hyperlink ref="N154" r:id="rId443" xr:uid="{A9958D72-F758-43ED-AC03-F8A95B9DB682}"/>
+    <hyperlink ref="L166" r:id="rId444" xr:uid="{71962B7A-9859-4357-9492-4ECDCB3391AD}"/>
+    <hyperlink ref="N190" r:id="rId445" xr:uid="{31F5D6F9-D9D6-47DC-87CE-2C10F3E9A5C3}"/>
+    <hyperlink ref="N193" r:id="rId446" xr:uid="{9A601B8B-5461-4EFB-AC6F-9B00A5AC5A68}"/>
+    <hyperlink ref="L233" r:id="rId447" xr:uid="{66DE8CE1-E4B2-49D2-806B-71BB71A6556A}"/>
+    <hyperlink ref="L247" r:id="rId448" xr:uid="{7C2E82A7-9B4B-4A27-B0FE-0633A4CB37B8}"/>
+    <hyperlink ref="M12" r:id="rId449" xr:uid="{6256032C-763F-4D5F-9AD8-F8BE239A58CF}"/>
+    <hyperlink ref="M24" r:id="rId450" xr:uid="{7B09AC6D-7457-464E-AB52-BC759BC23540}"/>
+    <hyperlink ref="N26" r:id="rId451" xr:uid="{2C8D06C4-1325-4293-9163-2AE1A7ECD06C}"/>
+    <hyperlink ref="L41" r:id="rId452" xr:uid="{799F6B64-EB93-49C7-B88E-79A94430494E}"/>
+    <hyperlink ref="M57" r:id="rId453" xr:uid="{C8666CD2-C06B-49CC-B6D1-231E74784A70}"/>
+    <hyperlink ref="L81" r:id="rId454" xr:uid="{DD99F78C-5A12-4316-A65C-770A36BB54DA}"/>
+    <hyperlink ref="L86" r:id="rId455" xr:uid="{120CC871-B567-4299-881B-A2E9057528E7}"/>
+    <hyperlink ref="M92" r:id="rId456" xr:uid="{ACE7A2D7-79CA-42D3-A9AB-1E5DFB7BC7E1}"/>
+    <hyperlink ref="N96" r:id="rId457" xr:uid="{1AB119E2-B22D-4D97-8CAF-A31F844AEFB9}"/>
+    <hyperlink ref="M102" r:id="rId458" xr:uid="{57680261-9B70-4E93-B47E-EE97DAFC7896}"/>
+    <hyperlink ref="M128" r:id="rId459" xr:uid="{B138A4C8-3605-48C0-A86A-981BA1CC685D}"/>
+    <hyperlink ref="N129" r:id="rId460" xr:uid="{A6434EFA-BDF3-4CB5-9069-FA9A689FFBFA}"/>
+    <hyperlink ref="N131" r:id="rId461" xr:uid="{568FC493-6829-49E8-8AC6-1371C1E91EE7}"/>
+    <hyperlink ref="L168" r:id="rId462" xr:uid="{D2529AC5-D2C5-479D-B017-EC6A9F7E7E0D}"/>
+    <hyperlink ref="N169" r:id="rId463" xr:uid="{01D870DC-811A-482E-8D11-1FF7675A68CE}"/>
+    <hyperlink ref="N207" r:id="rId464" xr:uid="{5C0FC307-10D6-4555-AD86-F3573AE6C553}"/>
+    <hyperlink ref="N210" r:id="rId465" xr:uid="{AD047590-6F1B-4F20-8748-BA3F67C4F812}"/>
+    <hyperlink ref="M216" r:id="rId466" xr:uid="{52C042E4-5AB8-4E89-9549-CECBBE210938}"/>
+    <hyperlink ref="O220" r:id="rId467" xr:uid="{B8DD5B07-02F3-4B66-91AA-A611DD0B00F3}"/>
+    <hyperlink ref="L241" r:id="rId468" xr:uid="{083F2C85-B487-4391-98D2-D70FD60C205A}"/>
+    <hyperlink ref="N62" r:id="rId469" xr:uid="{44305D37-7DB5-4CA3-8375-8BB8B52CEE98}"/>
+    <hyperlink ref="N158" r:id="rId470" xr:uid="{E179CCD4-1C05-4A8E-A2A4-1DD240F59692}"/>
+    <hyperlink ref="N251" r:id="rId471" xr:uid="{27FBB9E3-8ECD-4C2C-9B70-E95A05CFE756}"/>
+    <hyperlink ref="L153" r:id="rId472" display="Malfatto_dichAnnuale2024.pdf" xr:uid="{EA91EAB0-C3B1-4B98-8649-43EF241D06EA}"/>
+    <hyperlink ref="N85" r:id="rId473" xr:uid="{64207B5F-5F15-427F-A979-3C7CC2711A14}"/>
+    <hyperlink ref="N88" r:id="rId474" xr:uid="{E4EE4DFC-CD04-4A3F-9269-ECB9E73766A5}"/>
+    <hyperlink ref="M136" r:id="rId475" xr:uid="{4513917E-5C38-48A3-A7A8-C6570C7871A8}"/>
+    <hyperlink ref="N139" r:id="rId476" xr:uid="{2DAB2E52-D657-4C67-A384-38D68CCAFEF4}"/>
+    <hyperlink ref="N178" r:id="rId477" xr:uid="{87F71F42-DA6E-47C3-901C-8318965DE8CD}"/>
+    <hyperlink ref="K5" r:id="rId478" xr:uid="{D90220FE-2559-4973-A735-412F4FC682CB}"/>
+    <hyperlink ref="L252" r:id="rId479" xr:uid="{F09F11F5-90CB-4AA0-9820-6F126665F8EB}"/>
+    <hyperlink ref="K113" r:id="rId480" xr:uid="{EB3166E9-8A37-4107-903D-7E146D744F27}"/>
+    <hyperlink ref="K167" r:id="rId481" xr:uid="{92D2BFEF-FF7B-4F75-AFA0-3408E11B00AC}"/>
+    <hyperlink ref="K217" r:id="rId482" xr:uid="{64050C33-CF8A-4E7F-8BBC-A190D12F44C7}"/>
+    <hyperlink ref="N6" r:id="rId483" xr:uid="{DB8D6BF0-4029-4206-A8B5-1C365F210984}"/>
+    <hyperlink ref="L11" r:id="rId484" xr:uid="{43BC17E4-14A0-4C17-B421-61E27355DDA9}"/>
+    <hyperlink ref="N14" r:id="rId485" xr:uid="{727CE711-B51F-40DA-B141-E3F30A6DA094}"/>
+    <hyperlink ref="M20" r:id="rId486" xr:uid="{96B88EEC-E2A9-4D5A-BE1F-C1EC2FC31315}"/>
+    <hyperlink ref="M45" r:id="rId487" xr:uid="{4E1F9736-4D2A-4C60-B12B-6AA88ABFB8EE}"/>
+    <hyperlink ref="M49" r:id="rId488" xr:uid="{91712881-79F0-4136-AD68-EE8F8385C203}"/>
+    <hyperlink ref="L53" r:id="rId489" xr:uid="{70ECAE2A-CF42-4642-A466-0CF448702D2F}"/>
+    <hyperlink ref="N54" r:id="rId490" xr:uid="{A69911D8-AC06-4904-9A7B-1988FB98BBB7}"/>
+    <hyperlink ref="L59" r:id="rId491" xr:uid="{B3D24860-13BD-4E7D-A03C-8E1BAE4A29A7}"/>
+    <hyperlink ref="N68" r:id="rId492" xr:uid="{C2814C93-3524-4866-93F9-C24492AF8A01}"/>
+    <hyperlink ref="M69" r:id="rId493" xr:uid="{C4091215-A5DF-4C57-9662-29B3B4E170D5}"/>
+    <hyperlink ref="L76" r:id="rId494" xr:uid="{4E68CA84-C570-4946-8CA6-1205BF95EDAC}"/>
+    <hyperlink ref="M78" r:id="rId495" xr:uid="{244F4438-20FA-4009-9E85-3CB1F313076F}"/>
+    <hyperlink ref="L83" r:id="rId496" xr:uid="{B1181E8F-2493-49AE-840E-242F6FFFBC7D}"/>
+    <hyperlink ref="M89" r:id="rId497" xr:uid="{0105F082-23CD-4855-B933-353183D47E6C}"/>
+    <hyperlink ref="L98" r:id="rId498" xr:uid="{755D43CD-8904-4DAD-9CDB-38F0C13FE552}"/>
+    <hyperlink ref="L101" r:id="rId499" xr:uid="{38CD2FFF-C937-43E2-A3D9-82CD1A0DE681}"/>
+    <hyperlink ref="M107" r:id="rId500" xr:uid="{C6F55DDD-7EA7-46B5-B33F-8179D90AB23D}"/>
+    <hyperlink ref="N110" r:id="rId501" xr:uid="{0B1351D2-2953-4570-A39E-F4508BAEB93C}"/>
+    <hyperlink ref="M112" r:id="rId502" xr:uid="{D1424B24-79D3-428B-ACB6-6649997C9912}"/>
+    <hyperlink ref="N124" r:id="rId503" xr:uid="{DAE1632F-44A5-43F3-AD6D-D2AF5E2970A3}"/>
+    <hyperlink ref="M140" r:id="rId504" xr:uid="{5F14ADBB-10C3-4797-9270-B88723362B35}"/>
+    <hyperlink ref="M143" r:id="rId505" xr:uid="{576BC1F4-CD64-40B6-805F-08221BFAE17D}"/>
+    <hyperlink ref="N155" r:id="rId506" xr:uid="{C2E6861C-2614-46CE-98B6-D3AE24C94E66}"/>
+    <hyperlink ref="N170" r:id="rId507" xr:uid="{9FC4B237-7A56-4BBB-80A9-362C4C473E8A}"/>
+    <hyperlink ref="L182" r:id="rId508" xr:uid="{CB961EE7-FB77-4F8C-83E4-2DB4FFC41327}"/>
+    <hyperlink ref="L186" r:id="rId509" xr:uid="{440A52B7-B6CB-45DB-BD27-33DE2F552229}"/>
+    <hyperlink ref="L211" r:id="rId510" xr:uid="{87168D3E-86DD-4C99-8179-B45C0C32FFC6}"/>
+    <hyperlink ref="K225" r:id="rId511" xr:uid="{4F785B39-D398-437D-9A30-22F9A5961A81}"/>
+    <hyperlink ref="K226" r:id="rId512" xr:uid="{D715075A-1949-49A0-91A0-4DC25F4C2A8B}"/>
+    <hyperlink ref="K224" r:id="rId513" xr:uid="{50C2B1E8-2FC4-4AAF-9E72-EDC2E9052787}"/>
+    <hyperlink ref="K229" r:id="rId514" xr:uid="{40D4B5ED-A8D6-4020-AD1F-AA1AEBE09908}"/>
+    <hyperlink ref="K227" r:id="rId515" xr:uid="{C03CA133-1AFF-48CB-BEEA-6E7EBF9AED7A}"/>
+    <hyperlink ref="K223" r:id="rId516" xr:uid="{85FF3B8F-9C45-41A1-825E-BCEC042F80BF}"/>
+    <hyperlink ref="L223" r:id="rId517" xr:uid="{2D2D288F-6B4F-4C34-94E5-4C81B3DF592F}"/>
+    <hyperlink ref="N229" r:id="rId518" xr:uid="{CCA0F62C-D595-47CF-AF63-A06F6D2A54B0}"/>
+    <hyperlink ref="M231" r:id="rId519" xr:uid="{7EC9911D-6EC5-47E3-8FF1-CA14C8CB74E5}"/>
+    <hyperlink ref="M234" r:id="rId520" xr:uid="{332C0E22-1BE8-45C5-9987-0269F6955BDE}"/>
+    <hyperlink ref="L238" r:id="rId521" xr:uid="{90576BA6-11BC-43FF-B1AE-5046CB8AB309}"/>
+    <hyperlink ref="N242" r:id="rId522" xr:uid="{E3E7C93F-7DBC-4400-A0DE-EBD1274F37E1}"/>
+    <hyperlink ref="M243" r:id="rId523" xr:uid="{5170E31E-5DDC-4AA4-9E55-3C463874D89D}"/>
+    <hyperlink ref="N249" r:id="rId524" xr:uid="{757DB1EE-3756-4924-BDEE-24C1966B56BC}"/>
+    <hyperlink ref="M159" r:id="rId525" xr:uid="{2D580380-6885-4D96-9742-866E98A3610C}"/>
+    <hyperlink ref="K192" r:id="rId526" xr:uid="{7BC19BE0-87EA-4FAE-AFA7-EC947C76BD4A}"/>
+    <hyperlink ref="K188" r:id="rId527" xr:uid="{4BFC7258-206F-4FAA-9DC7-F305190F8286}"/>
+    <hyperlink ref="M189" r:id="rId528" xr:uid="{14959B01-06C6-4F37-879F-FC6F07632146}"/>
+    <hyperlink ref="L189" r:id="rId529" xr:uid="{DA939E20-858B-456E-915E-3BA4DEEE4B2F}"/>
+    <hyperlink ref="N9" r:id="rId530" xr:uid="{F3628E99-91D4-4791-B8A1-8C76E36B52AF}"/>
+    <hyperlink ref="N33" r:id="rId531" xr:uid="{8C2D2F64-F2F1-476C-9CA5-5BE05A9EE320}"/>
+    <hyperlink ref="N219" r:id="rId532" xr:uid="{EDB2FE6A-AC7C-4290-BA81-43CA919D5472}"/>
+    <hyperlink ref="N27" r:id="rId533" xr:uid="{3BE851E7-998E-4859-94D0-2BE6647DB4C5}"/>
+    <hyperlink ref="L46" r:id="rId534" xr:uid="{2451E2DB-6464-46E0-94B0-ED4B8F9740B2}"/>
+    <hyperlink ref="N64" r:id="rId535" xr:uid="{80224F63-1797-4E9F-BF0C-0B594CD0D4A1}"/>
+    <hyperlink ref="N70" r:id="rId536" xr:uid="{F3DD29B5-093F-42E9-8280-E5F8ABAEA7C6}"/>
+    <hyperlink ref="N74" r:id="rId537" xr:uid="{20BC1FD2-948E-4D19-8C05-ECBDA028FA93}"/>
+    <hyperlink ref="N75" r:id="rId538" xr:uid="{2C9E4D5F-0570-452D-95B4-4B48EFA9D078}"/>
+    <hyperlink ref="N91" r:id="rId539" xr:uid="{8BC00C9C-CBBA-4765-8D62-B99C75539B8A}"/>
+    <hyperlink ref="N118" r:id="rId540" xr:uid="{F43AE0EB-4DA3-42E1-ADE1-33FA914B7FAA}"/>
+    <hyperlink ref="N130" r:id="rId541" xr:uid="{F386122F-6B69-412B-A18F-E0488D5F703C}"/>
+    <hyperlink ref="N165" r:id="rId542" xr:uid="{A2F7C2C1-15CB-4F07-8791-2A535F43C328}"/>
+    <hyperlink ref="M174" r:id="rId543" xr:uid="{4220BB8B-7AF1-4875-855C-0DABF71BC229}"/>
+    <hyperlink ref="N201" r:id="rId544" xr:uid="{62272326-73FF-41B6-9F1C-674BE6EE3795}"/>
+    <hyperlink ref="M222" r:id="rId545" xr:uid="{434C2DC1-DB32-4467-8A3C-521EF972A8CB}"/>
+    <hyperlink ref="L244" r:id="rId546" xr:uid="{48A98DC5-B93E-4707-94F1-B78BD9E502F2}"/>
+    <hyperlink ref="N245" r:id="rId547" xr:uid="{1A8DB7D3-CAA3-4F82-BE18-583BAA92B825}"/>
+    <hyperlink ref="N248" r:id="rId548" xr:uid="{6D637FC5-90EC-4E6D-98C7-012145EFD9B0}"/>
+    <hyperlink ref="N109" r:id="rId549" xr:uid="{43FD2E42-63EB-4FDE-B897-1A30579C00ED}"/>
+    <hyperlink ref="N122" r:id="rId550" xr:uid="{32E974D5-FCD0-426D-B530-C97F4669D265}"/>
+    <hyperlink ref="M126" r:id="rId551" xr:uid="{6D400CF3-6D85-4EA4-8698-C07779DC10C5}"/>
+    <hyperlink ref="M146" r:id="rId552" xr:uid="{B11A7599-DAE8-4175-931B-421A75CF5B5B}"/>
+    <hyperlink ref="N202" r:id="rId553" xr:uid="{EBD609E9-31AE-48C7-8FCF-D6A64428EE22}"/>
+    <hyperlink ref="K221" r:id="rId554" xr:uid="{C30E6F49-6B83-4A08-837B-EBB2C0AFB1C6}"/>
+    <hyperlink ref="L99" r:id="rId555" display="Falanga dichiarazione 2023" xr:uid="{8BA8CD7B-CC5F-45CE-9919-15A183BA5A1D}"/>
+    <hyperlink ref="N99" r:id="rId556" xr:uid="{95FAECED-0193-4703-A09C-277DF854D7A3}"/>
+    <hyperlink ref="N135" r:id="rId557" xr:uid="{FA60D097-793F-4E91-B29C-E680F8C6E411}"/>
+    <hyperlink ref="N227" r:id="rId558" xr:uid="{DF7228FF-399A-4B58-AA33-FA474E10E180}"/>
+    <hyperlink ref="L217" r:id="rId559" xr:uid="{E4F4D692-FD65-447F-98A5-90667AE061F6}"/>
+    <hyperlink ref="L192" r:id="rId560" xr:uid="{DACA1431-EE40-4657-B339-AF3988EACF28}"/>
+    <hyperlink ref="N191" r:id="rId561" xr:uid="{F3CD17EB-8BE6-456B-B89C-A9AE22256E17}"/>
+    <hyperlink ref="M173" r:id="rId562" xr:uid="{17E9A87C-57DE-4F0C-A133-F7380DA3BCB0}"/>
+    <hyperlink ref="L167" r:id="rId563" xr:uid="{7AA33F7C-33EA-434B-BAB7-3E9E78A7F79F}"/>
+    <hyperlink ref="N160" r:id="rId564" xr:uid="{15B97FEF-E68E-45F8-B5C8-CF33204986AF}"/>
+    <hyperlink ref="M137" r:id="rId565" xr:uid="{EDBF543F-3364-4271-8D17-1BEC6344E797}"/>
+    <hyperlink ref="L113" r:id="rId566" xr:uid="{CDA1F5D0-5751-49A5-ABF9-F9E83AD409E1}"/>
+    <hyperlink ref="N13" r:id="rId567" xr:uid="{9B23E16C-9BCF-4D7E-AD59-74BF0ABBDA2F}"/>
+    <hyperlink ref="L71" r:id="rId568" xr:uid="{EC6FA63A-7A4C-42D2-A75A-638B5BB8E20E}"/>
+    <hyperlink ref="M82" r:id="rId569" xr:uid="{5DFF10EB-048C-48CF-995E-7AA10092E9B6}"/>
+    <hyperlink ref="N93" r:id="rId570" xr:uid="{9E2F7B79-D8B6-406E-9543-21945B4A0E3D}"/>
+    <hyperlink ref="K66" r:id="rId571" xr:uid="{A6472836-46D6-42E7-AD45-6E9BC24ECBD4}"/>
+    <hyperlink ref="K115" r:id="rId572" xr:uid="{2A6E6079-D907-43D2-83B7-BE9E21A6F00A}"/>
+    <hyperlink ref="L5" r:id="rId573" xr:uid="{7E243234-761A-4CE2-B64F-7DF714FD6C95}"/>
+    <hyperlink ref="N10" r:id="rId574" xr:uid="{B1E77A3E-0D6A-4ED0-9922-FC2BEA7D9053}"/>
+    <hyperlink ref="N21" r:id="rId575" xr:uid="{CB668E34-A268-4C68-95C8-1D08B6BC541D}"/>
+    <hyperlink ref="M29" r:id="rId576" xr:uid="{67D2519A-4919-4D5C-8760-4584A75B9FD6}"/>
+    <hyperlink ref="N32" r:id="rId577" xr:uid="{5324C6D7-F812-4817-9FAE-A03881D01526}"/>
+    <hyperlink ref="N34" r:id="rId578" xr:uid="{6CAF3479-714C-4640-855E-44298063BDE1}"/>
+    <hyperlink ref="M38" r:id="rId579" xr:uid="{8FEA86EC-1D65-4F11-B8FF-28DB5F9DF1BC}"/>
+    <hyperlink ref="N44" r:id="rId580" xr:uid="{EA0AFBF7-42A2-4FB4-82B6-ACD1CA880504}"/>
+    <hyperlink ref="N73" r:id="rId581" xr:uid="{562365D0-9475-4C1E-BBDE-936DF0DB4274}"/>
+    <hyperlink ref="N77" r:id="rId582" xr:uid="{BD820113-0350-47D3-A019-370C94191B7B}"/>
+    <hyperlink ref="N84" r:id="rId583" xr:uid="{62A88800-426E-4D50-AAED-2E59C8E8A14A}"/>
+    <hyperlink ref="N100" r:id="rId584" xr:uid="{C502508F-6442-4B02-985F-701FBE923C13}"/>
+    <hyperlink ref="M104" r:id="rId585" xr:uid="{336889D0-A2A3-4AFB-B80C-29D7857F9E18}"/>
+    <hyperlink ref="M105" r:id="rId586" xr:uid="{177D7B48-E3EF-468A-A244-B7CFEA76F339}"/>
+    <hyperlink ref="M114" r:id="rId587" xr:uid="{B50EE5DF-CB0A-4018-B162-8C7FDBBB55D6}"/>
+    <hyperlink ref="M116" r:id="rId588" xr:uid="{4D4920DB-D9AC-4404-93A1-68C00820F4D4}"/>
+    <hyperlink ref="N117" r:id="rId589" xr:uid="{F6C42B15-AC17-4836-A80E-97C5C6FB040C}"/>
+    <hyperlink ref="M125" r:id="rId590" xr:uid="{4AE933FD-D190-4E73-838A-7BF6AE9D4C64}"/>
+    <hyperlink ref="M133" r:id="rId591" xr:uid="{137B1C6E-E809-4E78-90DC-632B91C0579D}"/>
+    <hyperlink ref="M144" r:id="rId592" xr:uid="{CCB8C138-0277-460A-8522-0F0084970F17}"/>
+    <hyperlink ref="M147" r:id="rId593" xr:uid="{3C5E7EDE-576C-4A95-8A1E-78280B48E2A2}"/>
+    <hyperlink ref="M152" r:id="rId594" xr:uid="{418F49A1-C0A6-4558-A139-839D76B95A36}"/>
+    <hyperlink ref="M161" r:id="rId595" xr:uid="{E021180D-BBDE-4B48-8D11-3C3255B77F70}"/>
+    <hyperlink ref="L163" r:id="rId596" xr:uid="{1105E032-F34A-4E43-AEA0-AC54EFF66E76}"/>
+    <hyperlink ref="M164" r:id="rId597" xr:uid="{41725C53-B2BD-40C4-94E7-2FD495861000}"/>
+    <hyperlink ref="O187" r:id="rId598" xr:uid="{D368B21C-8A76-4B68-9982-7C07546A80C0}"/>
+    <hyperlink ref="L196" r:id="rId599" xr:uid="{F99024E1-2940-4436-959A-BBCA6E3DDD73}"/>
+    <hyperlink ref="N200" r:id="rId600" xr:uid="{4691ED55-EB70-4C33-AF56-E8E7A69BC3ED}"/>
+    <hyperlink ref="M209" r:id="rId601" xr:uid="{C417EA87-D54B-4CC6-BA90-94D299A35A8B}"/>
+    <hyperlink ref="M214" r:id="rId602" xr:uid="{6868994F-0545-4085-9CC6-25CE73CF965A}"/>
+    <hyperlink ref="L215" r:id="rId603" xr:uid="{FA7A6A6A-B1BC-4559-80D5-ED25B512354A}"/>
+    <hyperlink ref="L150" r:id="rId604" xr:uid="{EC2658BB-0F77-4342-ACDD-CD6010FFFA30}"/>
+    <hyperlink ref="L15" r:id="rId605" xr:uid="{FD09C711-E91B-4A3A-8BB8-20938EA8B5D6}"/>
+    <hyperlink ref="N43" r:id="rId606" xr:uid="{5111284D-D7FF-46AF-954B-EC24CD09BC54}"/>
+    <hyperlink ref="M19" r:id="rId607" xr:uid="{D8E264BC-27C0-40DC-9663-9EE52CE3943C}"/>
+    <hyperlink ref="M50" r:id="rId608" xr:uid="{AB7B935A-C77C-4FCB-AC47-EF3F9A60B1C0}"/>
+    <hyperlink ref="L79" r:id="rId609" xr:uid="{AE36C32F-252B-4590-B1A5-C58BADDB528D}"/>
+    <hyperlink ref="N94" r:id="rId610" xr:uid="{D9150923-6121-446F-9CCA-FFBF3B120951}"/>
+    <hyperlink ref="N236" r:id="rId611" xr:uid="{932F7BDC-BEE9-42F9-AB9E-11DF6AEB50A1}"/>
+    <hyperlink ref="N194" r:id="rId612" xr:uid="{E154FD4B-B7CA-493D-9914-BB19B572EE14}"/>
+    <hyperlink ref="M221" r:id="rId613" xr:uid="{3FCE4460-51FC-42DC-BABF-0145865EC197}"/>
+    <hyperlink ref="N239" r:id="rId614" xr:uid="{7B7FD6A6-DB49-407F-BB84-6A6F01ACE4AA}"/>
+    <hyperlink ref="M42" r:id="rId615" xr:uid="{0AA8BDE2-5B87-42FC-B9F4-5F76D9436F6D}"/>
+    <hyperlink ref="N28" r:id="rId616" xr:uid="{0F11E2B7-D7D3-456B-8309-81632EDF5E6F}"/>
+    <hyperlink ref="N8" r:id="rId617" xr:uid="{C60BE583-5FDC-40EB-9E85-70B395FE007F}"/>
+    <hyperlink ref="N17" r:id="rId618" xr:uid="{5315F324-B2FB-4CD2-AD64-A29592C70BA9}"/>
+    <hyperlink ref="N195" r:id="rId619" xr:uid="{3BADDECA-9C5A-45E9-9D3F-4729F359EA12}"/>
+    <hyperlink ref="M63" r:id="rId620" xr:uid="{E0E9B0BD-CEFE-4245-9501-56572E75E942}"/>
+    <hyperlink ref="N240" r:id="rId621" xr:uid="{26083527-17A1-4D8D-8BA5-007FE659AADF}"/>
+    <hyperlink ref="M40" r:id="rId622" xr:uid="{C7658F89-789A-47D9-8237-D4DD40249197}"/>
+    <hyperlink ref="L199" r:id="rId623" xr:uid="{6B93580C-FF46-48B7-9C6F-D10B15451F83}"/>
+    <hyperlink ref="N224" r:id="rId624" xr:uid="{6E558E7C-6F4D-414A-97F8-6F4F4F0EB9EC}"/>
+    <hyperlink ref="M90" r:id="rId625" xr:uid="{A51691AE-1658-4BF6-A6F4-2A6573203920}"/>
+    <hyperlink ref="N156" r:id="rId626" xr:uid="{061AA93E-6A8B-44D5-A0AE-4C34977C3FA6}"/>
+    <hyperlink ref="K30" r:id="rId627" xr:uid="{9FED9837-B22A-4598-AE17-CB7A4031091E}"/>
+    <hyperlink ref="K36" r:id="rId628" xr:uid="{5DD6B855-287D-49C2-8FB7-091CDF607A12}"/>
+    <hyperlink ref="K172" r:id="rId629" xr:uid="{C45284F6-7969-4654-9F69-8F63A7AC05E6}"/>
+    <hyperlink ref="K177" r:id="rId630" xr:uid="{D09E03A5-BE50-42C0-AF2B-17DA9F941C25}"/>
+    <hyperlink ref="K184" r:id="rId631" xr:uid="{AC982243-8164-4039-9D07-C3B09E7ABC14}"/>
+    <hyperlink ref="K218" r:id="rId632" xr:uid="{0A646FEE-F9D3-4DF0-81D5-A84FD157DE97}"/>
+    <hyperlink ref="K235" r:id="rId633" xr:uid="{9D358415-70B8-401D-8A5C-10D317EDAA29}"/>
+    <hyperlink ref="N16" r:id="rId634" xr:uid="{B7EB6745-A4D3-4537-BEB3-464EA8F39705}"/>
+    <hyperlink ref="M25" r:id="rId635" xr:uid="{42520768-937F-4DAD-90DA-921D31676D67}"/>
+    <hyperlink ref="N39" r:id="rId636" xr:uid="{CA3F9DDA-968E-4F2A-A850-BD7BD320F321}"/>
+    <hyperlink ref="L60" r:id="rId637" xr:uid="{39E07AB0-42C2-4F0E-86AC-42DC3D45D0CA}"/>
+    <hyperlink ref="N121" r:id="rId638" xr:uid="{77C2F322-3BDF-4165-83B2-E9C844FD4A64}"/>
+    <hyperlink ref="N171" r:id="rId639" xr:uid="{96E069BE-BBBF-4F31-8615-8543EA37AB98}"/>
+    <hyperlink ref="L203" r:id="rId640" xr:uid="{A03FFA37-F68A-4811-AD80-A6752480925E}"/>
+    <hyperlink ref="N205" r:id="rId641" xr:uid="{06185153-25E6-4155-8E22-DB687ABCA3C3}"/>
+    <hyperlink ref="N212" r:id="rId642" xr:uid="{71D1AE4C-8D98-4F38-A45A-8C0805EDC2F6}"/>
+    <hyperlink ref="N213" r:id="rId643" xr:uid="{E14A4BAA-2DE9-4C0D-B908-33CB01ECA3B5}"/>
+    <hyperlink ref="N226" r:id="rId644" xr:uid="{A9C22C3E-9E31-437C-8FFC-BA1CE0D852D1}"/>
+    <hyperlink ref="L157" r:id="rId645" xr:uid="{708BF23A-42A5-4A9C-AAB8-CCBF24700933}"/>
+    <hyperlink ref="L181" r:id="rId646" xr:uid="{0F2B166D-23D9-43E0-A36E-5090C6A08482}"/>
+    <hyperlink ref="L197" r:id="rId647" xr:uid="{EEE4C0DF-A8FA-4CAE-AC24-58F84E4AE385}"/>
+    <hyperlink ref="K95" r:id="rId648" xr:uid="{0D494757-CF4C-42C2-A2A7-44BC4A9BFA8E}"/>
+    <hyperlink ref="K148" r:id="rId649" xr:uid="{D58B11BE-9D98-44F7-8EC1-D6EBE0A89503}"/>
+    <hyperlink ref="K232" r:id="rId650" xr:uid="{3B19A500-1678-48E0-9B66-FF77DA9179EE}"/>
+    <hyperlink ref="K246" r:id="rId651" xr:uid="{ACB38F81-D7E7-4447-8D1B-8532F90B15E2}"/>
+    <hyperlink ref="K175" r:id="rId652" xr:uid="{1870836E-CE7D-4F9B-812F-89E1E9BFBD56}"/>
+    <hyperlink ref="K230" r:id="rId653" xr:uid="{C194F9F0-0B65-437B-8573-F1E0C5DF359F}"/>
+    <hyperlink ref="K162" r:id="rId654" xr:uid="{07536260-E499-49EB-B17B-BEB038B085CF}"/>
+    <hyperlink ref="K134" r:id="rId655" xr:uid="{F5C022A4-99F9-498B-A5A5-03C27E2B5D6C}"/>
+    <hyperlink ref="K120" r:id="rId656" xr:uid="{E068535F-55E4-45D0-A721-EDCF84303689}"/>
+    <hyperlink ref="K185" r:id="rId657" xr:uid="{6FAA83F2-067E-44F4-9299-BDB8196E0E6F}"/>
+    <hyperlink ref="K58" r:id="rId658" xr:uid="{63FE70F9-8863-4CC4-802D-F04EA1EE2951}"/>
+    <hyperlink ref="K67" r:id="rId659" xr:uid="{A1E7B6E5-47ED-49E3-9766-ED688F5E400E}"/>
+    <hyperlink ref="K176" r:id="rId660" xr:uid="{05BE354B-6BD9-42D6-88E0-3D9ED7B7ADB3}"/>
+    <hyperlink ref="K228" r:id="rId661" xr:uid="{F4B83114-BF93-4DDC-AC2C-EAFA1033ED57}"/>
+    <hyperlink ref="K142" r:id="rId662" xr:uid="{A143C7CE-1B9F-4AA2-842F-F31CD3EAC3FE}"/>
+    <hyperlink ref="K18" r:id="rId663" xr:uid="{D533F5E5-7071-4B6A-95A4-60D9FD47C9AB}"/>
+    <hyperlink ref="K208" r:id="rId664" xr:uid="{DB05F917-E173-4FFA-A920-CAA40D3A5752}"/>
+    <hyperlink ref="K56" r:id="rId665" xr:uid="{6CDB27DA-D53D-4C18-A8B1-A3407C2A88DF}"/>
+    <hyperlink ref="K23" r:id="rId666" xr:uid="{A3195EA5-5305-4A2F-AF0E-9D243A4D5780}"/>
+    <hyperlink ref="K206" r:id="rId667" xr:uid="{CA8DA7D5-A867-499B-B2E1-7DAB6EC83FFD}"/>
+    <hyperlink ref="K145" r:id="rId668" xr:uid="{0F9EBF7F-698F-469A-AB04-70BC118371A6}"/>
+    <hyperlink ref="K250" r:id="rId669" xr:uid="{167E8B99-103D-4BD1-877B-7EA1E68B9DDB}"/>
+    <hyperlink ref="K65" r:id="rId670" xr:uid="{05EC2C84-9E48-4909-A966-F19148C086C7}"/>
+    <hyperlink ref="K52" r:id="rId671" xr:uid="{671DAE1F-D011-4DA4-AD91-711A5784B6F1}"/>
+    <hyperlink ref="K37" r:id="rId672" xr:uid="{1FADEFD8-F65A-4E36-9930-8102A4906817}"/>
+    <hyperlink ref="O227" r:id="rId673" xr:uid="{37633237-AB03-45FB-AB52-D9F268C3FC56}"/>
+    <hyperlink ref="K51" r:id="rId674" xr:uid="{E20E1618-A4A3-4D7A-A236-7768072E7AFB}"/>
+    <hyperlink ref="K87" r:id="rId675" xr:uid="{7B1874A6-79BE-4837-A37A-1AAE4266D0EC}"/>
+    <hyperlink ref="K48" r:id="rId676" xr:uid="{3CB743E0-E667-49D0-9A18-ED8DA99E87F8}"/>
+    <hyperlink ref="K55" r:id="rId677" xr:uid="{4A9D97ED-E443-4357-86E2-28951CCB12BC}"/>
+    <hyperlink ref="K72" r:id="rId678" xr:uid="{03AAEDDE-9F79-49B0-98C6-915FFAE747E8}"/>
+    <hyperlink ref="K180" r:id="rId679" xr:uid="{C2130E23-245F-4340-9BF2-342122D664D9}"/>
+    <hyperlink ref="K198" r:id="rId680" xr:uid="{B5948815-3F2D-4D89-8772-3212120C4394}"/>
+    <hyperlink ref="K141" r:id="rId681" xr:uid="{76D79C5B-3C5E-4B18-A2CB-948C0BA7ED0B}"/>
+    <hyperlink ref="K127" r:id="rId682" xr:uid="{2317EE97-50EE-4E3A-8718-E6287248778D}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.51181102362204722" bottom="0.43307086614173229" header="0.11811023622047245" footer="0.11811023622047245"/>
-  <pageSetup paperSize="8" scale="48" fitToHeight="0" orientation="landscape" r:id="rId701"/>
+  <pageSetup paperSize="8" scale="48" fitToHeight="11" orientation="landscape" r:id="rId683"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x01010034BB813705577D4FB919B35E1B5E46CF" ma:contentTypeVersion="3" ma:contentTypeDescription="Creare un nuovo documento." ma:contentTypeScope="" ma:versionID="15f7e56b7ed194d8479d2fa08e159b05">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f68c0d1a-277f-4a94-ac91-1e735569d704" xmlns:ns3="b83b51fa-0077-45d5-a5fb-b0a7d92e3730" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2285578a1e829b0a446a7116cfd7bb11" ns2:_="" ns3:_="">
     <xsd:import namespace="f68c0d1a-277f-4a94-ac91-1e735569d704"/>
     <xsd:import namespace="b83b51fa-0077-45d5-a5fb-b0a7d92e3730"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
@@ -17119,133 +33495,134 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_sd_Commenti xmlns="f68c0d1a-277f-4a94-ac91-1e735569d704" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>ShareDocEditForm</Display>
   <Edit>ShareDocEditForm</Edit>
 </FormTemplates>
-</file>
-[...6 lines deleted...]
-</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FE5F59A-68B1-49CC-BC98-6CB04A50AF2F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="f68c0d1a-277f-4a94-ac91-1e735569d704"/>
     <ds:schemaRef ds:uri="b83b51fa-0077-45d5-a5fb-b0a7d92e3730"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{981CE341-F79C-4A7D-9F71-050386BBC706}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4AD1A3DE-A50E-4ED6-95D8-A59F1638D80B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="b83b51fa-0077-45d5-a5fb-b0a7d92e3730"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="f68c0d1a-277f-4a94-ac91-1e735569d704"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4AD1A3DE-A50E-4ED6-95D8-A59F1638D80B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{981CE341-F79C-4A7D-9F71-050386BBC706}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalli denominati</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
+    <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Foglio1</vt:lpstr>
+      <vt:lpstr>Foglio1!Area_stampa</vt:lpstr>
       <vt:lpstr>DelleGrottaglieAntonia.pdf</vt:lpstr>
       <vt:lpstr>Foglio1!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>