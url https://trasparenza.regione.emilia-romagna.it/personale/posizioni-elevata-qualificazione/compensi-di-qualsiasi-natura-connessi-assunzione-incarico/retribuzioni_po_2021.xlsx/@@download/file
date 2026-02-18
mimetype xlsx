--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -1,463 +1,433 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24527"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://regioneemiliaromagna-my.sharepoint.com/personal/roberta_rondelli_regione_emilia-romagna_it/Documents/reg trasp/po 011121/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://regioneemiliaromagna.sharepoint.com/sites/orma.a.0209/ARE004928/ERD004936/2026/RegioneTrasparente/pubblicazioni post cessati/2021/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="21" documentId="8_{CCED24D1-E037-4829-824B-1FEE8CDD5A80}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{2EB5E4EF-83F3-41BB-8143-93228FB636BA}"/>
+  <xr:revisionPtr revIDLastSave="2" documentId="8_{52042314-7705-4266-9659-571281D6D5D4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{227EAEA1-539B-4054-8FA0-F8ECD47F5C70}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{D3B75237-3723-46A3-A19B-699E0614A5C6}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{DEEA1513-7328-4DC7-8B84-F39212CC9755}"/>
   </bookViews>
   <sheets>
-    <sheet name="regtraPOdelegate011121" sheetId="2" r:id="rId1"/>
+    <sheet name="regtraPOdelegate011121pubb" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">regtraPOdelegate011121!$A$1:$AE$51</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">regtraPOdelegate011121pubb!$A$1:$G$42</definedName>
     <definedName name="fr01d">'[1]cop e vac 120719'!$Z$14</definedName>
     <definedName name="fr01dd">'[1]cop e vac 120719'!$Y$14</definedName>
     <definedName name="fr02d">'[1]cop e vac 120719'!$AA$14</definedName>
     <definedName name="fr03d">'[1]cop e vac 120719'!$AB$14</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="66">
   <si>
     <t>Cognome Nome</t>
   </si>
   <si>
     <t>Stipendio</t>
   </si>
   <si>
     <t>Altre voci retributive</t>
   </si>
   <si>
     <t>Retribuzione di posizione</t>
   </si>
   <si>
     <t>Retribuzione di risultato 2020</t>
   </si>
   <si>
     <t>note</t>
   </si>
   <si>
     <t>AGUGLIA CRISTIANA</t>
   </si>
   <si>
     <t>ANGELINI PAOLA</t>
   </si>
   <si>
     <t>BALDONI GIAN LUCA</t>
   </si>
   <si>
     <t>l'incarico decorre dall' 01/11/2021</t>
   </si>
   <si>
     <t>BARTOLI DONATELLA</t>
   </si>
   <si>
     <t>l'incarico decorre dall' 01/07/2021</t>
   </si>
   <si>
     <t>BERTI PATRIZIA</t>
   </si>
   <si>
     <t>CASAGRANDE ROSSELLA MARICA</t>
   </si>
   <si>
+    <t>cessata il 30/11/2023</t>
+  </si>
+  <si>
     <t>CAVALLUCCI ANTONELLA</t>
   </si>
   <si>
     <t>l'incarico cessato il 30/06/2021</t>
   </si>
   <si>
     <t>CERVELLATI ALBERTO</t>
   </si>
   <si>
     <t>DARDI FULVIA</t>
   </si>
   <si>
     <t>DELLE GROTTAGLIE ANTONIA</t>
   </si>
   <si>
     <t>FALANGA GIUSEPPA</t>
   </si>
   <si>
     <t>FALBO LUIGI</t>
   </si>
   <si>
     <t>FAVERO VALENTINA</t>
   </si>
   <si>
     <t>FIORENTINI VALENTINA</t>
   </si>
   <si>
     <t>FORNI MILCO</t>
   </si>
   <si>
     <t>FRANCESCHETTI VALERIA</t>
   </si>
   <si>
-    <t>FRANCESCHINI SABRINA</t>
-[...4 lines deleted...]
-  <si>
     <t>GELMUZZI FRANCESCO</t>
   </si>
   <si>
-    <t>l'incarico decorre dal 01/08/2020</t>
+    <t>cessato il 30/12/2024, l'incarico decorreva dal 01/08/2020</t>
   </si>
   <si>
     <t>GHERARDI LODOVICO</t>
   </si>
   <si>
     <t>GIOVANNINI MARCO</t>
   </si>
   <si>
     <t>LANDI ALESSANDRO</t>
   </si>
   <si>
-    <t>LEONI ALBERTO</t>
-[...2 lines deleted...]
-    <t>cessato il 30/06/2020</t>
+    <t>cessato il 30/06/2023</t>
   </si>
   <si>
     <t>LUGLI FRANCESCA</t>
   </si>
   <si>
-    <t>l'incarico decorre dal 01/08/20</t>
-[...2 lines deleted...]
-    <t>MAINI ELISABETTA</t>
+    <t>Cessata il 15/08/2023, l'incarico decorreva dal 01/08/20</t>
   </si>
   <si>
     <t>MALAVOLTA CARLO</t>
   </si>
   <si>
-    <t>l'incarico decorre dal 03/01/2020</t>
+    <t>Cessato il 30/09/2025, l'incarico decorreva dal 03/01/2020</t>
   </si>
   <si>
     <t>MANENTI FEDERICA</t>
   </si>
   <si>
     <t>l'incarico cessato il 28/02/2021</t>
   </si>
   <si>
     <t>MARINOSCI ANNARITA</t>
   </si>
   <si>
     <t>MAZZA LUIGI</t>
   </si>
   <si>
-    <t>MIGLIORI MICHELE</t>
-[...4 lines deleted...]
-  <si>
     <t>OLIVUCCI STEFANO</t>
   </si>
   <si>
-    <t>OSIO TIZIANA MARIA</t>
-[...10 lines deleted...]
-  <si>
     <t>PAPPACENA ANDREA</t>
   </si>
   <si>
     <t>l'incarico decorre dal 01/07/20</t>
   </si>
   <si>
     <t>PARRUCCI MASSIMO</t>
   </si>
   <si>
     <t>PASSARELLA VANIA</t>
   </si>
   <si>
+    <t>cessata il 31/05/2023</t>
+  </si>
+  <si>
     <t>PINGHINI ROBERTO</t>
   </si>
   <si>
     <t>POTENA GIULIA</t>
   </si>
   <si>
-    <t>RAGAZZINI FRANCESCA</t>
-[...1 lines deleted...]
-  <si>
     <t>RAIMONDI ATTILIO</t>
   </si>
   <si>
+    <t>cessato il 30/04/24</t>
+  </si>
+  <si>
     <t>ROSITANO GIUSEPPINA</t>
   </si>
   <si>
-    <t>SAMMARINI SANZIO</t>
-[...2 lines deleted...]
-    <t>l'incarico decorre dal 01/03/20</t>
+    <t>cessata il 31/05/2024</t>
   </si>
   <si>
     <t>SERVELLO ALESSIA</t>
   </si>
   <si>
     <t>SORMANI DAVIDE</t>
   </si>
   <si>
-    <t>SPARACO STEFANIA</t>
-[...1 lines deleted...]
-  <si>
     <t>TODESCHINI GIUSEPPE</t>
   </si>
   <si>
     <t>l'incarico decorre dal 03/07/20</t>
   </si>
   <si>
     <t>TRUFFELLI GIOVANNI</t>
   </si>
   <si>
     <t>TUGNETTI MONICA</t>
   </si>
   <si>
-    <t>VOGLI MAURO</t>
-[...1 lines deleted...]
-  <si>
     <t>ZANNI MARIA LUISA</t>
   </si>
   <si>
-    <t>ZANOLINI LANFRANCO</t>
-[...5 lines deleted...]
-    <t>ZARRI MARIA CRISTINA</t>
+    <t>cessata il 28/02/2023</t>
   </si>
   <si>
     <t>ZAVATTINI ROSANNA</t>
   </si>
   <si>
+    <t>cessata il 30/09/2024</t>
+  </si>
+  <si>
     <t>ZECCHI ALCESTE</t>
   </si>
   <si>
-    <t>l'incarico decorre dal 01/09/20</t>
+    <t>Cessato il 15/09/2023, l'incarico decorreva dal 01/09/20</t>
   </si>
   <si>
     <t>Viene indicata la misura annua lorda valida al 01/11/2021 o alla precedente data di cessazione,</t>
   </si>
   <si>
     <t>indipendentemente dall'effettivo periodo di servizio o da modifiche intervenute in corso d'anno</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
   </numFmts>
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
-[...3 lines deleted...]
-    <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="13">
+  <cellXfs count="16">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="43" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Migliaia" xfId="1" builtinId="3"/>
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
-    <cellStyle name="Normale_Foglio1" xfId="2" xr:uid="{DBD958D0-0B32-4FA0-ADC8-95BA7B923B42}"/>
+    <cellStyle name="Normale_Foglio1" xfId="2" xr:uid="{DA5FAA50-7F01-4911-9EEA-922792EE739E}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/personal/roberta_rondelli_regione_emilia-romagna_it/Documents/DOCUMENTI/ROBERTA/regione%20trasparente/2019/po%20con%20delega300919/DOCUMENTI/orocolato/2019/po%20e%20exuoo.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
-<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="pospesasap"/>
       <sheetName val="inca"/>
       <sheetName val="Foglio1"/>
       <sheetName val="sett"/>
       <sheetName val="Foglio4"/>
       <sheetName val="sapsett"/>
       <sheetName val="Elenco PO coperte"/>
       <sheetName val="Foglio5"/>
       <sheetName val="Foglio2"/>
       <sheetName val="coma900"/>
       <sheetName val="distacchi"/>
       <sheetName val="importi"/>
       <sheetName val="retribuz ridotta"/>
       <sheetName val="cop e vac 120719"/>
       <sheetName val="foto tutte PO esistenti"/>
       <sheetName val="Foglio7"/>
       <sheetName val="exuoo"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0" refreshError="1"/>
       <sheetData sheetId="1" refreshError="1"/>
       <sheetData sheetId="2" refreshError="1"/>
       <sheetData sheetId="3" refreshError="1"/>
@@ -473,91 +443,91 @@
       <sheetData sheetId="13">
         <row r="14">
           <cell r="Y14">
             <v>16000</v>
           </cell>
           <cell r="Z14">
             <v>12911.42</v>
           </cell>
           <cell r="AA14">
             <v>10212.68</v>
           </cell>
           <cell r="AB14">
             <v>7513.94</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="14" refreshError="1"/>
       <sheetData sheetId="15" refreshError="1"/>
       <sheetData sheetId="16" refreshError="1"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - Tema 2022">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -619,51 +589,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -761,1339 +731,1090 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5C5FE4E5-7EF6-425A-AA39-DE8B673550C8}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{17E6AC37-D2F5-4095-B7A3-B1C7F6B19113}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AE58"/>
+  <dimension ref="A1:AE49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="K6" sqref="K6"/>
+      <selection activeCell="N15" sqref="N15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="32.5703125" customWidth="1"/>
-    <col min="2" max="2" width="12.5703125" style="7" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="9" max="9" width="8.7109375" style="10"/>
+    <col min="2" max="2" width="12.5703125" style="12" customWidth="1"/>
+    <col min="3" max="3" width="10.5703125" style="12" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="12.85546875" style="12" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="15.140625" style="12" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="32.5703125" style="13" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="10.140625" style="4" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="10.7109375" style="4" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="8.7109375" style="4"/>
     <col min="10" max="10" width="10.28515625" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="11.85546875" bestFit="1" customWidth="1"/>
-    <col min="32" max="16384" width="8.7109375" style="10"/>
+    <col min="32" max="16384" width="8.7109375" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="H1" s="11"/>
-      <c r="I1" s="11"/>
+      <c r="H1" s="5"/>
+      <c r="I1" s="5"/>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A2" s="4" t="s">
+      <c r="A2" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="B2" s="5">
+      <c r="B2" s="7">
         <v>30891.040000000001</v>
       </c>
-      <c r="C2" s="5">
-[...10 lines deleted...]
-      <c r="I2" s="11"/>
+      <c r="C2" s="7">
+        <v>0</v>
+      </c>
+      <c r="D2" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E2" s="7">
+        <v>4260.6900000000005</v>
+      </c>
+      <c r="F2" s="9"/>
+      <c r="H2" s="5"/>
+      <c r="I2" s="5"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A3" s="4" t="s">
+      <c r="A3" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B3" s="5">
+      <c r="B3" s="7">
         <v>33174.099999999991</v>
       </c>
-      <c r="C3" s="5">
-[...10 lines deleted...]
-      <c r="I3" s="11"/>
+      <c r="C3" s="7">
+        <v>0</v>
+      </c>
+      <c r="D3" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E3" s="7">
+        <v>4260.6900000000005</v>
+      </c>
+      <c r="F3" s="9"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A4" s="4" t="s">
+      <c r="A4" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="B4" s="5">
+      <c r="B4" s="7">
         <v>30891.039999999997</v>
       </c>
-      <c r="C4" s="5">
-[...8 lines deleted...]
-      <c r="F4" s="8" t="s">
+      <c r="C4" s="7">
+        <v>0</v>
+      </c>
+      <c r="D4" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E4" s="7">
+        <v>0</v>
+      </c>
+      <c r="F4" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="H4" s="11"/>
-      <c r="I4" s="11"/>
+      <c r="H4" s="5"/>
+      <c r="I4" s="5"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A5" s="4" t="s">
+      <c r="A5" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="B5" s="5">
+      <c r="B5" s="7">
         <v>34786.409999999996</v>
       </c>
-      <c r="C5" s="5">
-[...8 lines deleted...]
-      <c r="F5" s="8" t="s">
+      <c r="C5" s="7">
+        <v>0</v>
+      </c>
+      <c r="D5" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E5" s="7">
+        <v>0</v>
+      </c>
+      <c r="F5" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="H5" s="11"/>
-      <c r="I5" s="11"/>
+      <c r="H5" s="5"/>
+      <c r="I5" s="5"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A6" s="4" t="s">
+      <c r="A6" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="B6" s="5">
+      <c r="B6" s="7">
         <v>34786.409999999996</v>
       </c>
-      <c r="C6" s="5">
-[...10 lines deleted...]
-      <c r="I6" s="11"/>
+      <c r="C6" s="7">
+        <v>0</v>
+      </c>
+      <c r="D6" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E6" s="7">
+        <v>4260.6900000000005</v>
+      </c>
+      <c r="F6" s="9"/>
+      <c r="H6" s="5"/>
+      <c r="I6" s="5"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="4" t="s">
+      <c r="A7" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="B7" s="5">
+      <c r="B7" s="7">
         <v>33174.099999999991</v>
       </c>
-      <c r="C7" s="5">
-[...10 lines deleted...]
-      <c r="I7" s="11"/>
+      <c r="C7" s="7">
+        <v>0</v>
+      </c>
+      <c r="D7" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E7" s="7">
+        <v>4260.6900000000005</v>
+      </c>
+      <c r="F7" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="H7" s="5"/>
+      <c r="I7" s="5"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A8" s="4" t="s">
-[...2 lines deleted...]
-      <c r="B8" s="5">
+      <c r="A8" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B8" s="7">
         <v>30891.040000000001</v>
       </c>
-      <c r="C8" s="5">
-[...12 lines deleted...]
-      <c r="I8" s="11"/>
+      <c r="C8" s="7">
+        <v>0</v>
+      </c>
+      <c r="D8" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E8" s="7">
+        <v>4260.6900000000005</v>
+      </c>
+      <c r="F8" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="H8" s="5"/>
+      <c r="I8" s="5"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A9" s="4" t="s">
-[...2 lines deleted...]
-      <c r="B9" s="5">
+      <c r="A9" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="B9" s="7">
         <v>29646.579999999998</v>
       </c>
-      <c r="C9" s="5">
-[...5 lines deleted...]
-      <c r="E9" s="5">
+      <c r="C9" s="7">
+        <v>0</v>
+      </c>
+      <c r="D9" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E9" s="7">
         <v>3408.55</v>
       </c>
-      <c r="F9" s="8"/>
-[...1 lines deleted...]
-      <c r="I9" s="11"/>
+      <c r="F9" s="9"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A10" s="4" t="s">
-[...2 lines deleted...]
-      <c r="B10" s="5">
+      <c r="A10" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B10" s="7">
         <v>28496.720000000001</v>
       </c>
-      <c r="C10" s="5">
-[...10 lines deleted...]
-      <c r="I10" s="11"/>
+      <c r="C10" s="7">
+        <v>0</v>
+      </c>
+      <c r="D10" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E10" s="7">
+        <v>4260.6900000000005</v>
+      </c>
+      <c r="F10" s="9"/>
+      <c r="H10" s="5"/>
+      <c r="I10" s="5"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A11" s="4" t="s">
-[...2 lines deleted...]
-      <c r="B11" s="5">
+      <c r="A11" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B11" s="7">
         <v>30891.040000000001</v>
       </c>
-      <c r="C11" s="5">
-[...10 lines deleted...]
-      <c r="I11" s="11"/>
+      <c r="C11" s="7">
+        <v>0</v>
+      </c>
+      <c r="D11" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E11" s="7">
+        <v>4260.6900000000005</v>
+      </c>
+      <c r="F11" s="9"/>
+      <c r="H11" s="5"/>
+      <c r="I11" s="5"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A12" s="4" t="s">
-[...2 lines deleted...]
-      <c r="B12" s="5">
+      <c r="A12" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="B12" s="7">
         <v>30891.039999999997</v>
       </c>
-      <c r="C12" s="5">
-[...10 lines deleted...]
-      <c r="I12" s="11"/>
+      <c r="C12" s="7">
+        <v>0</v>
+      </c>
+      <c r="D12" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E12" s="7">
+        <v>4260.6900000000005</v>
+      </c>
+      <c r="F12" s="9"/>
+      <c r="H12" s="5"/>
+      <c r="I12" s="5"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="4" t="s">
-[...2 lines deleted...]
-      <c r="B13" s="5">
+      <c r="A13" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="B13" s="7">
         <v>29646.45</v>
       </c>
-      <c r="C13" s="5">
-[...10 lines deleted...]
-      <c r="I13" s="11"/>
+      <c r="C13" s="7">
+        <v>0</v>
+      </c>
+      <c r="D13" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E13" s="7">
+        <v>4260.6900000000005</v>
+      </c>
+      <c r="F13" s="9"/>
+      <c r="H13" s="5"/>
+      <c r="I13" s="5"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A14" s="4" t="s">
-[...2 lines deleted...]
-      <c r="B14" s="5">
+      <c r="A14" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B14" s="7">
         <v>33174.099999999991</v>
       </c>
-      <c r="C14" s="5">
-[...10 lines deleted...]
-      <c r="I14" s="11"/>
+      <c r="C14" s="7">
+        <v>0</v>
+      </c>
+      <c r="D14" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E14" s="7">
+        <v>4260.6900000000005</v>
+      </c>
+      <c r="F14" s="9"/>
+      <c r="H14" s="5"/>
+      <c r="I14" s="5"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A15" s="4" t="s">
-[...2 lines deleted...]
-      <c r="B15" s="5">
+      <c r="A15" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="B15" s="7">
         <v>33174.099999999991</v>
       </c>
-      <c r="C15" s="5">
-[...10 lines deleted...]
-      <c r="I15" s="11"/>
+      <c r="C15" s="7">
+        <v>0</v>
+      </c>
+      <c r="D15" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E15" s="7">
+        <v>4260.6900000000005</v>
+      </c>
+      <c r="F15" s="9"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A16" s="4" t="s">
-[...2 lines deleted...]
-      <c r="B16" s="5">
+      <c r="A16" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B16" s="7">
         <v>34786.409999999996</v>
       </c>
-      <c r="C16" s="5">
-[...10 lines deleted...]
-      <c r="I16" s="11"/>
+      <c r="C16" s="7">
+        <v>0</v>
+      </c>
+      <c r="D16" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E16" s="7">
+        <v>4260.6900000000005</v>
+      </c>
+      <c r="F16" s="9"/>
+      <c r="H16" s="5"/>
+      <c r="I16" s="5"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A17" s="4" t="s">
-[...2 lines deleted...]
-      <c r="B17" s="5">
+      <c r="A17" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B17" s="7">
         <v>26145.95</v>
       </c>
-      <c r="C17" s="5">
-[...16 lines deleted...]
-      <c r="B18" s="5">
+      <c r="C17" s="7">
+        <v>0</v>
+      </c>
+      <c r="D17" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E17" s="7">
+        <v>4260.6900000000005</v>
+      </c>
+      <c r="F17" s="9"/>
+      <c r="H17" s="5"/>
+      <c r="I17" s="5"/>
+    </row>
+    <row r="18" spans="1:9" customFormat="1" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="A18" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B18" s="7">
+        <v>29646.579999999998</v>
+      </c>
+      <c r="C18" s="7">
+        <v>0</v>
+      </c>
+      <c r="D18" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E18" s="7">
+        <v>1775.28</v>
+      </c>
+      <c r="F18" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="G18" s="4"/>
+      <c r="H18" s="5"/>
+      <c r="I18" s="5"/>
+    </row>
+    <row r="19" spans="1:9" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B19" s="7">
+        <v>34786.409999999996</v>
+      </c>
+      <c r="C19" s="7">
+        <v>0</v>
+      </c>
+      <c r="D19" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E19" s="7">
+        <v>4260.6900000000005</v>
+      </c>
+      <c r="F19" s="9"/>
+      <c r="G19" s="4"/>
+      <c r="H19" s="5"/>
+      <c r="I19" s="5"/>
+    </row>
+    <row r="20" spans="1:9" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B20" s="7">
         <v>33174.099999999991</v>
       </c>
-      <c r="C18" s="5">
-[...36 lines deleted...]
-      <c r="B20" s="5">
+      <c r="C20" s="7">
+        <v>0</v>
+      </c>
+      <c r="D20" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E20" s="7">
+        <v>4260.6900000000005</v>
+      </c>
+      <c r="F20" s="9"/>
+      <c r="G20" s="4"/>
+      <c r="H20" s="5"/>
+      <c r="I20" s="5"/>
+    </row>
+    <row r="21" spans="1:9" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="B21" s="7">
+        <v>34786.409999999996</v>
+      </c>
+      <c r="C21" s="7">
+        <v>74.62</v>
+      </c>
+      <c r="D21" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E21" s="7">
+        <v>4260.6900000000005</v>
+      </c>
+      <c r="F21" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="G21" s="4"/>
+      <c r="H21" s="5"/>
+      <c r="I21" s="5"/>
+    </row>
+    <row r="22" spans="1:9" customFormat="1" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="A22" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B22" s="7">
         <v>29646.579999999998</v>
       </c>
-      <c r="C20" s="5">
-[...5 lines deleted...]
-      <c r="E20" s="5">
+      <c r="C22" s="7">
+        <v>0</v>
+      </c>
+      <c r="D22" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E22" s="7">
         <v>1775.28</v>
       </c>
-      <c r="F20" s="8" t="s">
-[...9 lines deleted...]
-      <c r="B21" s="5">
+      <c r="F22" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G22" s="4"/>
+      <c r="H22" s="5"/>
+      <c r="I22" s="5"/>
+    </row>
+    <row r="23" spans="1:9" customFormat="1" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="A23" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B23" s="7">
         <v>34786.409999999996</v>
       </c>
-      <c r="C21" s="5">
-[...16 lines deleted...]
-      <c r="B22" s="5">
+      <c r="C23" s="7">
+        <v>0</v>
+      </c>
+      <c r="D23" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E23" s="7">
+        <v>4237.01</v>
+      </c>
+      <c r="F23" s="9" t="s">
+        <v>35</v>
+      </c>
+      <c r="G23" s="4"/>
+      <c r="H23" s="5"/>
+      <c r="I23" s="5"/>
+    </row>
+    <row r="24" spans="1:9" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="B24" s="7">
+        <v>30867.040000000001</v>
+      </c>
+      <c r="C24" s="7">
+        <v>0</v>
+      </c>
+      <c r="D24" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E24" s="7">
+        <v>4260.6900000000005</v>
+      </c>
+      <c r="F24" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="G24" s="4"/>
+      <c r="H24" s="5"/>
+      <c r="I24" s="5"/>
+    </row>
+    <row r="25" spans="1:9" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="B25" s="7">
+        <v>34786.409999999996</v>
+      </c>
+      <c r="C25" s="7">
+        <v>0</v>
+      </c>
+      <c r="D25" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E25" s="7">
+        <v>4260.6900000000005</v>
+      </c>
+      <c r="F25" s="9"/>
+      <c r="G25" s="4"/>
+      <c r="H25" s="5"/>
+      <c r="I25" s="5"/>
+    </row>
+    <row r="26" spans="1:9" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="B26" s="7">
         <v>33174.099999999991</v>
       </c>
-      <c r="C22" s="5">
-[...16 lines deleted...]
-      <c r="B23" s="5">
+      <c r="C26" s="7">
+        <v>0</v>
+      </c>
+      <c r="D26" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E26" s="7">
+        <v>4260.6900000000005</v>
+      </c>
+      <c r="F26" s="9"/>
+      <c r="G26" s="4"/>
+      <c r="H26" s="5"/>
+      <c r="I26" s="5"/>
+    </row>
+    <row r="27" spans="1:9" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="B27" s="7">
+        <v>30891.039999999997</v>
+      </c>
+      <c r="C27" s="7">
+        <v>0</v>
+      </c>
+      <c r="D27" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E27" s="7">
+        <v>4260.6900000000005</v>
+      </c>
+      <c r="F27" s="9"/>
+      <c r="G27" s="4"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+    </row>
+    <row r="28" spans="1:9" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="B28" s="7">
+        <v>33174.099999999991</v>
+      </c>
+      <c r="C28" s="7">
+        <v>0</v>
+      </c>
+      <c r="D28" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E28" s="7">
+        <v>2130.34</v>
+      </c>
+      <c r="F28" s="9" t="s">
+        <v>42</v>
+      </c>
+      <c r="G28" s="4"/>
+      <c r="H28" s="5"/>
+      <c r="I28" s="5"/>
+    </row>
+    <row r="29" spans="1:9" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B29" s="7">
+        <v>33174.099999999991</v>
+      </c>
+      <c r="C29" s="7">
+        <v>0</v>
+      </c>
+      <c r="D29" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E29" s="7">
+        <v>4260.6900000000005</v>
+      </c>
+      <c r="F29" s="9"/>
+      <c r="G29" s="4"/>
+      <c r="H29" s="5"/>
+      <c r="I29" s="5"/>
+    </row>
+    <row r="30" spans="1:9" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B30" s="7">
+        <v>33174.099999999991</v>
+      </c>
+      <c r="C30" s="7">
+        <v>0</v>
+      </c>
+      <c r="D30" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E30" s="7">
+        <v>4260.6900000000005</v>
+      </c>
+      <c r="F30" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="G30" s="4"/>
+      <c r="H30" s="5"/>
+      <c r="I30" s="5"/>
+    </row>
+    <row r="31" spans="1:9" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B31" s="7">
+        <v>30891.039999999997</v>
+      </c>
+      <c r="C31" s="7">
+        <v>0</v>
+      </c>
+      <c r="D31" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E31" s="7">
+        <v>4260.6900000000005</v>
+      </c>
+      <c r="F31" s="9"/>
+      <c r="G31" s="4"/>
+      <c r="H31" s="5"/>
+      <c r="I31" s="5"/>
+    </row>
+    <row r="32" spans="1:9" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B32" s="7">
+        <v>26145.95</v>
+      </c>
+      <c r="C32" s="7">
+        <v>0</v>
+      </c>
+      <c r="D32" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E32" s="7">
+        <v>4260.6900000000005</v>
+      </c>
+      <c r="F32" s="9"/>
+      <c r="G32" s="4"/>
+      <c r="H32" s="5"/>
+      <c r="I32" s="5"/>
+    </row>
+    <row r="33" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B33" s="7">
         <v>34786.409999999996</v>
       </c>
-      <c r="C23" s="5">
-[...16 lines deleted...]
-      <c r="B24" s="5">
+      <c r="C33" s="7">
+        <v>71.63</v>
+      </c>
+      <c r="D33" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E33" s="7">
+        <v>4260.6900000000005</v>
+      </c>
+      <c r="F33" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="G33" s="4"/>
+      <c r="H33" s="5"/>
+      <c r="I33" s="5"/>
+    </row>
+    <row r="34" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B34" s="7">
         <v>34786.409999999996</v>
       </c>
-      <c r="C24" s="5">
-[...40 lines deleted...]
-      <c r="B26" s="5">
+      <c r="C34" s="7">
+        <v>0</v>
+      </c>
+      <c r="D34" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E34" s="7">
+        <v>4260.6900000000005</v>
+      </c>
+      <c r="F34" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="G34" s="4"/>
+      <c r="H34" s="5"/>
+      <c r="I34" s="5"/>
+    </row>
+    <row r="35" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B35" s="7">
+        <v>26145.95</v>
+      </c>
+      <c r="C35" s="7">
+        <v>0</v>
+      </c>
+      <c r="D35" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E35" s="7">
+        <v>0</v>
+      </c>
+      <c r="F35" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="G35" s="4"/>
+      <c r="H35" s="5"/>
+      <c r="I35" s="5"/>
+    </row>
+    <row r="36" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B36" s="7">
+        <v>33174.099999999991</v>
+      </c>
+      <c r="C36" s="7">
+        <v>0</v>
+      </c>
+      <c r="D36" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E36" s="7">
+        <v>4260.6900000000005</v>
+      </c>
+      <c r="F36" s="9"/>
+      <c r="G36" s="4"/>
+      <c r="H36" s="5"/>
+      <c r="I36" s="5"/>
+    </row>
+    <row r="37" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B37" s="7">
+        <v>33174.099999999991</v>
+      </c>
+      <c r="C37" s="7">
+        <v>3.6400000000000006</v>
+      </c>
+      <c r="D37" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E37" s="7">
+        <v>2106.66</v>
+      </c>
+      <c r="F37" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="G37" s="4"/>
+      <c r="H37" s="5"/>
+      <c r="I37" s="5"/>
+    </row>
+    <row r="38" spans="1:31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B38" s="7">
+        <v>29646.45</v>
+      </c>
+      <c r="C38" s="7">
+        <v>0</v>
+      </c>
+      <c r="D38" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E38" s="7">
+        <v>0</v>
+      </c>
+      <c r="F38" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="G38" s="4"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+    </row>
+    <row r="39" spans="1:31" s="11" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B39" s="7">
+        <v>33174.099999999991</v>
+      </c>
+      <c r="C39" s="7">
+        <v>0</v>
+      </c>
+      <c r="D39" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E39" s="7">
+        <v>4260.6900000000005</v>
+      </c>
+      <c r="F39" s="9"/>
+      <c r="G39" s="4"/>
+      <c r="H39" s="5"/>
+      <c r="I39" s="10"/>
+      <c r="J39"/>
+      <c r="K39"/>
+      <c r="L39"/>
+      <c r="M39"/>
+      <c r="N39"/>
+      <c r="O39"/>
+      <c r="P39"/>
+      <c r="Q39"/>
+      <c r="R39"/>
+      <c r="S39"/>
+      <c r="T39"/>
+      <c r="U39"/>
+      <c r="V39"/>
+      <c r="W39"/>
+      <c r="X39"/>
+      <c r="Y39"/>
+      <c r="Z39"/>
+      <c r="AA39"/>
+      <c r="AB39"/>
+      <c r="AC39"/>
+      <c r="AD39"/>
+      <c r="AE39"/>
+    </row>
+    <row r="40" spans="1:31" s="11" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B40" s="7">
+        <v>34786.409999999996</v>
+      </c>
+      <c r="C40" s="7">
+        <v>87.88</v>
+      </c>
+      <c r="D40" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E40" s="7">
+        <v>4260.6900000000005</v>
+      </c>
+      <c r="F40" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="G40" s="4"/>
+      <c r="H40" s="5"/>
+      <c r="I40" s="10"/>
+      <c r="J40"/>
+      <c r="K40"/>
+      <c r="L40"/>
+      <c r="M40"/>
+      <c r="N40"/>
+      <c r="O40"/>
+      <c r="P40"/>
+      <c r="Q40"/>
+      <c r="R40"/>
+      <c r="S40"/>
+      <c r="T40"/>
+      <c r="U40"/>
+      <c r="V40"/>
+      <c r="W40"/>
+      <c r="X40"/>
+      <c r="Y40"/>
+      <c r="Z40"/>
+      <c r="AA40"/>
+      <c r="AB40"/>
+      <c r="AC40"/>
+      <c r="AD40"/>
+      <c r="AE40"/>
+    </row>
+    <row r="41" spans="1:31" s="11" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B41" s="7">
+        <v>33174.099999999991</v>
+      </c>
+      <c r="C41" s="7">
+        <v>0</v>
+      </c>
+      <c r="D41" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E41" s="7">
+        <v>4260.6900000000005</v>
+      </c>
+      <c r="F41" s="9" t="s">
+        <v>61</v>
+      </c>
+      <c r="H41" s="5"/>
+      <c r="J41"/>
+      <c r="K41"/>
+      <c r="L41"/>
+      <c r="M41"/>
+      <c r="N41"/>
+      <c r="O41"/>
+      <c r="P41"/>
+      <c r="Q41"/>
+      <c r="R41"/>
+      <c r="S41"/>
+      <c r="T41"/>
+      <c r="U41"/>
+      <c r="V41"/>
+      <c r="W41"/>
+      <c r="X41"/>
+      <c r="Y41"/>
+      <c r="Z41"/>
+      <c r="AA41"/>
+      <c r="AB41"/>
+      <c r="AC41"/>
+      <c r="AD41"/>
+      <c r="AE41"/>
+    </row>
+    <row r="42" spans="1:31" ht="26.25" x14ac:dyDescent="0.25">
+      <c r="A42" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="B42" s="7">
         <v>30891.040000000001</v>
       </c>
-      <c r="C26" s="5">
-[...409 lines deleted...]
-      <c r="A46" s="4" t="s">
+      <c r="C42" s="7">
+        <v>0</v>
+      </c>
+      <c r="D42" s="8">
+        <v>16000</v>
+      </c>
+      <c r="E42" s="7">
+        <v>1420.22</v>
+      </c>
+      <c r="F42" s="9" t="s">
         <v>63</v>
       </c>
-      <c r="B46" s="5">
-[...16 lines deleted...]
-      <c r="A47" s="4" t="s">
+      <c r="H42" s="5"/>
+    </row>
+    <row r="44" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A44" s="11" t="s">
         <v>64</v>
       </c>
-      <c r="B47" s="5">
-[...11 lines deleted...]
-      <c r="F47" s="8" t="s">
+    </row>
+    <row r="45" spans="1:31" x14ac:dyDescent="0.25">
+      <c r="A45" s="11" t="s">
         <v>65</v>
       </c>
-      <c r="H47" s="11"/>
-[...258 lines deleted...]
-      </c>
+    </row>
+    <row r="49" spans="6:7" x14ac:dyDescent="0.25">
+      <c r="F49" s="14"/>
+      <c r="G49" s="15"/>
     </row>
   </sheetData>
-  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="85" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
-    <oddHeader>&amp;R&amp;"Times New Roman,Normale"&amp;9Dati aggiornati alla data del 26/11/21</oddHeader>
-    <oddFooter>&amp;L&amp;"Times New Roman,Normale"&amp;9Servizio sviluppo delle risorse umane, organizzazione e comunicazione di servizio&amp;R&amp;"Times New Roman,Normale"&amp;9&amp;P/&amp;N</oddFooter>
+    <oddHeader>&amp;R&amp;"Times New Roman,Normale"&amp;9Dati aggiornati alla data del 20/01/2026</oddHeader>
+    <oddFooter>&amp;L&amp;"Times New Roman,Normale"&amp;9&amp;P/&amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>regtraPOdelegate011121</vt:lpstr>
+      <vt:lpstr>regtraPOdelegate011121pubb</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Regione Emilia-Romagna</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Rondelli Roberta</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>