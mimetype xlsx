--- v0 (2025-12-19)
+++ v1 (2026-02-18)
@@ -1,154 +1,157 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="7" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://regioneemiliaromagna.sharepoint.com/sites/orma.a.0209/ARE004928/ERD004936/2022/RegioneTrasparente/po 011022/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://regioneemiliaromagna.sharepoint.com/sites/orma.a.0209/ARE004928/ERD004936/2026/RegioneTrasparente/pubblicazioni post cessati/2021/"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="7" documentId="8_{A71C536B-4072-4036-B7D7-15940950994C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{38C7A677-9905-4F31-B707-9A84555C662A}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{3EA493F7-03F8-4781-8B1C-1E2222EC1A96}"/>
   </bookViews>
   <sheets>
-    <sheet name="regiotras" sheetId="1" r:id="rId1"/>
+    <sheet name="regiotras pubb" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">regiotras!$A$1:$F$100</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'regiotras pubb'!$A$1:$G$83</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'regiotras pubb'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="123" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="125" uniqueCount="114">
   <si>
     <t>Cognome Nome</t>
   </si>
   <si>
     <t>Stipendio</t>
   </si>
   <si>
     <t>Altre voci retributive</t>
   </si>
   <si>
     <t>Retribuzione di posizione</t>
   </si>
   <si>
     <t>Retribuzione di risultato 2021</t>
   </si>
   <si>
     <t>note</t>
   </si>
   <si>
     <t>ABAGNATO FABIO</t>
   </si>
   <si>
     <t>AGUGLIA CRISTIANA</t>
   </si>
   <si>
     <t>ALBERTAZZI STEFANIA</t>
   </si>
   <si>
     <t>AMENDOLARA GIORGIO</t>
   </si>
   <si>
     <t>ANGELINI PAOLA</t>
   </si>
   <si>
-    <t>ATTILI BARBARA</t>
-[...4 lines deleted...]
-  <si>
     <t>BALDONI GIAN LUCA</t>
   </si>
   <si>
     <t>BARTOLI DONATELLA</t>
   </si>
   <si>
     <t>BERGAMINI GIOVANNI</t>
   </si>
   <si>
+    <t>cessato il 31/05/2023</t>
+  </si>
+  <si>
     <t>BERTACCA FRANCA</t>
   </si>
   <si>
     <t>BERTI PATRIZIA</t>
   </si>
   <si>
     <t>BUZZONI ALESSANDRO</t>
   </si>
   <si>
+    <t>cessato il 30/01/2024</t>
+  </si>
+  <si>
     <t>CANU ELVIRA</t>
   </si>
   <si>
     <t>l'incarico decorre dall' 01/09/2022</t>
   </si>
   <si>
     <t>CASAGRANDE ROSSELLA MARICA</t>
   </si>
   <si>
+    <t>cessata il 30/11/2023</t>
+  </si>
+  <si>
     <t>CAVALLUCCI ANTONELLA</t>
   </si>
   <si>
     <t>l'incarico cessato il 30/06/2021</t>
   </si>
   <si>
     <t>CERVELLATI ALBERTO</t>
   </si>
   <si>
     <t>l'incarico cessato il 31/07/2022</t>
   </si>
   <si>
     <t>CINTI NICOLA</t>
   </si>
   <si>
     <t>DARDI FULVIA</t>
   </si>
   <si>
     <t>DE SIMONE NICOLA</t>
   </si>
   <si>
     <t>DELLE GROTTAGLIE ANTONIA</t>
   </si>
   <si>
     <t>DI DIO GIANMARCO</t>
@@ -165,268 +168,271 @@
   <si>
     <t>FALANGA GIUSEPPA</t>
   </si>
   <si>
     <t>FALBO LUIGI</t>
   </si>
   <si>
     <t>FAVERO VALENTINA</t>
   </si>
   <si>
     <t>FIORENTINI VALENTINA</t>
   </si>
   <si>
     <t>dall'01/10/22 in aspettativa per incarico dirigenziale</t>
   </si>
   <si>
     <t>FONTANA LUCA</t>
   </si>
   <si>
     <t>FORNI MILCO</t>
   </si>
   <si>
     <t>FRANCESCHETTI VALERIA</t>
   </si>
   <si>
-    <t>FRANCESCHINI SABRINA</t>
-[...4 lines deleted...]
-  <si>
     <t>GALLONI PAOLO</t>
   </si>
   <si>
     <t>GELMUZZI FRANCESCO</t>
   </si>
   <si>
+    <t>cessato il 30/12/2024</t>
+  </si>
+  <si>
     <t>GENTILINI DEVIS</t>
   </si>
   <si>
     <t>GHEDUZZI MARIA ROSA</t>
   </si>
   <si>
     <t>GHERARDI LODOVICO</t>
   </si>
   <si>
     <t>GIOVANNINI MARCO</t>
   </si>
   <si>
     <t>GUERMANDI GRAZIA</t>
   </si>
   <si>
     <t>IOPPI CINZIA</t>
   </si>
   <si>
+    <t>cessata il 30/06/2024</t>
+  </si>
+  <si>
     <t>LAI RITA</t>
   </si>
   <si>
     <t>LANDI ALESSANDRO</t>
   </si>
   <si>
+    <t>cessato il 30/06/2023</t>
+  </si>
+  <si>
     <t>LUGLI FRANCESCA</t>
   </si>
   <si>
+    <t>Cessata il 15/08/2023</t>
+  </si>
+  <si>
     <t>MAGNANI SONJA</t>
   </si>
   <si>
-    <t>MAINI ELISABETTA</t>
-[...1 lines deleted...]
-  <si>
     <t>MALAVOLTA CARLO</t>
   </si>
   <si>
+    <t>cessato il 30/09/2025</t>
+  </si>
+  <si>
     <t>MANCUSI CATERINA</t>
   </si>
   <si>
     <t>MANENTI FEDERICA</t>
   </si>
   <si>
     <t>l'incarico cessato il 28/02/2021</t>
   </si>
   <si>
     <t>MANUELLI CLAUDIA</t>
   </si>
   <si>
     <t>MARI FABIO</t>
   </si>
   <si>
     <t>MARINOSCI ANNARITA</t>
   </si>
   <si>
     <t>MAZZA LUIGI</t>
   </si>
   <si>
     <t>MAZZINI ENRICO</t>
   </si>
   <si>
     <t>MENINI CLAUDIA</t>
   </si>
   <si>
-    <t>MIGLIORI MICHELE</t>
-[...4 lines deleted...]
-  <si>
     <t>MOROLLI CHRISTIAN</t>
   </si>
   <si>
     <t>NUCCI GIOVANNI</t>
   </si>
   <si>
     <t>OLIVUCCI STEFANO</t>
   </si>
   <si>
     <t>PAPPACENA ANDREA</t>
   </si>
   <si>
     <t>PARMA BARBARA</t>
   </si>
   <si>
     <t>PARRUCCI MASSIMO</t>
   </si>
   <si>
     <t>PASSARELLA VANIA</t>
   </si>
   <si>
+    <t>cessata il 31/05/2023</t>
+  </si>
+  <si>
     <t>PINGHINI ROBERTO</t>
   </si>
   <si>
     <t>POTENA GIULIA</t>
   </si>
   <si>
     <t>PULIATTI GAETANO</t>
   </si>
   <si>
-    <t>RAGAZZINI FRANCESCA</t>
-[...1 lines deleted...]
-  <si>
     <t>RAIMONDI ATTILIO</t>
   </si>
   <si>
+    <t>cessato il 30/04/24</t>
+  </si>
+  <si>
     <t>RICCI SILVIA</t>
   </si>
   <si>
     <t>RIGHETTI ELISA</t>
   </si>
   <si>
     <t>ROSITANO GIUSEPPINA</t>
   </si>
   <si>
+    <t>cessata il 31/05/2024</t>
+  </si>
+  <si>
     <t>RUSSO ROSA RITA</t>
   </si>
   <si>
-    <t>SAMMARINI SANZIO</t>
-[...4 lines deleted...]
-  <si>
     <t>SENOFONTE FABRIZIA</t>
   </si>
   <si>
     <t>SERVELLO ALESSIA</t>
   </si>
   <si>
     <t>SERVIDIO LORENZO</t>
   </si>
   <si>
     <t>SORMANI DAVIDE</t>
   </si>
   <si>
     <t>SPADONI MAURO</t>
   </si>
   <si>
-    <t>SPARACO STEFANIA</t>
-[...2 lines deleted...]
-    <t>TARTARI DANIELE</t>
+    <t>cessato il 30/09/2024, l'incarico decorreva dall' 01/08/2022</t>
   </si>
   <si>
     <t>TARUFFI ELEONORA</t>
   </si>
   <si>
     <t>TASSINARI ROBERTO</t>
   </si>
   <si>
     <t>TESTI MELANIA</t>
   </si>
   <si>
     <t>TODESCHINI GIUSEPPE</t>
   </si>
   <si>
     <t>TRUFFELLI GIOVANNI</t>
   </si>
   <si>
     <t>TUGNETTI MONICA</t>
   </si>
   <si>
     <t>VANNONI SARA</t>
   </si>
   <si>
+    <t>cessata il 30/11/2024</t>
+  </si>
+  <si>
     <t>VICENZI LANFRANCO</t>
   </si>
   <si>
-    <t>VOGLI MAURO</t>
-[...1 lines deleted...]
-  <si>
     <t>ZAMBONI LORENZA</t>
   </si>
   <si>
     <t>ZANNI MARIA LUISA</t>
   </si>
   <si>
-    <t>ZARRI MARIA CRISTINA</t>
+    <t>cessata il 28/02/2023</t>
   </si>
   <si>
     <t>ZAVATTINI ROSANNA</t>
   </si>
   <si>
+    <t>cessata il 30/09/2024</t>
+  </si>
+  <si>
     <t>ZECCHI ALCESTE</t>
+  </si>
+  <si>
+    <t>Cessato il 15/09/2023</t>
   </si>
   <si>
     <t xml:space="preserve">Viene indicata la misura annua lorda valida al 01/10/2022 o alla precedente data di cessazione, </t>
   </si>
   <si>
     <t>indipendentemente dall'effettivo periodo di servizio o da modifiche intervenute in corso d'anno.</t>
   </si>
   <si>
     <t>La retribuzione di risultato indicata è quella effettivamente percepita.</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="4">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -446,85 +452,94 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="43" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Migliaia" xfId="1" builtinId="3"/>
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -778,2024 +793,1710 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:F100"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D7B3753F-E030-4F8C-B608-B9E9C6CB614A}">
+  <dimension ref="A1:F88"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A70" workbookViewId="0">
-      <selection activeCell="H85" sqref="H85"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="L8" sqref="L8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.6"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="34.85546875" customWidth="1"/>
+    <col min="1" max="1" width="34.140625" customWidth="1"/>
     <col min="2" max="2" width="10.140625" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="10.28515625" customWidth="1"/>
+    <col min="3" max="3" width="9.85546875" customWidth="1"/>
     <col min="4" max="4" width="12.42578125" customWidth="1"/>
-    <col min="5" max="5" width="14.140625" customWidth="1"/>
-    <col min="6" max="6" width="43.28515625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="10.85546875" customWidth="1"/>
+    <col min="6" max="6" width="23.85546875" style="10" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="29.1">
-[...3 lines deleted...]
-      <c r="B1" s="7" t="s">
+    <row r="1" spans="1:6" ht="75" x14ac:dyDescent="0.2">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="6" t="s">
+      <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="6" t="s">
+      <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="6" t="s">
+      <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="5" t="s">
+      <c r="F1" s="7" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="2" spans="1:6">
-      <c r="A2" s="4" t="s">
+    <row r="2" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B2" s="3">
+      <c r="B2" s="4">
         <v>31041.190000000002</v>
       </c>
-      <c r="C2" s="3">
-[...2 lines deleted...]
-      <c r="D2" s="3">
+      <c r="C2" s="4">
+        <v>0</v>
+      </c>
+      <c r="D2" s="4">
         <v>15000</v>
       </c>
-      <c r="E2" s="3">
-[...5 lines deleted...]
-      <c r="A3" s="4" t="s">
+      <c r="E2" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F2" s="8"/>
+    </row>
+    <row r="3" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A3" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="B3" s="3">
+      <c r="B3" s="4">
         <v>31041.190000000002</v>
       </c>
-      <c r="C3" s="3">
-[...11 lines deleted...]
-      <c r="A4" s="4" t="s">
+      <c r="C3" s="4">
+        <v>0</v>
+      </c>
+      <c r="D3" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E3" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F3" s="8"/>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A4" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B4" s="3">
+      <c r="B4" s="4">
         <v>33334.649999999994</v>
       </c>
-      <c r="C4" s="3">
-[...11 lines deleted...]
-      <c r="A5" s="4" t="s">
+      <c r="C4" s="4">
+        <v>0</v>
+      </c>
+      <c r="D4" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E4" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F4" s="8"/>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A5" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B5" s="3">
+      <c r="B5" s="4">
         <v>28634.52</v>
       </c>
-      <c r="C5" s="3">
-[...2 lines deleted...]
-      <c r="D5" s="3">
+      <c r="C5" s="4">
+        <v>0</v>
+      </c>
+      <c r="D5" s="4">
         <v>12212.68</v>
       </c>
-      <c r="E5" s="3">
+      <c r="E5" s="4">
         <v>3654.72</v>
       </c>
-      <c r="F5" s="3"/>
-[...2 lines deleted...]
-      <c r="A6" s="4" t="s">
+      <c r="F5" s="8"/>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A6" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B6" s="3">
+      <c r="B6" s="4">
         <v>33334.649999999994</v>
       </c>
-      <c r="C6" s="3">
-[...11 lines deleted...]
-      <c r="A7" s="4" t="s">
+      <c r="C6" s="4">
+        <v>0</v>
+      </c>
+      <c r="D6" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E6" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F6" s="8"/>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A7" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B7" s="3">
+      <c r="B7" s="4">
+        <v>31041.19</v>
+      </c>
+      <c r="C7" s="4">
+        <v>0</v>
+      </c>
+      <c r="D7" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E7" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F7" s="8"/>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A8" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="B8" s="4">
+        <v>34955.019999999997</v>
+      </c>
+      <c r="C8" s="4">
+        <v>0</v>
+      </c>
+      <c r="D8" s="4">
+        <v>15000</v>
+      </c>
+      <c r="E8" s="4">
+        <v>2310.2600000000002</v>
+      </c>
+      <c r="F8" s="8"/>
+    </row>
+    <row r="9" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A9" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B9" s="4">
+        <v>34955.019999999997</v>
+      </c>
+      <c r="C9" s="4">
+        <v>0</v>
+      </c>
+      <c r="D9" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E9" s="4">
+        <v>3654.72</v>
+      </c>
+      <c r="F9" s="8" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A10" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B10" s="4">
+        <v>29790.23</v>
+      </c>
+      <c r="C10" s="4">
+        <v>0</v>
+      </c>
+      <c r="D10" s="4">
+        <v>15000</v>
+      </c>
+      <c r="E10" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F10" s="8"/>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A11" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" s="4">
+        <v>34955.019999999997</v>
+      </c>
+      <c r="C11" s="4">
+        <v>0</v>
+      </c>
+      <c r="D11" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E11" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F11" s="8"/>
+    </row>
+    <row r="12" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A12" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B12" s="4">
+        <v>31041.19</v>
+      </c>
+      <c r="C12" s="4">
+        <v>0</v>
+      </c>
+      <c r="D12" s="4">
+        <v>12212.68</v>
+      </c>
+      <c r="E12" s="4">
+        <v>3654.72</v>
+      </c>
+      <c r="F12" s="8" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A13" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B13" s="4">
         <v>28634.52</v>
       </c>
-      <c r="C7" s="3">
-[...14 lines deleted...]
-      <c r="B8" s="3">
+      <c r="C13" s="4">
+        <v>0</v>
+      </c>
+      <c r="D13" s="4">
+        <v>8513.94</v>
+      </c>
+      <c r="E13" s="4">
+        <v>0</v>
+      </c>
+      <c r="F13" s="8" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A14" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B14" s="4">
+        <v>33334.649999999994</v>
+      </c>
+      <c r="C14" s="4">
+        <v>0</v>
+      </c>
+      <c r="D14" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E14" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F14" s="8" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A15" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B15" s="4">
+        <v>30891.040000000001</v>
+      </c>
+      <c r="C15" s="4">
+        <v>0</v>
+      </c>
+      <c r="D15" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E15" s="4">
+        <v>4158.4800000000005</v>
+      </c>
+      <c r="F15" s="8" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A16" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16" s="4">
         <v>29790.359999999997</v>
       </c>
-      <c r="C8" s="3">
-[...14 lines deleted...]
-      <c r="B9" s="3">
+      <c r="C16" s="4">
+        <v>0</v>
+      </c>
+      <c r="D16" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E16" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F16" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A17" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B17" s="4">
+        <v>28634.52</v>
+      </c>
+      <c r="C17" s="4">
+        <v>0</v>
+      </c>
+      <c r="D17" s="4">
+        <v>14000</v>
+      </c>
+      <c r="E17" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F17" s="8"/>
+    </row>
+    <row r="18" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A18" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B18" s="4">
+        <v>28634.52</v>
+      </c>
+      <c r="C18" s="4">
+        <v>0</v>
+      </c>
+      <c r="D18" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E18" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F18" s="8"/>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A19" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B19" s="4">
         <v>31041.19</v>
       </c>
-      <c r="C9" s="3">
-[...14 lines deleted...]
-      <c r="B10" s="3">
+      <c r="C19" s="4">
+        <v>0</v>
+      </c>
+      <c r="D19" s="4">
+        <v>14000</v>
+      </c>
+      <c r="E19" s="4">
+        <v>4300.29</v>
+      </c>
+      <c r="F19" s="8"/>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A20" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B20" s="4">
+        <v>31041.190000000002</v>
+      </c>
+      <c r="C20" s="4">
+        <v>0</v>
+      </c>
+      <c r="D20" s="4">
+        <v>15000</v>
+      </c>
+      <c r="E20" s="4">
+        <v>4620.53</v>
+      </c>
+      <c r="F20" s="8"/>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A21" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B21" s="4">
         <v>34955.019999999997</v>
       </c>
-      <c r="C10" s="3">
-[...2 lines deleted...]
-      <c r="D10" s="3">
+      <c r="C21" s="4">
+        <v>0</v>
+      </c>
+      <c r="D21" s="4">
+        <v>11212.68</v>
+      </c>
+      <c r="E21" s="4">
+        <v>3654.72</v>
+      </c>
+      <c r="F21" s="8"/>
+    </row>
+    <row r="22" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A22" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B22" s="4">
+        <v>33334.649999999994</v>
+      </c>
+      <c r="C22" s="4">
+        <v>0</v>
+      </c>
+      <c r="D22" s="4">
         <v>15000</v>
       </c>
-      <c r="E10" s="3">
-[...8 lines deleted...]
-      <c r="B11" s="3">
+      <c r="E22" s="4">
+        <v>0</v>
+      </c>
+      <c r="F22" s="8" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A23" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B23" s="4">
+        <v>26271.79</v>
+      </c>
+      <c r="C23" s="4">
+        <v>0</v>
+      </c>
+      <c r="D23" s="4">
+        <v>13212.68</v>
+      </c>
+      <c r="E23" s="4">
+        <v>0</v>
+      </c>
+      <c r="F23" s="8" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A24" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B24" s="4">
+        <v>31041.19</v>
+      </c>
+      <c r="C24" s="4">
+        <v>0</v>
+      </c>
+      <c r="D24" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E24" s="4">
+        <v>4620.53</v>
+      </c>
+      <c r="F24" s="8"/>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A25" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B25" s="4">
+        <v>29790.23</v>
+      </c>
+      <c r="C25" s="4">
+        <v>0</v>
+      </c>
+      <c r="D25" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E25" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F25" s="8"/>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A26" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B26" s="4">
+        <v>33334.649999999994</v>
+      </c>
+      <c r="C26" s="4">
+        <v>0</v>
+      </c>
+      <c r="D26" s="4">
+        <v>15000</v>
+      </c>
+      <c r="E26" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F26" s="8"/>
+    </row>
+    <row r="27" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A27" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B27" s="4">
+        <v>33334.649999999994</v>
+      </c>
+      <c r="C27" s="4">
+        <v>0</v>
+      </c>
+      <c r="D27" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E27" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F27" s="8" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A28" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B28" s="4">
+        <v>28634.52</v>
+      </c>
+      <c r="C28" s="4">
+        <v>0</v>
+      </c>
+      <c r="D28" s="4">
+        <v>13212.68</v>
+      </c>
+      <c r="E28" s="4">
+        <v>3654.72</v>
+      </c>
+      <c r="F28" s="8"/>
+    </row>
+    <row r="29" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A29" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B29" s="4">
         <v>34955.019999999997</v>
       </c>
-      <c r="C11" s="3">
-[...5 lines deleted...]
-      <c r="E11" s="3">
+      <c r="C29" s="4">
+        <v>0</v>
+      </c>
+      <c r="D29" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E29" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F29" s="8"/>
+    </row>
+    <row r="30" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A30" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B30" s="4">
+        <v>26271.79</v>
+      </c>
+      <c r="C30" s="4">
+        <v>0</v>
+      </c>
+      <c r="D30" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E30" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F30" s="8"/>
+    </row>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A31" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B31" s="4">
+        <v>26271.79</v>
+      </c>
+      <c r="C31" s="4">
+        <v>0</v>
+      </c>
+      <c r="D31" s="4">
+        <v>15000</v>
+      </c>
+      <c r="E31" s="4">
         <v>3654.72</v>
       </c>
-      <c r="F11" s="3"/>
-[...5 lines deleted...]
-      <c r="B12" s="3">
+      <c r="F31" s="8"/>
+    </row>
+    <row r="32" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A32" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B32" s="4">
+        <v>29790.359999999997</v>
+      </c>
+      <c r="C32" s="4">
+        <v>0</v>
+      </c>
+      <c r="D32" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E32" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F32" s="8" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A33" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B33" s="4">
+        <v>28634.52</v>
+      </c>
+      <c r="C33" s="4">
+        <v>0</v>
+      </c>
+      <c r="D33" s="4">
+        <v>8513.94</v>
+      </c>
+      <c r="E33" s="4">
+        <v>0</v>
+      </c>
+      <c r="F33" s="8" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A34" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B34" s="4">
+        <v>34955.019999999997</v>
+      </c>
+      <c r="C34" s="4">
+        <v>0</v>
+      </c>
+      <c r="D34" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E34" s="4">
+        <v>4620.53</v>
+      </c>
+      <c r="F34" s="8"/>
+    </row>
+    <row r="35" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A35" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B35" s="4">
+        <v>34955.019999999997</v>
+      </c>
+      <c r="C35" s="4">
+        <v>0</v>
+      </c>
+      <c r="D35" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E35" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F35" s="8"/>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A36" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B36" s="4">
+        <v>33334.649999999994</v>
+      </c>
+      <c r="C36" s="4">
+        <v>0</v>
+      </c>
+      <c r="D36" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E36" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F36" s="8"/>
+    </row>
+    <row r="37" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A37" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B37" s="4">
+        <v>33140.82</v>
+      </c>
+      <c r="C37" s="4">
+        <v>0</v>
+      </c>
+      <c r="D37" s="4">
+        <v>13212.68</v>
+      </c>
+      <c r="E37" s="4">
+        <v>3654.72</v>
+      </c>
+      <c r="F37" s="8"/>
+    </row>
+    <row r="38" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A38" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B38" s="4">
+        <v>33140.82</v>
+      </c>
+      <c r="C38" s="4">
+        <v>936.90999999999985</v>
+      </c>
+      <c r="D38" s="4">
+        <v>11212.68</v>
+      </c>
+      <c r="E38" s="4">
+        <v>3654.72</v>
+      </c>
+      <c r="F38" s="8" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A39" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B39" s="4">
+        <v>33334.649999999994</v>
+      </c>
+      <c r="C39" s="4">
+        <v>0</v>
+      </c>
+      <c r="D39" s="4">
+        <v>14000</v>
+      </c>
+      <c r="E39" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F39" s="8"/>
+    </row>
+    <row r="40" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A40" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B40" s="4">
+        <v>34955.019999999997</v>
+      </c>
+      <c r="C40" s="4">
+        <v>74.62</v>
+      </c>
+      <c r="D40" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E40" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F40" s="8" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A41" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B41" s="4">
+        <v>29790.359999999997</v>
+      </c>
+      <c r="C41" s="4">
+        <v>0</v>
+      </c>
+      <c r="D41" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E41" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F41" s="8" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A42" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B42" s="4">
+        <v>25118.550000000003</v>
+      </c>
+      <c r="C42" s="4">
+        <v>0</v>
+      </c>
+      <c r="D42" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E42" s="4">
+        <v>0</v>
+      </c>
+      <c r="F42" s="8" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A43" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B43" s="4">
+        <v>34955.019999999997</v>
+      </c>
+      <c r="C43" s="4">
+        <v>0</v>
+      </c>
+      <c r="D43" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E43" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F43" s="8" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A44" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B44" s="4">
+        <v>33334.649999999994</v>
+      </c>
+      <c r="C44" s="4">
+        <v>0</v>
+      </c>
+      <c r="D44" s="4">
+        <v>14000</v>
+      </c>
+      <c r="E44" s="4">
+        <v>5982.21</v>
+      </c>
+      <c r="F44" s="8"/>
+    </row>
+    <row r="45" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A45" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B45" s="4">
+        <v>30867.040000000001</v>
+      </c>
+      <c r="C45" s="4">
+        <v>0</v>
+      </c>
+      <c r="D45" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E45" s="4">
+        <v>770.09</v>
+      </c>
+      <c r="F45" s="8" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A46" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B46" s="4">
+        <v>31041.19</v>
+      </c>
+      <c r="C46" s="4">
+        <v>0</v>
+      </c>
+      <c r="D46" s="4">
+        <v>11212.68</v>
+      </c>
+      <c r="E46" s="4">
+        <v>3654.72</v>
+      </c>
+      <c r="F46" s="8"/>
+    </row>
+    <row r="47" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A47" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B47" s="4">
+        <v>25118.550000000003</v>
+      </c>
+      <c r="C47" s="4">
+        <v>0</v>
+      </c>
+      <c r="D47" s="4">
+        <v>11212.68</v>
+      </c>
+      <c r="E47" s="4">
+        <v>1344.48</v>
+      </c>
+      <c r="F47" s="8"/>
+    </row>
+    <row r="48" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A48" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B48" s="4">
+        <v>34955.019999999997</v>
+      </c>
+      <c r="C48" s="4">
+        <v>0</v>
+      </c>
+      <c r="D48" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E48" s="4">
+        <v>3696.42</v>
+      </c>
+      <c r="F48" s="8"/>
+    </row>
+    <row r="49" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A49" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B49" s="4">
+        <v>33334.649999999994</v>
+      </c>
+      <c r="C49" s="4">
+        <v>0</v>
+      </c>
+      <c r="D49" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E49" s="4">
+        <v>3696.42</v>
+      </c>
+      <c r="F49" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A50" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B50" s="4">
+        <v>31041.190000000002</v>
+      </c>
+      <c r="C50" s="4">
+        <v>0</v>
+      </c>
+      <c r="D50" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E50" s="4">
+        <v>3654.72</v>
+      </c>
+      <c r="F50" s="8" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A51" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B51" s="4">
+        <v>34955.019999999997</v>
+      </c>
+      <c r="C51" s="4">
+        <v>0</v>
+      </c>
+      <c r="D51" s="4">
+        <v>13212.68</v>
+      </c>
+      <c r="E51" s="4">
+        <v>3654.72</v>
+      </c>
+      <c r="F51" s="8"/>
+    </row>
+    <row r="52" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A52" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B52" s="4">
+        <v>29790.359999999997</v>
+      </c>
+      <c r="C52" s="4">
+        <v>0</v>
+      </c>
+      <c r="D52" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E52" s="4">
+        <v>0</v>
+      </c>
+      <c r="F52" s="8" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A53" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B53" s="4">
+        <v>26271.79</v>
+      </c>
+      <c r="C53" s="4">
+        <v>0</v>
+      </c>
+      <c r="D53" s="4">
+        <v>14000</v>
+      </c>
+      <c r="E53" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F53" s="8"/>
+    </row>
+    <row r="54" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A54" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B54" s="4">
+        <v>31041.19</v>
+      </c>
+      <c r="C54" s="4">
+        <v>0</v>
+      </c>
+      <c r="D54" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E54" s="4">
+        <v>4620.53</v>
+      </c>
+      <c r="F54" s="8"/>
+    </row>
+    <row r="55" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A55" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="B55" s="4">
+        <v>33334.649999999994</v>
+      </c>
+      <c r="C55" s="4">
+        <v>0</v>
+      </c>
+      <c r="D55" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E55" s="4">
+        <v>4620.53</v>
+      </c>
+      <c r="F55" s="8"/>
+    </row>
+    <row r="56" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A56" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B56" s="4">
+        <v>31041.190000000002</v>
+      </c>
+      <c r="C56" s="4">
+        <v>0</v>
+      </c>
+      <c r="D56" s="4">
+        <v>12212.68</v>
+      </c>
+      <c r="E56" s="4">
+        <v>3654.72</v>
+      </c>
+      <c r="F56" s="8"/>
+    </row>
+    <row r="57" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A57" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="B57" s="4">
+        <v>33334.649999999994</v>
+      </c>
+      <c r="C57" s="4">
+        <v>0</v>
+      </c>
+      <c r="D57" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E57" s="4">
+        <v>4620.53</v>
+      </c>
+      <c r="F57" s="8"/>
+    </row>
+    <row r="58" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A58" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B58" s="4">
+        <v>33334.649999999994</v>
+      </c>
+      <c r="C58" s="4">
+        <v>0</v>
+      </c>
+      <c r="D58" s="4">
+        <v>15000</v>
+      </c>
+      <c r="E58" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F58" s="8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A59" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B59" s="4">
+        <v>31041.19</v>
+      </c>
+      <c r="C59" s="4">
+        <v>0</v>
+      </c>
+      <c r="D59" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E59" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F59" s="8"/>
+    </row>
+    <row r="60" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A60" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B60" s="4">
+        <v>26271.79</v>
+      </c>
+      <c r="C60" s="4">
+        <v>0</v>
+      </c>
+      <c r="D60" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E60" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F60" s="8"/>
+    </row>
+    <row r="61" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A61" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B61" s="4">
+        <v>34955.019999999997</v>
+      </c>
+      <c r="C61" s="4">
+        <v>0</v>
+      </c>
+      <c r="D61" s="4">
+        <v>13212.68</v>
+      </c>
+      <c r="E61" s="4">
+        <v>3654.72</v>
+      </c>
+      <c r="F61" s="8"/>
+    </row>
+    <row r="62" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A62" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B62" s="4">
+        <v>34955.019999999997</v>
+      </c>
+      <c r="C62" s="4">
+        <v>71.63</v>
+      </c>
+      <c r="D62" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E62" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F62" s="8" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A63" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B63" s="4">
+        <v>31041.190000000002</v>
+      </c>
+      <c r="C63" s="4">
+        <v>0</v>
+      </c>
+      <c r="D63" s="4">
+        <v>13212.68</v>
+      </c>
+      <c r="E63" s="4">
+        <v>3654.72</v>
+      </c>
+      <c r="F63" s="8"/>
+    </row>
+    <row r="64" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A64" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B64" s="4">
+        <v>25118.550000000003</v>
+      </c>
+      <c r="C64" s="4">
+        <v>0</v>
+      </c>
+      <c r="D64" s="4">
+        <v>8513.94</v>
+      </c>
+      <c r="E64" s="4">
+        <v>0</v>
+      </c>
+      <c r="F64" s="8" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A65" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B65" s="4">
+        <v>34955.019999999997</v>
+      </c>
+      <c r="C65" s="4">
+        <v>0</v>
+      </c>
+      <c r="D65" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E65" s="4">
+        <v>4620.53</v>
+      </c>
+      <c r="F65" s="8" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A66" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B66" s="4">
+        <v>34955.019999999997</v>
+      </c>
+      <c r="C66" s="4">
+        <v>312.26</v>
+      </c>
+      <c r="D66" s="4">
+        <v>14000</v>
+      </c>
+      <c r="E66" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F66" s="8" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A67" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B67" s="4">
+        <v>33334.649999999994</v>
+      </c>
+      <c r="C67" s="4">
+        <v>0</v>
+      </c>
+      <c r="D67" s="4">
+        <v>13212.68</v>
+      </c>
+      <c r="E67" s="4">
+        <v>3654.72</v>
+      </c>
+      <c r="F67" s="8"/>
+    </row>
+    <row r="68" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A68" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="B68" s="4">
+        <v>26271.79</v>
+      </c>
+      <c r="C68" s="4">
+        <v>0</v>
+      </c>
+      <c r="D68" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E68" s="4">
+        <v>4620.53</v>
+      </c>
+      <c r="F68" s="8"/>
+    </row>
+    <row r="69" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A69" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B69" s="4">
+        <v>28634.52</v>
+      </c>
+      <c r="C69" s="4">
+        <v>0</v>
+      </c>
+      <c r="D69" s="4">
+        <v>14000</v>
+      </c>
+      <c r="E69" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F69" s="8"/>
+    </row>
+    <row r="70" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A70" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B70" s="4">
+        <v>33334.649999999994</v>
+      </c>
+      <c r="C70" s="4">
+        <v>0</v>
+      </c>
+      <c r="D70" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E70" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F70" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A71" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B71" s="4">
+        <v>25118.550000000003</v>
+      </c>
+      <c r="C71" s="4">
+        <v>0</v>
+      </c>
+      <c r="D71" s="4">
+        <v>14000</v>
+      </c>
+      <c r="E71" s="4">
+        <v>0</v>
+      </c>
+      <c r="F71" s="8" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A72" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B72" s="4">
+        <v>31041.190000000002</v>
+      </c>
+      <c r="C72" s="4">
+        <v>0</v>
+      </c>
+      <c r="D72" s="4">
+        <v>15000</v>
+      </c>
+      <c r="E72" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F72" s="8"/>
+    </row>
+    <row r="73" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A73" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="B73" s="4">
+        <v>28634.52</v>
+      </c>
+      <c r="C73" s="4">
+        <v>0</v>
+      </c>
+      <c r="D73" s="4">
+        <v>15000</v>
+      </c>
+      <c r="E73" s="4">
+        <v>3654.72</v>
+      </c>
+      <c r="F73" s="8"/>
+    </row>
+    <row r="74" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A74" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B74" s="4">
+        <v>26271.79</v>
+      </c>
+      <c r="C74" s="4">
+        <v>0</v>
+      </c>
+      <c r="D74" s="4">
+        <v>11212.68</v>
+      </c>
+      <c r="E74" s="4">
+        <v>3654.72</v>
+      </c>
+      <c r="F74" s="8"/>
+    </row>
+    <row r="75" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A75" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B75" s="4">
+        <v>34955.019999999997</v>
+      </c>
+      <c r="C75" s="4">
+        <v>3.6400000000000006</v>
+      </c>
+      <c r="D75" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E75" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F75" s="8"/>
+    </row>
+    <row r="76" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A76" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B76" s="4">
         <v>29790.23</v>
       </c>
-      <c r="C12" s="3">
-[...2 lines deleted...]
-      <c r="D12" s="3">
+      <c r="C76" s="4">
+        <v>0</v>
+      </c>
+      <c r="D76" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E76" s="4">
+        <v>5158.8999999999996</v>
+      </c>
+      <c r="F76" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A77" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B77" s="4">
+        <v>33334.649999999994</v>
+      </c>
+      <c r="C77" s="4">
+        <v>0</v>
+      </c>
+      <c r="D77" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E77" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F77" s="8"/>
+    </row>
+    <row r="78" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A78" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B78" s="4">
+        <v>29790.359999999997</v>
+      </c>
+      <c r="C78" s="4">
+        <v>0</v>
+      </c>
+      <c r="D78" s="4">
         <v>15000</v>
       </c>
-      <c r="E12" s="3">
-[...8 lines deleted...]
-      <c r="B13" s="3">
+      <c r="E78" s="4">
+        <v>3654.72</v>
+      </c>
+      <c r="F78" s="8" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A79" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B79" s="4">
+        <v>33334.649999999994</v>
+      </c>
+      <c r="C79" s="4">
+        <v>0</v>
+      </c>
+      <c r="D79" s="4">
+        <v>14000</v>
+      </c>
+      <c r="E79" s="4">
+        <v>3654.72</v>
+      </c>
+      <c r="F79" s="8"/>
+    </row>
+    <row r="80" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A80" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B80" s="4">
+        <v>33334.649999999994</v>
+      </c>
+      <c r="C80" s="4">
+        <v>0</v>
+      </c>
+      <c r="D80" s="4">
+        <v>11212.68</v>
+      </c>
+      <c r="E80" s="4">
+        <v>0</v>
+      </c>
+      <c r="F80" s="8" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A81" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B81" s="4">
         <v>34955.019999999997</v>
       </c>
-      <c r="C13" s="3">
-[...52 lines deleted...]
-      <c r="B16" s="3">
+      <c r="C81" s="4">
+        <v>87.88</v>
+      </c>
+      <c r="D81" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E81" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F81" s="8" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A82" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B82" s="4">
         <v>33334.649999999994</v>
       </c>
-      <c r="C16" s="3">
-[...108 lines deleted...]
-      <c r="B22" s="3">
+      <c r="C82" s="4">
+        <v>0</v>
+      </c>
+      <c r="D82" s="4">
+        <v>15000</v>
+      </c>
+      <c r="E82" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F82" s="8" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A83" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B83" s="4">
         <v>31041.190000000002</v>
       </c>
-      <c r="C22" s="3">
-[...1374 lines deleted...]
-      <c r="A98" t="s">
+      <c r="C83" s="4">
+        <v>0</v>
+      </c>
+      <c r="D83" s="4">
+        <v>16000</v>
+      </c>
+      <c r="E83" s="4">
+        <v>4620.5200000000004</v>
+      </c>
+      <c r="F83" s="8" t="s">
         <v>109</v>
       </c>
-      <c r="B98" s="1"/>
-[...6 lines deleted...]
-      <c r="A99" s="2" t="s">
+    </row>
+    <row r="84" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="B84" s="5"/>
+      <c r="C84" s="5"/>
+      <c r="D84" s="5"/>
+      <c r="E84" s="5"/>
+      <c r="F84" s="9"/>
+    </row>
+    <row r="85" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A85" t="s">
         <v>110</v>
       </c>
-      <c r="B99" s="1"/>
-[...6 lines deleted...]
-      <c r="A100" t="s">
+      <c r="B85" s="5"/>
+      <c r="C85" s="5"/>
+      <c r="D85" s="5"/>
+      <c r="E85" s="5"/>
+      <c r="F85" s="9"/>
+    </row>
+    <row r="86" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A86" t="s">
         <v>111</v>
       </c>
-      <c r="B100" s="1"/>
-[...3 lines deleted...]
-      <c r="F100" s="1"/>
+      <c r="B86" s="5"/>
+      <c r="C86" s="5"/>
+      <c r="D86" s="5"/>
+      <c r="E86" s="5"/>
+      <c r="F86" s="9"/>
+    </row>
+    <row r="87" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A87" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="B87" s="5"/>
+      <c r="C87" s="5"/>
+      <c r="D87" s="5"/>
+      <c r="E87" s="5"/>
+      <c r="F87" s="9"/>
+    </row>
+    <row r="88" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A88" t="s">
+        <v>113</v>
+      </c>
+      <c r="B88" s="5"/>
+      <c r="C88" s="5"/>
+      <c r="D88" s="5"/>
+      <c r="E88" s="5"/>
+      <c r="F88" s="9"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:F100"/>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddHeader>&amp;Ragg 20/01/2026</oddHeader>
+    <oddFooter>&amp;L&amp;P/&amp;N</oddFooter>
+  </headerFooter>
 </worksheet>
-</file>
-[...151 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1E77EFB-D015-4BC7-B39E-DA5A68823361}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
-[...2 lines deleted...]
-  <HyperlinkBase/>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Fogli di lavoro</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Intervalli denominati</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>regiotras pubb</vt:lpstr>
+      <vt:lpstr>'regiotras pubb'!Titoli_stampa</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>Regione Emilia-Romagna</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Rondelli Roberta</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision/>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category/>
-  <cp:contentStatus/>
 </cp:coreProperties>
 </file>